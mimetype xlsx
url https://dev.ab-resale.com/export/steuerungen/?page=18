--- v0 (2025-12-17)
+++ v1 (2026-02-03)
@@ -427,51 +427,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:I453"/>
+  <dimension ref="A1:I450"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="15" customWidth="1" min="1" max="1"/>
     <col width="15" customWidth="1" min="2" max="2"/>
     <col width="50" customWidth="1" min="3" max="3"/>
     <col width="15" customWidth="1" min="4" max="4"/>
     <col width="15" customWidth="1" min="5" max="5"/>
     <col width="25" customWidth="1" min="6" max="6"/>
     <col width="12" customWidth="1" min="7" max="7"/>
     <col width="15" customWidth="1" min="8" max="8"/>
     <col width="15" customWidth="1" min="9" max="9"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Ref. Nr. / Ref. No.</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
@@ -656,98 +656,98 @@
       <c r="A5" t="inlineStr">
         <is>
           <t>AR10062</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Danfoss</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>VLT2822PT4B20STR1DBF00A00C0 2,2 kW</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E5" t="inlineStr"/>
       <c r="F5" t="inlineStr"/>
       <c r="G5" t="inlineStr"/>
       <c r="H5" t="inlineStr">
         <is>
-          <t>409.20 €</t>
+          <t>399.00 €</t>
         </is>
       </c>
       <c r="I5" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
       <c r="A6" t="inlineStr">
         <is>
           <t>AR10226</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>KSB Schaltautomat Controlmatic E 1x 230V</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
           <t>Einzelpumpenschaltgeräte</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
           <t>2,3 kW</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="G6" t="inlineStr">
         <is>
           <t>3.30</t>
         </is>
       </c>
       <c r="H6" t="inlineStr">
         <is>
-          <t>123.02 €</t>
+          <t>154.17 €</t>
         </is>
       </c>
       <c r="I6" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
       <c r="A7" t="inlineStr">
         <is>
           <t>AR10226-01</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>KSB Schaltautomat Controlmatic E 1x 230V</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
@@ -759,5157 +759,5157 @@
         <is>
           <t>2,3 kW</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="G7" t="inlineStr">
         <is>
           <t>3.30</t>
         </is>
       </c>
       <c r="H7" t="inlineStr">
         <is>
           <t>154.17 €</t>
         </is>
       </c>
       <c r="I7" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="8" ht="30" customHeight="1">
+    <row r="8" ht="15" customHeight="1">
       <c r="A8" t="inlineStr">
         <is>
-          <t>AR10342</t>
+          <t>AR10226-02</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 37kW, PDRV2_037K00, M12 Modul + Modbus Modul</t>
+          <t>KSB Schaltautomat Controlmatic E 1x 230V</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>Frequenzumrichter</t>
+          <t>Einzelpumpenschaltgeräte</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>37 kW</t>
+          <t>2,3 kW</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="G8" t="inlineStr">
         <is>
-          <t>82.00</t>
+          <t>3.30</t>
         </is>
       </c>
       <c r="H8" t="inlineStr">
         <is>
-          <t>5977.99 €</t>
+          <t>154.17 €</t>
         </is>
       </c>
       <c r="I8" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" t="inlineStr">
         <is>
-          <t>AR10343</t>
+          <t>AR10226-03</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 5,5kW, PDRV2E_005K50, M12 Modul</t>
+          <t>KSB Schaltautomat Controlmatic E 1x 230V</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>Frequenzumrichter</t>
+          <t>Einzelpumpenschaltgeräte</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>2,3 kW</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="G9" t="inlineStr">
         <is>
-          <t>11.50</t>
+          <t>3.30</t>
         </is>
       </c>
       <c r="H9" t="inlineStr">
         <is>
-          <t>1374.63 €</t>
+          <t>154.17 €</t>
         </is>
       </c>
       <c r="I9" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="10" ht="15" customHeight="1">
+    <row r="10" ht="30" customHeight="1">
       <c r="A10" t="inlineStr">
         <is>
-          <t>AR10346</t>
+          <t>AR10342</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
+          <t>PumpDrive-II, 37kW, PDRV2_037K00, M12 Modul + Modbus Modul</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>37 kW</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G10" t="inlineStr">
         <is>
-          <t>58.00</t>
+          <t>82.00</t>
         </is>
       </c>
       <c r="H10" t="inlineStr">
         <is>
-          <t>3116.06 €</t>
+          <t>5977.99 €</t>
         </is>
       </c>
       <c r="I10" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" t="inlineStr">
         <is>
-          <t>AR10348</t>
+          <t>AR10343</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
+          <t>PumpDrive-II Eco, 5,5kW, PDRV2E_005K50, M12 Modul</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G11" t="inlineStr">
         <is>
-          <t>58.00</t>
+          <t>11.50</t>
         </is>
       </c>
       <c r="H11" t="inlineStr">
         <is>
-          <t>3116.06 €</t>
+          <t>1374.63 €</t>
         </is>
       </c>
       <c r="I11" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" t="inlineStr">
         <is>
-          <t>AR10376</t>
+          <t>AR10346</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 45kW, PDRV2_045K00</t>
+          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
-          <t>45 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G12" t="inlineStr">
         <is>
-          <t>82.00</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H12" t="inlineStr">
         <is>
-          <t>6739.22 €</t>
+          <t>3116.06 €</t>
         </is>
       </c>
       <c r="I12" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="13" ht="30" customHeight="1">
+    <row r="13" ht="15" customHeight="1">
       <c r="A13" t="inlineStr">
         <is>
-          <t>AR10381</t>
+          <t>AR10348</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 18,5kW, PDRV2_018K50, M12 Modul + Profibus</t>
+          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
-          <t>18,5 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G13" t="inlineStr">
         <is>
           <t>58.00</t>
         </is>
       </c>
       <c r="H13" t="inlineStr">
         <is>
-          <t>3863.48 €</t>
+          <t>3116.06 €</t>
         </is>
       </c>
       <c r="I13" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" t="inlineStr">
         <is>
-          <t>AR10382</t>
+          <t>AR10376</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>PumpDrive-II, 45kW, PDRV2_045K00</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
           <t>45 kW</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G14" t="inlineStr">
         <is>
           <t>82.00</t>
         </is>
       </c>
       <c r="H14" t="inlineStr">
         <is>
           <t>6739.22 €</t>
         </is>
       </c>
       <c r="I14" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="15" ht="30" customHeight="1">
       <c r="A15" t="inlineStr">
         <is>
-          <t>AR10438</t>
+          <t>AR10381</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 37kW, PDRV2_037K00, mit Hauptschalter</t>
+          <t>PumpDrive-II, 18,5kW, PDRV2_018K50, M12 Modul + Profibus</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
-          <t>37 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G15" t="inlineStr">
         <is>
-          <t>82.00</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H15" t="inlineStr">
         <is>
-          <t>5817.99 €</t>
+          <t>3863.48 €</t>
         </is>
       </c>
       <c r="I15" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" t="inlineStr">
         <is>
-          <t>AR10566</t>
+          <t>AR10382</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II MyFlow, 5,5kW, PDRV2I_005K50</t>
+          <t>PumpDrive-II, 45kW, PDRV2_045K00</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>45 kW</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G16" t="inlineStr">
         <is>
-          <t>11.50</t>
+          <t>82.00</t>
         </is>
       </c>
       <c r="H16" t="inlineStr">
         <is>
-          <t>1229.74 €</t>
+          <t>6739.22 €</t>
         </is>
       </c>
       <c r="I16" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="17" ht="15" customHeight="1">
+    <row r="17" ht="30" customHeight="1">
       <c r="A17" t="inlineStr">
         <is>
-          <t>AR10567</t>
+          <t>AR10438</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II MyFlow, 5,5kW, PDRV2I_005K50</t>
+          <t>PumpDrive-II, 37kW, PDRV2_037K00, mit Hauptschalter</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>37 kW</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G17" t="inlineStr">
         <is>
-          <t>11.50</t>
+          <t>82.00</t>
         </is>
       </c>
       <c r="H17" t="inlineStr">
         <is>
-          <t>1229.74 €</t>
+          <t>5817.99 €</t>
         </is>
       </c>
       <c r="I17" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" t="inlineStr">
         <is>
-          <t>AR10584</t>
+          <t>AR10566</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 37kW, PDRV2_037K00</t>
+          <t>PumpDrive-II MyFlow, 5,5kW, PDRV2I_005K50</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
-          <t>37 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G18" t="inlineStr">
         <is>
-          <t>82.00</t>
+          <t>11.50</t>
         </is>
       </c>
       <c r="H18" t="inlineStr">
         <is>
-          <t>5817.99 €</t>
+          <t>1229.74 €</t>
         </is>
       </c>
       <c r="I18" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" t="inlineStr">
         <is>
-          <t>AR10598</t>
+          <t>AR10567</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 11kW, PDRV2E_011K00</t>
+          <t>PumpDrive-II MyFlow, 5,5kW, PDRV2I_005K50</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G19" t="inlineStr">
         <is>
           <t>11.50</t>
         </is>
       </c>
       <c r="H19" t="inlineStr">
         <is>
-          <t>2464.87 €</t>
+          <t>1229.74 €</t>
         </is>
       </c>
       <c r="I19" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" t="inlineStr">
         <is>
-          <t>AR10629-02</t>
+          <t>AR10584</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 5,5kW, PDRV2E_005K50, M12 Modul</t>
+          <t>PumpDrive-II, 37kW, PDRV2_037K00</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>37 kW</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G20" t="inlineStr">
         <is>
-          <t>11.50</t>
+          <t>82.00</t>
         </is>
       </c>
       <c r="H20" t="inlineStr">
         <is>
-          <t>1806.17 €</t>
+          <t>5817.99 €</t>
         </is>
       </c>
       <c r="I20" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" t="inlineStr">
         <is>
-          <t>AR10629-03</t>
+          <t>AR10598</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 5,5kW, PDRV2E_005K50, M12 Modul</t>
+          <t>PumpDrive-II Eco, 11kW, PDRV2E_011K00</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E21" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G21" t="inlineStr">
         <is>
           <t>11.50</t>
         </is>
       </c>
       <c r="H21" t="inlineStr">
         <is>
-          <t>1806.17 €</t>
+          <t>2464.87 €</t>
         </is>
       </c>
       <c r="I21" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" t="inlineStr">
         <is>
-          <t>AR10724</t>
+          <t>AR10629-02</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 45kW, PDRV2_045K00</t>
+          <t>PumpDrive-II Eco, 5,5kW, PDRV2E_005K50, M12 Modul</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
-          <t>45 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G22" t="inlineStr">
         <is>
-          <t>82.00</t>
+          <t>11.50</t>
         </is>
       </c>
       <c r="H22" t="inlineStr">
         <is>
-          <t>6739.22 €</t>
+          <t>1806.17 €</t>
         </is>
       </c>
       <c r="I22" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" t="inlineStr">
         <is>
-          <t>AR10877</t>
+          <t>AR10629-03</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
+          <t>PumpDrive-II Eco, 5,5kW, PDRV2E_005K50, M12 Modul</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
-          <t>18,5 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G23" t="inlineStr">
         <is>
-          <t>58.00</t>
+          <t>11.50</t>
         </is>
       </c>
       <c r="H23" t="inlineStr">
         <is>
-          <t>3703.48 €</t>
+          <t>1806.17 €</t>
         </is>
       </c>
       <c r="I23" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" t="inlineStr">
         <is>
-          <t>AR11042</t>
+          <t>AR10724</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-I 0,55kW, 5000K55 PD1</t>
+          <t>PumpDrive-II, 45kW, PDRV2_045K00</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
-          <t>0,55 kW</t>
+          <t>45 kW</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G24" t="inlineStr">
         <is>
-          <t>9.00</t>
+          <t>82.00</t>
         </is>
       </c>
       <c r="H24" t="inlineStr">
         <is>
-          <t>703.69 €</t>
+          <t>6739.22 €</t>
         </is>
       </c>
       <c r="I24" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" t="inlineStr">
         <is>
-          <t>AR11044</t>
+          <t>AR10877</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-I 0,55kW, 5000K55 PD1</t>
+          <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E25" t="inlineStr">
         <is>
-          <t>0,55 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G25" t="inlineStr">
         <is>
-          <t>9.00</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H25" t="inlineStr">
         <is>
-          <t>703.69 €</t>
+          <t>3703.48 €</t>
         </is>
       </c>
       <c r="I25" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" t="inlineStr">
         <is>
-          <t>AR11047</t>
+          <t>AR11042</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-I 0,75kW, 5000K75 PD1</t>
+          <t>PumpDrive-I 0,55kW, 5000K55 PD1</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
-          <t>0,75 kW</t>
+          <t>0,55 kW</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G26" t="inlineStr">
         <is>
           <t>9.00</t>
         </is>
       </c>
       <c r="H26" t="inlineStr">
         <is>
-          <t>840.63 €</t>
+          <t>703.69 €</t>
         </is>
       </c>
       <c r="I26" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" t="inlineStr">
         <is>
-          <t>AR11055</t>
+          <t>AR11044</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>PumpDrive-I 0,55kW, 5000K55 PD1</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
           <t>0,55 kW</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G27" t="inlineStr">
         <is>
           <t>9.00</t>
         </is>
       </c>
       <c r="H27" t="inlineStr">
         <is>
           <t>703.69 €</t>
         </is>
       </c>
       <c r="I27" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" t="inlineStr">
         <is>
+          <t>AR11047</t>
+        </is>
+      </c>
+      <c r="B28" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="C28" s="2" t="inlineStr">
+        <is>
+          <t>PumpDrive-I 0,75kW, 5000K75 PD1</t>
+        </is>
+      </c>
+      <c r="D28" t="inlineStr">
+        <is>
+          <t>Frequenzumrichter</t>
+        </is>
+      </c>
+      <c r="E28" t="inlineStr">
+        <is>
+          <t>0,75 kW</t>
+        </is>
+      </c>
+      <c r="F28" t="inlineStr">
+        <is>
+          <t>B1: B2: gebraucht / wie neu</t>
+        </is>
+      </c>
+      <c r="G28" t="inlineStr">
+        <is>
+          <t>9.00</t>
+        </is>
+      </c>
+      <c r="H28" t="inlineStr">
+        <is>
+          <t>840.63 €</t>
+        </is>
+      </c>
+      <c r="I28" t="inlineStr">
+        <is>
+          <t>ABResale</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" ht="15" customHeight="1">
+      <c r="A29" t="inlineStr">
+        <is>
+          <t>AR11055</t>
+        </is>
+      </c>
+      <c r="B29" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="C29" s="2" t="inlineStr">
+        <is>
+          <t>PumpDrive-I 0,55kW, 5000K55 PD1</t>
+        </is>
+      </c>
+      <c r="D29" t="inlineStr">
+        <is>
+          <t>Frequenzumrichter</t>
+        </is>
+      </c>
+      <c r="E29" t="inlineStr">
+        <is>
+          <t>0,55 kW</t>
+        </is>
+      </c>
+      <c r="F29" t="inlineStr">
+        <is>
+          <t>B1: B2: gebraucht / wie neu</t>
+        </is>
+      </c>
+      <c r="G29" t="inlineStr">
+        <is>
+          <t>9.00</t>
+        </is>
+      </c>
+      <c r="H29" t="inlineStr">
+        <is>
+          <t>703.69 €</t>
+        </is>
+      </c>
+      <c r="I29" t="inlineStr">
+        <is>
+          <t>ABResale</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" ht="15" customHeight="1">
+      <c r="A30" t="inlineStr">
+        <is>
           <t>AR11087</t>
         </is>
       </c>
-      <c r="B28" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C28" s="2" t="inlineStr">
+      <c r="B30" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="C30" s="2" t="inlineStr">
         <is>
           <t>PumpDrive-I 0,55kW, 5000K55 PD1</t>
         </is>
       </c>
-      <c r="D28" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E28" t="inlineStr">
+      <c r="D30" t="inlineStr">
+        <is>
+          <t>Frequenzumrichter</t>
+        </is>
+      </c>
+      <c r="E30" t="inlineStr">
         <is>
           <t>0,55 kW</t>
         </is>
       </c>
-      <c r="F28" t="inlineStr">
+      <c r="F30" t="inlineStr">
         <is>
           <t>B1: B3: gebraucht / werksüberholt</t>
         </is>
       </c>
-      <c r="G28" t="inlineStr">
+      <c r="G30" t="inlineStr">
         <is>
           <t>9.00</t>
         </is>
       </c>
-      <c r="H28" t="inlineStr">
+      <c r="H30" t="inlineStr">
         <is>
           <t>703.69 €</t>
         </is>
       </c>
-      <c r="I28" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A29" t="inlineStr">
+      <c r="I30" t="inlineStr">
+        <is>
+          <t>ABResale</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" ht="30" customHeight="1">
+      <c r="A31" t="inlineStr">
         <is>
           <t>AR11113</t>
         </is>
       </c>
-      <c r="B29" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C29" s="2" t="inlineStr">
+      <c r="B31" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="C31" s="2" t="inlineStr">
         <is>
           <t>PumpDrive-II Eco, 7,5kW, PDRV2E_007K50 Kühlrippe ausgebrochen ( keine Funktionsstörung )</t>
         </is>
       </c>
-      <c r="D29" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E29" t="inlineStr">
+      <c r="D31" t="inlineStr">
+        <is>
+          <t>Frequenzumrichter</t>
+        </is>
+      </c>
+      <c r="E31" t="inlineStr">
         <is>
           <t>7,5 kW</t>
         </is>
       </c>
-      <c r="F29" t="inlineStr">
+      <c r="F31" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
-      <c r="G29" t="inlineStr">
+      <c r="G31" t="inlineStr">
         <is>
           <t>11.50</t>
         </is>
       </c>
-      <c r="H29" t="inlineStr">
+      <c r="H31" t="inlineStr">
         <is>
           <t>2052.70 €</t>
         </is>
       </c>
-      <c r="I29" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A30" t="inlineStr">
+      <c r="I31" t="inlineStr">
+        <is>
+          <t>ABResale</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" ht="30" customHeight="1">
+      <c r="A32" t="inlineStr">
         <is>
           <t>AR11192-02A</t>
         </is>
       </c>
-      <c r="B30" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C30" s="2" t="inlineStr">
+      <c r="B32" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Anlaufgerät Motor 4" 230V-1 50Hz 0,37KW ( UPA100, Upachrom 100 )</t>
         </is>
       </c>
-      <c r="D30" t="inlineStr">
+      <c r="D32" t="inlineStr">
         <is>
           <t>Unterwassermotorpumpen</t>
         </is>
       </c>
-      <c r="E30" t="inlineStr">
+      <c r="E32" t="inlineStr">
         <is>
           <t>0,37 kW</t>
         </is>
       </c>
-      <c r="F30" t="inlineStr">
+      <c r="F32" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
-      <c r="G30" t="inlineStr">
+      <c r="G32" t="inlineStr">
         <is>
           <t>1.50</t>
         </is>
       </c>
-      <c r="H30" t="inlineStr">
+      <c r="H32" t="inlineStr">
         <is>
           <t>78.26 €</t>
-        </is>
-[...92 lines deleted...]
-          <t>883.92 €</t>
         </is>
       </c>
       <c r="I32" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" t="inlineStr">
         <is>
-          <t>AR11344</t>
+          <t>AR11211</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-I 1,1kW, 5001K10 PD1</t>
+          <t>PumpDrive-I 0,75kW, 5000K75 PD1</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E33" t="inlineStr">
         <is>
-          <t>1,1 kW</t>
+          <t>0,75 kW</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G33" t="inlineStr">
         <is>
-          <t>9.00</t>
+          <t>6.00</t>
         </is>
       </c>
       <c r="H33" t="inlineStr">
         <is>
-          <t>985.25 €</t>
+          <t>840.63 €</t>
         </is>
       </c>
       <c r="I33" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" t="inlineStr">
         <is>
-          <t>AR11345</t>
+          <t>AR11261</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-I 0,75kW, 5000K75 PD1</t>
+          <t>PumpDrive-R KSB202 011K00W</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E34" t="inlineStr">
         <is>
-          <t>0,75 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G34" t="inlineStr">
         <is>
-          <t>9.00</t>
+          <t>20.00</t>
         </is>
       </c>
       <c r="H34" t="inlineStr">
         <is>
-          <t>840.63 €</t>
+          <t>883.92 €</t>
         </is>
       </c>
       <c r="I34" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" t="inlineStr">
         <is>
-          <t>AR11346</t>
+          <t>AR11344</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-I 0,75kW, 5000K75 PD1</t>
+          <t>PumpDrive-I 1,1kW, 5001K10 PD1</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E35" t="inlineStr">
         <is>
-          <t>0,75 kW</t>
+          <t>1,1 kW</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G35" t="inlineStr">
         <is>
           <t>9.00</t>
         </is>
       </c>
       <c r="H35" t="inlineStr">
         <is>
-          <t>840.63 €</t>
+          <t>985.25 €</t>
         </is>
       </c>
       <c r="I35" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" t="inlineStr">
         <is>
-          <t>AR11347</t>
+          <t>AR11345</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>PumpDrive-I 0,75kW, 5000K75 PD1</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E36" t="inlineStr">
         <is>
           <t>0,75 kW</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G36" t="inlineStr">
         <is>
           <t>9.00</t>
         </is>
       </c>
       <c r="H36" t="inlineStr">
         <is>
           <t>840.63 €</t>
         </is>
       </c>
       <c r="I36" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" t="inlineStr">
         <is>
-          <t>AR11348</t>
+          <t>AR11346</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>PumpDrive-I 0,75kW, 5000K75 PD1</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E37" t="inlineStr">
         <is>
           <t>0,75 kW</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G37" t="inlineStr">
         <is>
           <t>9.00</t>
         </is>
       </c>
       <c r="H37" t="inlineStr">
         <is>
           <t>840.63 €</t>
         </is>
       </c>
       <c r="I37" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" t="inlineStr">
         <is>
-          <t>AR11349</t>
+          <t>AR11347</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>PumpDrive-I 0,75kW, 5000K75 PD1</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E38" t="inlineStr">
         <is>
           <t>0,75 kW</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G38" t="inlineStr">
         <is>
           <t>9.00</t>
         </is>
       </c>
       <c r="H38" t="inlineStr">
         <is>
           <t>840.63 €</t>
         </is>
       </c>
       <c r="I38" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" t="inlineStr">
         <is>
-          <t>AR11539</t>
+          <t>AR11348</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 45kW, PDRV2_045K00</t>
+          <t>PumpDrive-I 0,75kW, 5000K75 PD1</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E39" t="inlineStr">
         <is>
-          <t>45 kW</t>
+          <t>0,75 kW</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G39" t="inlineStr">
         <is>
-          <t>82.00</t>
+          <t>9.00</t>
         </is>
       </c>
       <c r="H39" t="inlineStr">
         <is>
-          <t>6739.22 €</t>
+          <t>840.63 €</t>
         </is>
       </c>
       <c r="I39" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" t="inlineStr">
         <is>
-          <t>AR11540</t>
+          <t>AR11349</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II MyFlow, 7,5kW, PDRV2I_007K50</t>
+          <t>PumpDrive-I 0,75kW, 5000K75 PD1</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E40" t="inlineStr">
         <is>
-          <t>7,5 kW</t>
+          <t>0,75 kW</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G40" t="inlineStr">
         <is>
-          <t>12.00</t>
+          <t>9.00</t>
         </is>
       </c>
       <c r="H40" t="inlineStr">
         <is>
-          <t>1196.78 €</t>
+          <t>840.63 €</t>
         </is>
       </c>
       <c r="I40" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" t="inlineStr">
         <is>
-          <t>AR11542</t>
+          <t>AR11539</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 30kW, PDRV2_030K00</t>
+          <t>PumpDrive-II, 45kW, PDRV2_045K00</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E41" t="inlineStr">
         <is>
-          <t>30 kW</t>
+          <t>45 kW</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G41" t="inlineStr">
         <is>
-          <t>58.00</t>
+          <t>82.00</t>
         </is>
       </c>
       <c r="H41" t="inlineStr">
         <is>
-          <t>4865.84 €</t>
+          <t>6739.22 €</t>
         </is>
       </c>
       <c r="I41" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" t="inlineStr">
         <is>
-          <t>AR11613</t>
+          <t>AR11540</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 0,75kW, PDRV2_000K75</t>
+          <t>PumpDrive-II MyFlow, 7,5kW, PDRV2I_007K50</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E42" t="inlineStr">
         <is>
-          <t>0,75 kW</t>
+          <t>7,5 kW</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G42" t="inlineStr">
         <is>
-          <t>7.00</t>
+          <t>12.00</t>
         </is>
       </c>
       <c r="H42" t="inlineStr">
         <is>
-          <t>1148.25 €</t>
+          <t>1196.78 €</t>
         </is>
       </c>
       <c r="I42" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="43" ht="15" customHeight="1">
       <c r="A43" t="inlineStr">
         <is>
-          <t>AR11715</t>
+          <t>AR11542</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
-          <t>KSB Schaltautomat Controlmatic E</t>
+          <t>PumpDrive-II, 30kW, PDRV2_030K00</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
-          <t>Einzelpumpenschaltgeräte</t>
-[...2 lines deleted...]
-      <c r="E43" t="inlineStr"/>
+          <t>Frequenzumrichter</t>
+        </is>
+      </c>
+      <c r="E43" t="inlineStr">
+        <is>
+          <t>30 kW</t>
+        </is>
+      </c>
       <c r="F43" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G43" t="inlineStr">
         <is>
-          <t>2.00</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H43" t="inlineStr">
         <is>
-          <t>133.54 €</t>
+          <t>4865.84 €</t>
         </is>
       </c>
       <c r="I43" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="44" ht="15" customHeight="1">
       <c r="A44" t="inlineStr">
         <is>
-          <t>AR11770</t>
+          <t>AR11613</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 2,2kW, PDRV2E_002K20</t>
+          <t>PumpDrive-II, 0,75kW, PDRV2_000K75</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E44" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>0,75 kW</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G44" t="inlineStr">
         <is>
-          <t>7.50</t>
+          <t>7.00</t>
         </is>
       </c>
       <c r="H44" t="inlineStr">
         <is>
-          <t>859.41 €</t>
+          <t>1148.25 €</t>
         </is>
       </c>
       <c r="I44" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="45" ht="15" customHeight="1">
       <c r="A45" t="inlineStr">
         <is>
-          <t>AR11975</t>
+          <t>AR11715</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-I 0,55kW, 5000K55 PD1</t>
+          <t>KSB Schaltautomat Controlmatic E</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
-          <t>Frequenzumrichter</t>
-[...6 lines deleted...]
-      </c>
+          <t>Einzelpumpenschaltgeräte</t>
+        </is>
+      </c>
+      <c r="E45" t="inlineStr"/>
       <c r="F45" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G45" t="inlineStr">
         <is>
-          <t>9.00</t>
+          <t>2.00</t>
         </is>
       </c>
       <c r="H45" t="inlineStr">
         <is>
-          <t>703.69 €</t>
+          <t>133.54 €</t>
         </is>
       </c>
       <c r="I45" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="46" ht="15" customHeight="1">
       <c r="A46" t="inlineStr">
         <is>
-          <t>AR11992</t>
+          <t>AR11770</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-I 0,55kW, 5000K55 PD1</t>
+          <t>PumpDrive-II Eco, 2,2kW, PDRV2E_002K20</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E46" t="inlineStr">
         <is>
-          <t>0,55 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G46" t="inlineStr">
         <is>
-          <t>9.00</t>
+          <t>7.50</t>
         </is>
       </c>
       <c r="H46" t="inlineStr">
         <is>
-          <t>703.69 €</t>
+          <t>859.41 €</t>
         </is>
       </c>
       <c r="I46" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="47" ht="15" customHeight="1">
       <c r="A47" t="inlineStr">
         <is>
-          <t>AR12071</t>
+          <t>AR11975</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
+          <t>PumpDrive-I 0,55kW, 5000K55 PD1</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E47" t="inlineStr">
         <is>
-          <t>18,5 kW</t>
+          <t>0,55 kW</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G47" t="inlineStr">
         <is>
-          <t>58.00</t>
+          <t>9.00</t>
         </is>
       </c>
       <c r="H47" t="inlineStr">
         <is>
-          <t>3703.48 €</t>
+          <t>703.69 €</t>
         </is>
       </c>
       <c r="I47" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="48" ht="15" customHeight="1">
       <c r="A48" t="inlineStr">
         <is>
-          <t>AR12072</t>
+          <t>AR11992</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
+          <t>PumpDrive-I 0,55kW, 5000K55 PD1</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E48" t="inlineStr">
         <is>
-          <t>18,5 kW</t>
+          <t>0,55 kW</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G48" t="inlineStr">
         <is>
-          <t>58.00</t>
+          <t>9.00</t>
         </is>
       </c>
       <c r="H48" t="inlineStr">
         <is>
-          <t>3703.48 €</t>
+          <t>703.69 €</t>
         </is>
       </c>
       <c r="I48" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="49" ht="15" customHeight="1">
       <c r="A49" t="inlineStr">
         <is>
-          <t>AR12084</t>
+          <t>AR12071</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 2,2kW, PDRV2E_002K20</t>
+          <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E49" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G49" t="inlineStr">
         <is>
-          <t>7.50</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H49" t="inlineStr">
         <is>
-          <t>859.41 €</t>
+          <t>3703.48 €</t>
         </is>
       </c>
       <c r="I49" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="50" ht="15" customHeight="1">
       <c r="A50" t="inlineStr">
         <is>
-          <t>AR12112</t>
+          <t>AR12072</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E50" t="inlineStr">
         <is>
           <t>18,5 kW</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G50" t="inlineStr">
         <is>
           <t>58.00</t>
         </is>
       </c>
       <c r="H50" t="inlineStr">
         <is>
           <t>3703.48 €</t>
         </is>
       </c>
       <c r="I50" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="51" ht="15" customHeight="1">
       <c r="A51" t="inlineStr">
         <is>
-          <t>AR12115</t>
+          <t>AR12084</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 0,55kW, PDRV2_000k55</t>
+          <t>PumpDrive-II Eco, 2,2kW, PDRV2E_002K20</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E51" t="inlineStr">
         <is>
-          <t>0,55 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G51" t="inlineStr">
         <is>
-          <t>7.00</t>
+          <t>7.50</t>
         </is>
       </c>
       <c r="H51" t="inlineStr">
         <is>
-          <t>1079.06 €</t>
+          <t>859.41 €</t>
         </is>
       </c>
       <c r="I51" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="52" ht="15" customHeight="1">
       <c r="A52" t="inlineStr">
         <is>
-          <t>AR12189</t>
+          <t>AR12112</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 22kW, PDRV2_022K00</t>
+          <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E52" t="inlineStr">
         <is>
-          <t>22 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G52" t="inlineStr">
         <is>
           <t>58.00</t>
         </is>
       </c>
       <c r="H52" t="inlineStr">
         <is>
-          <t>4297.04 €</t>
+          <t>3703.48 €</t>
         </is>
       </c>
       <c r="I52" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="53" ht="15" customHeight="1">
       <c r="A53" t="inlineStr">
         <is>
-          <t>AR12190</t>
+          <t>AR12189</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 45kW, PDRV2_045K00</t>
+          <t>PumpDrive-II, 22kW, PDRV2_022K00</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E53" t="inlineStr">
         <is>
-          <t>45 kW</t>
+          <t>22 kW</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G53" t="inlineStr">
         <is>
-          <t>82.00</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H53" t="inlineStr">
         <is>
-          <t>6739.22 €</t>
+          <t>4297.04 €</t>
         </is>
       </c>
       <c r="I53" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="54" ht="15" customHeight="1">
       <c r="A54" t="inlineStr">
         <is>
-          <t>AR12191</t>
+          <t>AR12190</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
+          <t>PumpDrive-II, 45kW, PDRV2_045K00</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E54" t="inlineStr">
         <is>
-          <t>18,5 kW</t>
+          <t>45 kW</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G54" t="inlineStr">
         <is>
-          <t>58.00</t>
+          <t>82.00</t>
         </is>
       </c>
       <c r="H54" t="inlineStr">
         <is>
-          <t>3703.48 €</t>
+          <t>6739.22 €</t>
         </is>
       </c>
       <c r="I54" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="55" ht="15" customHeight="1">
       <c r="A55" t="inlineStr">
         <is>
-          <t>AR12194</t>
+          <t>AR12191</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 3kW, PDRV2E_003K00</t>
+          <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E55" t="inlineStr">
         <is>
-          <t>3 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G55" t="inlineStr">
         <is>
-          <t>7.50</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H55" t="inlineStr">
         <is>
-          <t>933.60 €</t>
+          <t>3703.48 €</t>
         </is>
       </c>
       <c r="I55" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="56" ht="15" customHeight="1">
       <c r="A56" t="inlineStr">
         <is>
-          <t>AR12196</t>
+          <t>AR12194</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 2,2kW, PDRV2E_002K20</t>
+          <t>PumpDrive-II Eco, 3kW, PDRV2E_003K00</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E56" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>3 kW</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G56" t="inlineStr">
         <is>
           <t>7.50</t>
         </is>
       </c>
       <c r="H56" t="inlineStr">
         <is>
-          <t>859.41 €</t>
+          <t>933.60 €</t>
         </is>
       </c>
       <c r="I56" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="57" ht="15" customHeight="1">
       <c r="A57" t="inlineStr">
         <is>
+          <t>AR12196</t>
+        </is>
+      </c>
+      <c r="B57" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="C57" s="2" t="inlineStr">
+        <is>
+          <t>PumpDrive-II Eco, 2,2kW, PDRV2E_002K20</t>
+        </is>
+      </c>
+      <c r="D57" t="inlineStr">
+        <is>
+          <t>Frequenzumrichter</t>
+        </is>
+      </c>
+      <c r="E57" t="inlineStr">
+        <is>
+          <t>2,2 kW</t>
+        </is>
+      </c>
+      <c r="F57" t="inlineStr">
+        <is>
+          <t>B1: B2: gebraucht / wie neu</t>
+        </is>
+      </c>
+      <c r="G57" t="inlineStr">
+        <is>
+          <t>7.50</t>
+        </is>
+      </c>
+      <c r="H57" t="inlineStr">
+        <is>
+          <t>859.41 €</t>
+        </is>
+      </c>
+      <c r="I57" t="inlineStr">
+        <is>
+          <t>ABResale</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" ht="15" customHeight="1">
+      <c r="A58" t="inlineStr">
+        <is>
           <t>AR12247</t>
         </is>
       </c>
-      <c r="B57" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C57" s="2" t="inlineStr">
+      <c r="B58" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="C58" s="2" t="inlineStr">
         <is>
           <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
         </is>
       </c>
-      <c r="D57" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E57" t="inlineStr">
+      <c r="D58" t="inlineStr">
+        <is>
+          <t>Frequenzumrichter</t>
+        </is>
+      </c>
+      <c r="E58" t="inlineStr">
         <is>
           <t>18,5 kW</t>
         </is>
       </c>
-      <c r="F57" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G57" t="inlineStr">
+      <c r="F58" t="inlineStr">
+        <is>
+          <t>B1: B2: gebraucht / wie neu</t>
+        </is>
+      </c>
+      <c r="G58" t="inlineStr">
         <is>
           <t>58.00</t>
         </is>
       </c>
-      <c r="H57" t="inlineStr">
+      <c r="H58" t="inlineStr">
         <is>
           <t>3703.48 €</t>
         </is>
       </c>
-      <c r="I57" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A58" t="inlineStr">
+      <c r="I58" t="inlineStr">
+        <is>
+          <t>ABResale</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" ht="30" customHeight="1">
+      <c r="A59" t="inlineStr">
         <is>
           <t>AR12415</t>
         </is>
       </c>
-      <c r="B58" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C58" s="2" t="inlineStr">
+      <c r="B59" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="C59" s="2" t="inlineStr">
         <is>
           <t>PumpDrive-II, 1,5kW, PDRV2_001K50, Hauptschalter, M12 Modul</t>
         </is>
       </c>
-      <c r="D58" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E58" t="inlineStr">
+      <c r="D59" t="inlineStr">
+        <is>
+          <t>Frequenzumrichter</t>
+        </is>
+      </c>
+      <c r="E59" t="inlineStr">
         <is>
           <t>1,5 kW</t>
         </is>
       </c>
-      <c r="F58" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G58" t="inlineStr">
+      <c r="F59" t="inlineStr">
+        <is>
+          <t>B1: B2: gebraucht / wie neu</t>
+        </is>
+      </c>
+      <c r="G59" t="inlineStr">
         <is>
           <t>7.00</t>
         </is>
       </c>
-      <c r="H58" t="inlineStr">
+      <c r="H59" t="inlineStr">
         <is>
           <t>1267.47 €</t>
-        </is>
-[...45 lines deleted...]
-          <t>4297.04 €</t>
         </is>
       </c>
       <c r="I59" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="60" ht="15" customHeight="1">
       <c r="A60" t="inlineStr">
         <is>
-          <t>AR12422</t>
+          <t>AR12418</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 30kW, PDRV2_030K00</t>
+          <t>PumpDrive-II, 22kW, PDRV2_022K00</t>
         </is>
       </c>
       <c r="D60" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E60" t="inlineStr">
         <is>
-          <t>30 kW</t>
+          <t>22 kW</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G60" t="inlineStr">
         <is>
           <t>58.00</t>
         </is>
       </c>
       <c r="H60" t="inlineStr">
         <is>
-          <t>4865.84 €</t>
+          <t>4297.04 €</t>
         </is>
       </c>
       <c r="I60" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="61" ht="15" customHeight="1">
       <c r="A61" t="inlineStr">
         <is>
-          <t>AR12424</t>
+          <t>AR12422</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
+          <t>PumpDrive-II, 30kW, PDRV2_030K00</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E61" t="inlineStr">
         <is>
-          <t>18,5 kW</t>
+          <t>30 kW</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G61" t="inlineStr">
         <is>
           <t>58.00</t>
         </is>
       </c>
       <c r="H61" t="inlineStr">
         <is>
-          <t>3703.48 €</t>
+          <t>4865.84 €</t>
         </is>
       </c>
       <c r="I61" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="62" ht="15" customHeight="1">
       <c r="A62" t="inlineStr">
         <is>
-          <t>AR12425</t>
+          <t>AR12424</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 45kW, PDRV2_045K00</t>
+          <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E62" t="inlineStr">
         <is>
-          <t>45 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G62" t="inlineStr">
         <is>
-          <t>82.00</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H62" t="inlineStr">
         <is>
-          <t>6739.22 €</t>
+          <t>3703.48 €</t>
         </is>
       </c>
       <c r="I62" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="63" ht="15" customHeight="1">
       <c r="A63" t="inlineStr">
         <is>
-          <t>AR12443</t>
+          <t>AR12425</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-I 0,55kW, 5000K55 PD1</t>
+          <t>PumpDrive-II, 45kW, PDRV2_045K00</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E63" t="inlineStr">
         <is>
-          <t>0,55 kW</t>
+          <t>45 kW</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G63" t="inlineStr">
         <is>
-          <t>9.00</t>
+          <t>82.00</t>
         </is>
       </c>
       <c r="H63" t="inlineStr">
         <is>
-          <t>703.69 €</t>
+          <t>6739.22 €</t>
         </is>
       </c>
       <c r="I63" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="64" ht="15" customHeight="1">
       <c r="A64" t="inlineStr">
         <is>
-          <t>AR12451</t>
+          <t>AR12443</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-I 15kW, 5015K00 PD1</t>
+          <t>PumpDrive-I 0,55kW, 5000K55 PD1</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E64" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>0,55 kW</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G64" t="inlineStr">
         <is>
-          <t>24.00</t>
+          <t>9.00</t>
         </is>
       </c>
       <c r="H64" t="inlineStr">
         <is>
-          <t>3700.49 €</t>
+          <t>703.69 €</t>
         </is>
       </c>
       <c r="I64" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="65" ht="15" customHeight="1">
       <c r="A65" t="inlineStr">
         <is>
-          <t>AR12452</t>
+          <t>AR12451</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>PumpDrive-I 15kW, 5015K00 PD1</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E65" t="inlineStr">
         <is>
           <t>15 kW</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G65" t="inlineStr">
         <is>
           <t>24.00</t>
         </is>
       </c>
       <c r="H65" t="inlineStr">
         <is>
           <t>3700.49 €</t>
         </is>
       </c>
       <c r="I65" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="66" ht="15" customHeight="1">
       <c r="A66" t="inlineStr">
         <is>
-          <t>AR12454</t>
+          <t>AR12452</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-I 11kW, 5011K00 PD1</t>
+          <t>PumpDrive-I 15kW, 5015K00 PD1</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E66" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G66" t="inlineStr">
         <is>
           <t>24.00</t>
         </is>
       </c>
       <c r="H66" t="inlineStr">
         <is>
-          <t>2747.60 €</t>
+          <t>3700.49 €</t>
         </is>
       </c>
       <c r="I66" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="67" ht="15" customHeight="1">
       <c r="A67" t="inlineStr">
         <is>
-          <t>AR12463</t>
+          <t>AR12454</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-I 0,75kW, 5000K75 PD1</t>
+          <t>PumpDrive-I 11kW, 5011K00 PD1</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E67" t="inlineStr">
         <is>
-          <t>0,75 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G67" t="inlineStr">
         <is>
-          <t>9.00</t>
+          <t>24.00</t>
         </is>
       </c>
       <c r="H67" t="inlineStr">
         <is>
-          <t>840.63 €</t>
+          <t>2747.60 €</t>
         </is>
       </c>
       <c r="I67" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="68" ht="15" customHeight="1">
       <c r="A68" t="inlineStr">
         <is>
-          <t>AR12477</t>
+          <t>AR12463</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 3kW, PDRV2E_003K00</t>
+          <t>PumpDrive-I 0,75kW, 5000K75 PD1</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E68" t="inlineStr">
         <is>
-          <t>3 kW</t>
+          <t>0,75 kW</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G68" t="inlineStr">
         <is>
-          <t>7.50</t>
+          <t>9.00</t>
         </is>
       </c>
       <c r="H68" t="inlineStr">
         <is>
-          <t>933.60 €</t>
+          <t>840.63 €</t>
         </is>
       </c>
       <c r="I68" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="69" ht="15" customHeight="1">
       <c r="A69" t="inlineStr">
         <is>
-          <t>AR12529</t>
+          <t>AR12477</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-I 1,1kW, 5001K10 PD1</t>
+          <t>PumpDrive-II Eco, 3kW, PDRV2E_003K00</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E69" t="inlineStr">
         <is>
-          <t>1,1 kW</t>
+          <t>3 kW</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G69" t="inlineStr">
         <is>
-          <t>9.00</t>
+          <t>7.50</t>
         </is>
       </c>
       <c r="H69" t="inlineStr">
         <is>
-          <t>985.25 €</t>
+          <t>933.60 €</t>
         </is>
       </c>
       <c r="I69" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="70" ht="15" customHeight="1">
       <c r="A70" t="inlineStr">
         <is>
-          <t>AR12580</t>
+          <t>AR12529</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 22kW, PDRV2_022K00</t>
+          <t>PumpDrive-I 1,1kW, 5001K10 PD1</t>
         </is>
       </c>
       <c r="D70" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E70" t="inlineStr">
         <is>
-          <t>22 kW</t>
+          <t>1,1 kW</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G70" t="inlineStr">
         <is>
-          <t>58.00</t>
+          <t>9.00</t>
         </is>
       </c>
       <c r="H70" t="inlineStr">
         <is>
-          <t>4297.04 €</t>
+          <t>985.25 €</t>
         </is>
       </c>
       <c r="I70" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="71" ht="15" customHeight="1">
       <c r="A71" t="inlineStr">
         <is>
-          <t>AR12584</t>
+          <t>AR12580</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 5,5kW, PDRV2E_005K50</t>
+          <t>PumpDrive-II, 22kW, PDRV2_022K00</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E71" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>22 kW</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G71" t="inlineStr">
         <is>
-          <t>14.50</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H71" t="inlineStr">
         <is>
-          <t>1294.63 €</t>
+          <t>4297.04 €</t>
         </is>
       </c>
       <c r="I71" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="72" ht="15" customHeight="1">
       <c r="A72" t="inlineStr">
         <is>
-          <t>AR12588</t>
+          <t>AR12584</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
+          <t>PumpDrive-II Eco, 5,5kW, PDRV2E_005K50</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E72" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G72" t="inlineStr">
         <is>
-          <t>58.00</t>
+          <t>14.50</t>
         </is>
       </c>
       <c r="H72" t="inlineStr">
         <is>
-          <t>3116.06 €</t>
+          <t>1294.63 €</t>
         </is>
       </c>
       <c r="I72" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="73" ht="15" customHeight="1">
       <c r="A73" t="inlineStr">
         <is>
-          <t>AR12589</t>
+          <t>AR12588</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E73" t="inlineStr">
         <is>
           <t>15 kW</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G73" t="inlineStr">
         <is>
           <t>58.00</t>
         </is>
       </c>
       <c r="H73" t="inlineStr">
         <is>
           <t>3116.06 €</t>
         </is>
       </c>
       <c r="I73" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="74" ht="15" customHeight="1">
       <c r="A74" t="inlineStr">
         <is>
-          <t>AR12591</t>
+          <t>AR12589</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E74" t="inlineStr">
         <is>
           <t>15 kW</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G74" t="inlineStr">
         <is>
           <t>58.00</t>
         </is>
       </c>
       <c r="H74" t="inlineStr">
         <is>
           <t>3116.06 €</t>
         </is>
       </c>
       <c r="I74" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="75" ht="15" customHeight="1">
       <c r="A75" t="inlineStr">
         <is>
-          <t>AR12594</t>
+          <t>AR12591</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 2,2kW, PDRV2E_002K20</t>
+          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
         </is>
       </c>
       <c r="D75" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E75" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G75" t="inlineStr">
         <is>
-          <t>7.50</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H75" t="inlineStr">
         <is>
-          <t>859.41 €</t>
+          <t>3116.06 €</t>
         </is>
       </c>
       <c r="I75" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="76" ht="15" customHeight="1">
       <c r="A76" t="inlineStr">
         <is>
-          <t>AR12596</t>
+          <t>AR12594</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
+          <t>PumpDrive-II Eco, 2,2kW, PDRV2E_002K20</t>
         </is>
       </c>
       <c r="D76" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E76" t="inlineStr">
         <is>
-          <t>18,5 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G76" t="inlineStr">
         <is>
-          <t>58.00</t>
+          <t>7.50</t>
         </is>
       </c>
       <c r="H76" t="inlineStr">
         <is>
-          <t>3703.48 €</t>
+          <t>859.41 €</t>
         </is>
       </c>
       <c r="I76" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="77" ht="15" customHeight="1">
       <c r="A77" t="inlineStr">
         <is>
-          <t>AR12597</t>
+          <t>AR12596</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 45kW, PDRV2_045K00</t>
+          <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
         </is>
       </c>
       <c r="D77" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E77" t="inlineStr">
         <is>
-          <t>45 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G77" t="inlineStr">
         <is>
-          <t>82.00</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H77" t="inlineStr">
         <is>
-          <t>6739.22 €</t>
+          <t>3703.48 €</t>
         </is>
       </c>
       <c r="I77" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="78" ht="15" customHeight="1">
       <c r="A78" t="inlineStr">
         <is>
-          <t>AR12598</t>
+          <t>AR12597</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 2,2kW, PDRV2E_002K20</t>
+          <t>PumpDrive-II, 45kW, PDRV2_045K00</t>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E78" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>45 kW</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G78" t="inlineStr">
         <is>
-          <t>7.50</t>
+          <t>82.00</t>
         </is>
       </c>
       <c r="H78" t="inlineStr">
         <is>
-          <t>859.41 €</t>
+          <t>6739.22 €</t>
         </is>
       </c>
       <c r="I78" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="79" ht="15" customHeight="1">
       <c r="A79" t="inlineStr">
         <is>
-          <t>AR12599</t>
+          <t>AR12598</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 1,1kW, PDRV2E_001K10</t>
+          <t>PumpDrive-II Eco, 2,2kW, PDRV2E_002K20</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E79" t="inlineStr">
         <is>
-          <t>1,1 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G79" t="inlineStr">
         <is>
-          <t>6.00</t>
+          <t>7.50</t>
         </is>
       </c>
       <c r="H79" t="inlineStr">
         <is>
-          <t>710.41 €</t>
+          <t>859.41 €</t>
         </is>
       </c>
       <c r="I79" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="80" ht="15" customHeight="1">
       <c r="A80" t="inlineStr">
         <is>
-          <t>AR12606</t>
+          <t>AR12599</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>PumpDrive-II Eco, 1,1kW, PDRV2E_001K10</t>
         </is>
       </c>
       <c r="D80" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E80" t="inlineStr">
         <is>
           <t>1,1 kW</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G80" t="inlineStr">
         <is>
           <t>6.00</t>
         </is>
       </c>
       <c r="H80" t="inlineStr">
         <is>
           <t>710.41 €</t>
         </is>
       </c>
       <c r="I80" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="81" ht="15" customHeight="1">
       <c r="A81" t="inlineStr">
         <is>
-          <t>AR12615</t>
+          <t>AR12606</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 45kW, PDRV2_045K00</t>
+          <t>PumpDrive-II Eco, 1,1kW, PDRV2E_001K10</t>
         </is>
       </c>
       <c r="D81" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E81" t="inlineStr">
         <is>
-          <t>45 kW</t>
+          <t>1,1 kW</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G81" t="inlineStr">
         <is>
-          <t>82.00</t>
+          <t>6.00</t>
         </is>
       </c>
       <c r="H81" t="inlineStr">
         <is>
-          <t>6739.22 €</t>
+          <t>710.41 €</t>
         </is>
       </c>
       <c r="I81" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="82" ht="15" customHeight="1">
       <c r="A82" t="inlineStr">
         <is>
-          <t>AR12616</t>
+          <t>AR12615</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
+          <t>PumpDrive-II, 45kW, PDRV2_045K00</t>
         </is>
       </c>
       <c r="D82" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E82" t="inlineStr">
         <is>
-          <t>18,5 kW</t>
+          <t>45 kW</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G82" t="inlineStr">
         <is>
-          <t>58.00</t>
+          <t>82.00</t>
         </is>
       </c>
       <c r="H82" t="inlineStr">
         <is>
-          <t>3703.48 €</t>
+          <t>6739.22 €</t>
         </is>
       </c>
       <c r="I82" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="83" ht="15" customHeight="1">
       <c r="A83" t="inlineStr">
         <is>
-          <t>AR12619</t>
+          <t>AR12616</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-I 1,1kW, 5001K10 PD1</t>
+          <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
         </is>
       </c>
       <c r="D83" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E83" t="inlineStr">
         <is>
-          <t>1,1 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G83" t="inlineStr">
         <is>
-          <t>9.00</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H83" t="inlineStr">
         <is>
-          <t>985.25 €</t>
+          <t>3703.48 €</t>
         </is>
       </c>
       <c r="I83" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="84" ht="15" customHeight="1">
       <c r="A84" t="inlineStr">
         <is>
-          <t>AR12620</t>
+          <t>AR12619</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>PumpDrive-I 1,1kW, 5001K10 PD1</t>
         </is>
       </c>
       <c r="D84" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E84" t="inlineStr">
         <is>
           <t>1,1 kW</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G84" t="inlineStr">
         <is>
           <t>9.00</t>
         </is>
       </c>
       <c r="H84" t="inlineStr">
         <is>
           <t>985.25 €</t>
         </is>
       </c>
       <c r="I84" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="85" ht="15" customHeight="1">
       <c r="A85" t="inlineStr">
         <is>
-          <t>AR12624</t>
+          <t>AR12620</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 3kW, PDRV2E_003K00</t>
+          <t>PumpDrive-I 1,1kW, 5001K10 PD1</t>
         </is>
       </c>
       <c r="D85" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E85" t="inlineStr">
         <is>
-          <t>3 kW</t>
+          <t>1,1 kW</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G85" t="inlineStr">
         <is>
-          <t>7.50</t>
+          <t>9.00</t>
         </is>
       </c>
       <c r="H85" t="inlineStr">
         <is>
-          <t>933.60 €</t>
+          <t>985.25 €</t>
         </is>
       </c>
       <c r="I85" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="86" ht="15" customHeight="1">
       <c r="A86" t="inlineStr">
         <is>
-          <t>AR12625</t>
+          <t>AR12624</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 2,2kW, PDRV2E_002K20</t>
+          <t>PumpDrive-II Eco, 3kW, PDRV2E_003K00</t>
         </is>
       </c>
       <c r="D86" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E86" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>3 kW</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G86" t="inlineStr">
         <is>
           <t>7.50</t>
         </is>
       </c>
       <c r="H86" t="inlineStr">
         <is>
-          <t>859.41 €</t>
+          <t>933.60 €</t>
         </is>
       </c>
       <c r="I86" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="87" ht="15" customHeight="1">
       <c r="A87" t="inlineStr">
         <is>
-          <t>AR12628</t>
+          <t>AR12625</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
+          <t>PumpDrive-II Eco, 2,2kW, PDRV2E_002K20</t>
         </is>
       </c>
       <c r="D87" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E87" t="inlineStr">
         <is>
-          <t>18,5 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G87" t="inlineStr">
         <is>
-          <t>58.00</t>
+          <t>7.50</t>
         </is>
       </c>
       <c r="H87" t="inlineStr">
         <is>
-          <t>3703.48 €</t>
+          <t>859.41 €</t>
         </is>
       </c>
       <c r="I87" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="88" ht="15" customHeight="1">
       <c r="A88" t="inlineStr">
         <is>
-          <t>AR12646</t>
+          <t>AR12628</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-I 0,75kW, 5000K75 PD1</t>
+          <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
         </is>
       </c>
       <c r="D88" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E88" t="inlineStr">
         <is>
-          <t>0,75 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G88" t="inlineStr">
         <is>
-          <t>9.00</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H88" t="inlineStr">
         <is>
-          <t>840.63 €</t>
+          <t>3703.48 €</t>
         </is>
       </c>
       <c r="I88" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="89" ht="15" customHeight="1">
       <c r="A89" t="inlineStr">
         <is>
-          <t>AR12653</t>
+          <t>AR12646</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 30kW, PDRV2_030K00</t>
+          <t>PumpDrive-I 0,75kW, 5000K75 PD1</t>
         </is>
       </c>
       <c r="D89" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E89" t="inlineStr">
         <is>
-          <t>30 kW</t>
+          <t>0,75 kW</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G89" t="inlineStr">
         <is>
-          <t>58.00</t>
+          <t>9.00</t>
         </is>
       </c>
       <c r="H89" t="inlineStr">
         <is>
-          <t>4865.84 €</t>
+          <t>840.63 €</t>
         </is>
       </c>
       <c r="I89" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="90" ht="15" customHeight="1">
       <c r="A90" t="inlineStr">
         <is>
-          <t>AR12657</t>
+          <t>AR12653</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
+          <t>PumpDrive-II, 30kW, PDRV2_030K00</t>
         </is>
       </c>
       <c r="D90" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E90" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>30 kW</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G90" t="inlineStr">
         <is>
           <t>58.00</t>
         </is>
       </c>
       <c r="H90" t="inlineStr">
         <is>
-          <t>3116.06 €</t>
+          <t>4865.84 €</t>
         </is>
       </c>
       <c r="I90" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="91" ht="15" customHeight="1">
       <c r="A91" t="inlineStr">
         <is>
-          <t>AR12664</t>
+          <t>AR12657</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
+          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
         </is>
       </c>
       <c r="D91" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E91" t="inlineStr">
         <is>
-          <t>18,5 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G91" t="inlineStr">
         <is>
           <t>58.00</t>
         </is>
       </c>
       <c r="H91" t="inlineStr">
         <is>
-          <t>3703.48 €</t>
+          <t>3116.06 €</t>
         </is>
       </c>
       <c r="I91" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="92" ht="15" customHeight="1">
       <c r="A92" t="inlineStr">
         <is>
-          <t>AR12672-02</t>
+          <t>AR12664</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-R, 1,1kW, PDRVR_001K10, IP55</t>
+          <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
         </is>
       </c>
       <c r="D92" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E92" t="inlineStr">
         <is>
-          <t>1,1 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G92" t="inlineStr">
         <is>
-          <t>7.00</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H92" t="inlineStr">
         <is>
-          <t>1877.41 €</t>
+          <t>3703.48 €</t>
         </is>
       </c>
       <c r="I92" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="93" ht="15" customHeight="1">
       <c r="A93" t="inlineStr">
         <is>
-          <t>AR12680</t>
+          <t>AR12672-02</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-I 1,1kW, 5001K10 PD1</t>
+          <t>PumpDrive-R, 1,1kW, PDRVR_001K10, IP55</t>
         </is>
       </c>
       <c r="D93" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E93" t="inlineStr">
         <is>
           <t>1,1 kW</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G93" t="inlineStr">
         <is>
-          <t>9.00</t>
+          <t>7.00</t>
         </is>
       </c>
       <c r="H93" t="inlineStr">
         <is>
-          <t>985.25 €</t>
+          <t>1877.41 €</t>
         </is>
       </c>
       <c r="I93" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="94" ht="15" customHeight="1">
       <c r="A94" t="inlineStr">
         <is>
-          <t>AR12701</t>
+          <t>AR12680</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 3kW, PDRV2E_003K00</t>
+          <t>PumpDrive-I 1,1kW, 5001K10 PD1</t>
         </is>
       </c>
       <c r="D94" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E94" t="inlineStr">
         <is>
-          <t>3 kW</t>
+          <t>1,1 kW</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G94" t="inlineStr">
         <is>
-          <t>7.50</t>
+          <t>9.00</t>
         </is>
       </c>
       <c r="H94" t="inlineStr">
         <is>
-          <t>1244.80 €</t>
+          <t>985.25 €</t>
         </is>
       </c>
       <c r="I94" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="95" ht="15" customHeight="1">
       <c r="A95" t="inlineStr">
         <is>
-          <t>AR12705</t>
+          <t>AR12701</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 3kW, PDRV2_003K00</t>
+          <t>PumpDrive-II Eco, 3kW, PDRV2E_003K00</t>
         </is>
       </c>
       <c r="D95" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E95" t="inlineStr">
         <is>
           <t>3 kW</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G95" t="inlineStr">
         <is>
-          <t>8.50</t>
+          <t>7.50</t>
         </is>
       </c>
       <c r="H95" t="inlineStr">
         <is>
-          <t>1363.30 €</t>
+          <t>1244.80 €</t>
         </is>
       </c>
       <c r="I95" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="96" ht="15" customHeight="1">
       <c r="A96" t="inlineStr">
         <is>
-          <t>AR12707</t>
+          <t>AR12705</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 3 kW, PDRV2_003K00</t>
+          <t>*R*PumpDrive-II, 3kW, PDRV2_003K00</t>
         </is>
       </c>
       <c r="D96" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E96" t="inlineStr">
         <is>
           <t>3 kW</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
-          <t>B1: C: gebraucht / einsetzbar</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G96" t="inlineStr">
         <is>
           <t>8.50</t>
         </is>
       </c>
       <c r="H96" t="inlineStr">
         <is>
           <t>1363.30 €</t>
         </is>
       </c>
       <c r="I96" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="97" ht="15" customHeight="1">
       <c r="A97" t="inlineStr">
         <is>
-          <t>AR12711</t>
+          <t>AR12707</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-I 1,1kW, 5001K10 PD1</t>
+          <t>PumpDrive-II, 3 kW, PDRV2_003K00</t>
         </is>
       </c>
       <c r="D97" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E97" t="inlineStr">
         <is>
-          <t>1,1 kW</t>
+          <t>3 kW</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: C: gebraucht / einsetzbar</t>
         </is>
       </c>
       <c r="G97" t="inlineStr">
         <is>
-          <t>9.00</t>
+          <t>8.50</t>
         </is>
       </c>
       <c r="H97" t="inlineStr">
         <is>
-          <t>985.25 €</t>
+          <t>1363.30 €</t>
         </is>
       </c>
       <c r="I97" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="98" ht="15" customHeight="1">
       <c r="A98" t="inlineStr">
         <is>
-          <t>AR12724</t>
+          <t>AR12711</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-I 0,75kW, 5000K75 PD1</t>
+          <t>PumpDrive-I 1,1kW, 5001K10 PD1</t>
         </is>
       </c>
       <c r="D98" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E98" t="inlineStr">
         <is>
-          <t>0,75 kW</t>
+          <t>1,1 kW</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G98" t="inlineStr">
         <is>
           <t>9.00</t>
         </is>
       </c>
       <c r="H98" t="inlineStr">
         <is>
-          <t>840.63 €</t>
+          <t>985.25 €</t>
         </is>
       </c>
       <c r="I98" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="99" ht="15" customHeight="1">
       <c r="A99" t="inlineStr">
         <is>
-          <t>AR12725</t>
+          <t>AR12724</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>PumpDrive-I 0,75kW, 5000K75 PD1</t>
         </is>
       </c>
       <c r="D99" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E99" t="inlineStr">
         <is>
           <t>0,75 kW</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G99" t="inlineStr">
         <is>
           <t>9.00</t>
         </is>
       </c>
       <c r="H99" t="inlineStr">
         <is>
           <t>840.63 €</t>
         </is>
       </c>
       <c r="I99" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="100" ht="15" customHeight="1">
       <c r="A100" t="inlineStr">
         <is>
-          <t>AR12743</t>
+          <t>AR12725</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
+          <t>PumpDrive-I 0,75kW, 5000K75 PD1</t>
         </is>
       </c>
       <c r="D100" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E100" t="inlineStr">
         <is>
-          <t>18,5 kW</t>
+          <t>0,75 kW</t>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G100" t="inlineStr">
         <is>
-          <t>58.00</t>
+          <t>9.00</t>
         </is>
       </c>
       <c r="H100" t="inlineStr">
         <is>
-          <t>3703.48 €</t>
+          <t>840.63 €</t>
         </is>
       </c>
       <c r="I100" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="101" ht="15" customHeight="1">
       <c r="A101" t="inlineStr">
         <is>
-          <t>AR12782</t>
+          <t>AR12743</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-I 11kW, 5011K00 PD1</t>
+          <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
         </is>
       </c>
       <c r="D101" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E101" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G101" t="inlineStr">
         <is>
-          <t>24.00</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H101" t="inlineStr">
         <is>
-          <t>2747.60 €</t>
+          <t>3703.48 €</t>
         </is>
       </c>
       <c r="I101" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="102" ht="15" customHeight="1">
       <c r="A102" t="inlineStr">
         <is>
-          <t>AR12788</t>
+          <t>AR12782</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
+          <t>PumpDrive-I 11kW, 5011K00 PD1</t>
         </is>
       </c>
       <c r="D102" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E102" t="inlineStr">
         <is>
-          <t>18,5 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G102" t="inlineStr">
         <is>
-          <t>58.00</t>
+          <t>24.00</t>
         </is>
       </c>
       <c r="H102" t="inlineStr">
         <is>
-          <t>3703.48 €</t>
+          <t>2747.60 €</t>
         </is>
       </c>
       <c r="I102" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="103" ht="15" customHeight="1">
       <c r="A103" t="inlineStr">
         <is>
-          <t>AR12817</t>
+          <t>AR12788</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
         </is>
       </c>
       <c r="D103" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E103" t="inlineStr">
         <is>
           <t>18,5 kW</t>
         </is>
       </c>
       <c r="F103" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G103" t="inlineStr">
         <is>
           <t>58.00</t>
         </is>
       </c>
       <c r="H103" t="inlineStr">
         <is>
           <t>3703.48 €</t>
         </is>
       </c>
       <c r="I103" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="104" ht="15" customHeight="1">
       <c r="A104" t="inlineStr">
         <is>
-          <t>AR12818</t>
+          <t>AR12817</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
+          <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
         </is>
       </c>
       <c r="D104" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E104" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="F104" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G104" t="inlineStr">
         <is>
           <t>58.00</t>
         </is>
       </c>
       <c r="H104" t="inlineStr">
         <is>
-          <t>3116.06 €</t>
+          <t>3703.48 €</t>
         </is>
       </c>
       <c r="I104" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="105" ht="15" customHeight="1">
       <c r="A105" t="inlineStr">
         <is>
-          <t>AR12820</t>
+          <t>AR12818</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 2,2kW, PDRV2E_002K20</t>
+          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
         </is>
       </c>
       <c r="D105" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E105" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="F105" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G105" t="inlineStr">
         <is>
-          <t>7.50</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H105" t="inlineStr">
         <is>
-          <t>859.41 €</t>
+          <t>3116.06 €</t>
         </is>
       </c>
       <c r="I105" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="106" ht="15" customHeight="1">
       <c r="A106" t="inlineStr">
         <is>
-          <t>AR12828</t>
+          <t>AR12820</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-I 11kW, 5011K00 PD1</t>
+          <t>PumpDrive-II Eco, 2,2kW, PDRV2E_002K20</t>
         </is>
       </c>
       <c r="D106" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E106" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G106" t="inlineStr">
         <is>
-          <t>11.00</t>
+          <t>7.50</t>
         </is>
       </c>
       <c r="H106" t="inlineStr">
         <is>
-          <t>2747.60 €</t>
+          <t>859.41 €</t>
         </is>
       </c>
       <c r="I106" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="107" ht="15" customHeight="1">
       <c r="A107" t="inlineStr">
         <is>
-          <t>AR12832</t>
+          <t>AR12828</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
+          <t>PumpDrive-I 11kW, 5011K00 PD1</t>
         </is>
       </c>
       <c r="D107" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E107" t="inlineStr">
         <is>
-          <t>18,5 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G107" t="inlineStr">
         <is>
-          <t>58.00</t>
+          <t>11.00</t>
         </is>
       </c>
       <c r="H107" t="inlineStr">
         <is>
-          <t>3703.48 €</t>
+          <t>2747.60 €</t>
         </is>
       </c>
       <c r="I107" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="108" ht="15" customHeight="1">
       <c r="A108" t="inlineStr">
         <is>
-          <t>AR12833</t>
+          <t>AR12832</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
         </is>
       </c>
       <c r="D108" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E108" t="inlineStr">
         <is>
           <t>18,5 kW</t>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G108" t="inlineStr">
         <is>
           <t>58.00</t>
         </is>
       </c>
       <c r="H108" t="inlineStr">
         <is>
           <t>3703.48 €</t>
         </is>
       </c>
       <c r="I108" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="109" ht="15" customHeight="1">
       <c r="A109" t="inlineStr">
         <is>
-          <t>AR12834</t>
+          <t>AR12833</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
+          <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
         </is>
       </c>
       <c r="D109" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E109" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="F109" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G109" t="inlineStr">
         <is>
           <t>58.00</t>
         </is>
       </c>
       <c r="H109" t="inlineStr">
         <is>
-          <t>3116.06 €</t>
+          <t>3703.48 €</t>
         </is>
       </c>
       <c r="I109" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="110" ht="15" customHeight="1">
       <c r="A110" t="inlineStr">
         <is>
-          <t>AR12836</t>
+          <t>AR12834</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 37kW, PDRV2_037K00</t>
+          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
         </is>
       </c>
       <c r="D110" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E110" t="inlineStr">
         <is>
-          <t>37 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G110" t="inlineStr">
         <is>
-          <t>82.00</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H110" t="inlineStr">
         <is>
-          <t>5817.99 €</t>
+          <t>3116.06 €</t>
         </is>
       </c>
       <c r="I110" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="111" ht="15" customHeight="1">
       <c r="A111" t="inlineStr">
         <is>
-          <t>AR12867</t>
+          <t>AR12836</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 2,2kW, PDRV2E_002K20</t>
+          <t>PumpDrive-II, 37kW, PDRV2_037K00</t>
         </is>
       </c>
       <c r="D111" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E111" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>37 kW</t>
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G111" t="inlineStr">
         <is>
-          <t>7.50</t>
+          <t>82.00</t>
         </is>
       </c>
       <c r="H111" t="inlineStr">
         <is>
-          <t>859.41 €</t>
+          <t>5817.99 €</t>
         </is>
       </c>
       <c r="I111" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="112" ht="15" customHeight="1">
       <c r="A112" t="inlineStr">
         <is>
-          <t>AR12868</t>
+          <t>AR12867</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
-          <t>LevelControl 2 BS2 400 SLEO 400</t>
+          <t>PumpDrive-II Eco, 2,2kW, PDRV2E_002K20</t>
         </is>
       </c>
       <c r="D112" t="inlineStr">
         <is>
-          <t>Doppelpumpenschaltgeräte</t>
+          <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E112" t="inlineStr">
         <is>
-          <t>16 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="F112" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G112" t="inlineStr">
         <is>
-          <t>62.00</t>
+          <t>7.50</t>
         </is>
       </c>
       <c r="H112" t="inlineStr">
         <is>
-          <t>4748.34 €</t>
+          <t>859.41 €</t>
         </is>
       </c>
       <c r="I112" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="113" ht="15" customHeight="1">
       <c r="A113" t="inlineStr">
         <is>
+          <t>AR12868</t>
+        </is>
+      </c>
+      <c r="B113" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="C113" s="2" t="inlineStr">
+        <is>
+          <t>LevelControl 2 BS2 400 SLEO 400</t>
+        </is>
+      </c>
+      <c r="D113" t="inlineStr">
+        <is>
+          <t>Doppelpumpenschaltgeräte</t>
+        </is>
+      </c>
+      <c r="E113" t="inlineStr">
+        <is>
+          <t>16 kW</t>
+        </is>
+      </c>
+      <c r="F113" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="G113" t="inlineStr">
+        <is>
+          <t>62.00</t>
+        </is>
+      </c>
+      <c r="H113" t="inlineStr">
+        <is>
+          <t>4748.34 €</t>
+        </is>
+      </c>
+      <c r="I113" t="inlineStr">
+        <is>
+          <t>ABResale</t>
+        </is>
+      </c>
+    </row>
+    <row r="114" ht="15" customHeight="1">
+      <c r="A114" t="inlineStr">
+        <is>
           <t>AR12880</t>
         </is>
       </c>
-      <c r="B113" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C113" s="2" t="inlineStr">
+      <c r="B114" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="C114" s="2" t="inlineStr">
         <is>
           <t>SCHALTGERAET LSU110VSCC100Z1</t>
         </is>
       </c>
-      <c r="D113" t="inlineStr">
+      <c r="D114" t="inlineStr">
         <is>
           <t>Einzelpumpenschaltgeräte</t>
         </is>
       </c>
-      <c r="E113" t="inlineStr"/>
-      <c r="F113" t="inlineStr">
+      <c r="E114" t="inlineStr"/>
+      <c r="F114" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
-      <c r="G113" t="inlineStr">
+      <c r="G114" t="inlineStr">
         <is>
           <t>25.00</t>
         </is>
       </c>
-      <c r="H113" t="inlineStr">
+      <c r="H114" t="inlineStr">
         <is>
           <t>1249.90 €</t>
-        </is>
-[...45 lines deleted...]
-          <t>4129.19 €</t>
         </is>
       </c>
       <c r="I114" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="115" ht="30" customHeight="1">
       <c r="A115" t="inlineStr">
         <is>
+          <t>AR12902-01</t>
+        </is>
+      </c>
+      <c r="B115" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="C115" s="2" t="inlineStr">
+        <is>
+          <t>PumpDrive-R, 22 kW, KSB202P22KT4E20H1XGXXXXSXXXXAXBXCXXXXDX</t>
+        </is>
+      </c>
+      <c r="D115" t="inlineStr">
+        <is>
+          <t>Frequenzumrichter</t>
+        </is>
+      </c>
+      <c r="E115" t="inlineStr">
+        <is>
+          <t>22 kW</t>
+        </is>
+      </c>
+      <c r="F115" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="G115" t="inlineStr">
+        <is>
+          <t>31.00</t>
+        </is>
+      </c>
+      <c r="H115" t="inlineStr">
+        <is>
+          <t>4129.19 €</t>
+        </is>
+      </c>
+      <c r="I115" t="inlineStr">
+        <is>
+          <t>ABResale</t>
+        </is>
+      </c>
+    </row>
+    <row r="116" ht="30" customHeight="1">
+      <c r="A116" t="inlineStr">
+        <is>
           <t>AR12902-02</t>
         </is>
       </c>
-      <c r="B115" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C115" s="2" t="inlineStr">
+      <c r="B116" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="C116" s="2" t="inlineStr">
         <is>
           <t>PumpDrive-R, 22 kW, KSB202P22KT4E20H1XGXXXXSXXXXAXBXCXXXXDX</t>
         </is>
       </c>
-      <c r="D115" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E115" t="inlineStr">
+      <c r="D116" t="inlineStr">
+        <is>
+          <t>Frequenzumrichter</t>
+        </is>
+      </c>
+      <c r="E116" t="inlineStr">
         <is>
           <t>22 kW</t>
         </is>
       </c>
-      <c r="F115" t="inlineStr">
+      <c r="F116" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
-      <c r="G115" t="inlineStr">
+      <c r="G116" t="inlineStr">
         <is>
           <t>31.00</t>
         </is>
       </c>
-      <c r="H115" t="inlineStr">
+      <c r="H116" t="inlineStr">
         <is>
           <t>4129.19 €</t>
-        </is>
-[...45 lines deleted...]
-          <t>1079.06 €</t>
         </is>
       </c>
       <c r="I116" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="117" ht="15" customHeight="1">
       <c r="A117" t="inlineStr">
         <is>
           <t>AR12921</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>PumpDrive-II, 0,75kW, PDRV2_000K75</t>
         </is>
       </c>
       <c r="D117" t="inlineStr">
@@ -5934,51 +5934,51 @@
       </c>
       <c r="H117" t="inlineStr">
         <is>
           <t>1148.25 €</t>
         </is>
       </c>
       <c r="I117" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="118" ht="15" customHeight="1">
       <c r="A118" t="inlineStr">
         <is>
           <t>AR12965</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 0,75kW, PDRV2_000K75</t>
+          <t>In Bearbeitung_PumpDrive-II, 0,75kW, PDRV2_000K75</t>
         </is>
       </c>
       <c r="D118" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E118" t="inlineStr">
         <is>
           <t>0,75 kW</t>
         </is>
       </c>
       <c r="F118" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G118" t="inlineStr">
         <is>
           <t>7.00</t>
         </is>
       </c>
       <c r="H118" t="inlineStr">
         <is>
           <t>1148.25 €</t>
@@ -6917,51 +6917,51 @@
       </c>
       <c r="H138" t="inlineStr">
         <is>
           <t>3703.48 €</t>
         </is>
       </c>
       <c r="I138" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="139" ht="15" customHeight="1">
       <c r="A139" t="inlineStr">
         <is>
           <t>AR13134</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 3kW, PDRV2_003K00</t>
+          <t>*R*PumpDrive-II, 3kW, PDRV2_003K00</t>
         </is>
       </c>
       <c r="D139" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E139" t="inlineStr">
         <is>
           <t>3 kW</t>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G139" t="inlineStr">
         <is>
           <t>8.50</t>
         </is>
       </c>
       <c r="H139" t="inlineStr">
         <is>
           <t>1363.30 €</t>
@@ -9445,12144 +9445,11995 @@
       </c>
       <c r="F192" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G192" t="inlineStr">
         <is>
           <t>7.50</t>
         </is>
       </c>
       <c r="H192" t="inlineStr">
         <is>
           <t>1304.42 €</t>
         </is>
       </c>
       <c r="I192" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="193" ht="15" customHeight="1">
       <c r="A193" t="inlineStr">
         <is>
-          <t>AR13575</t>
+          <t>AR13579</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C193" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 0,75kW, PDRV2_000K75</t>
+          <t>PumpDrive-II Eco, 0,75kW, PDRV2E_000K75</t>
         </is>
       </c>
       <c r="D193" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E193" t="inlineStr">
         <is>
           <t>0,75 kW</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
           <t>B1: B3: gebraucht / werksüberholt</t>
         </is>
       </c>
       <c r="G193" t="inlineStr">
         <is>
-          <t>7.00</t>
+          <t>6.00</t>
         </is>
       </c>
       <c r="H193" t="inlineStr">
         <is>
-          <t>1148.25 €</t>
+          <t>624.47 €</t>
         </is>
       </c>
       <c r="I193" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="194" ht="15" customHeight="1">
       <c r="A194" t="inlineStr">
         <is>
-          <t>AR13579</t>
+          <t>AR13600</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C194" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 0,75kW, PDRV2E_000K75</t>
+          <t>PumpDrive-II Eco, 2,2kW, PDRV2E_002K20</t>
         </is>
       </c>
       <c r="D194" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E194" t="inlineStr">
         <is>
-          <t>0,75 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
-          <t>B1: B3: gebraucht / werksüberholt</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G194" t="inlineStr">
         <is>
-          <t>6.00</t>
+          <t>7.50</t>
         </is>
       </c>
       <c r="H194" t="inlineStr">
         <is>
-          <t>624.47 €</t>
+          <t>1145.88 €</t>
         </is>
       </c>
       <c r="I194" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="195" ht="15" customHeight="1">
       <c r="A195" t="inlineStr">
         <is>
-          <t>AR13585</t>
+          <t>AR13601</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C195" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 1,5kW, PDRV2_001K50</t>
+          <t>PumpDrive-II Eco, 2,2kW, PDRV2E_002K20</t>
         </is>
       </c>
       <c r="D195" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E195" t="inlineStr">
         <is>
-          <t>1,5 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: C: gebraucht / einsetzbar</t>
         </is>
       </c>
       <c r="G195" t="inlineStr">
         <is>
-          <t>7.00</t>
+          <t>7.50</t>
         </is>
       </c>
       <c r="H195" t="inlineStr">
         <is>
-          <t>1267.47 €</t>
+          <t>859.41 €</t>
         </is>
       </c>
       <c r="I195" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="196" ht="15" customHeight="1">
       <c r="A196" t="inlineStr">
         <is>
-          <t>AR13587</t>
+          <t>AR13602</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C196" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 1,5kW, PDRV2_001K50</t>
+          <t>PumpDrive-II Eco, 2,2kW, PDRV2E_002K20</t>
         </is>
       </c>
       <c r="D196" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E196" t="inlineStr">
         <is>
-          <t>1,5 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: C: gebraucht / einsetzbar</t>
         </is>
       </c>
       <c r="G196" t="inlineStr">
         <is>
-          <t>7.00</t>
+          <t>7.50</t>
         </is>
       </c>
       <c r="H196" t="inlineStr">
         <is>
-          <t>1267.47 €</t>
+          <t>859.41 €</t>
         </is>
       </c>
       <c r="I196" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="197" ht="15" customHeight="1">
       <c r="A197" t="inlineStr">
         <is>
-          <t>AR13595</t>
+          <t>AR13603</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C197" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 1,5kW, PDRV2_001K50</t>
+          <t>PumpDrive-II Eco, 2,2kW, PDRV2E_002K20</t>
         </is>
       </c>
       <c r="D197" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E197" t="inlineStr">
         <is>
-          <t>1,5 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
-          <t>B1: B3: gebraucht / werksüberholt</t>
+          <t>B1: C: gebraucht / einsetzbar</t>
         </is>
       </c>
       <c r="G197" t="inlineStr">
         <is>
-          <t>7.00</t>
+          <t>7.50</t>
         </is>
       </c>
       <c r="H197" t="inlineStr">
         <is>
-          <t>1267.47 €</t>
+          <t>859.41 €</t>
         </is>
       </c>
       <c r="I197" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="198" ht="15" customHeight="1">
       <c r="A198" t="inlineStr">
         <is>
-          <t>AR13596</t>
+          <t>AR13609</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C198" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 1,5kW, PDRV2_001K50</t>
+          <t>PumpDrive-II, 3kW, PDRV2_003K00</t>
         </is>
       </c>
       <c r="D198" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E198" t="inlineStr">
         <is>
-          <t>1,5 kW</t>
+          <t>3 kW</t>
         </is>
       </c>
       <c r="F198" t="inlineStr">
         <is>
-          <t>B1: B3: gebraucht / werksüberholt</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G198" t="inlineStr">
         <is>
-          <t>7.00</t>
+          <t>8.50</t>
         </is>
       </c>
       <c r="H198" t="inlineStr">
         <is>
-          <t>1267.47 €</t>
+          <t>1363.30 €</t>
         </is>
       </c>
       <c r="I198" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="199" ht="15" customHeight="1">
       <c r="A199" t="inlineStr">
         <is>
-          <t>AR13600</t>
+          <t>AR13611</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C199" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 2,2kW, PDRV2E_002K20</t>
+          <t>PumpDrive-II Eco, 3kW, PDRV2E_003K00</t>
         </is>
       </c>
       <c r="D199" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E199" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>3 kW</t>
         </is>
       </c>
       <c r="F199" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G199" t="inlineStr">
         <is>
           <t>7.50</t>
         </is>
       </c>
       <c r="H199" t="inlineStr">
         <is>
-          <t>1145.88 €</t>
+          <t>1244.80 €</t>
         </is>
       </c>
       <c r="I199" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="200" ht="15" customHeight="1">
       <c r="A200" t="inlineStr">
         <is>
-          <t>AR13601</t>
+          <t>AR13612</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C200" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 2,2kW, PDRV2E_002K20</t>
+          <t>PumpDrive-II Eco, 3kW, PDRV2E_003K00</t>
         </is>
       </c>
       <c r="D200" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E200" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>3 kW</t>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
-          <t>B1: C: gebraucht / einsetzbar</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G200" t="inlineStr">
         <is>
           <t>7.50</t>
         </is>
       </c>
       <c r="H200" t="inlineStr">
         <is>
-          <t>859.41 €</t>
+          <t>1244.80 €</t>
         </is>
       </c>
       <c r="I200" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="201" ht="15" customHeight="1">
       <c r="A201" t="inlineStr">
         <is>
-          <t>AR13602</t>
+          <t>AR13613</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C201" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 2,2kW, PDRV2E_002K20</t>
+          <t>PumpDrive-II Eco, 3kW, PDRV2E_003K00</t>
         </is>
       </c>
       <c r="D201" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E201" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>3 kW</t>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
-          <t>B1: C: gebraucht / einsetzbar</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G201" t="inlineStr">
         <is>
           <t>7.50</t>
         </is>
       </c>
       <c r="H201" t="inlineStr">
         <is>
-          <t>859.41 €</t>
+          <t>1244.80 €</t>
         </is>
       </c>
       <c r="I201" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="202" ht="15" customHeight="1">
       <c r="A202" t="inlineStr">
         <is>
-          <t>AR13603</t>
+          <t>AR13614</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C202" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 2,2kW, PDRV2E_002K20</t>
+          <t>PumpDrive-II Eco, 3kW, PDRV2E_003K00</t>
         </is>
       </c>
       <c r="D202" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E202" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>3 kW</t>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
-          <t>B1: C: gebraucht / einsetzbar</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G202" t="inlineStr">
         <is>
           <t>7.50</t>
         </is>
       </c>
       <c r="H202" t="inlineStr">
         <is>
-          <t>859.41 €</t>
+          <t>1244.80 €</t>
         </is>
       </c>
       <c r="I202" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="203" ht="15" customHeight="1">
       <c r="A203" t="inlineStr">
         <is>
-          <t>AR13609</t>
+          <t>AR13615</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 3kW, PDRV2_003K00</t>
+          <t>PumpDrive-II Eco, 3kW, PDRV2E_003K00</t>
         </is>
       </c>
       <c r="D203" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E203" t="inlineStr">
         <is>
           <t>3 kW</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G203" t="inlineStr">
         <is>
-          <t>8.50</t>
+          <t>7.50</t>
         </is>
       </c>
       <c r="H203" t="inlineStr">
         <is>
-          <t>1363.30 €</t>
+          <t>1244.80 €</t>
         </is>
       </c>
       <c r="I203" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="204" ht="15" customHeight="1">
       <c r="A204" t="inlineStr">
         <is>
-          <t>AR13611</t>
+          <t>AR13616</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
           <t>PumpDrive-II Eco, 3kW, PDRV2E_003K00</t>
         </is>
       </c>
       <c r="D204" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E204" t="inlineStr">
         <is>
           <t>3 kW</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G204" t="inlineStr">
         <is>
           <t>7.50</t>
         </is>
       </c>
       <c r="H204" t="inlineStr">
         <is>
           <t>1244.80 €</t>
         </is>
       </c>
       <c r="I204" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="205" ht="15" customHeight="1">
       <c r="A205" t="inlineStr">
         <is>
-          <t>AR13612</t>
+          <t>AR13617</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
           <t>PumpDrive-II Eco, 3kW, PDRV2E_003K00</t>
         </is>
       </c>
       <c r="D205" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E205" t="inlineStr">
         <is>
           <t>3 kW</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G205" t="inlineStr">
         <is>
           <t>7.50</t>
         </is>
       </c>
       <c r="H205" t="inlineStr">
         <is>
           <t>1244.80 €</t>
         </is>
       </c>
       <c r="I205" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="206" ht="15" customHeight="1">
       <c r="A206" t="inlineStr">
         <is>
-          <t>AR13613</t>
+          <t>AR13618</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C206" s="2" t="inlineStr">
         <is>
           <t>PumpDrive-II Eco, 3kW, PDRV2E_003K00</t>
         </is>
       </c>
       <c r="D206" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E206" t="inlineStr">
         <is>
           <t>3 kW</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G206" t="inlineStr">
         <is>
           <t>7.50</t>
         </is>
       </c>
       <c r="H206" t="inlineStr">
         <is>
           <t>1244.80 €</t>
         </is>
       </c>
       <c r="I206" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="207" ht="15" customHeight="1">
       <c r="A207" t="inlineStr">
         <is>
-          <t>AR13614</t>
+          <t>AR13621</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C207" s="2" t="inlineStr">
         <is>
           <t>PumpDrive-II Eco, 3kW, PDRV2E_003K00</t>
         </is>
       </c>
       <c r="D207" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E207" t="inlineStr">
         <is>
           <t>3 kW</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B3: gebraucht / werksüberholt</t>
         </is>
       </c>
       <c r="G207" t="inlineStr">
         <is>
           <t>7.50</t>
         </is>
       </c>
       <c r="H207" t="inlineStr">
         <is>
-          <t>1244.80 €</t>
+          <t>933.60 €</t>
         </is>
       </c>
       <c r="I207" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="208" ht="15" customHeight="1">
       <c r="A208" t="inlineStr">
         <is>
-          <t>AR13615</t>
+          <t>AR13622</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C208" s="2" t="inlineStr">
         <is>
           <t>PumpDrive-II Eco, 3kW, PDRV2E_003K00</t>
         </is>
       </c>
       <c r="D208" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E208" t="inlineStr">
         <is>
           <t>3 kW</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: C: gebraucht / einsetzbar</t>
         </is>
       </c>
       <c r="G208" t="inlineStr">
         <is>
           <t>7.50</t>
         </is>
       </c>
       <c r="H208" t="inlineStr">
         <is>
-          <t>1244.80 €</t>
+          <t>933.60 €</t>
         </is>
       </c>
       <c r="I208" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="209" ht="15" customHeight="1">
       <c r="A209" t="inlineStr">
         <is>
-          <t>AR13616</t>
+          <t>AR13626</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C209" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 3kW, PDRV2E_003K00</t>
+          <t>PumpDrive-II, 4kW, PDRV2_004K00</t>
         </is>
       </c>
       <c r="D209" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E209" t="inlineStr">
         <is>
-          <t>3 kW</t>
+          <t>4 kW</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B3: gebraucht / werksüberholt</t>
         </is>
       </c>
       <c r="G209" t="inlineStr">
         <is>
-          <t>7.50</t>
+          <t>8.50</t>
         </is>
       </c>
       <c r="H209" t="inlineStr">
         <is>
-          <t>1244.80 €</t>
+          <t>1415.86 €</t>
         </is>
       </c>
       <c r="I209" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="210" ht="15" customHeight="1">
       <c r="A210" t="inlineStr">
         <is>
-          <t>AR13617</t>
+          <t>AR13627</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C210" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 3kW, PDRV2E_003K00</t>
+          <t>PumpDrive-II, 4kW, PDRV2_004K00</t>
         </is>
       </c>
       <c r="D210" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E210" t="inlineStr">
         <is>
-          <t>3 kW</t>
+          <t>4 kW</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B3: gebraucht / werksüberholt</t>
         </is>
       </c>
       <c r="G210" t="inlineStr">
         <is>
-          <t>7.50</t>
+          <t>8.50</t>
         </is>
       </c>
       <c r="H210" t="inlineStr">
         <is>
-          <t>1244.80 €</t>
+          <t>1415.86 €</t>
         </is>
       </c>
       <c r="I210" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="211" ht="15" customHeight="1">
       <c r="A211" t="inlineStr">
         <is>
-          <t>AR13618</t>
+          <t>AR13631</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C211" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 3kW, PDRV2E_003K00</t>
+          <t>PumpDrive-II Eco, 4kW, PDRV2E_004K00</t>
         </is>
       </c>
       <c r="D211" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E211" t="inlineStr">
         <is>
-          <t>3 kW</t>
+          <t>4 kW</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: C: gebraucht / einsetzbar</t>
         </is>
       </c>
       <c r="G211" t="inlineStr">
         <is>
           <t>7.50</t>
         </is>
       </c>
       <c r="H211" t="inlineStr">
         <is>
-          <t>1244.80 €</t>
+          <t>1044.88 €</t>
         </is>
       </c>
       <c r="I211" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="212" ht="15" customHeight="1">
       <c r="A212" t="inlineStr">
         <is>
-          <t>AR13621</t>
+          <t>AR13637</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C212" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 3kW, PDRV2E_003K00</t>
+          <t>PumpDrive-II, 5,5kW, PDRV2_005K50</t>
         </is>
       </c>
       <c r="D212" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E212" t="inlineStr">
         <is>
-          <t>3 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
           <t>B1: B3: gebraucht / werksüberholt</t>
         </is>
       </c>
       <c r="G212" t="inlineStr">
         <is>
-          <t>7.50</t>
+          <t>14.50</t>
         </is>
       </c>
       <c r="H212" t="inlineStr">
         <is>
-          <t>933.60 €</t>
+          <t>1619.89 €</t>
         </is>
       </c>
       <c r="I212" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="213" ht="15" customHeight="1">
       <c r="A213" t="inlineStr">
         <is>
-          <t>AR13622</t>
+          <t>AR13638</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C213" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 3kW, PDRV2E_003K00</t>
+          <t>PumpDrive-II Eco, 5,5kW, PDRV2E_005K50</t>
         </is>
       </c>
       <c r="D213" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E213" t="inlineStr">
         <is>
-          <t>3 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
-          <t>B1: C: gebraucht / einsetzbar</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G213" t="inlineStr">
         <is>
-          <t>7.50</t>
+          <t>11.50</t>
         </is>
       </c>
       <c r="H213" t="inlineStr">
         <is>
-          <t>933.60 €</t>
+          <t>1294.63 €</t>
         </is>
       </c>
       <c r="I213" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="214" ht="15" customHeight="1">
       <c r="A214" t="inlineStr">
         <is>
-          <t>AR13626</t>
+          <t>AR13639BAC</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C214" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 4kW, PDRV2_004K00</t>
+          <t>Zusatzmodul BACNET PDRV2</t>
         </is>
       </c>
       <c r="D214" t="inlineStr">
         <is>
-          <t>Frequenzumrichter</t>
+          <t>Zubehör</t>
         </is>
       </c>
       <c r="E214" t="inlineStr">
         <is>
           <t>4 kW</t>
         </is>
       </c>
-      <c r="F214" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F214" t="inlineStr"/>
       <c r="G214" t="inlineStr">
         <is>
-          <t>8.50</t>
+          <t>85.00</t>
         </is>
       </c>
       <c r="H214" t="inlineStr">
         <is>
-          <t>1415.86 €</t>
+          <t>223.27 €</t>
         </is>
       </c>
       <c r="I214" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="215" ht="15" customHeight="1">
       <c r="A215" t="inlineStr">
         <is>
-          <t>AR13627</t>
+          <t>AR13641</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C215" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 4kW, PDRV2_004K00</t>
+          <t>PumpDrive-II Eco, 5,5kW, PDRV2E_005K50</t>
         </is>
       </c>
       <c r="D215" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E215" t="inlineStr">
         <is>
-          <t>4 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
-          <t>B1: B3: gebraucht / werksüberholt</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G215" t="inlineStr">
         <is>
-          <t>8.50</t>
+          <t>11.50</t>
         </is>
       </c>
       <c r="H215" t="inlineStr">
         <is>
-          <t>1415.86 €</t>
+          <t>1294.63 €</t>
         </is>
       </c>
       <c r="I215" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="216" ht="15" customHeight="1">
       <c r="A216" t="inlineStr">
         <is>
-          <t>AR13631</t>
+          <t>AR13642</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C216" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 4kW, PDRV2E_004K00</t>
+          <t>PumpDrive-II Eco, 5,5kW, PDRV2E_005K50</t>
         </is>
       </c>
       <c r="D216" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E216" t="inlineStr">
         <is>
-          <t>4 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
-          <t>B1: C: gebraucht / einsetzbar</t>
+          <t>B1: B3: gebraucht / werksüberholt</t>
         </is>
       </c>
       <c r="G216" t="inlineStr">
         <is>
-          <t>7.50</t>
+          <t>11.50</t>
         </is>
       </c>
       <c r="H216" t="inlineStr">
         <is>
-          <t>1044.88 €</t>
+          <t>1294.63 €</t>
         </is>
       </c>
       <c r="I216" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="217" ht="15" customHeight="1">
       <c r="A217" t="inlineStr">
         <is>
-          <t>AR13637</t>
+          <t>AR13643</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C217" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 5,5kW, PDRV2_005K50</t>
+          <t>PumpDrive-II Eco, 5,5kW, PDRV2E_005K50</t>
         </is>
       </c>
       <c r="D217" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E217" t="inlineStr">
         <is>
           <t>5,5 kW</t>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
-          <t>B1: B3: gebraucht / werksüberholt</t>
+          <t>B1: C: gebraucht / einsetzbar</t>
         </is>
       </c>
       <c r="G217" t="inlineStr">
         <is>
-          <t>14.50</t>
+          <t>11.50</t>
         </is>
       </c>
       <c r="H217" t="inlineStr">
         <is>
-          <t>1619.89 €</t>
+          <t>1294.63 €</t>
         </is>
       </c>
       <c r="I217" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="218" ht="15" customHeight="1">
       <c r="A218" t="inlineStr">
         <is>
-          <t>AR13638</t>
+          <t>AR13644</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C218" s="2" t="inlineStr">
         <is>
           <t>PumpDrive-II Eco, 5,5kW, PDRV2E_005K50</t>
         </is>
       </c>
       <c r="D218" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E218" t="inlineStr">
         <is>
           <t>5,5 kW</t>
         </is>
       </c>
       <c r="F218" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: C: gebraucht / einsetzbar</t>
         </is>
       </c>
       <c r="G218" t="inlineStr">
         <is>
           <t>11.50</t>
         </is>
       </c>
       <c r="H218" t="inlineStr">
         <is>
           <t>1294.63 €</t>
         </is>
       </c>
       <c r="I218" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="219" ht="15" customHeight="1">
       <c r="A219" t="inlineStr">
         <is>
-          <t>AR13639BAC</t>
+          <t>AR13650</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C219" s="2" t="inlineStr">
         <is>
-          <t>Zusatzmodul BACNET PDRV2</t>
+          <t>PumpDrive-II Eco, 7,5kW, PDRV2E_007K50</t>
         </is>
       </c>
       <c r="D219" t="inlineStr">
         <is>
-          <t>Zubehör</t>
+          <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E219" t="inlineStr">
         <is>
-          <t>4 kW</t>
-[...2 lines deleted...]
-      <c r="F219" t="inlineStr"/>
+          <t>7,5 kW</t>
+        </is>
+      </c>
+      <c r="F219" t="inlineStr">
+        <is>
+          <t>B1: B3: gebraucht / werksüberholt</t>
+        </is>
+      </c>
       <c r="G219" t="inlineStr">
         <is>
-          <t>85.00</t>
+          <t>11.50</t>
         </is>
       </c>
       <c r="H219" t="inlineStr">
         <is>
-          <t>223.27 €</t>
+          <t>1539.52 €</t>
         </is>
       </c>
       <c r="I219" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="220" ht="15" customHeight="1">
       <c r="A220" t="inlineStr">
         <is>
-          <t>AR13641</t>
+          <t>AR13659</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C220" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 5,5kW, PDRV2E_005K50</t>
+          <t>PumpDrive-II, 11kW, PDRV2_011K00</t>
         </is>
       </c>
       <c r="D220" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E220" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G220" t="inlineStr">
         <is>
-          <t>11.50</t>
+          <t>14.50</t>
         </is>
       </c>
       <c r="H220" t="inlineStr">
         <is>
-          <t>1294.63 €</t>
+          <t>2877.06 €</t>
         </is>
       </c>
       <c r="I220" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="221" ht="15" customHeight="1">
       <c r="A221" t="inlineStr">
         <is>
-          <t>AR13642</t>
+          <t>AR13661</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C221" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 5,5kW, PDRV2E_005K50</t>
+          <t>PumpDrive-II Eco, 11kW, PDRV2E_011K00</t>
         </is>
       </c>
       <c r="D221" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E221" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="F221" t="inlineStr">
         <is>
-          <t>B1: B3: gebraucht / werksüberholt</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G221" t="inlineStr">
         <is>
           <t>11.50</t>
         </is>
       </c>
       <c r="H221" t="inlineStr">
         <is>
-          <t>1294.63 €</t>
+          <t>2464.87 €</t>
         </is>
       </c>
       <c r="I221" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="222" ht="15" customHeight="1">
       <c r="A222" t="inlineStr">
         <is>
-          <t>AR13643</t>
+          <t>AR13664</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C222" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 5,5kW, PDRV2E_005K50</t>
+          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
         </is>
       </c>
       <c r="D222" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E222" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="F222" t="inlineStr">
         <is>
-          <t>B1: C: gebraucht / einsetzbar</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G222" t="inlineStr">
         <is>
-          <t>11.50</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H222" t="inlineStr">
         <is>
-          <t>1294.63 €</t>
+          <t>3116.06 €</t>
         </is>
       </c>
       <c r="I222" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="223" ht="15" customHeight="1">
       <c r="A223" t="inlineStr">
         <is>
-          <t>AR13644</t>
+          <t>AR13665</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C223" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 5,5kW, PDRV2E_005K50</t>
+          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
         </is>
       </c>
       <c r="D223" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E223" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="F223" t="inlineStr">
         <is>
-          <t>B1: C: gebraucht / einsetzbar</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G223" t="inlineStr">
         <is>
-          <t>11.50</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H223" t="inlineStr">
         <is>
-          <t>1294.63 €</t>
+          <t>3116.06 €</t>
         </is>
       </c>
       <c r="I223" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="224" ht="15" customHeight="1">
       <c r="A224" t="inlineStr">
         <is>
-          <t>AR13650</t>
+          <t>AR13666</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C224" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 7,5kW, PDRV2E_007K50</t>
+          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
         </is>
       </c>
       <c r="D224" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E224" t="inlineStr">
         <is>
-          <t>7,5 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="F224" t="inlineStr">
         <is>
           <t>B1: B3: gebraucht / werksüberholt</t>
         </is>
       </c>
       <c r="G224" t="inlineStr">
         <is>
-          <t>11.50</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H224" t="inlineStr">
         <is>
-          <t>1539.52 €</t>
+          <t>3116.06 €</t>
         </is>
       </c>
       <c r="I224" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="225" ht="15" customHeight="1">
       <c r="A225" t="inlineStr">
         <is>
-          <t>AR13659</t>
+          <t>AR13667</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C225" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 11kW, PDRV2_011K00</t>
+          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
         </is>
       </c>
       <c r="D225" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E225" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="F225" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: C: gebraucht / einsetzbar</t>
         </is>
       </c>
       <c r="G225" t="inlineStr">
         <is>
-          <t>14.50</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H225" t="inlineStr">
         <is>
-          <t>2877.06 €</t>
+          <t>3116.06 €</t>
         </is>
       </c>
       <c r="I225" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="226" ht="15" customHeight="1">
       <c r="A226" t="inlineStr">
         <is>
-          <t>AR13661</t>
+          <t>AR13668</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C226" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 11kW, PDRV2E_011K00</t>
+          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
         </is>
       </c>
       <c r="D226" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E226" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="F226" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: C: gebraucht / einsetzbar</t>
         </is>
       </c>
       <c r="G226" t="inlineStr">
         <is>
-          <t>11.50</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H226" t="inlineStr">
         <is>
-          <t>2464.87 €</t>
+          <t>3116.06 €</t>
         </is>
       </c>
       <c r="I226" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="227" ht="15" customHeight="1">
       <c r="A227" t="inlineStr">
         <is>
-          <t>AR13664</t>
+          <t>AR13669</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C227" s="2" t="inlineStr">
         <is>
           <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
         </is>
       </c>
       <c r="D227" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E227" t="inlineStr">
         <is>
           <t>15 kW</t>
         </is>
       </c>
       <c r="F227" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: C: gebraucht / einsetzbar</t>
         </is>
       </c>
       <c r="G227" t="inlineStr">
         <is>
           <t>58.00</t>
         </is>
       </c>
       <c r="H227" t="inlineStr">
         <is>
           <t>3116.06 €</t>
         </is>
       </c>
       <c r="I227" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="228" ht="15" customHeight="1">
       <c r="A228" t="inlineStr">
         <is>
-          <t>AR13665</t>
+          <t>AR13672</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C228" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
+          <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
         </is>
       </c>
       <c r="D228" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E228" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="F228" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: B3: gebraucht / werksüberholt</t>
         </is>
       </c>
       <c r="G228" t="inlineStr">
         <is>
           <t>58.00</t>
         </is>
       </c>
       <c r="H228" t="inlineStr">
         <is>
-          <t>3116.06 €</t>
+          <t>3703.48 €</t>
         </is>
       </c>
       <c r="I228" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="229" ht="15" customHeight="1">
       <c r="A229" t="inlineStr">
         <is>
-          <t>AR13666</t>
+          <t>AR13674</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C229" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
+          <t>PumpDrive-II, 22kW, PDRV2_022K00</t>
         </is>
       </c>
       <c r="D229" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E229" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>22 kW</t>
         </is>
       </c>
       <c r="F229" t="inlineStr">
         <is>
           <t>B1: B3: gebraucht / werksüberholt</t>
         </is>
       </c>
       <c r="G229" t="inlineStr">
         <is>
           <t>58.00</t>
         </is>
       </c>
       <c r="H229" t="inlineStr">
         <is>
-          <t>3116.06 €</t>
+          <t>4297.04 €</t>
         </is>
       </c>
       <c r="I229" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="230" ht="15" customHeight="1">
       <c r="A230" t="inlineStr">
         <is>
-          <t>AR13667</t>
+          <t>AR13675</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C230" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
+          <t>PumpDrive-II, 22kW, PDRV2_022K00</t>
         </is>
       </c>
       <c r="D230" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E230" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>22 kW</t>
         </is>
       </c>
       <c r="F230" t="inlineStr">
         <is>
           <t>B1: C: gebraucht / einsetzbar</t>
         </is>
       </c>
       <c r="G230" t="inlineStr">
         <is>
           <t>58.00</t>
         </is>
       </c>
       <c r="H230" t="inlineStr">
         <is>
-          <t>3116.06 €</t>
+          <t>4297.04 €</t>
         </is>
       </c>
       <c r="I230" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="231" ht="15" customHeight="1">
       <c r="A231" t="inlineStr">
         <is>
-          <t>AR13668</t>
+          <t>AR13678</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C231" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
+          <t>PumpDrive-II, 30kW, PDRV2_030K00</t>
         </is>
       </c>
       <c r="D231" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E231" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>30 kW</t>
         </is>
       </c>
       <c r="F231" t="inlineStr">
         <is>
-          <t>B1: C: gebraucht / einsetzbar</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G231" t="inlineStr">
         <is>
-          <t>58.00</t>
+          <t>48.00</t>
         </is>
       </c>
       <c r="H231" t="inlineStr">
         <is>
-          <t>3116.06 €</t>
+          <t>6487.79 €</t>
         </is>
       </c>
       <c r="I231" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="232" ht="15" customHeight="1">
       <c r="A232" t="inlineStr">
         <is>
-          <t>AR13669</t>
+          <t>AR13700</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C232" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
+          <t>PumpDrive-II Eco, 3kW, PDRV2E_003K00</t>
         </is>
       </c>
       <c r="D232" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E232" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>3 kW</t>
         </is>
       </c>
       <c r="F232" t="inlineStr">
         <is>
-          <t>B1: C: gebraucht / einsetzbar</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G232" t="inlineStr">
         <is>
-          <t>58.00</t>
+          <t>7.50</t>
         </is>
       </c>
       <c r="H232" t="inlineStr">
         <is>
-          <t>3116.06 €</t>
+          <t>933.60 €</t>
         </is>
       </c>
       <c r="I232" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="233" ht="15" customHeight="1">
       <c r="A233" t="inlineStr">
         <is>
-          <t>AR13672</t>
+          <t>AR13701</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C233" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
+          <t>PumpDrive-II, 2,2kW, PDRV2_002K20</t>
         </is>
       </c>
       <c r="D233" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E233" t="inlineStr">
         <is>
-          <t>18,5 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="F233" t="inlineStr">
         <is>
-          <t>B1: B3: gebraucht / werksüberholt</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G233" t="inlineStr">
         <is>
-          <t>58.00</t>
+          <t>8.50</t>
         </is>
       </c>
       <c r="H233" t="inlineStr">
         <is>
-          <t>3703.48 €</t>
+          <t>1304.42 €</t>
         </is>
       </c>
       <c r="I233" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="234" ht="15" customHeight="1">
       <c r="A234" t="inlineStr">
         <is>
-          <t>AR13674</t>
+          <t>AR13702</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C234" s="2" t="inlineStr">
         <is>
           <t>PumpDrive-II, 22kW, PDRV2_022K00</t>
         </is>
       </c>
       <c r="D234" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E234" t="inlineStr">
         <is>
           <t>22 kW</t>
         </is>
       </c>
       <c r="F234" t="inlineStr">
         <is>
-          <t>B1: B3: gebraucht / werksüberholt</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G234" t="inlineStr">
         <is>
           <t>58.00</t>
         </is>
       </c>
       <c r="H234" t="inlineStr">
         <is>
           <t>4297.04 €</t>
         </is>
       </c>
       <c r="I234" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="235" ht="15" customHeight="1">
       <c r="A235" t="inlineStr">
         <is>
-          <t>AR13675</t>
+          <t>AR13707</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C235" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 22kW, PDRV2_022K00</t>
+          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
         </is>
       </c>
       <c r="D235" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E235" t="inlineStr">
         <is>
-          <t>22 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="F235" t="inlineStr">
         <is>
-          <t>B1: C: gebraucht / einsetzbar</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G235" t="inlineStr">
         <is>
           <t>58.00</t>
         </is>
       </c>
       <c r="H235" t="inlineStr">
         <is>
-          <t>4297.04 €</t>
+          <t>3116.06 €</t>
         </is>
       </c>
       <c r="I235" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="236" ht="15" customHeight="1">
       <c r="A236" t="inlineStr">
         <is>
-          <t>AR13678</t>
+          <t>AR13743</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C236" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 30kW, PDRV2_030K00</t>
+          <t>PumpDrive-II, 4kW, PDRV2_004K00</t>
         </is>
       </c>
       <c r="D236" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E236" t="inlineStr">
         <is>
-          <t>30 kW</t>
+          <t>4 kW</t>
         </is>
       </c>
       <c r="F236" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G236" t="inlineStr">
         <is>
-          <t>48.00</t>
+          <t>8.50</t>
         </is>
       </c>
       <c r="H236" t="inlineStr">
         <is>
-          <t>6487.79 €</t>
+          <t>1415.86 €</t>
         </is>
       </c>
       <c r="I236" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="237" ht="15" customHeight="1">
       <c r="A237" t="inlineStr">
         <is>
-          <t>AR13700</t>
+          <t>AR13761</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C237" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 3kW, PDRV2E_003K00</t>
+          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
         </is>
       </c>
       <c r="D237" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E237" t="inlineStr">
         <is>
-          <t>3 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="F237" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G237" t="inlineStr">
         <is>
-          <t>7.50</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H237" t="inlineStr">
         <is>
-          <t>933.60 €</t>
+          <t>3116.06 €</t>
         </is>
       </c>
       <c r="I237" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="238" ht="15" customHeight="1">
       <c r="A238" t="inlineStr">
         <is>
-          <t>AR13701</t>
+          <t>AR13998</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C238" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 2,2kW, PDRV2_002K20</t>
+          <t>PumpDrive-II, 22kW, PDRV2_022K00</t>
         </is>
       </c>
       <c r="D238" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E238" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>22 kW</t>
         </is>
       </c>
       <c r="F238" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G238" t="inlineStr">
         <is>
-          <t>8.50</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H238" t="inlineStr">
         <is>
-          <t>1304.42 €</t>
+          <t>4297.04 €</t>
         </is>
       </c>
       <c r="I238" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="239" ht="15" customHeight="1">
       <c r="A239" t="inlineStr">
         <is>
-          <t>AR13702</t>
+          <t>AR14196</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C239" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 22kW, PDRV2_022K00</t>
+          <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
         </is>
       </c>
       <c r="D239" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E239" t="inlineStr">
         <is>
-          <t>22 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="F239" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G239" t="inlineStr">
         <is>
           <t>58.00</t>
         </is>
       </c>
       <c r="H239" t="inlineStr">
         <is>
-          <t>4297.04 €</t>
+          <t>3703.48 €</t>
         </is>
       </c>
       <c r="I239" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="240" ht="15" customHeight="1">
       <c r="A240" t="inlineStr">
         <is>
-          <t>AR13707</t>
+          <t>AR14200</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C240" s="2" t="inlineStr">
         <is>
           <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
         </is>
       </c>
       <c r="D240" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E240" t="inlineStr">
         <is>
           <t>15 kW</t>
         </is>
       </c>
       <c r="F240" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G240" t="inlineStr">
         <is>
           <t>58.00</t>
         </is>
       </c>
       <c r="H240" t="inlineStr">
         <is>
           <t>3116.06 €</t>
         </is>
       </c>
       <c r="I240" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="241" ht="15" customHeight="1">
       <c r="A241" t="inlineStr">
         <is>
-          <t>AR13743</t>
+          <t>AR14287</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C241" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 4kW, PDRV2_004K00</t>
+          <t>PumpDrive-I 15kW, 5015K00 PD1</t>
         </is>
       </c>
       <c r="D241" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E241" t="inlineStr">
         <is>
-          <t>4 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="F241" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G241" t="inlineStr">
         <is>
-          <t>8.50</t>
+          <t>24.00</t>
         </is>
       </c>
       <c r="H241" t="inlineStr">
         <is>
-          <t>1415.86 €</t>
+          <t>3700.49 €</t>
         </is>
       </c>
       <c r="I241" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="242" ht="15" customHeight="1">
       <c r="A242" t="inlineStr">
         <is>
-          <t>AR13761</t>
+          <t>AR14293</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C242" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
+          <t>PumpDrive-II Eco, 5,5kW, PDRV2E_005K50</t>
         </is>
       </c>
       <c r="D242" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E242" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="F242" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G242" t="inlineStr">
         <is>
-          <t>58.00</t>
+          <t>11.50</t>
         </is>
       </c>
       <c r="H242" t="inlineStr">
         <is>
-          <t>3116.06 €</t>
+          <t>1294.63 €</t>
         </is>
       </c>
       <c r="I242" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="243" ht="15" customHeight="1">
       <c r="A243" t="inlineStr">
         <is>
-          <t>AR13998</t>
+          <t>AR14295</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C243" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 22kW, PDRV2_022K00</t>
+          <t>PumpDrive-II Eco, 5,5kW, PDRV2E_005K50</t>
         </is>
       </c>
       <c r="D243" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E243" t="inlineStr">
         <is>
-          <t>22 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="F243" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G243" t="inlineStr">
         <is>
-          <t>58.00</t>
+          <t>11.50</t>
         </is>
       </c>
       <c r="H243" t="inlineStr">
         <is>
-          <t>4297.04 €</t>
+          <t>1294.63 €</t>
         </is>
       </c>
       <c r="I243" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="244" ht="15" customHeight="1">
       <c r="A244" t="inlineStr">
         <is>
-          <t>AR14196</t>
+          <t>AR14300</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>-</t>
         </is>
       </c>
       <c r="C244" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
+          <t>Anlaufgerät QEM 100 0,75 kW</t>
         </is>
       </c>
       <c r="D244" t="inlineStr">
         <is>
-          <t>Frequenzumrichter</t>
-[...6 lines deleted...]
-      </c>
+          <t>Unterwassermotorpumpen</t>
+        </is>
+      </c>
+      <c r="E244" t="inlineStr"/>
       <c r="F244" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
-[...6 lines deleted...]
-      </c>
+          <t>B1: A: neu / standard</t>
+        </is>
+      </c>
+      <c r="G244" t="inlineStr"/>
       <c r="H244" t="inlineStr">
         <is>
-          <t>3703.48 €</t>
+          <t>67.93 €</t>
         </is>
       </c>
       <c r="I244" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="245" ht="15" customHeight="1">
       <c r="A245" t="inlineStr">
         <is>
-          <t>AR14200</t>
+          <t>AR14302</t>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>-</t>
         </is>
       </c>
       <c r="C245" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
+          <t>Anlaufgerät QEM 200 1,5 kW</t>
         </is>
       </c>
       <c r="D245" t="inlineStr">
         <is>
-          <t>Frequenzumrichter</t>
-[...6 lines deleted...]
-      </c>
+          <t>Unterwassermotorpumpen</t>
+        </is>
+      </c>
+      <c r="E245" t="inlineStr"/>
       <c r="F245" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
-[...6 lines deleted...]
-      </c>
+          <t>B1: A: neu / standard</t>
+        </is>
+      </c>
+      <c r="G245" t="inlineStr"/>
       <c r="H245" t="inlineStr">
         <is>
-          <t>3116.06 €</t>
+          <t>72.15 €</t>
         </is>
       </c>
       <c r="I245" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="246" ht="15" customHeight="1">
       <c r="A246" t="inlineStr">
         <is>
-          <t>AR14287</t>
+          <t>AR14329-Antrieb</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C246" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-I 15kW, 5015K00 PD1</t>
-[...11 lines deleted...]
-      </c>
+          <t>Dynactair NG 6/4NC F07/10 DD19 M</t>
+        </is>
+      </c>
+      <c r="D246" t="inlineStr"/>
+      <c r="E246" t="inlineStr"/>
       <c r="F246" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G246" t="inlineStr">
         <is>
-          <t>24.00</t>
+          <t>7.80</t>
         </is>
       </c>
       <c r="H246" t="inlineStr">
         <is>
-          <t>3700.49 €</t>
+          <t>630.24 €</t>
         </is>
       </c>
       <c r="I246" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="247" ht="15" customHeight="1">
       <c r="A247" t="inlineStr">
         <is>
-          <t>AR14293</t>
+          <t>AR14340</t>
         </is>
       </c>
       <c r="B247" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C247" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 5,5kW, PDRV2E_005K50</t>
+          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
         </is>
       </c>
       <c r="D247" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E247" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="F247" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G247" t="inlineStr">
         <is>
-          <t>11.50</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H247" t="inlineStr">
         <is>
-          <t>1294.63 €</t>
+          <t>3116.06 €</t>
         </is>
       </c>
       <c r="I247" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="248" ht="15" customHeight="1">
       <c r="A248" t="inlineStr">
         <is>
-          <t>AR14295</t>
+          <t>AR14413</t>
         </is>
       </c>
       <c r="B248" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>-</t>
         </is>
       </c>
       <c r="C248" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 5,5kW, PDRV2E_005K50</t>
+          <t>Anlaufgerät QEM 075 0,55KW</t>
         </is>
       </c>
       <c r="D248" t="inlineStr">
         <is>
-          <t>Frequenzumrichter</t>
-[...6 lines deleted...]
-      </c>
+          <t>Unterwassermotorpumpen</t>
+        </is>
+      </c>
+      <c r="E248" t="inlineStr"/>
       <c r="F248" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
-[...6 lines deleted...]
-      </c>
+          <t>B1: A: neu / standard</t>
+        </is>
+      </c>
+      <c r="G248" t="inlineStr"/>
       <c r="H248" t="inlineStr">
         <is>
-          <t>1294.63 €</t>
+          <t>68.70 €</t>
         </is>
       </c>
       <c r="I248" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="249" ht="15" customHeight="1">
       <c r="A249" t="inlineStr">
         <is>
-          <t>AR14300</t>
+          <t>AR14471</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
-          <t>Unbekannt</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C249" s="2" t="inlineStr">
         <is>
-          <t>Anlaufgerät QEM 100 0,75 kW</t>
+          <t>PumpDrive-II, 2,2kW, PDRV2_002K20</t>
         </is>
       </c>
       <c r="D249" t="inlineStr">
         <is>
-          <t>Unterwassermotorpumpen</t>
-[...2 lines deleted...]
-      <c r="E249" t="inlineStr"/>
+          <t>Frequenzumrichter</t>
+        </is>
+      </c>
+      <c r="E249" t="inlineStr">
+        <is>
+          <t>2,2 kW</t>
+        </is>
+      </c>
       <c r="F249" t="inlineStr">
         <is>
-          <t>B1: A: neu / standard</t>
-[...2 lines deleted...]
-      <c r="G249" t="inlineStr"/>
+          <t>B1: B2: gebraucht / wie neu</t>
+        </is>
+      </c>
+      <c r="G249" t="inlineStr">
+        <is>
+          <t>8.50</t>
+        </is>
+      </c>
       <c r="H249" t="inlineStr">
         <is>
-          <t>67.93 €</t>
+          <t>1304.42 €</t>
         </is>
       </c>
       <c r="I249" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="250" ht="15" customHeight="1">
       <c r="A250" t="inlineStr">
         <is>
-          <t>AR14302</t>
+          <t>AR14472</t>
         </is>
       </c>
       <c r="B250" t="inlineStr">
         <is>
-          <t>Unbekannt</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C250" s="2" t="inlineStr">
         <is>
-          <t>Anlaufgerät QEM 200 1,5 kW</t>
+          <t>PumpDrive-II Eco, 4kW, PDRV2E_004K00</t>
         </is>
       </c>
       <c r="D250" t="inlineStr">
         <is>
-          <t>Unterwassermotorpumpen</t>
-[...2 lines deleted...]
-      <c r="E250" t="inlineStr"/>
+          <t>Frequenzumrichter</t>
+        </is>
+      </c>
+      <c r="E250" t="inlineStr">
+        <is>
+          <t>4 kW</t>
+        </is>
+      </c>
       <c r="F250" t="inlineStr">
         <is>
-          <t>B1: A: neu / standard</t>
-[...2 lines deleted...]
-      <c r="G250" t="inlineStr"/>
+          <t>B1: B2: gebraucht / wie neu</t>
+        </is>
+      </c>
+      <c r="G250" t="inlineStr">
+        <is>
+          <t>7.50</t>
+        </is>
+      </c>
       <c r="H250" t="inlineStr">
         <is>
-          <t>72.15 €</t>
+          <t>1044.88 €</t>
         </is>
       </c>
       <c r="I250" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="251" ht="15" customHeight="1">
       <c r="A251" t="inlineStr">
         <is>
-          <t>AR14329-Antrieb</t>
+          <t>AR14474</t>
         </is>
       </c>
       <c r="B251" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C251" s="2" t="inlineStr">
         <is>
-          <t>Dynactair NG 6/4NC F07/10 DD19 M</t>
-[...3 lines deleted...]
-      <c r="E251" t="inlineStr"/>
+          <t>PumpDrive-II Eco, 2,2kW, PDRV2E_002K20</t>
+        </is>
+      </c>
+      <c r="D251" t="inlineStr">
+        <is>
+          <t>Frequenzumrichter</t>
+        </is>
+      </c>
+      <c r="E251" t="inlineStr">
+        <is>
+          <t>2,2 kW</t>
+        </is>
+      </c>
       <c r="F251" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B3: gebraucht / werksüberholt</t>
         </is>
       </c>
       <c r="G251" t="inlineStr">
         <is>
-          <t>7.80</t>
+          <t>7.50</t>
         </is>
       </c>
       <c r="H251" t="inlineStr">
         <is>
-          <t>630.24 €</t>
+          <t>859.41 €</t>
         </is>
       </c>
       <c r="I251" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="252" ht="15" customHeight="1">
       <c r="A252" t="inlineStr">
         <is>
-          <t>AR14340</t>
+          <t>AR14476</t>
         </is>
       </c>
       <c r="B252" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C252" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
+          <t>PumpDrive-II Eco, 0,37kW, PDRV2E_000K37</t>
         </is>
       </c>
       <c r="D252" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E252" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>0,37 kW</t>
         </is>
       </c>
       <c r="F252" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: B3: gebraucht / werksüberholt</t>
         </is>
       </c>
       <c r="G252" t="inlineStr">
         <is>
-          <t>58.00</t>
+          <t>6.00</t>
         </is>
       </c>
       <c r="H252" t="inlineStr">
         <is>
-          <t>3116.06 €</t>
+          <t>550.26 €</t>
         </is>
       </c>
       <c r="I252" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="253" ht="15" customHeight="1">
       <c r="A253" t="inlineStr">
         <is>
-          <t>AR14413</t>
+          <t>AR14530</t>
         </is>
       </c>
       <c r="B253" t="inlineStr">
         <is>
-          <t>Unbekannt</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C253" s="2" t="inlineStr">
         <is>
-          <t>Anlaufgerät QEM 075 0,55KW</t>
+          <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
         </is>
       </c>
       <c r="D253" t="inlineStr">
         <is>
-          <t>Unterwassermotorpumpen</t>
-[...2 lines deleted...]
-      <c r="E253" t="inlineStr"/>
+          <t>Frequenzumrichter</t>
+        </is>
+      </c>
+      <c r="E253" t="inlineStr">
+        <is>
+          <t>18,5 kW</t>
+        </is>
+      </c>
       <c r="F253" t="inlineStr">
         <is>
-          <t>B1: A: neu / standard</t>
-[...2 lines deleted...]
-      <c r="G253" t="inlineStr"/>
+          <t>B1: B2: gebraucht / wie neu</t>
+        </is>
+      </c>
+      <c r="G253" t="inlineStr">
+        <is>
+          <t>58.00</t>
+        </is>
+      </c>
       <c r="H253" t="inlineStr">
         <is>
-          <t>68.70 €</t>
+          <t>3703.48 €</t>
         </is>
       </c>
       <c r="I253" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="254" ht="15" customHeight="1">
+    <row r="254" ht="30" customHeight="1">
       <c r="A254" t="inlineStr">
         <is>
-          <t>AR14471</t>
+          <t>AR14554</t>
         </is>
       </c>
       <c r="B254" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C254" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 2,2kW, PDRV2_002K20</t>
+          <t>PumpDrive-II Eco, 0,55kW, PDRV2E_000K55 mit Single Relais</t>
         </is>
       </c>
       <c r="D254" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E254" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>0,55 kW</t>
         </is>
       </c>
       <c r="F254" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G254" t="inlineStr">
         <is>
-          <t>8.50</t>
+          <t>7.00</t>
         </is>
       </c>
       <c r="H254" t="inlineStr">
         <is>
-          <t>1304.42 €</t>
+          <t>741.94 €</t>
         </is>
       </c>
       <c r="I254" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="255" ht="15" customHeight="1">
       <c r="A255" t="inlineStr">
         <is>
-          <t>AR14472</t>
+          <t>AR14627</t>
         </is>
       </c>
       <c r="B255" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C255" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 4kW, PDRV2E_004K00</t>
+          <t>PumpDrive-II, 4kW, PDRV2_004K00</t>
         </is>
       </c>
       <c r="D255" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E255" t="inlineStr">
         <is>
           <t>4 kW</t>
         </is>
       </c>
       <c r="F255" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G255" t="inlineStr">
         <is>
-          <t>7.50</t>
+          <t>8.50</t>
         </is>
       </c>
       <c r="H255" t="inlineStr">
         <is>
-          <t>1044.88 €</t>
+          <t>1415.86 €</t>
         </is>
       </c>
       <c r="I255" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="256" ht="15" customHeight="1">
       <c r="A256" t="inlineStr">
         <is>
-          <t>AR14474</t>
+          <t>AR14628</t>
         </is>
       </c>
       <c r="B256" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C256" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 2,2kW, PDRV2E_002K20</t>
+          <t>PumpDrive-II, 5,5kW, PDRV2_005K50</t>
         </is>
       </c>
       <c r="D256" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E256" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="F256" t="inlineStr">
         <is>
-          <t>B1: B3: gebraucht / werksüberholt</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G256" t="inlineStr">
         <is>
-          <t>7.50</t>
+          <t>14.50</t>
         </is>
       </c>
       <c r="H256" t="inlineStr">
         <is>
-          <t>859.41 €</t>
+          <t>1619.89 €</t>
         </is>
       </c>
       <c r="I256" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="257" ht="15" customHeight="1">
       <c r="A257" t="inlineStr">
         <is>
-          <t>AR14476</t>
+          <t>AR14715</t>
         </is>
       </c>
       <c r="B257" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C257" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 0,37kW, PDRV2E_000K37</t>
+          <t>PumpDrive-II Eco, 7,5kW, PDRV2E_007K50</t>
         </is>
       </c>
       <c r="D257" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E257" t="inlineStr">
         <is>
-          <t>0,37 kW</t>
+          <t>7,5 kW</t>
         </is>
       </c>
       <c r="F257" t="inlineStr">
         <is>
           <t>B1: B3: gebraucht / werksüberholt</t>
         </is>
       </c>
       <c r="G257" t="inlineStr">
         <is>
-          <t>6.00</t>
+          <t>11.50</t>
         </is>
       </c>
       <c r="H257" t="inlineStr">
         <is>
-          <t>550.26 €</t>
+          <t>1539.52 €</t>
         </is>
       </c>
       <c r="I257" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="258" ht="15" customHeight="1">
       <c r="A258" t="inlineStr">
         <is>
-          <t>AR14530</t>
+          <t>AR14716</t>
         </is>
       </c>
       <c r="B258" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C258" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
+          <t>PumpDrive-I 1,1kW, 5001K10 PD1</t>
         </is>
       </c>
       <c r="D258" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E258" t="inlineStr">
         <is>
-          <t>18,5 kW</t>
+          <t>1,1 kW</t>
         </is>
       </c>
       <c r="F258" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G258" t="inlineStr">
         <is>
-          <t>58.00</t>
+          <t>9.00</t>
         </is>
       </c>
       <c r="H258" t="inlineStr">
         <is>
-          <t>3703.48 €</t>
+          <t>985.25 €</t>
         </is>
       </c>
       <c r="I258" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="259" ht="15" customHeight="1">
       <c r="A259" t="inlineStr">
         <is>
-          <t>AR14554</t>
+          <t>AR14771</t>
         </is>
       </c>
       <c r="B259" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C259" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 0,55kW, PDRV2_000k55</t>
+          <t>PumpDrive-II, 0,75kW, PDRV2_000K75</t>
         </is>
       </c>
       <c r="D259" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E259" t="inlineStr">
         <is>
-          <t>0,55 kW</t>
+          <t>0,75 kW</t>
         </is>
       </c>
       <c r="F259" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G259" t="inlineStr">
         <is>
           <t>7.00</t>
         </is>
       </c>
       <c r="H259" t="inlineStr">
         <is>
-          <t>1079.06 €</t>
+          <t>1148.25 €</t>
         </is>
       </c>
       <c r="I259" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="260" ht="15" customHeight="1">
       <c r="A260" t="inlineStr">
         <is>
-          <t>AR14627</t>
+          <t>AR14806</t>
         </is>
       </c>
       <c r="B260" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C260" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 4kW, PDRV2_004K00</t>
+          <t>LevelControl 2 BS1 400 DFNP 025</t>
         </is>
       </c>
       <c r="D260" t="inlineStr">
         <is>
-          <t>Frequenzumrichter</t>
+          <t>Doppelpumpenschaltgeräte</t>
         </is>
       </c>
       <c r="E260" t="inlineStr">
         <is>
-          <t>4 kW</t>
+          <t>1 kW</t>
         </is>
       </c>
       <c r="F260" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G260" t="inlineStr">
         <is>
-          <t>8.50</t>
+          <t>30.00</t>
         </is>
       </c>
       <c r="H260" t="inlineStr">
         <is>
-          <t>1415.86 €</t>
+          <t>1532.59 €</t>
         </is>
       </c>
       <c r="I260" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="261" ht="15" customHeight="1">
       <c r="A261" t="inlineStr">
         <is>
-          <t>AR14628</t>
+          <t>AR14811</t>
         </is>
       </c>
       <c r="B261" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C261" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 5,5kW, PDRV2_005K50</t>
+          <t>LevelControl 2 BS2 400 SUEO 400</t>
         </is>
       </c>
       <c r="D261" t="inlineStr">
         <is>
-          <t>Frequenzumrichter</t>
+          <t>Doppelpumpenschaltgeräte</t>
         </is>
       </c>
       <c r="E261" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>16 kW</t>
         </is>
       </c>
       <c r="F261" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G261" t="inlineStr">
         <is>
-          <t>14.50</t>
+          <t>66.00</t>
         </is>
       </c>
       <c r="H261" t="inlineStr">
         <is>
-          <t>1619.89 €</t>
+          <t>6004.46 €</t>
         </is>
       </c>
       <c r="I261" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="262" ht="15" customHeight="1">
       <c r="A262" t="inlineStr">
         <is>
-          <t>AR14715</t>
+          <t>AR14812</t>
         </is>
       </c>
       <c r="B262" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C262" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 7,5kW, PDRV2E_007K50</t>
+          <t>LevelControl 2 BS1 230 DFNO 100</t>
         </is>
       </c>
       <c r="D262" t="inlineStr">
         <is>
-          <t>Frequenzumrichter</t>
+          <t>Doppelpumpenschaltgeräte</t>
         </is>
       </c>
       <c r="E262" t="inlineStr">
         <is>
-          <t>7,5 kW</t>
+          <t>4 kW</t>
         </is>
       </c>
       <c r="F262" t="inlineStr">
         <is>
-          <t>B1: B3: gebraucht / werksüberholt</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G262" t="inlineStr">
         <is>
-          <t>11.50</t>
+          <t>16.00</t>
         </is>
       </c>
       <c r="H262" t="inlineStr">
         <is>
-          <t>1539.52 €</t>
+          <t>1257.64 €</t>
         </is>
       </c>
       <c r="I262" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="263" ht="15" customHeight="1">
       <c r="A263" t="inlineStr">
         <is>
-          <t>AR14716</t>
+          <t>AR14813</t>
         </is>
       </c>
       <c r="B263" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C263" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-I 1,1kW, 5001K10 PD1</t>
+          <t>LevelControl 2 BS1 400 SUNA 140</t>
         </is>
       </c>
       <c r="D263" t="inlineStr">
         <is>
-          <t>Frequenzumrichter</t>
+          <t>Einzelpumpenschaltgeräte</t>
         </is>
       </c>
       <c r="E263" t="inlineStr">
         <is>
-          <t>1,1 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="F263" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G263" t="inlineStr">
         <is>
-          <t>9.00</t>
+          <t>25.00</t>
         </is>
       </c>
       <c r="H263" t="inlineStr">
         <is>
-          <t>985.25 €</t>
+          <t>1924.74 €</t>
         </is>
       </c>
       <c r="I263" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="264" ht="15" customHeight="1">
       <c r="A264" t="inlineStr">
         <is>
-          <t>AR14771</t>
+          <t>AR14816</t>
         </is>
       </c>
       <c r="B264" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C264" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 0,75kW, PDRV2_000K75</t>
+          <t>LevelControl 2 BS2 400 SFNA 140</t>
         </is>
       </c>
       <c r="D264" t="inlineStr">
         <is>
-          <t>Frequenzumrichter</t>
+          <t>Doppelpumpenschaltgeräte</t>
         </is>
       </c>
       <c r="E264" t="inlineStr">
         <is>
-          <t>0,75 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="F264" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G264" t="inlineStr">
         <is>
-          <t>7.00</t>
+          <t>41.00</t>
         </is>
       </c>
       <c r="H264" t="inlineStr">
         <is>
-          <t>1148.25 €</t>
+          <t>3493.80 €</t>
         </is>
       </c>
       <c r="I264" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="265" ht="15" customHeight="1">
       <c r="A265" t="inlineStr">
         <is>
-          <t>AR14806</t>
+          <t>AR14817</t>
         </is>
       </c>
       <c r="B265" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C265" s="2" t="inlineStr">
         <is>
-          <t>LevelControl 2 BS1 400 DFNP 025</t>
+          <t>LevelControl 2 BS2 400 SFNA 140</t>
         </is>
       </c>
       <c r="D265" t="inlineStr">
         <is>
           <t>Doppelpumpenschaltgeräte</t>
         </is>
       </c>
       <c r="E265" t="inlineStr">
         <is>
-          <t>1 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="F265" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G265" t="inlineStr">
         <is>
-          <t>30.00</t>
+          <t>41.00</t>
         </is>
       </c>
       <c r="H265" t="inlineStr">
         <is>
-          <t>1532.59 €</t>
+          <t>3493.80 €</t>
         </is>
       </c>
       <c r="I265" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="266" ht="15" customHeight="1">
       <c r="A266" t="inlineStr">
         <is>
-          <t>AR14811</t>
+          <t>AR14818</t>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C266" s="2" t="inlineStr">
         <is>
-          <t>LevelControl 2 BS2 400 SUEO 400</t>
+          <t>LevelControl 2 BS2 400 SFNA 140</t>
         </is>
       </c>
       <c r="D266" t="inlineStr">
         <is>
           <t>Doppelpumpenschaltgeräte</t>
         </is>
       </c>
       <c r="E266" t="inlineStr">
         <is>
-          <t>16 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="F266" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G266" t="inlineStr">
         <is>
-          <t>66.00</t>
+          <t>41.00</t>
         </is>
       </c>
       <c r="H266" t="inlineStr">
         <is>
-          <t>6004.46 €</t>
+          <t>3493.80 €</t>
         </is>
       </c>
       <c r="I266" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="267" ht="15" customHeight="1">
       <c r="A267" t="inlineStr">
         <is>
-          <t>AR14812</t>
+          <t>AR14843</t>
         </is>
       </c>
       <c r="B267" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C267" s="2" t="inlineStr">
         <is>
-          <t>LevelControl 2 BS1 230 DFNO 100</t>
+          <t>PumpDrive-II, 4kW, PDRV2_004K00</t>
         </is>
       </c>
       <c r="D267" t="inlineStr">
         <is>
-          <t>Doppelpumpenschaltgeräte</t>
+          <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E267" t="inlineStr">
         <is>
           <t>4 kW</t>
         </is>
       </c>
       <c r="F267" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G267" t="inlineStr">
         <is>
-          <t>16.00</t>
+          <t>8.50</t>
         </is>
       </c>
       <c r="H267" t="inlineStr">
         <is>
-          <t>1257.64 €</t>
+          <t>1415.86 €</t>
         </is>
       </c>
       <c r="I267" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="268" ht="15" customHeight="1">
       <c r="A268" t="inlineStr">
         <is>
-          <t>AR14813</t>
+          <t>AR14931</t>
         </is>
       </c>
       <c r="B268" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C268" s="2" t="inlineStr">
         <is>
-          <t>LevelControl 2 BS1 400 SUNA 140</t>
+          <t>PumpDrive-II, 4kW, PDRV2_004K00</t>
         </is>
       </c>
       <c r="D268" t="inlineStr">
         <is>
-          <t>Einzelpumpenschaltgeräte</t>
+          <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E268" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>4 kW</t>
         </is>
       </c>
       <c r="F268" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G268" t="inlineStr">
         <is>
-          <t>25.00</t>
+          <t>8.50</t>
         </is>
       </c>
       <c r="H268" t="inlineStr">
         <is>
-          <t>1924.74 €</t>
+          <t>1415.86 €</t>
         </is>
       </c>
       <c r="I268" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="269" ht="15" customHeight="1">
       <c r="A269" t="inlineStr">
         <is>
-          <t>AR14816</t>
+          <t>AR14932</t>
         </is>
       </c>
       <c r="B269" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C269" s="2" t="inlineStr">
         <is>
-          <t>LevelControl 2 BS2 400 SFNA 140</t>
+          <t>PumpDrive-II, 37kW, PDRV2_037K00</t>
         </is>
       </c>
       <c r="D269" t="inlineStr">
         <is>
-          <t>Doppelpumpenschaltgeräte</t>
+          <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E269" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>37 kW</t>
         </is>
       </c>
       <c r="F269" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G269" t="inlineStr">
         <is>
-          <t>41.00</t>
+          <t>82.00</t>
         </is>
       </c>
       <c r="H269" t="inlineStr">
         <is>
-          <t>3493.80 €</t>
+          <t>5817.99 €</t>
         </is>
       </c>
       <c r="I269" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="270" ht="15" customHeight="1">
       <c r="A270" t="inlineStr">
         <is>
-          <t>AR14817</t>
+          <t>AR14933</t>
         </is>
       </c>
       <c r="B270" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C270" s="2" t="inlineStr">
         <is>
-          <t>LevelControl 2 BS2 400 SFNA 140</t>
+          <t>PumpDrive-II Eco, 11kW, PDRV2E_011K00</t>
         </is>
       </c>
       <c r="D270" t="inlineStr">
         <is>
-          <t>Doppelpumpenschaltgeräte</t>
+          <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E270" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="F270" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G270" t="inlineStr">
         <is>
-          <t>41.00</t>
+          <t>11.50</t>
         </is>
       </c>
       <c r="H270" t="inlineStr">
         <is>
-          <t>3493.80 €</t>
+          <t>1848.65 €</t>
         </is>
       </c>
       <c r="I270" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="271" ht="15" customHeight="1">
       <c r="A271" t="inlineStr">
         <is>
-          <t>AR14818</t>
+          <t>AR14994</t>
         </is>
       </c>
       <c r="B271" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C271" s="2" t="inlineStr">
         <is>
-          <t>LevelControl 2 BS2 400 SFNA 140</t>
+          <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
         </is>
       </c>
       <c r="D271" t="inlineStr">
         <is>
-          <t>Doppelpumpenschaltgeräte</t>
+          <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E271" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="F271" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G271" t="inlineStr">
         <is>
-          <t>41.00</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H271" t="inlineStr">
         <is>
-          <t>3493.80 €</t>
+          <t>3703.48 €</t>
         </is>
       </c>
       <c r="I271" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="272" ht="15" customHeight="1">
       <c r="A272" t="inlineStr">
         <is>
-          <t>AR14843</t>
+          <t>AR15185</t>
         </is>
       </c>
       <c r="B272" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C272" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 4kW, PDRV2_004K00</t>
+          <t>LevelControl 2 BS2400SFNO630</t>
         </is>
       </c>
       <c r="D272" t="inlineStr">
         <is>
-          <t>Frequenzumrichter</t>
+          <t>Doppelpumpenschaltgeräte</t>
         </is>
       </c>
       <c r="E272" t="inlineStr">
         <is>
-          <t>4 kW</t>
+          <t>1 kW</t>
         </is>
       </c>
       <c r="F272" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: C: gebraucht / einsetzbar</t>
         </is>
       </c>
       <c r="G272" t="inlineStr">
         <is>
-          <t>8.50</t>
+          <t>45.00</t>
         </is>
       </c>
       <c r="H272" t="inlineStr">
         <is>
-          <t>1415.86 €</t>
+          <t>3426.81 €</t>
         </is>
       </c>
       <c r="I272" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="273" ht="15" customHeight="1">
       <c r="A273" t="inlineStr">
         <is>
-          <t>AR14931</t>
+          <t>AR15210</t>
         </is>
       </c>
       <c r="B273" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C273" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 4kW, PDRV2_004K00</t>
+          <t>LevelControl 2 BC2 230 DFNO 100</t>
         </is>
       </c>
       <c r="D273" t="inlineStr">
         <is>
-          <t>Frequenzumrichter</t>
-[...6 lines deleted...]
-      </c>
+          <t>Doppelpumpenschaltgeräte</t>
+        </is>
+      </c>
+      <c r="E273" t="inlineStr"/>
       <c r="F273" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G273" t="inlineStr">
         <is>
-          <t>8.50</t>
+          <t>7.00</t>
         </is>
       </c>
       <c r="H273" t="inlineStr">
         <is>
-          <t>1415.86 €</t>
+          <t>1230.24 €</t>
         </is>
       </c>
       <c r="I273" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="274" ht="15" customHeight="1">
       <c r="A274" t="inlineStr">
         <is>
-          <t>AR14932</t>
+          <t>AR15252</t>
         </is>
       </c>
       <c r="B274" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C274" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 37kW, PDRV2_037K00</t>
+          <t>PumpDrive-II, 45kW, PDRV2_045K00</t>
         </is>
       </c>
       <c r="D274" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E274" t="inlineStr">
         <is>
-          <t>37 kW</t>
+          <t>45 kW</t>
         </is>
       </c>
       <c r="F274" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G274" t="inlineStr">
         <is>
           <t>82.00</t>
         </is>
       </c>
       <c r="H274" t="inlineStr">
         <is>
-          <t>5817.99 €</t>
+          <t>6739.22 €</t>
         </is>
       </c>
       <c r="I274" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="275" ht="15" customHeight="1">
       <c r="A275" t="inlineStr">
         <is>
-          <t>AR14933</t>
+          <t>AR15475</t>
         </is>
       </c>
       <c r="B275" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C275" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 11kW, PDRV2E_011K00</t>
+          <t>PumpDrive-II Eco, 3kW, PDRV2E_003K00</t>
         </is>
       </c>
       <c r="D275" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E275" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>3 kW</t>
         </is>
       </c>
       <c r="F275" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G275" t="inlineStr">
         <is>
-          <t>11.50</t>
+          <t>7.50</t>
         </is>
       </c>
       <c r="H275" t="inlineStr">
         <is>
-          <t>1848.65 €</t>
+          <t>933.60 €</t>
         </is>
       </c>
       <c r="I275" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="276" ht="15" customHeight="1">
       <c r="A276" t="inlineStr">
         <is>
-          <t>AR14994</t>
+          <t>AR15476</t>
         </is>
       </c>
       <c r="B276" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C276" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
+          <t>PumpDrive-II, 2,2kW, PDRV2_002K20</t>
         </is>
       </c>
       <c r="D276" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E276" t="inlineStr">
         <is>
-          <t>18,5 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="F276" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G276" t="inlineStr">
         <is>
-          <t>58.00</t>
+          <t>8.50</t>
         </is>
       </c>
       <c r="H276" t="inlineStr">
         <is>
-          <t>3703.48 €</t>
+          <t>1304.42 €</t>
         </is>
       </c>
       <c r="I276" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="277" ht="15" customHeight="1">
       <c r="A277" t="inlineStr">
         <is>
-          <t>AR15185</t>
+          <t>AR15479</t>
         </is>
       </c>
       <c r="B277" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C277" s="2" t="inlineStr">
         <is>
-          <t>LevelControl 2 BS2400SFNO630</t>
+          <t>PumpDrive-II Eco, 2,2kW, PDRV2E_002K20</t>
         </is>
       </c>
       <c r="D277" t="inlineStr">
         <is>
-          <t>Doppelpumpenschaltgeräte</t>
+          <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E277" t="inlineStr">
         <is>
-          <t>1 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="F277" t="inlineStr">
         <is>
-          <t>B1: C: gebraucht / einsetzbar</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G277" t="inlineStr">
         <is>
-          <t>45.00</t>
+          <t>7.50</t>
         </is>
       </c>
       <c r="H277" t="inlineStr">
         <is>
-          <t>3426.81 €</t>
+          <t>859.41 €</t>
         </is>
       </c>
       <c r="I277" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="278" ht="15" customHeight="1">
       <c r="A278" t="inlineStr">
         <is>
-          <t>AR15210</t>
+          <t>AR15515-01</t>
         </is>
       </c>
       <c r="B278" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C278" s="2" t="inlineStr">
         <is>
-          <t>LevelControl 2 BC2 230 DFNO 100</t>
+          <t>PumpDrive-R, 45 kW, PDRVR_045K00, IP20</t>
         </is>
       </c>
       <c r="D278" t="inlineStr">
         <is>
-          <t>Doppelpumpenschaltgeräte</t>
-[...2 lines deleted...]
-      <c r="E278" t="inlineStr"/>
+          <t>Frequenzumrichter</t>
+        </is>
+      </c>
+      <c r="E278" t="inlineStr">
+        <is>
+          <t>45 kW</t>
+        </is>
+      </c>
       <c r="F278" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G278" t="inlineStr">
         <is>
-          <t>7.00</t>
+          <t>63.20</t>
         </is>
       </c>
       <c r="H278" t="inlineStr">
         <is>
-          <t>1230.24 €</t>
+          <t>8354.60 €</t>
         </is>
       </c>
       <c r="I278" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="279" ht="15" customHeight="1">
       <c r="A279" t="inlineStr">
         <is>
-          <t>AR15252</t>
+          <t>AR15515-02</t>
         </is>
       </c>
       <c r="B279" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C279" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 45kW, PDRV2_045K00</t>
+          <t>PumpDrive-R, 45 kW, PDRVR_045K00, IP20</t>
         </is>
       </c>
       <c r="D279" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E279" t="inlineStr">
         <is>
           <t>45 kW</t>
         </is>
       </c>
       <c r="F279" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G279" t="inlineStr">
         <is>
-          <t>82.00</t>
+          <t>63.20</t>
         </is>
       </c>
       <c r="H279" t="inlineStr">
         <is>
-          <t>6739.22 €</t>
+          <t>8354.60 €</t>
         </is>
       </c>
       <c r="I279" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="280" ht="15" customHeight="1">
       <c r="A280" t="inlineStr">
         <is>
-          <t>AR15475</t>
+          <t>AR15578</t>
         </is>
       </c>
       <c r="B280" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C280" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 3kW, PDRV2E_003K00</t>
+          <t>PumpDrive-II, 3 kW, PDRV2_003K00</t>
         </is>
       </c>
       <c r="D280" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E280" t="inlineStr">
         <is>
           <t>3 kW</t>
         </is>
       </c>
       <c r="F280" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G280" t="inlineStr">
         <is>
-          <t>7.50</t>
+          <t>8.50</t>
         </is>
       </c>
       <c r="H280" t="inlineStr">
         <is>
-          <t>933.60 €</t>
+          <t>1363.30 €</t>
         </is>
       </c>
       <c r="I280" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="281" ht="15" customHeight="1">
       <c r="A281" t="inlineStr">
         <is>
-          <t>AR15476</t>
+          <t>AR15579</t>
         </is>
       </c>
       <c r="B281" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C281" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 2,2kW, PDRV2_002K20</t>
+          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
         </is>
       </c>
       <c r="D281" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E281" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="F281" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G281" t="inlineStr">
         <is>
-          <t>8.50</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H281" t="inlineStr">
         <is>
-          <t>1304.42 €</t>
+          <t>3116.06 €</t>
         </is>
       </c>
       <c r="I281" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="282" ht="15" customHeight="1">
       <c r="A282" t="inlineStr">
         <is>
-          <t>AR15479</t>
+          <t>AR15580</t>
         </is>
       </c>
       <c r="B282" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C282" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 2,2kW, PDRV2E_002K20</t>
+          <t>PumpDrive-II Eco, 7,5kW, PDRV2E_007K50</t>
         </is>
       </c>
       <c r="D282" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E282" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>7,5 kW</t>
         </is>
       </c>
       <c r="F282" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G282" t="inlineStr">
         <is>
-          <t>7.50</t>
+          <t>11.50</t>
         </is>
       </c>
       <c r="H282" t="inlineStr">
         <is>
-          <t>859.41 €</t>
+          <t>1539.52 €</t>
         </is>
       </c>
       <c r="I282" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="283" ht="15" customHeight="1">
       <c r="A283" t="inlineStr">
         <is>
-          <t>AR15515-01</t>
+          <t>AR15674-01PD</t>
         </is>
       </c>
       <c r="B283" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C283" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-R, 45 kW, PDRVR_045K00, IP20</t>
+          <t>PumpDrive-II, 4kW, PDRV2_004K00 + M12 CAN-R</t>
         </is>
       </c>
       <c r="D283" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E283" t="inlineStr">
         <is>
-          <t>45 kW</t>
+          <t>4,0 kW</t>
         </is>
       </c>
       <c r="F283" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G283" t="inlineStr">
         <is>
-          <t>63.20</t>
+          <t>8.50</t>
         </is>
       </c>
       <c r="H283" t="inlineStr">
         <is>
-          <t>8354.60 €</t>
-[...6 lines deleted...]
-      </c>
+          <t>1794.17 €</t>
+        </is>
+      </c>
+      <c r="I283" t="inlineStr"/>
     </row>
     <row r="284" ht="15" customHeight="1">
       <c r="A284" t="inlineStr">
         <is>
-          <t>AR15515-02</t>
+          <t>AR15684</t>
         </is>
       </c>
       <c r="B284" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C284" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-R, 45 kW, PDRVR_045K00, IP20</t>
+          <t>PumpDrive-II, 4kW, PDRV2_004K00</t>
         </is>
       </c>
       <c r="D284" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E284" t="inlineStr">
         <is>
-          <t>45 kW</t>
+          <t>4 kW</t>
         </is>
       </c>
       <c r="F284" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G284" t="inlineStr">
         <is>
-          <t>63.20</t>
+          <t>8.50</t>
         </is>
       </c>
       <c r="H284" t="inlineStr">
         <is>
-          <t>8354.60 €</t>
+          <t>1415.86 €</t>
         </is>
       </c>
       <c r="I284" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="285" ht="15" customHeight="1">
       <c r="A285" t="inlineStr">
         <is>
-          <t>AR15578</t>
+          <t>AR15696</t>
         </is>
       </c>
       <c r="B285" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C285" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 3 kW, PDRV2_003K00</t>
+          <t>PumpDrive-R, 45 kW, PDRVR_045K00, IP55</t>
         </is>
       </c>
       <c r="D285" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E285" t="inlineStr">
         <is>
-          <t>3 kW</t>
+          <t>45 kW</t>
         </is>
       </c>
       <c r="F285" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G285" t="inlineStr">
         <is>
-          <t>8.50</t>
+          <t>63.20</t>
         </is>
       </c>
       <c r="H285" t="inlineStr">
         <is>
-          <t>1363.30 €</t>
+          <t>10043.38 €</t>
         </is>
       </c>
       <c r="I285" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="286" ht="15" customHeight="1">
       <c r="A286" t="inlineStr">
         <is>
-          <t>AR15579</t>
+          <t>AR15725</t>
         </is>
       </c>
       <c r="B286" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C286" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
+          <t>PumpDrive-II, 0,75kW, PDRV2_000K75</t>
         </is>
       </c>
       <c r="D286" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E286" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>0,75 kW</t>
         </is>
       </c>
       <c r="F286" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G286" t="inlineStr">
         <is>
-          <t>58.00</t>
+          <t>7.00</t>
         </is>
       </c>
       <c r="H286" t="inlineStr">
         <is>
-          <t>3116.06 €</t>
+          <t>1148.25 €</t>
         </is>
       </c>
       <c r="I286" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="287" ht="15" customHeight="1">
       <c r="A287" t="inlineStr">
         <is>
-          <t>AR15580</t>
+          <t>AR15729</t>
         </is>
       </c>
       <c r="B287" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C287" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 7,5kW, PDRV2E_007K50</t>
+          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
         </is>
       </c>
       <c r="D287" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E287" t="inlineStr">
         <is>
-          <t>7,5 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G287" t="inlineStr">
         <is>
-          <t>11.50</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H287" t="inlineStr">
         <is>
-          <t>1539.52 €</t>
+          <t>3116.06 €</t>
         </is>
       </c>
       <c r="I287" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="288" ht="15" customHeight="1">
+    <row r="288" ht="30" customHeight="1">
       <c r="A288" t="inlineStr">
         <is>
-          <t>AR15674-01PD</t>
+          <t>AR15759</t>
         </is>
       </c>
       <c r="B288" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C288" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 4kW, PDRV2_004K00</t>
+          <t>LevelControl 2 BC2 230 DUNN 100 inkl. Motorschutzüberwachung</t>
         </is>
       </c>
       <c r="D288" t="inlineStr">
         <is>
-          <t>Frequenzumrichter</t>
-[...6 lines deleted...]
-      </c>
+          <t>Doppelpumpenschaltgeräte</t>
+        </is>
+      </c>
+      <c r="E288" t="inlineStr"/>
       <c r="F288" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G288" t="inlineStr">
         <is>
-          <t>8.50</t>
+          <t>11.40</t>
         </is>
       </c>
       <c r="H288" t="inlineStr">
         <is>
-          <t>1794.17 €</t>
-[...2 lines deleted...]
-      <c r="I288" t="inlineStr"/>
+          <t>1058.16 €</t>
+        </is>
+      </c>
+      <c r="I288" t="inlineStr">
+        <is>
+          <t>ABResale</t>
+        </is>
+      </c>
     </row>
     <row r="289" ht="15" customHeight="1">
       <c r="A289" t="inlineStr">
         <is>
-          <t>AR15684</t>
+          <t>AR16061</t>
         </is>
       </c>
       <c r="B289" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C289" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 4kW, PDRV2_004K00</t>
+          <t>LevelControl 2 BC2400DDNO040 mit Hauptschalter</t>
         </is>
       </c>
       <c r="D289" t="inlineStr">
         <is>
-          <t>Frequenzumrichter</t>
+          <t>Doppelpumpenschaltgeräte</t>
         </is>
       </c>
       <c r="E289" t="inlineStr">
         <is>
-          <t>4 kW</t>
+          <t>4,0 kW</t>
         </is>
       </c>
       <c r="F289" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G289" t="inlineStr">
         <is>
-          <t>8.50</t>
+          <t>7.00</t>
         </is>
       </c>
       <c r="H289" t="inlineStr">
         <is>
-          <t>1415.86 €</t>
+          <t>1076.69 €</t>
         </is>
       </c>
       <c r="I289" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="290" ht="15" customHeight="1">
       <c r="A290" t="inlineStr">
         <is>
-          <t>AR15696</t>
+          <t>AR16062</t>
         </is>
       </c>
       <c r="B290" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C290" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-R, 45 kW, PDRVR_045K00, IP55</t>
+          <t>LevelControl 2 BC1400DPEO040</t>
         </is>
       </c>
       <c r="D290" t="inlineStr">
         <is>
-          <t>Frequenzumrichter</t>
+          <t>Einzelpumpenschaltgeräte</t>
         </is>
       </c>
       <c r="E290" t="inlineStr">
         <is>
-          <t>45 kW</t>
+          <t>1,5 kW</t>
         </is>
       </c>
       <c r="F290" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G290" t="inlineStr">
         <is>
-          <t>63.20</t>
+          <t>12.00</t>
         </is>
       </c>
       <c r="H290" t="inlineStr">
         <is>
-          <t>10043.38 €</t>
+          <t>798.77 €</t>
         </is>
       </c>
       <c r="I290" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="291" ht="15" customHeight="1">
       <c r="A291" t="inlineStr">
         <is>
-          <t>AR15725</t>
+          <t>AR16063</t>
         </is>
       </c>
       <c r="B291" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C291" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 0,75kW, PDRV2_000K75</t>
+          <t>LevelControl 2 BC1230DFNO100 1~230V (L1-N-PE)</t>
         </is>
       </c>
       <c r="D291" t="inlineStr">
         <is>
-          <t>Frequenzumrichter</t>
+          <t>Einzelpumpenschaltgeräte</t>
         </is>
       </c>
       <c r="E291" t="inlineStr">
         <is>
-          <t>0,75 kW</t>
+          <t>4,0 kW</t>
         </is>
       </c>
       <c r="F291" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G291" t="inlineStr">
         <is>
           <t>7.00</t>
         </is>
       </c>
       <c r="H291" t="inlineStr">
         <is>
-          <t>1148.25 €</t>
+          <t>684.55 €</t>
         </is>
       </c>
       <c r="I291" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="292" ht="15" customHeight="1">
       <c r="A292" t="inlineStr">
         <is>
-          <t>AR15729</t>
+          <t>AR16064</t>
         </is>
       </c>
       <c r="B292" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C292" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
+          <t>LevelControl 2 BC1230DFNO100 1~230V (L1-N-PE)</t>
         </is>
       </c>
       <c r="D292" t="inlineStr">
         <is>
-          <t>Frequenzumrichter</t>
+          <t>Einzelpumpenschaltgeräte</t>
         </is>
       </c>
       <c r="E292" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>4,0 kW</t>
         </is>
       </c>
       <c r="F292" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G292" t="inlineStr">
         <is>
-          <t>58.00</t>
+          <t>7.00</t>
         </is>
       </c>
       <c r="H292" t="inlineStr">
         <is>
-          <t>3116.06 €</t>
+          <t>684.55 €</t>
         </is>
       </c>
       <c r="I292" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="293" ht="30" customHeight="1">
+    <row r="293" ht="15" customHeight="1">
       <c r="A293" t="inlineStr">
         <is>
-          <t>AR15759</t>
+          <t>AR16065</t>
         </is>
       </c>
       <c r="B293" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C293" s="2" t="inlineStr">
         <is>
-          <t>LevelControl 2 BC2 230 DUNN 100 inkl. Motorschutzüberwachung</t>
+          <t>LevelControl 2 BS2400SFNO630</t>
         </is>
       </c>
       <c r="D293" t="inlineStr">
         <is>
           <t>Doppelpumpenschaltgeräte</t>
         </is>
       </c>
-      <c r="E293" t="inlineStr"/>
+      <c r="E293" t="inlineStr">
+        <is>
+          <t>30 kW</t>
+        </is>
+      </c>
       <c r="F293" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G293" t="inlineStr">
         <is>
-          <t>11.40</t>
+          <t>55.00</t>
         </is>
       </c>
       <c r="H293" t="inlineStr">
         <is>
-          <t>1058.16 €</t>
+          <t>5079.54 €</t>
         </is>
       </c>
       <c r="I293" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="294" ht="15" customHeight="1">
       <c r="A294" t="inlineStr">
         <is>
-          <t>AR16061</t>
+          <t>AR16066</t>
         </is>
       </c>
       <c r="B294" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C294" s="2" t="inlineStr">
         <is>
-          <t>LevelControl 2 BC2400DDNO040 mit Hauptschalter</t>
+          <t>LevelControl 2 BS1400SUNO140</t>
         </is>
       </c>
       <c r="D294" t="inlineStr">
         <is>
-          <t>Doppelpumpenschaltgeräte</t>
+          <t>Einzelpumpenschaltgeräte</t>
         </is>
       </c>
       <c r="E294" t="inlineStr">
         <is>
-          <t>4,0 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="F294" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G294" t="inlineStr">
         <is>
-          <t>7.00</t>
+          <t>31.00</t>
         </is>
       </c>
       <c r="H294" t="inlineStr">
         <is>
-          <t>1076.69 €</t>
+          <t>1867.74 €</t>
         </is>
       </c>
       <c r="I294" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="295" ht="15" customHeight="1">
       <c r="A295" t="inlineStr">
         <is>
-          <t>AR16062</t>
+          <t>AR16067</t>
         </is>
       </c>
       <c r="B295" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C295" s="2" t="inlineStr">
         <is>
-          <t>LevelControl 2 BC1400DPEO040</t>
+          <t>LevelControl 2 BS2400SUEO140</t>
         </is>
       </c>
       <c r="D295" t="inlineStr">
         <is>
-          <t>Einzelpumpenschaltgeräte</t>
+          <t>Doppelpumpenschaltgeräte</t>
         </is>
       </c>
       <c r="E295" t="inlineStr">
         <is>
-          <t>1,5 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="F295" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G295" t="inlineStr">
         <is>
-          <t>12.00</t>
+          <t>52.00</t>
         </is>
       </c>
       <c r="H295" t="inlineStr">
         <is>
-          <t>798.77 €</t>
+          <t>3589.83 €</t>
         </is>
       </c>
       <c r="I295" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="296" ht="15" customHeight="1">
       <c r="A296" t="inlineStr">
         <is>
-          <t>AR16063</t>
+          <t>AR16068</t>
         </is>
       </c>
       <c r="B296" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C296" s="2" t="inlineStr">
         <is>
-          <t>LevelControl 2 BC1230DFNO100 1~230V (L1-N-PE)</t>
+          <t>LevelControl 2 BSx2230DFNA100 1~230V (L1-N-PE)</t>
         </is>
       </c>
       <c r="D296" t="inlineStr">
         <is>
-          <t>Einzelpumpenschaltgeräte</t>
+          <t>Doppelpumpenschaltgeräte</t>
         </is>
       </c>
       <c r="E296" t="inlineStr">
         <is>
           <t>4,0 kW</t>
         </is>
       </c>
       <c r="F296" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G296" t="inlineStr">
         <is>
-          <t>7.00</t>
+          <t>26.00</t>
         </is>
       </c>
       <c r="H296" t="inlineStr">
         <is>
-          <t>684.55 €</t>
+          <t>2121.89 €</t>
         </is>
       </c>
       <c r="I296" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="297" ht="15" customHeight="1">
       <c r="A297" t="inlineStr">
         <is>
-          <t>AR16064</t>
+          <t>AR16247</t>
         </is>
       </c>
       <c r="B297" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C297" s="2" t="inlineStr">
         <is>
-          <t>LevelControl 2 BC1230DFNO100 1~230V (L1-N-PE)</t>
+          <t>PumpDrive-II, 18,5kW, PDRV2_0018K50</t>
         </is>
       </c>
       <c r="D297" t="inlineStr">
         <is>
-          <t>Einzelpumpenschaltgeräte</t>
+          <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E297" t="inlineStr">
         <is>
-          <t>4,0 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="F297" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G297" t="inlineStr">
         <is>
-          <t>7.00</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H297" t="inlineStr">
         <is>
-          <t>684.55 €</t>
+          <t>3703.48 €</t>
         </is>
       </c>
       <c r="I297" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="298" ht="15" customHeight="1">
       <c r="A298" t="inlineStr">
         <is>
-          <t>AR16065</t>
+          <t>AR16545</t>
         </is>
       </c>
       <c r="B298" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C298" s="2" t="inlineStr">
         <is>
-          <t>LevelControl 2 BS2400SFNO630</t>
+          <t>PumpDrive-I 1,1kW, 5001K10 PD1</t>
         </is>
       </c>
       <c r="D298" t="inlineStr">
         <is>
-          <t>Doppelpumpenschaltgeräte</t>
+          <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E298" t="inlineStr">
         <is>
-          <t>30 kW</t>
+          <t>1,1 kW</t>
         </is>
       </c>
       <c r="F298" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G298" t="inlineStr">
         <is>
-          <t>55.00</t>
+          <t>9.00</t>
         </is>
       </c>
       <c r="H298" t="inlineStr">
         <is>
-          <t>5079.54 €</t>
+          <t>985.25 €</t>
         </is>
       </c>
       <c r="I298" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="299" ht="15" customHeight="1">
       <c r="A299" t="inlineStr">
         <is>
-          <t>AR16066</t>
+          <t>AR16550</t>
         </is>
       </c>
       <c r="B299" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C299" s="2" t="inlineStr">
         <is>
-          <t>LevelControl 2 BS1400SUNO140</t>
+          <t>PumpDrive-II, 18,5kW, PDRV2_0018K50</t>
         </is>
       </c>
       <c r="D299" t="inlineStr">
         <is>
-          <t>Einzelpumpenschaltgeräte</t>
+          <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E299" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="F299" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G299" t="inlineStr">
         <is>
-          <t>31.00</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H299" t="inlineStr">
         <is>
-          <t>1867.74 €</t>
+          <t>3703.48 €</t>
         </is>
       </c>
       <c r="I299" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="300" ht="15" customHeight="1">
       <c r="A300" t="inlineStr">
         <is>
-          <t>AR16067</t>
+          <t>AR16551</t>
         </is>
       </c>
       <c r="B300" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C300" s="2" t="inlineStr">
         <is>
-          <t>LevelControl 2 BS2400SUEO140</t>
+          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
         </is>
       </c>
       <c r="D300" t="inlineStr">
         <is>
-          <t>Doppelpumpenschaltgeräte</t>
+          <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E300" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="F300" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G300" t="inlineStr">
         <is>
-          <t>52.00</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H300" t="inlineStr">
         <is>
-          <t>3589.83 €</t>
+          <t>3116.06 €</t>
         </is>
       </c>
       <c r="I300" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="301" ht="15" customHeight="1">
       <c r="A301" t="inlineStr">
         <is>
-          <t>AR16068</t>
+          <t>AR16775</t>
         </is>
       </c>
       <c r="B301" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C301" s="2" t="inlineStr">
         <is>
-          <t>LevelControl 2 BSx2230DFNA100 1~230V (L1-N-PE)</t>
+          <t>PumpDrive-II, 2,2kW, PDRV2_002K20</t>
         </is>
       </c>
       <c r="D301" t="inlineStr">
         <is>
-          <t>Doppelpumpenschaltgeräte</t>
+          <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E301" t="inlineStr">
         <is>
-          <t>4,0 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="F301" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G301" t="inlineStr">
         <is>
-          <t>26.00</t>
+          <t>8.50</t>
         </is>
       </c>
       <c r="H301" t="inlineStr">
         <is>
-          <t>2121.89 €</t>
+          <t>1304.42 €</t>
         </is>
       </c>
       <c r="I301" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="302" ht="15" customHeight="1">
       <c r="A302" t="inlineStr">
         <is>
-          <t>AR16247</t>
+          <t>AR16943PD</t>
         </is>
       </c>
       <c r="B302" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C302" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 18,5kW, PDRV2_0018K50</t>
+          <t>PumpDrive-II Eco, 4kW, PDRV2E_004K00</t>
         </is>
       </c>
       <c r="D302" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E302" t="inlineStr">
         <is>
-          <t>18,5 kW</t>
+          <t>4 kW</t>
         </is>
       </c>
       <c r="F302" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G302" t="inlineStr">
         <is>
-          <t>58.00</t>
+          <t>7.50</t>
         </is>
       </c>
       <c r="H302" t="inlineStr">
         <is>
-          <t>3703.48 €</t>
+          <t>1393.18 €</t>
         </is>
       </c>
       <c r="I302" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="303" ht="15" customHeight="1">
       <c r="A303" t="inlineStr">
         <is>
-          <t>AR16253</t>
+          <t>AR16984</t>
         </is>
       </c>
       <c r="B303" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C303" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 1,5kW, PDRV2_001K50</t>
+          <t>PumpDrive-II Eco, 2,2kW, PDRV2E_002K20</t>
         </is>
       </c>
       <c r="D303" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E303" t="inlineStr">
         <is>
-          <t>1,5 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="F303" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: B3: gebraucht / werksüberholt</t>
         </is>
       </c>
       <c r="G303" t="inlineStr">
         <is>
-          <t>7.00</t>
+          <t>7.50</t>
         </is>
       </c>
       <c r="H303" t="inlineStr">
         <is>
-          <t>1267.47 €</t>
+          <t>859.41 €</t>
         </is>
       </c>
       <c r="I303" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="304" ht="15" customHeight="1">
       <c r="A304" t="inlineStr">
         <is>
-          <t>AR16539</t>
+          <t>AR16993</t>
         </is>
       </c>
       <c r="B304" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C304" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-I 1,5kW, 5001K50 PD1</t>
+          <t>PumpDrive-II, 4kW, PDRV2_004K00</t>
         </is>
       </c>
       <c r="D304" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E304" t="inlineStr">
         <is>
-          <t>1,5 kW</t>
+          <t>4 kW</t>
         </is>
       </c>
       <c r="F304" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G304" t="inlineStr">
         <is>
-          <t>9.00</t>
+          <t>8.50</t>
         </is>
       </c>
       <c r="H304" t="inlineStr">
         <is>
-          <t>1132.39 €</t>
+          <t>1415.86 €</t>
         </is>
       </c>
       <c r="I304" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="305" ht="15" customHeight="1">
       <c r="A305" t="inlineStr">
         <is>
-          <t>AR16545</t>
+          <t>AR16994</t>
         </is>
       </c>
       <c r="B305" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C305" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-I 1,1kW, 5001K10 PD1</t>
+          <t>PumpDrive-II, 30kW, PDRV2_030K00</t>
         </is>
       </c>
       <c r="D305" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E305" t="inlineStr">
         <is>
-          <t>1,1 kW</t>
+          <t>30 kW</t>
         </is>
       </c>
       <c r="F305" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G305" t="inlineStr">
         <is>
-          <t>9.00</t>
+          <t>48.00</t>
         </is>
       </c>
       <c r="H305" t="inlineStr">
         <is>
-          <t>985.25 €</t>
+          <t>4865.84 €</t>
         </is>
       </c>
       <c r="I305" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="306" ht="15" customHeight="1">
       <c r="A306" t="inlineStr">
         <is>
-          <t>AR16550</t>
+          <t>AR17092</t>
         </is>
       </c>
       <c r="B306" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C306" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 18,5kW, PDRV2_0018K50</t>
+          <t>PumpDrive-II Eco, 7,5kW, PDRV2E_007K50</t>
         </is>
       </c>
       <c r="D306" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E306" t="inlineStr">
         <is>
-          <t>18,5 kW</t>
+          <t>7,5 kW</t>
         </is>
       </c>
       <c r="F306" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G306" t="inlineStr">
         <is>
-          <t>58.00</t>
+          <t>11.50</t>
         </is>
       </c>
       <c r="H306" t="inlineStr">
         <is>
-          <t>3703.48 €</t>
+          <t>1539.52 €</t>
         </is>
       </c>
       <c r="I306" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="307" ht="15" customHeight="1">
       <c r="A307" t="inlineStr">
         <is>
-          <t>AR16551</t>
+          <t>AR17093</t>
         </is>
       </c>
       <c r="B307" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C307" s="2" t="inlineStr">
         <is>
           <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
         </is>
       </c>
       <c r="D307" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E307" t="inlineStr">
         <is>
           <t>15 kW</t>
         </is>
       </c>
       <c r="F307" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G307" t="inlineStr">
         <is>
           <t>58.00</t>
         </is>
       </c>
       <c r="H307" t="inlineStr">
         <is>
           <t>3116.06 €</t>
         </is>
       </c>
       <c r="I307" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="308" ht="15" customHeight="1">
       <c r="A308" t="inlineStr">
         <is>
-          <t>AR16775</t>
+          <t>AR17094</t>
         </is>
       </c>
       <c r="B308" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C308" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 2,2kW, PDRV2_002K20</t>
+          <t>PumpDrive-II, 4kW, PDRV2_004K00</t>
         </is>
       </c>
       <c r="D308" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E308" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>4 kW</t>
         </is>
       </c>
       <c r="F308" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G308" t="inlineStr">
         <is>
           <t>8.50</t>
         </is>
       </c>
       <c r="H308" t="inlineStr">
         <is>
-          <t>1304.42 €</t>
+          <t>1415.86 €</t>
         </is>
       </c>
       <c r="I308" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="309" ht="15" customHeight="1">
       <c r="A309" t="inlineStr">
         <is>
-          <t>AR16943PD</t>
+          <t>AR17099</t>
         </is>
       </c>
       <c r="B309" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C309" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 4kW, PDRV2E_004K00</t>
+          <t>PumpDrive-II Eco, 11kW, PDRV2E_011K00</t>
         </is>
       </c>
       <c r="D309" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E309" t="inlineStr">
         <is>
-          <t>4 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="F309" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B3: gebraucht / werksüberholt</t>
         </is>
       </c>
       <c r="G309" t="inlineStr">
         <is>
-          <t>7.50</t>
+          <t>11.50</t>
         </is>
       </c>
       <c r="H309" t="inlineStr">
         <is>
-          <t>1393.18 €</t>
+          <t>1848.65 €</t>
         </is>
       </c>
       <c r="I309" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="310" ht="15" customHeight="1">
       <c r="A310" t="inlineStr">
         <is>
-          <t>AR16984</t>
+          <t>AR17100</t>
         </is>
       </c>
       <c r="B310" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C310" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 2,2kW, PDRV2E_002K20</t>
+          <t>PumpDrive-II Eco, 11kW, PDRV2E_011K00</t>
         </is>
       </c>
       <c r="D310" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E310" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="F310" t="inlineStr">
         <is>
           <t>B1: B3: gebraucht / werksüberholt</t>
         </is>
       </c>
       <c r="G310" t="inlineStr">
         <is>
-          <t>7.50</t>
+          <t>11.50</t>
         </is>
       </c>
       <c r="H310" t="inlineStr">
         <is>
-          <t>859.41 €</t>
+          <t>1848.65 €</t>
         </is>
       </c>
       <c r="I310" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="311" ht="15" customHeight="1">
       <c r="A311" t="inlineStr">
         <is>
-          <t>AR16993</t>
+          <t>AR17105</t>
         </is>
       </c>
       <c r="B311" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C311" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 4kW, PDRV2_004K00</t>
+          <t>LevelControl 2 BC1400DUNA016</t>
         </is>
       </c>
       <c r="D311" t="inlineStr">
         <is>
-          <t>Frequenzumrichter</t>
+          <t>Doppelpumpenschaltgeräte</t>
         </is>
       </c>
       <c r="E311" t="inlineStr">
         <is>
-          <t>4 kW</t>
+          <t>4,0 kW</t>
         </is>
       </c>
       <c r="F311" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G311" t="inlineStr">
         <is>
-          <t>8.50</t>
+          <t>8.00</t>
         </is>
       </c>
       <c r="H311" t="inlineStr">
         <is>
-          <t>1415.86 €</t>
+          <t>667.12 €</t>
         </is>
       </c>
       <c r="I311" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="312" ht="15" customHeight="1">
       <c r="A312" t="inlineStr">
         <is>
-          <t>AR16994</t>
+          <t>AR17183</t>
         </is>
       </c>
       <c r="B312" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C312" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 30kW, PDRV2_030K00</t>
+          <t>PumpDrive-I 4kW, 5004K00 PD1</t>
         </is>
       </c>
       <c r="D312" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E312" t="inlineStr">
         <is>
-          <t>30 kW</t>
+          <t>4 kW</t>
         </is>
       </c>
       <c r="F312" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G312" t="inlineStr">
         <is>
-          <t>48.00</t>
+          <t>12.00</t>
         </is>
       </c>
       <c r="H312" t="inlineStr">
         <is>
-          <t>4865.84 €</t>
+          <t>1603.60 €</t>
         </is>
       </c>
       <c r="I312" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="313" ht="15" customHeight="1">
       <c r="A313" t="inlineStr">
         <is>
-          <t>AR17092</t>
+          <t>AR17184</t>
         </is>
       </c>
       <c r="B313" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C313" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 7,5kW, PDRV2E_007K50</t>
+          <t>PumpDrive-I 4kW, 5004K00 PD1</t>
         </is>
       </c>
       <c r="D313" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E313" t="inlineStr">
         <is>
-          <t>7,5 kW</t>
+          <t>4 kW</t>
         </is>
       </c>
       <c r="F313" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G313" t="inlineStr">
         <is>
-          <t>11.50</t>
+          <t>12.00</t>
         </is>
       </c>
       <c r="H313" t="inlineStr">
         <is>
-          <t>1539.52 €</t>
+          <t>1603.60 €</t>
         </is>
       </c>
       <c r="I313" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="314" ht="15" customHeight="1">
       <c r="A314" t="inlineStr">
         <is>
-          <t>AR17093</t>
+          <t>AR17218</t>
         </is>
       </c>
       <c r="B314" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C314" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
+          <t>PumpDrive-II, 18,5kW, PDRV2_0018K50</t>
         </is>
       </c>
       <c r="D314" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E314" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="F314" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G314" t="inlineStr">
         <is>
           <t>58.00</t>
         </is>
       </c>
       <c r="H314" t="inlineStr">
         <is>
-          <t>3116.06 €</t>
+          <t>4937.98 €</t>
         </is>
       </c>
       <c r="I314" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="315" ht="15" customHeight="1">
       <c r="A315" t="inlineStr">
         <is>
-          <t>AR17094</t>
+          <t>AR17321-01</t>
         </is>
       </c>
       <c r="B315" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C315" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 4kW, PDRV2_004K00</t>
+          <t>PumpDrive R KSB202 132K00C</t>
         </is>
       </c>
       <c r="D315" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E315" t="inlineStr">
         <is>
-          <t>4 kW</t>
+          <t>132 kW</t>
         </is>
       </c>
       <c r="F315" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G315" t="inlineStr">
         <is>
-          <t>8.50</t>
+          <t>84.00</t>
         </is>
       </c>
       <c r="H315" t="inlineStr">
         <is>
-          <t>1415.86 €</t>
+          <t>18037.48 €</t>
         </is>
       </c>
       <c r="I315" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="316" ht="15" customHeight="1">
       <c r="A316" t="inlineStr">
         <is>
-          <t>AR17099</t>
+          <t>AR17321-02</t>
         </is>
       </c>
       <c r="B316" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C316" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 11kW, PDRV2E_011K00</t>
+          <t>PumpDrive R KSB202 132K00C</t>
         </is>
       </c>
       <c r="D316" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E316" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>132 kW</t>
         </is>
       </c>
       <c r="F316" t="inlineStr">
         <is>
-          <t>B1: B3: gebraucht / werksüberholt</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G316" t="inlineStr">
         <is>
-          <t>11.50</t>
+          <t>84.00</t>
         </is>
       </c>
       <c r="H316" t="inlineStr">
         <is>
-          <t>1848.65 €</t>
+          <t>18037.48 €</t>
         </is>
       </c>
       <c r="I316" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="317" ht="15" customHeight="1">
       <c r="A317" t="inlineStr">
         <is>
-          <t>AR17100</t>
+          <t>AR17365</t>
         </is>
       </c>
       <c r="B317" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C317" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 11kW, PDRV2E_011K00</t>
+          <t>PumpDrive-II, 18,5kW, PDRV2_0018K50</t>
         </is>
       </c>
       <c r="D317" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E317" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="F317" t="inlineStr">
         <is>
-          <t>B1: B3: gebraucht / werksüberholt</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G317" t="inlineStr">
         <is>
-          <t>11.50</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H317" t="inlineStr">
         <is>
-          <t>1848.65 €</t>
+          <t>3703.48 €</t>
         </is>
       </c>
       <c r="I317" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="318" ht="15" customHeight="1">
       <c r="A318" t="inlineStr">
         <is>
-          <t>AR17105</t>
+          <t>AR17367</t>
         </is>
       </c>
       <c r="B318" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C318" s="2" t="inlineStr">
         <is>
-          <t>LevelControl 2 BC1400DUNA016</t>
+          <t>PumpDrive-II, 11kW, PDRV2_011K00</t>
         </is>
       </c>
       <c r="D318" t="inlineStr">
         <is>
-          <t>Doppelpumpenschaltgeräte</t>
+          <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E318" t="inlineStr">
         <is>
-          <t>9 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="F318" t="inlineStr">
         <is>
-          <t>B1: C: gebraucht / einsetzbar</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G318" t="inlineStr">
         <is>
-          <t>8.00</t>
+          <t>14.50</t>
         </is>
       </c>
       <c r="H318" t="inlineStr">
         <is>
-          <t>667.12 €</t>
+          <t>2157.79 €</t>
         </is>
       </c>
       <c r="I318" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="319" ht="15" customHeight="1">
       <c r="A319" t="inlineStr">
         <is>
-          <t>AR17183</t>
+          <t>AR17368</t>
         </is>
       </c>
       <c r="B319" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C319" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-I 4kW, 5004K00 PD1</t>
+          <t>PumpDrive-II, 11kW, PDRV2_011K00</t>
         </is>
       </c>
       <c r="D319" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E319" t="inlineStr">
         <is>
-          <t>4 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="F319" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G319" t="inlineStr">
         <is>
-          <t>12.00</t>
+          <t>14.50</t>
         </is>
       </c>
       <c r="H319" t="inlineStr">
         <is>
-          <t>1603.60 €</t>
+          <t>2157.79 €</t>
         </is>
       </c>
       <c r="I319" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="320" ht="15" customHeight="1">
       <c r="A320" t="inlineStr">
         <is>
-          <t>AR17184</t>
+          <t>AR17392-03</t>
         </is>
       </c>
       <c r="B320" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C320" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-I 4kW, 5004K00 PD1</t>
+          <t>LevelControl 2 BS2 400DPEQ100</t>
         </is>
       </c>
       <c r="D320" t="inlineStr">
         <is>
-          <t>Frequenzumrichter</t>
-[...6 lines deleted...]
-      </c>
+          <t>Einzelpumpenschaltgeräte</t>
+        </is>
+      </c>
+      <c r="E320" t="inlineStr"/>
       <c r="F320" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G320" t="inlineStr">
         <is>
-          <t>12.00</t>
+          <t>17.00</t>
         </is>
       </c>
       <c r="H320" t="inlineStr">
         <is>
-          <t>1603.60 €</t>
+          <t>2467.84 €</t>
         </is>
       </c>
       <c r="I320" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="321" ht="15" customHeight="1">
       <c r="A321" t="inlineStr">
         <is>
-          <t>AR17218</t>
+          <t>AR17393</t>
         </is>
       </c>
       <c r="B321" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C321" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 18,5kW, PDRV2_0018K50</t>
+          <t>LevelControl 2 BS2 400 SUNA 180</t>
         </is>
       </c>
       <c r="D321" t="inlineStr">
         <is>
-          <t>Frequenzumrichter</t>
-[...6 lines deleted...]
-      </c>
+          <t>Einzelpumpenschaltgeräte</t>
+        </is>
+      </c>
+      <c r="E321" t="inlineStr"/>
       <c r="F321" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G321" t="inlineStr">
         <is>
-          <t>58.00</t>
+          <t>25.00</t>
         </is>
       </c>
       <c r="H321" t="inlineStr">
         <is>
-          <t>4937.98 €</t>
+          <t>3257.41 €</t>
         </is>
       </c>
       <c r="I321" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="322" ht="15" customHeight="1">
       <c r="A322" t="inlineStr">
         <is>
-          <t>AR17321-01</t>
+          <t>AR17394-01</t>
         </is>
       </c>
       <c r="B322" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C322" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive R KSB202 132K00C</t>
+          <t>LevelControl Basic 2 BC1 400 DLEA 40</t>
         </is>
       </c>
       <c r="D322" t="inlineStr">
         <is>
-          <t>Frequenzumrichter</t>
-[...6 lines deleted...]
-      </c>
+          <t>Einzelpumpenschaltgeräte</t>
+        </is>
+      </c>
+      <c r="E322" t="inlineStr"/>
       <c r="F322" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G322" t="inlineStr">
         <is>
-          <t>84.00</t>
+          <t>25.00</t>
         </is>
       </c>
       <c r="H322" t="inlineStr">
         <is>
-          <t>18037.48 €</t>
+          <t>2064.96 €</t>
         </is>
       </c>
       <c r="I322" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="323" ht="15" customHeight="1">
       <c r="A323" t="inlineStr">
         <is>
-          <t>AR17321-02</t>
+          <t>AR17394-02</t>
         </is>
       </c>
       <c r="B323" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C323" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive R KSB202 132K00C</t>
+          <t>LevelControl Basic 2 BC1 400 DLEA 40</t>
         </is>
       </c>
       <c r="D323" t="inlineStr">
         <is>
-          <t>Frequenzumrichter</t>
-[...6 lines deleted...]
-      </c>
+          <t>Einzelpumpenschaltgeräte</t>
+        </is>
+      </c>
+      <c r="E323" t="inlineStr"/>
       <c r="F323" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G323" t="inlineStr">
         <is>
-          <t>84.00</t>
+          <t>25.00</t>
         </is>
       </c>
       <c r="H323" t="inlineStr">
         <is>
-          <t>18037.48 €</t>
+          <t>2064.96 €</t>
         </is>
       </c>
       <c r="I323" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="324" ht="15" customHeight="1">
       <c r="A324" t="inlineStr">
         <is>
-          <t>AR17365</t>
+          <t>AR17395</t>
         </is>
       </c>
       <c r="B324" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C324" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 18,5kW, PDRV2_0018K50</t>
+          <t>LevelControl 2 BS2 400 DFNO 100</t>
         </is>
       </c>
       <c r="D324" t="inlineStr">
         <is>
-          <t>Frequenzumrichter</t>
-[...6 lines deleted...]
-      </c>
+          <t>Einzelpumpenschaltgeräte</t>
+        </is>
+      </c>
+      <c r="E324" t="inlineStr"/>
       <c r="F324" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G324" t="inlineStr">
         <is>
-          <t>58.00</t>
+          <t>25.00</t>
         </is>
       </c>
       <c r="H324" t="inlineStr">
         <is>
-          <t>3703.48 €</t>
+          <t>1487.24 €</t>
         </is>
       </c>
       <c r="I324" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="325" ht="15" customHeight="1">
       <c r="A325" t="inlineStr">
         <is>
-          <t>AR17367</t>
+          <t>AR17397-01</t>
         </is>
       </c>
       <c r="B325" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C325" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 11kW, PDRV2_011K00</t>
+          <t>LevelControl 2 BS2 400 DVNA 063B0</t>
         </is>
       </c>
       <c r="D325" t="inlineStr">
         <is>
-          <t>Frequenzumrichter</t>
-[...6 lines deleted...]
-      </c>
+          <t>Einzelpumpenschaltgeräte</t>
+        </is>
+      </c>
+      <c r="E325" t="inlineStr"/>
       <c r="F325" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G325" t="inlineStr">
         <is>
-          <t>14.50</t>
+          <t>25.00</t>
         </is>
       </c>
       <c r="H325" t="inlineStr">
         <is>
-          <t>2157.79 €</t>
+          <t>818.78 €</t>
         </is>
       </c>
       <c r="I325" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="326" ht="15" customHeight="1">
       <c r="A326" t="inlineStr">
         <is>
-          <t>AR17368</t>
+          <t>AR17397-02</t>
         </is>
       </c>
       <c r="B326" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C326" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 11kW, PDRV2_011K00</t>
+          <t>LevelControl 2 BS2 400 DVNA 063B0</t>
         </is>
       </c>
       <c r="D326" t="inlineStr">
         <is>
-          <t>Frequenzumrichter</t>
-[...6 lines deleted...]
-      </c>
+          <t>Einzelpumpenschaltgeräte</t>
+        </is>
+      </c>
+      <c r="E326" t="inlineStr"/>
       <c r="F326" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G326" t="inlineStr">
         <is>
-          <t>14.50</t>
+          <t>25.00</t>
         </is>
       </c>
       <c r="H326" t="inlineStr">
         <is>
-          <t>2157.79 €</t>
+          <t>818.78 €</t>
         </is>
       </c>
       <c r="I326" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="327" ht="15" customHeight="1">
       <c r="A327" t="inlineStr">
         <is>
-          <t>AR17392-03</t>
+          <t>AR17397-03</t>
         </is>
       </c>
       <c r="B327" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C327" s="2" t="inlineStr">
         <is>
-          <t>LevelControl 2 BS2 400DPEQ100</t>
+          <t>LevelControl 2 BS2 400 DVNA 063B0</t>
         </is>
       </c>
       <c r="D327" t="inlineStr">
         <is>
           <t>Einzelpumpenschaltgeräte</t>
         </is>
       </c>
       <c r="E327" t="inlineStr"/>
       <c r="F327" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G327" t="inlineStr">
         <is>
-          <t>17.00</t>
+          <t>25.00</t>
         </is>
       </c>
       <c r="H327" t="inlineStr">
         <is>
-          <t>2467.84 €</t>
+          <t>818.78 €</t>
         </is>
       </c>
       <c r="I327" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="328" ht="15" customHeight="1">
       <c r="A328" t="inlineStr">
         <is>
-          <t>AR17393</t>
+          <t>AR17397-04</t>
         </is>
       </c>
       <c r="B328" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C328" s="2" t="inlineStr">
         <is>
-          <t>LevelControl 2 BS2 400 SUNA 180</t>
+          <t>LevelControl 2 BS2 400 DVNA 063B0</t>
         </is>
       </c>
       <c r="D328" t="inlineStr">
         <is>
           <t>Einzelpumpenschaltgeräte</t>
         </is>
       </c>
       <c r="E328" t="inlineStr"/>
       <c r="F328" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G328" t="inlineStr">
         <is>
           <t>25.00</t>
         </is>
       </c>
       <c r="H328" t="inlineStr">
         <is>
-          <t>3257.41 €</t>
+          <t>818.78 €</t>
         </is>
       </c>
       <c r="I328" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="329" ht="15" customHeight="1">
       <c r="A329" t="inlineStr">
         <is>
-          <t>AR17394-01</t>
+          <t>AR17397-05</t>
         </is>
       </c>
       <c r="B329" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C329" s="2" t="inlineStr">
         <is>
-          <t>LevelControl Basic 2 BC1 400 DLEA 40</t>
+          <t>LevelControl 2 BS2 400 DVNA 063B0</t>
         </is>
       </c>
       <c r="D329" t="inlineStr">
         <is>
           <t>Einzelpumpenschaltgeräte</t>
         </is>
       </c>
       <c r="E329" t="inlineStr"/>
       <c r="F329" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G329" t="inlineStr">
         <is>
           <t>25.00</t>
         </is>
       </c>
       <c r="H329" t="inlineStr">
         <is>
-          <t>2064.96 €</t>
+          <t>818.78 €</t>
         </is>
       </c>
       <c r="I329" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="330" ht="15" customHeight="1">
+    <row r="330" ht="30" customHeight="1">
       <c r="A330" t="inlineStr">
         <is>
-          <t>AR17394-02</t>
+          <t>AR17404</t>
         </is>
       </c>
       <c r="B330" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C330" s="2" t="inlineStr">
         <is>
-          <t>LevelControl Basic 2 BC1 400 DLEA 40</t>
-[...6 lines deleted...]
-      </c>
+          <t>Pumpstation CK 800E NS 50 - 1. Ex inkl. Zubehör, siehe Datenblatt</t>
+        </is>
+      </c>
+      <c r="D330" t="inlineStr"/>
       <c r="E330" t="inlineStr"/>
       <c r="F330" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G330" t="inlineStr">
         <is>
-          <t>25.00</t>
+          <t>226.00</t>
         </is>
       </c>
       <c r="H330" t="inlineStr">
         <is>
-          <t>2064.96 €</t>
+          <t>5362.27 €</t>
         </is>
       </c>
       <c r="I330" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="331" ht="15" customHeight="1">
       <c r="A331" t="inlineStr">
         <is>
-          <t>AR17395</t>
+          <t>AR17405</t>
         </is>
       </c>
       <c r="B331" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C331" s="2" t="inlineStr">
         <is>
-          <t>LevelControl 2 BS2 400 DFNO 100</t>
-[...6 lines deleted...]
-      </c>
+          <t>Freiluftsäule   FLS 1000X1000X420 MM</t>
+        </is>
+      </c>
+      <c r="D331" t="inlineStr"/>
       <c r="E331" t="inlineStr"/>
       <c r="F331" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G331" t="inlineStr">
         <is>
           <t>25.00</t>
         </is>
       </c>
       <c r="H331" t="inlineStr">
         <is>
-          <t>1487.24 €</t>
+          <t>2277.77 €</t>
         </is>
       </c>
       <c r="I331" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="332" ht="15" customHeight="1">
       <c r="A332" t="inlineStr">
         <is>
-          <t>AR17397-01</t>
+          <t>AR17418</t>
         </is>
       </c>
       <c r="B332" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C332" s="2" t="inlineStr">
         <is>
-          <t>LevelControl 2 BS2 400 DVNA 063B0</t>
+          <t>PumpDrive-II Eco, 4kW, PDRV2E_004K00</t>
         </is>
       </c>
       <c r="D332" t="inlineStr">
         <is>
-          <t>Einzelpumpenschaltgeräte</t>
-[...2 lines deleted...]
-      <c r="E332" t="inlineStr"/>
+          <t>Frequenzumrichter</t>
+        </is>
+      </c>
+      <c r="E332" t="inlineStr">
+        <is>
+          <t>4 kW</t>
+        </is>
+      </c>
       <c r="F332" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G332" t="inlineStr">
         <is>
-          <t>25.00</t>
+          <t>7.50</t>
         </is>
       </c>
       <c r="H332" t="inlineStr">
         <is>
-          <t>818.78 €</t>
+          <t>1393.18 €</t>
         </is>
       </c>
       <c r="I332" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="333" ht="15" customHeight="1">
       <c r="A333" t="inlineStr">
         <is>
-          <t>AR17397-02</t>
+          <t>AR17526</t>
         </is>
       </c>
       <c r="B333" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C333" s="2" t="inlineStr">
         <is>
-          <t>LevelControl 2 BS2 400 DVNA 063B0</t>
+          <t>LevelControl 2 BC2400DUNA040</t>
         </is>
       </c>
       <c r="D333" t="inlineStr">
         <is>
           <t>Einzelpumpenschaltgeräte</t>
         </is>
       </c>
       <c r="E333" t="inlineStr"/>
       <c r="F333" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G333" t="inlineStr">
         <is>
-          <t>25.00</t>
+          <t>7.00</t>
         </is>
       </c>
       <c r="H333" t="inlineStr">
         <is>
-          <t>818.78 €</t>
+          <t>835.21 €</t>
         </is>
       </c>
       <c r="I333" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="334" ht="15" customHeight="1">
       <c r="A334" t="inlineStr">
         <is>
-          <t>AR17397-03</t>
+          <t>AR17529</t>
         </is>
       </c>
       <c r="B334" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C334" s="2" t="inlineStr">
         <is>
-          <t>LevelControl 2 BS2 400 DVNA 063B0</t>
+          <t>PumpDrive-II, 1,5kW, PDRV2_001K50</t>
         </is>
       </c>
       <c r="D334" t="inlineStr">
         <is>
-          <t>Einzelpumpenschaltgeräte</t>
-[...2 lines deleted...]
-      <c r="E334" t="inlineStr"/>
+          <t>Frequenzumrichter</t>
+        </is>
+      </c>
+      <c r="E334" t="inlineStr">
+        <is>
+          <t>1,5 kW</t>
+        </is>
+      </c>
       <c r="F334" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G334" t="inlineStr">
         <is>
-          <t>25.00</t>
+          <t>7.00</t>
         </is>
       </c>
       <c r="H334" t="inlineStr">
         <is>
-          <t>818.78 €</t>
+          <t>1267.47 €</t>
         </is>
       </c>
       <c r="I334" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="335" ht="15" customHeight="1">
       <c r="A335" t="inlineStr">
         <is>
-          <t>AR17397-04</t>
+          <t>AR17530</t>
         </is>
       </c>
       <c r="B335" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C335" s="2" t="inlineStr">
         <is>
-          <t>LevelControl 2 BS2 400 DVNA 063B0</t>
+          <t>PumpDrive-II, 30kW, PDRV2_030K00</t>
         </is>
       </c>
       <c r="D335" t="inlineStr">
         <is>
-          <t>Einzelpumpenschaltgeräte</t>
-[...2 lines deleted...]
-      <c r="E335" t="inlineStr"/>
+          <t>Frequenzumrichter</t>
+        </is>
+      </c>
+      <c r="E335" t="inlineStr">
+        <is>
+          <t>30 kW</t>
+        </is>
+      </c>
       <c r="F335" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G335" t="inlineStr">
         <is>
-          <t>25.00</t>
+          <t>48.00</t>
         </is>
       </c>
       <c r="H335" t="inlineStr">
         <is>
-          <t>818.78 €</t>
+          <t>4865.84 €</t>
         </is>
       </c>
       <c r="I335" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="336" ht="15" customHeight="1">
       <c r="A336" t="inlineStr">
         <is>
-          <t>AR17397-05</t>
+          <t>AR17531</t>
         </is>
       </c>
       <c r="B336" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C336" s="2" t="inlineStr">
         <is>
-          <t>LevelControl 2 BS2 400 DVNA 063B0</t>
+          <t>PumpDrive-II, 30kW, PDRV2_030K00</t>
         </is>
       </c>
       <c r="D336" t="inlineStr">
         <is>
-          <t>Einzelpumpenschaltgeräte</t>
-[...2 lines deleted...]
-      <c r="E336" t="inlineStr"/>
+          <t>Frequenzumrichter</t>
+        </is>
+      </c>
+      <c r="E336" t="inlineStr">
+        <is>
+          <t>30 kW</t>
+        </is>
+      </c>
       <c r="F336" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G336" t="inlineStr">
         <is>
-          <t>25.00</t>
+          <t>48.00</t>
         </is>
       </c>
       <c r="H336" t="inlineStr">
         <is>
-          <t>818.78 €</t>
+          <t>4865.84 €</t>
         </is>
       </c>
       <c r="I336" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="337" ht="30" customHeight="1">
+    <row r="337" ht="15" customHeight="1">
       <c r="A337" t="inlineStr">
         <is>
-          <t>AR17404</t>
+          <t>AR17532</t>
         </is>
       </c>
       <c r="B337" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C337" s="2" t="inlineStr">
         <is>
-          <t>Pumpstation CK 800E NS 50 - 1. Ex inkl. Zubehör, siehe Datenblatt</t>
-[...3 lines deleted...]
-      <c r="E337" t="inlineStr"/>
+          <t>PumpDrive-II, 11kW, PDRV2_011K00</t>
+        </is>
+      </c>
+      <c r="D337" t="inlineStr">
+        <is>
+          <t>Frequenzumrichter</t>
+        </is>
+      </c>
+      <c r="E337" t="inlineStr">
+        <is>
+          <t>11 kW</t>
+        </is>
+      </c>
       <c r="F337" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G337" t="inlineStr">
         <is>
-          <t>226.00</t>
+          <t>14.50</t>
         </is>
       </c>
       <c r="H337" t="inlineStr">
         <is>
-          <t>5362.27 €</t>
+          <t>2157.79 €</t>
         </is>
       </c>
       <c r="I337" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="338" ht="15" customHeight="1">
       <c r="A338" t="inlineStr">
         <is>
-          <t>AR17405</t>
+          <t>AR17533</t>
         </is>
       </c>
       <c r="B338" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C338" s="2" t="inlineStr">
         <is>
-          <t>Freiluftsäule   FLS 1000X1000X420 MM</t>
-[...3 lines deleted...]
-      <c r="E338" t="inlineStr"/>
+          <t>PumpDrive-II Eco, 5,5kW, PDRV2E_005K50</t>
+        </is>
+      </c>
+      <c r="D338" t="inlineStr">
+        <is>
+          <t>Frequenzumrichter</t>
+        </is>
+      </c>
+      <c r="E338" t="inlineStr">
+        <is>
+          <t>5,5 kW</t>
+        </is>
+      </c>
       <c r="F338" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G338" t="inlineStr">
         <is>
-          <t>25.00</t>
+          <t>11.50</t>
         </is>
       </c>
       <c r="H338" t="inlineStr">
         <is>
-          <t>2277.77 €</t>
+          <t>1294.63 €</t>
         </is>
       </c>
       <c r="I338" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="339" ht="15" customHeight="1">
       <c r="A339" t="inlineStr">
         <is>
-          <t>AR17418</t>
+          <t>AR17713</t>
         </is>
       </c>
       <c r="B339" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C339" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 4kW, PDRV2E_004K00</t>
+          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
         </is>
       </c>
       <c r="D339" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E339" t="inlineStr">
         <is>
-          <t>4 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="F339" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G339" t="inlineStr">
         <is>
-          <t>7.50</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H339" t="inlineStr">
         <is>
-          <t>1393.18 €</t>
+          <t>3116.06 €</t>
         </is>
       </c>
       <c r="I339" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="340" ht="15" customHeight="1">
       <c r="A340" t="inlineStr">
         <is>
-          <t>AR17526</t>
+          <t>AR17716</t>
         </is>
       </c>
       <c r="B340" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C340" s="2" t="inlineStr">
         <is>
-          <t>LevelControl 2 BC2400DUNA040</t>
+          <t>PumpDrive-II, 15kW, PDRV2_R015K00</t>
         </is>
       </c>
       <c r="D340" t="inlineStr">
         <is>
-          <t>Einzelpumpenschaltgeräte</t>
-[...2 lines deleted...]
-      <c r="E340" t="inlineStr"/>
+          <t>Frequenzumrichter</t>
+        </is>
+      </c>
+      <c r="E340" t="inlineStr">
+        <is>
+          <t>15 kW</t>
+        </is>
+      </c>
       <c r="F340" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G340" t="inlineStr">
         <is>
-          <t>7.00</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H340" t="inlineStr">
         <is>
-          <t>835.21 €</t>
+          <t>3116.06 €</t>
         </is>
       </c>
       <c r="I340" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="341" ht="15" customHeight="1">
       <c r="A341" t="inlineStr">
         <is>
-          <t>AR17529</t>
+          <t>AR17717</t>
         </is>
       </c>
       <c r="B341" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C341" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 1,5kW, PDRV2_001K50</t>
+          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
         </is>
       </c>
       <c r="D341" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E341" t="inlineStr">
         <is>
-          <t>1,5 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="F341" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G341" t="inlineStr">
         <is>
-          <t>7.00</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H341" t="inlineStr">
         <is>
-          <t>1267.47 €</t>
+          <t>3116.06 €</t>
         </is>
       </c>
       <c r="I341" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="342" ht="15" customHeight="1">
       <c r="A342" t="inlineStr">
         <is>
-          <t>AR17530</t>
+          <t>AR17718</t>
         </is>
       </c>
       <c r="B342" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C342" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 30kW, PDRV2_030K00</t>
+          <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
         </is>
       </c>
       <c r="D342" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E342" t="inlineStr">
         <is>
-          <t>30 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="F342" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G342" t="inlineStr">
         <is>
-          <t>48.00</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H342" t="inlineStr">
         <is>
-          <t>4865.84 €</t>
+          <t>3703.48 €</t>
         </is>
       </c>
       <c r="I342" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="343" ht="15" customHeight="1">
       <c r="A343" t="inlineStr">
         <is>
-          <t>AR17531</t>
+          <t>AR17719</t>
         </is>
       </c>
       <c r="B343" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C343" s="2" t="inlineStr">
         <is>
           <t>PumpDrive-II, 30kW, PDRV2_030K00</t>
         </is>
       </c>
       <c r="D343" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E343" t="inlineStr">
         <is>
           <t>30 kW</t>
         </is>
       </c>
       <c r="F343" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G343" t="inlineStr">
         <is>
           <t>48.00</t>
         </is>
       </c>
       <c r="H343" t="inlineStr">
         <is>
           <t>4865.84 €</t>
         </is>
       </c>
       <c r="I343" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="344" ht="15" customHeight="1">
       <c r="A344" t="inlineStr">
         <is>
-          <t>AR17532</t>
+          <t>AR17722</t>
         </is>
       </c>
       <c r="B344" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C344" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 11kW, PDRV2_011K00</t>
+          <t>PumpDrive-II, 3kW, PDRV2_R003K00</t>
         </is>
       </c>
       <c r="D344" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E344" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>3 kW</t>
         </is>
       </c>
       <c r="F344" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G344" t="inlineStr">
         <is>
-          <t>14.50</t>
+          <t>8.50</t>
         </is>
       </c>
       <c r="H344" t="inlineStr">
         <is>
-          <t>2157.79 €</t>
+          <t>1363.30 €</t>
         </is>
       </c>
       <c r="I344" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="345" ht="15" customHeight="1">
       <c r="A345" t="inlineStr">
         <is>
-          <t>AR17533</t>
+          <t>AR17723</t>
         </is>
       </c>
       <c r="B345" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C345" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 5,5kW, PDRV2E_005K50</t>
+          <t>PumpDrive-II, 18,5kW, PDRV2_0018K50</t>
         </is>
       </c>
       <c r="D345" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E345" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="F345" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G345" t="inlineStr">
         <is>
-          <t>11.50</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H345" t="inlineStr">
         <is>
-          <t>1294.63 €</t>
+          <t>3703.48 €</t>
         </is>
       </c>
       <c r="I345" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="346" ht="15" customHeight="1">
       <c r="A346" t="inlineStr">
         <is>
-          <t>AR17713</t>
+          <t>AR17749</t>
         </is>
       </c>
       <c r="B346" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C346" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
+          <t>PumpDrive-R, 18,5 kW, KSB202 018K50C IP20</t>
         </is>
       </c>
       <c r="D346" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E346" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="F346" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G346" t="inlineStr">
         <is>
-          <t>58.00</t>
+          <t>12.00</t>
         </is>
       </c>
       <c r="H346" t="inlineStr">
         <is>
-          <t>3116.06 €</t>
+          <t>3737.71 €</t>
         </is>
       </c>
       <c r="I346" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="347" ht="15" customHeight="1">
       <c r="A347" t="inlineStr">
         <is>
-          <t>AR17716</t>
+          <t>AR17750</t>
         </is>
       </c>
       <c r="B347" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C347" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 15kW, PDRV2_R015K00</t>
+          <t>PumpDrive-R, 18,5 kW, KSB202 018K50C IP20</t>
         </is>
       </c>
       <c r="D347" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E347" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="F347" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G347" t="inlineStr">
         <is>
-          <t>58.00</t>
+          <t>12.00</t>
         </is>
       </c>
       <c r="H347" t="inlineStr">
         <is>
-          <t>3116.06 €</t>
+          <t>3737.71 €</t>
         </is>
       </c>
       <c r="I347" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="348" ht="15" customHeight="1">
       <c r="A348" t="inlineStr">
         <is>
-          <t>AR17717</t>
+          <t>AR17751</t>
         </is>
       </c>
       <c r="B348" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C348" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
+          <t>PumpDrive-R, 3kW, KSB202 003K00C IP20</t>
         </is>
       </c>
       <c r="D348" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E348" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>3 kW</t>
         </is>
       </c>
       <c r="F348" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G348" t="inlineStr">
         <is>
-          <t>58.00</t>
+          <t>6.50</t>
         </is>
       </c>
       <c r="H348" t="inlineStr">
         <is>
-          <t>3116.06 €</t>
+          <t>1552.11 €</t>
         </is>
       </c>
       <c r="I348" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="349" ht="15" customHeight="1">
       <c r="A349" t="inlineStr">
         <is>
-          <t>AR17718</t>
+          <t>AR17753</t>
         </is>
       </c>
       <c r="B349" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C349" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
+          <t>PumpDrive-R, 11 kW, KSB202 011K00C IP20</t>
         </is>
       </c>
       <c r="D349" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E349" t="inlineStr">
         <is>
-          <t>18,5 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="F349" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G349" t="inlineStr">
         <is>
-          <t>58.00</t>
+          <t>12.00</t>
         </is>
       </c>
       <c r="H349" t="inlineStr">
         <is>
-          <t>3703.48 €</t>
+          <t>3133.70 €</t>
         </is>
       </c>
       <c r="I349" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="350" ht="15" customHeight="1">
       <c r="A350" t="inlineStr">
         <is>
-          <t>AR17719</t>
+          <t>AR17809</t>
         </is>
       </c>
       <c r="B350" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C350" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 30kW, PDRV2_030K00</t>
+          <t>PumpDrive-II, 30kW, PDRV2_R030K00</t>
         </is>
       </c>
       <c r="D350" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E350" t="inlineStr">
         <is>
           <t>30 kW</t>
         </is>
       </c>
       <c r="F350" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G350" t="inlineStr">
         <is>
           <t>48.00</t>
         </is>
       </c>
       <c r="H350" t="inlineStr">
         <is>
           <t>4865.84 €</t>
         </is>
       </c>
       <c r="I350" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="351" ht="15" customHeight="1">
       <c r="A351" t="inlineStr">
         <is>
-          <t>AR17722</t>
+          <t>AR17810</t>
         </is>
       </c>
       <c r="B351" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C351" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 3kW, PDRV2_R003K00</t>
+          <t>PumpDrive-II MyFlow, 11kW, PDRV2I_011K00</t>
         </is>
       </c>
       <c r="D351" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E351" t="inlineStr">
         <is>
-          <t>3 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="F351" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G351" t="inlineStr">
         <is>
-          <t>8.50</t>
+          <t>12.00</t>
         </is>
       </c>
       <c r="H351" t="inlineStr">
         <is>
-          <t>1363.30 €</t>
+          <t>1902.48 €</t>
         </is>
       </c>
       <c r="I351" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="352" ht="15" customHeight="1">
       <c r="A352" t="inlineStr">
         <is>
-          <t>AR17723</t>
+          <t>AR17811</t>
         </is>
       </c>
       <c r="B352" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C352" s="2" t="inlineStr">
         <is>
           <t>PumpDrive-II, 18,5kW, PDRV2_0018K50</t>
         </is>
       </c>
       <c r="D352" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E352" t="inlineStr">
         <is>
           <t>18,5 kW</t>
         </is>
       </c>
       <c r="F352" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G352" t="inlineStr">
         <is>
           <t>58.00</t>
         </is>
       </c>
       <c r="H352" t="inlineStr">
         <is>
           <t>3703.48 €</t>
         </is>
       </c>
       <c r="I352" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="353" ht="15" customHeight="1">
       <c r="A353" t="inlineStr">
         <is>
-          <t>AR17749</t>
+          <t>AR17812</t>
         </is>
       </c>
       <c r="B353" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C353" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-R, 18,5 kW, KSB202 018K50C IP20</t>
+          <t>PumpDrive-II Eco, 5,5kW, PDRV2E_005K50</t>
         </is>
       </c>
       <c r="D353" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E353" t="inlineStr">
         <is>
-          <t>18,5 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="F353" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G353" t="inlineStr">
         <is>
-          <t>12.00</t>
+          <t>11.50</t>
         </is>
       </c>
       <c r="H353" t="inlineStr">
         <is>
-          <t>3737.71 €</t>
+          <t>1294.63 €</t>
         </is>
       </c>
       <c r="I353" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="354" ht="15" customHeight="1">
       <c r="A354" t="inlineStr">
         <is>
-          <t>AR17750</t>
+          <t>AR17827</t>
         </is>
       </c>
       <c r="B354" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C354" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-R, 18,5 kW, KSB202 018K50C IP20</t>
+          <t>PumpDrive-R, 37 kW, PDRVR_037K00, IP55</t>
         </is>
       </c>
       <c r="D354" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E354" t="inlineStr">
         <is>
-          <t>18,5 kW</t>
+          <t>37 kW</t>
         </is>
       </c>
       <c r="F354" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G354" t="inlineStr">
         <is>
-          <t>12.00</t>
+          <t>56.00</t>
         </is>
       </c>
       <c r="H354" t="inlineStr">
         <is>
-          <t>3737.71 €</t>
-[...6 lines deleted...]
-      </c>
+          <t>7886.42 €</t>
+        </is>
+      </c>
+      <c r="I354" t="inlineStr"/>
     </row>
     <row r="355" ht="15" customHeight="1">
       <c r="A355" t="inlineStr">
         <is>
-          <t>AR17751</t>
+          <t>AR17828</t>
         </is>
       </c>
       <c r="B355" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C355" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-R, 3kW, KSB202 003K00C IP20</t>
+          <t>LevelControl 2 BC2230DFNM0630FR</t>
         </is>
       </c>
       <c r="D355" t="inlineStr">
         <is>
-          <t>Frequenzumrichter</t>
+          <t>Doppelpumpenschaltgeräte</t>
         </is>
       </c>
       <c r="E355" t="inlineStr">
         <is>
-          <t>3 kW</t>
+          <t>2,5 kW</t>
         </is>
       </c>
       <c r="F355" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G355" t="inlineStr">
         <is>
-          <t>6.50</t>
+          <t>7.00</t>
         </is>
       </c>
       <c r="H355" t="inlineStr">
         <is>
-          <t>1552.11 €</t>
+          <t>1041.88 €</t>
         </is>
       </c>
       <c r="I355" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="356" ht="15" customHeight="1">
       <c r="A356" t="inlineStr">
         <is>
-          <t>AR17753</t>
+          <t>AR17850</t>
         </is>
       </c>
       <c r="B356" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C356" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-R, 11 kW, KSB202 011K00C IP20</t>
+          <t>PumpDrive-II, 11kW, PDRV2_011K00</t>
         </is>
       </c>
       <c r="D356" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E356" t="inlineStr">
         <is>
           <t>11 kW</t>
         </is>
       </c>
       <c r="F356" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G356" t="inlineStr">
         <is>
-          <t>12.00</t>
+          <t>14.50</t>
         </is>
       </c>
       <c r="H356" t="inlineStr">
         <is>
-          <t>3133.70 €</t>
+          <t>2157.79 €</t>
         </is>
       </c>
       <c r="I356" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="357" ht="15" customHeight="1">
       <c r="A357" t="inlineStr">
         <is>
-          <t>AR17809</t>
+          <t>AR17851</t>
         </is>
       </c>
       <c r="B357" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C357" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 30kW, PDRV2_R030K00</t>
+          <t>LevelControl 2 BC2230DFNO100</t>
         </is>
       </c>
       <c r="D357" t="inlineStr">
         <is>
-          <t>Frequenzumrichter</t>
-[...6 lines deleted...]
-      </c>
+          <t>Doppelpumpenschaltgeräte</t>
+        </is>
+      </c>
+      <c r="E357" t="inlineStr"/>
       <c r="F357" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G357" t="inlineStr">
         <is>
-          <t>48.00</t>
+          <t>5.00</t>
         </is>
       </c>
       <c r="H357" t="inlineStr">
         <is>
-          <t>4865.84 €</t>
-[...6 lines deleted...]
-      </c>
+          <t>889.24 €</t>
+        </is>
+      </c>
+      <c r="I357" t="inlineStr"/>
     </row>
     <row r="358" ht="15" customHeight="1">
       <c r="A358" t="inlineStr">
         <is>
-          <t>AR17810</t>
+          <t>AR17887-02</t>
         </is>
       </c>
       <c r="B358" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C358" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II MyFlow, 11kW, PDRV2I_011K00</t>
+          <t>LevelControl BASIC 2 BC1400DUNO063</t>
         </is>
       </c>
       <c r="D358" t="inlineStr">
         <is>
-          <t>Frequenzumrichter</t>
+          <t>Einzelpumpenschaltgeräte</t>
         </is>
       </c>
       <c r="E358" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="F358" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G358" t="inlineStr">
         <is>
-          <t>12.00</t>
+          <t>25.00</t>
         </is>
       </c>
       <c r="H358" t="inlineStr">
         <is>
-          <t>1902.48 €</t>
+          <t>516.59 €</t>
         </is>
       </c>
       <c r="I358" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="359" ht="15" customHeight="1">
       <c r="A359" t="inlineStr">
         <is>
-          <t>AR17811</t>
+          <t>AR17887-03</t>
         </is>
       </c>
       <c r="B359" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C359" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 18,5kW, PDRV2_0018K50</t>
+          <t>LevelControl BASIC 2 BC1400DUNO063</t>
         </is>
       </c>
       <c r="D359" t="inlineStr">
         <is>
-          <t>Frequenzumrichter</t>
+          <t>Einzelpumpenschaltgeräte</t>
         </is>
       </c>
       <c r="E359" t="inlineStr">
         <is>
-          <t>18,5 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="F359" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G359" t="inlineStr">
         <is>
-          <t>58.00</t>
+          <t>25.00</t>
         </is>
       </c>
       <c r="H359" t="inlineStr">
         <is>
-          <t>3703.48 €</t>
+          <t>516.59 €</t>
         </is>
       </c>
       <c r="I359" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="360" ht="15" customHeight="1">
       <c r="A360" t="inlineStr">
         <is>
-          <t>AR17812</t>
+          <t>AR17919</t>
         </is>
       </c>
       <c r="B360" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C360" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 5,5kW, PDRV2E_005K50</t>
+          <t>PumpDrive-II, 37kW, PDRV2_037K00</t>
         </is>
       </c>
       <c r="D360" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E360" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>37 kW</t>
         </is>
       </c>
       <c r="F360" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G360" t="inlineStr">
         <is>
-          <t>11.50</t>
+          <t>82.00</t>
         </is>
       </c>
       <c r="H360" t="inlineStr">
         <is>
-          <t>1294.63 €</t>
+          <t>5817.99 €</t>
         </is>
       </c>
       <c r="I360" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="361" ht="15" customHeight="1">
       <c r="A361" t="inlineStr">
         <is>
-          <t>AR17827</t>
+          <t>AR17993</t>
         </is>
       </c>
       <c r="B361" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C361" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-R, 37 kW, PDRVR_037K00, IP55</t>
+          <t>PumpDrive-II, 1,5kW, PDRV2_001K50</t>
         </is>
       </c>
       <c r="D361" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E361" t="inlineStr">
         <is>
-          <t>37 kW</t>
+          <t>1,5 kW</t>
         </is>
       </c>
       <c r="F361" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G361" t="inlineStr">
         <is>
-          <t>56.00</t>
+          <t>7.00</t>
         </is>
       </c>
       <c r="H361" t="inlineStr">
         <is>
-          <t>7886.42 €</t>
-[...2 lines deleted...]
-      <c r="I361" t="inlineStr"/>
+          <t>1267.47 €</t>
+        </is>
+      </c>
+      <c r="I361" t="inlineStr">
+        <is>
+          <t>ABResale</t>
+        </is>
+      </c>
     </row>
     <row r="362" ht="15" customHeight="1">
       <c r="A362" t="inlineStr">
         <is>
-          <t>AR17828</t>
+          <t>AR17996</t>
         </is>
       </c>
       <c r="B362" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C362" s="2" t="inlineStr">
         <is>
-          <t>LevelControl 2 BC2230DFNM0630FR</t>
+          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
         </is>
       </c>
       <c r="D362" t="inlineStr">
         <is>
-          <t>Doppelpumpenschaltgeräte</t>
+          <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E362" t="inlineStr">
         <is>
-          <t>2,5 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="F362" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G362" t="inlineStr">
         <is>
-          <t>7.00</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H362" t="inlineStr">
         <is>
-          <t>1041.88 €</t>
+          <t>3116.06 €</t>
         </is>
       </c>
       <c r="I362" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="363" ht="15" customHeight="1">
       <c r="A363" t="inlineStr">
         <is>
-          <t>AR17850</t>
+          <t>AR18015</t>
         </is>
       </c>
       <c r="B363" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C363" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 11kW, PDRV2_011K00</t>
+          <t>Levelcontrol 2 BC1400DFNO100</t>
         </is>
       </c>
       <c r="D363" t="inlineStr">
         <is>
-          <t>Frequenzumrichter</t>
+          <t>Einzelpumpenschaltgeräte</t>
         </is>
       </c>
       <c r="E363" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>4,0 kW</t>
         </is>
       </c>
       <c r="F363" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G363" t="inlineStr">
         <is>
-          <t>14.50</t>
+          <t>5.00</t>
         </is>
       </c>
       <c r="H363" t="inlineStr">
         <is>
-          <t>2157.79 €</t>
+          <t>543.79 €</t>
         </is>
       </c>
       <c r="I363" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="364" ht="15" customHeight="1">
       <c r="A364" t="inlineStr">
         <is>
-          <t>AR17851</t>
+          <t>AR18015-01</t>
         </is>
       </c>
       <c r="B364" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C364" s="2" t="inlineStr">
         <is>
-          <t>LevelControl 2 BC2230DFNO100</t>
+          <t>Levelcontrol 2 BC1400DFNO100</t>
         </is>
       </c>
       <c r="D364" t="inlineStr">
         <is>
-          <t>Doppelpumpenschaltgeräte</t>
-[...2 lines deleted...]
-      <c r="E364" t="inlineStr"/>
+          <t>Einzelpumpenschaltgeräte</t>
+        </is>
+      </c>
+      <c r="E364" t="inlineStr">
+        <is>
+          <t>4,0 kW</t>
+        </is>
+      </c>
       <c r="F364" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G364" t="inlineStr">
         <is>
           <t>5.00</t>
         </is>
       </c>
       <c r="H364" t="inlineStr">
         <is>
-          <t>889.24 €</t>
-[...2 lines deleted...]
-      <c r="I364" t="inlineStr"/>
+          <t>543.79 €</t>
+        </is>
+      </c>
+      <c r="I364" t="inlineStr">
+        <is>
+          <t>ABResale</t>
+        </is>
+      </c>
     </row>
     <row r="365" ht="15" customHeight="1">
       <c r="A365" t="inlineStr">
         <is>
-          <t>AR17887-02</t>
+          <t>AR18015-02</t>
         </is>
       </c>
       <c r="B365" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C365" s="2" t="inlineStr">
         <is>
-          <t>LevelControl BASIC 2 BC1400DUNO063</t>
+          <t>Levelcontrol 2 BC1400DFNO100</t>
         </is>
       </c>
       <c r="D365" t="inlineStr">
         <is>
           <t>Einzelpumpenschaltgeräte</t>
         </is>
       </c>
       <c r="E365" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>4,0 kW</t>
         </is>
       </c>
       <c r="F365" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G365" t="inlineStr">
         <is>
-          <t>25.00</t>
+          <t>5.00</t>
         </is>
       </c>
       <c r="H365" t="inlineStr">
         <is>
-          <t>516.59 €</t>
+          <t>543.79 €</t>
         </is>
       </c>
       <c r="I365" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="366" ht="15" customHeight="1">
       <c r="A366" t="inlineStr">
         <is>
-          <t>AR17887-03</t>
+          <t>AR18037</t>
         </is>
       </c>
       <c r="B366" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C366" s="2" t="inlineStr">
         <is>
-          <t>LevelControl BASIC 2 BC1400DUNO063</t>
+          <t>PumpDrive-II, 37kW, PDRV2_037K00</t>
         </is>
       </c>
       <c r="D366" t="inlineStr">
         <is>
-          <t>Einzelpumpenschaltgeräte</t>
+          <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E366" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>37 kW</t>
         </is>
       </c>
       <c r="F366" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G366" t="inlineStr">
         <is>
-          <t>25.00</t>
+          <t>82.00</t>
         </is>
       </c>
       <c r="H366" t="inlineStr">
         <is>
-          <t>516.59 €</t>
+          <t>5817.99 €</t>
         </is>
       </c>
       <c r="I366" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="367" ht="15" customHeight="1">
       <c r="A367" t="inlineStr">
         <is>
-          <t>AR17919</t>
+          <t>AR18048-01</t>
         </is>
       </c>
       <c r="B367" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C367" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 37kW, PDRV2_037K00</t>
+          <t>PumpDrive-II, 0,55kW, PDRV2_000k55 inkl. M12 Modul</t>
         </is>
       </c>
       <c r="D367" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E367" t="inlineStr">
         <is>
-          <t>37 kW</t>
+          <t>0,55 kW</t>
         </is>
       </c>
       <c r="F367" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G367" t="inlineStr">
         <is>
-          <t>82.00</t>
+          <t>7.00</t>
         </is>
       </c>
       <c r="H367" t="inlineStr">
         <is>
-          <t>5817.99 €</t>
+          <t>1931.08 €</t>
         </is>
       </c>
       <c r="I367" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="368" ht="15" customHeight="1">
       <c r="A368" t="inlineStr">
         <is>
-          <t>AR17922</t>
+          <t>AR18048-02</t>
         </is>
       </c>
       <c r="B368" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C368" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 37kW, PDRV2_037K00</t>
+          <t>PumpDrive-II, 0,55kW, PDRV2_000k55 inkl. M12 Modul</t>
         </is>
       </c>
       <c r="D368" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E368" t="inlineStr">
         <is>
-          <t>37 kW</t>
+          <t>0,55 kW</t>
         </is>
       </c>
       <c r="F368" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G368" t="inlineStr">
         <is>
-          <t>82.00</t>
+          <t>7.00</t>
         </is>
       </c>
       <c r="H368" t="inlineStr">
         <is>
-          <t>7757.32 €</t>
+          <t>1931.08 €</t>
         </is>
       </c>
       <c r="I368" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="369" ht="15" customHeight="1">
       <c r="A369" t="inlineStr">
         <is>
-          <t>AR17993</t>
+          <t>AR18091</t>
         </is>
       </c>
       <c r="B369" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C369" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 1,5kW, PDRV2_001K50</t>
+          <t>PumpDrive-II, 11kW, PDRV2_011K00</t>
         </is>
       </c>
       <c r="D369" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E369" t="inlineStr">
         <is>
-          <t>1,5 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="F369" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G369" t="inlineStr">
         <is>
-          <t>7.00</t>
+          <t>14.50</t>
         </is>
       </c>
       <c r="H369" t="inlineStr">
         <is>
-          <t>1267.47 €</t>
+          <t>2157.79 €</t>
         </is>
       </c>
       <c r="I369" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="370" ht="15" customHeight="1">
       <c r="A370" t="inlineStr">
         <is>
-          <t>AR17996</t>
+          <t>AR18092</t>
         </is>
       </c>
       <c r="B370" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C370" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
+          <t>PumpDrive-II, 30kW, PDRV2_R030K00</t>
         </is>
       </c>
       <c r="D370" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E370" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>30 kW</t>
         </is>
       </c>
       <c r="F370" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G370" t="inlineStr">
         <is>
-          <t>58.00</t>
+          <t>48.00</t>
         </is>
       </c>
       <c r="H370" t="inlineStr">
         <is>
-          <t>3116.06 €</t>
+          <t>4865.84 €</t>
         </is>
       </c>
       <c r="I370" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="371" ht="15" customHeight="1">
       <c r="A371" t="inlineStr">
         <is>
-          <t>AR18015</t>
+          <t>AR18148</t>
         </is>
       </c>
       <c r="B371" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C371" s="2" t="inlineStr">
         <is>
-          <t>Levelcontrol 2 BC1400DFNO100</t>
+          <t>LevelControl 2 BS2 400 SFNR 140</t>
         </is>
       </c>
       <c r="D371" t="inlineStr">
         <is>
-          <t>Einzelpumpenschaltgeräte</t>
+          <t>Doppelpumpenschaltgeräte</t>
         </is>
       </c>
       <c r="E371" t="inlineStr">
         <is>
-          <t>4,0 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="F371" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G371" t="inlineStr">
         <is>
-          <t>5.00</t>
+          <t>41.00</t>
         </is>
       </c>
       <c r="H371" t="inlineStr">
         <is>
-          <t>543.79 €</t>
+          <t>2757.41 €</t>
         </is>
       </c>
       <c r="I371" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="372" ht="15" customHeight="1">
       <c r="A372" t="inlineStr">
         <is>
-          <t>AR18015-01</t>
+          <t>AR18176</t>
         </is>
       </c>
       <c r="B372" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C372" s="2" t="inlineStr">
         <is>
-          <t>Levelcontrol 2 BC1400DFNO100</t>
+          <t>LevelControl 2 BC2 230DFNA100</t>
         </is>
       </c>
       <c r="D372" t="inlineStr">
         <is>
-          <t>Einzelpumpenschaltgeräte</t>
+          <t>Doppelpumpenschaltgeräte</t>
         </is>
       </c>
       <c r="E372" t="inlineStr">
         <is>
           <t>4,0 kW</t>
         </is>
       </c>
       <c r="F372" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G372" t="inlineStr">
         <is>
-          <t>5.00</t>
+          <t>7.00</t>
         </is>
       </c>
       <c r="H372" t="inlineStr">
         <is>
-          <t>543.79 €</t>
+          <t>1100.17 €</t>
         </is>
       </c>
       <c r="I372" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="373" ht="15" customHeight="1">
       <c r="A373" t="inlineStr">
         <is>
-          <t>AR18015-02</t>
+          <t>AR18197-03PM</t>
         </is>
       </c>
       <c r="B373" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C373" s="2" t="inlineStr">
         <is>
-          <t>Levelcontrol 2 BC1400DFNO100</t>
-[...11 lines deleted...]
-      </c>
+          <t>PumpMeter 10/10 bar mit 5m Anschlusskabe</t>
+        </is>
+      </c>
+      <c r="D373" t="inlineStr"/>
+      <c r="E373" t="inlineStr"/>
       <c r="F373" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G373" t="inlineStr">
         <is>
-          <t>5.00</t>
+          <t>7.00</t>
         </is>
       </c>
       <c r="H373" t="inlineStr">
         <is>
-          <t>543.79 €</t>
-[...6 lines deleted...]
-      </c>
+          <t>535.47 €</t>
+        </is>
+      </c>
+      <c r="I373" t="inlineStr"/>
     </row>
     <row r="374" ht="15" customHeight="1">
       <c r="A374" t="inlineStr">
         <is>
-          <t>AR18037</t>
+          <t>AR18239</t>
         </is>
       </c>
       <c r="B374" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C374" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 37kW, PDRV2_037K00</t>
+          <t>LevelControl 2 BC2230DFNO100</t>
         </is>
       </c>
       <c r="D374" t="inlineStr">
         <is>
-          <t>Frequenzumrichter</t>
-[...6 lines deleted...]
-      </c>
+          <t>Doppelpumpenschaltgeräte</t>
+        </is>
+      </c>
+      <c r="E374" t="inlineStr"/>
       <c r="F374" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G374" t="inlineStr">
         <is>
-          <t>82.00</t>
+          <t>5.00</t>
         </is>
       </c>
       <c r="H374" t="inlineStr">
         <is>
-          <t>5817.99 €</t>
-[...6 lines deleted...]
-      </c>
+          <t>889.24 €</t>
+        </is>
+      </c>
+      <c r="I374" t="inlineStr"/>
     </row>
     <row r="375" ht="15" customHeight="1">
       <c r="A375" t="inlineStr">
         <is>
-          <t>AR18048-01</t>
+          <t>AR18240</t>
         </is>
       </c>
       <c r="B375" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C375" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 0,55kW, PDRV2_000k55 inkl. M12 Modul</t>
+          <t>LevelControl 2 BC2400DUNO040</t>
         </is>
       </c>
       <c r="D375" t="inlineStr">
         <is>
-          <t>Frequenzumrichter</t>
+          <t>Doppelpumpenschaltgeräte</t>
         </is>
       </c>
       <c r="E375" t="inlineStr">
         <is>
-          <t>0,55 kW</t>
+          <t>4,0 kW</t>
         </is>
       </c>
       <c r="F375" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G375" t="inlineStr">
         <is>
           <t>7.00</t>
         </is>
       </c>
       <c r="H375" t="inlineStr">
         <is>
-          <t>1931.08 €</t>
+          <t>1000.41 €</t>
         </is>
       </c>
       <c r="I375" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="376" ht="15" customHeight="1">
       <c r="A376" t="inlineStr">
         <is>
-          <t>AR18048-02</t>
+          <t>AR18256</t>
         </is>
       </c>
       <c r="B376" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C376" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 0,55kW, PDRV2_000k55 inkl. M12 Modul</t>
+          <t>LevelControl 2 BC1 230 DFNO 100</t>
         </is>
       </c>
       <c r="D376" t="inlineStr">
         <is>
-          <t>Frequenzumrichter</t>
+          <t>Einzelpumpenschaltgeräte</t>
         </is>
       </c>
       <c r="E376" t="inlineStr">
         <is>
-          <t>0,55 kW</t>
+          <t>2,3 kW</t>
         </is>
       </c>
       <c r="F376" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G376" t="inlineStr">
         <is>
           <t>7.00</t>
         </is>
       </c>
       <c r="H376" t="inlineStr">
         <is>
-          <t>1931.08 €</t>
+          <t>709.10 €</t>
         </is>
       </c>
       <c r="I376" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="377" ht="15" customHeight="1">
       <c r="A377" t="inlineStr">
         <is>
-          <t>AR18091</t>
+          <t>AR18256-01</t>
         </is>
       </c>
       <c r="B377" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C377" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 11kW, PDRV2_011K00</t>
+          <t>LevelControl 2 BC1 230 DFNO 100</t>
         </is>
       </c>
       <c r="D377" t="inlineStr">
         <is>
-          <t>Frequenzumrichter</t>
+          <t>Einzelpumpenschaltgeräte</t>
         </is>
       </c>
       <c r="E377" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>2,3 kW</t>
         </is>
       </c>
       <c r="F377" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G377" t="inlineStr">
         <is>
-          <t>14.50</t>
+          <t>7.00</t>
         </is>
       </c>
       <c r="H377" t="inlineStr">
         <is>
-          <t>2157.79 €</t>
+          <t>709.10 €</t>
         </is>
       </c>
       <c r="I377" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="378" ht="15" customHeight="1">
       <c r="A378" t="inlineStr">
         <is>
-          <t>AR18092</t>
+          <t>AR18379-01</t>
         </is>
       </c>
       <c r="B378" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C378" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 30kW, PDRV2_R030K00</t>
+          <t>PumpDrive-II Eco, 5,5kW, PDRV2E_005K50</t>
         </is>
       </c>
       <c r="D378" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E378" t="inlineStr">
         <is>
-          <t>30 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="F378" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G378" t="inlineStr">
         <is>
-          <t>48.00</t>
+          <t>11.50</t>
         </is>
       </c>
       <c r="H378" t="inlineStr">
         <is>
-          <t>4865.84 €</t>
+          <t>1726.17 €</t>
         </is>
       </c>
       <c r="I378" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="379" ht="15" customHeight="1">
       <c r="A379" t="inlineStr">
         <is>
-          <t>AR18148</t>
+          <t>AR18379-02</t>
         </is>
       </c>
       <c r="B379" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C379" s="2" t="inlineStr">
         <is>
-          <t>LevelControl 2 BS2 400 SFNR 140</t>
+          <t>PumpDrive-II Eco, 5,5kW, PDRV2E_005K50</t>
         </is>
       </c>
       <c r="D379" t="inlineStr">
         <is>
-          <t>Doppelpumpenschaltgeräte</t>
+          <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E379" t="inlineStr">
         <is>
           <t>5,5 kW</t>
         </is>
       </c>
       <c r="F379" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G379" t="inlineStr">
         <is>
-          <t>41.00</t>
+          <t>11.50</t>
         </is>
       </c>
       <c r="H379" t="inlineStr">
         <is>
-          <t>2757.41 €</t>
+          <t>1726.17 €</t>
         </is>
       </c>
       <c r="I379" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="380" ht="15" customHeight="1">
       <c r="A380" t="inlineStr">
         <is>
-          <t>AR18176</t>
+          <t>AR18379-03</t>
         </is>
       </c>
       <c r="B380" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C380" s="2" t="inlineStr">
         <is>
-          <t>LevelControl 2 BC2 230DFNA100</t>
+          <t>PumpDrive-II Eco, 5,5kW, PDRV2E_005K50</t>
         </is>
       </c>
       <c r="D380" t="inlineStr">
         <is>
-          <t>Doppelpumpenschaltgeräte</t>
+          <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E380" t="inlineStr">
         <is>
-          <t>4,0 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="F380" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G380" t="inlineStr">
         <is>
-          <t>7.00</t>
+          <t>11.50</t>
         </is>
       </c>
       <c r="H380" t="inlineStr">
         <is>
-          <t>1100.17 €</t>
+          <t>1726.17 €</t>
         </is>
       </c>
       <c r="I380" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="381" ht="15" customHeight="1">
       <c r="A381" t="inlineStr">
         <is>
-          <t>AR18197-03PM</t>
+          <t>AR18383</t>
         </is>
       </c>
       <c r="B381" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C381" s="2" t="inlineStr">
         <is>
-          <t>PumpMeter 10/10 bar mit 5m Anschlusskabe</t>
-[...3 lines deleted...]
-      <c r="E381" t="inlineStr"/>
+          <t>PumpDrive-II, 30kW, PDRV2_R030K00</t>
+        </is>
+      </c>
+      <c r="D381" t="inlineStr">
+        <is>
+          <t>Frequenzumrichter</t>
+        </is>
+      </c>
+      <c r="E381" t="inlineStr">
+        <is>
+          <t>30 kW</t>
+        </is>
+      </c>
       <c r="F381" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G381" t="inlineStr">
         <is>
-          <t>7.00</t>
+          <t>48.00</t>
         </is>
       </c>
       <c r="H381" t="inlineStr">
         <is>
-          <t>535.47 €</t>
-[...2 lines deleted...]
-      <c r="I381" t="inlineStr"/>
+          <t>4865.84 €</t>
+        </is>
+      </c>
+      <c r="I381" t="inlineStr">
+        <is>
+          <t>ABResale</t>
+        </is>
+      </c>
     </row>
     <row r="382" ht="15" customHeight="1">
       <c r="A382" t="inlineStr">
         <is>
-          <t>AR18239</t>
+          <t>AR18385</t>
         </is>
       </c>
       <c r="B382" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C382" s="2" t="inlineStr">
         <is>
-          <t>LevelControl 2 BC2230DFNO100</t>
+          <t>PumpDrive-II, 1,1kW, PDRV2_001K10</t>
         </is>
       </c>
       <c r="D382" t="inlineStr">
         <is>
-          <t>Doppelpumpenschaltgeräte</t>
-[...2 lines deleted...]
-      <c r="E382" t="inlineStr"/>
+          <t>Frequenzumrichter</t>
+        </is>
+      </c>
+      <c r="E382" t="inlineStr">
+        <is>
+          <t>1,1 kW</t>
+        </is>
+      </c>
       <c r="F382" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G382" t="inlineStr">
         <is>
-          <t>5.00</t>
+          <t>7.00</t>
         </is>
       </c>
       <c r="H382" t="inlineStr">
         <is>
-          <t>889.24 €</t>
-[...2 lines deleted...]
-      <c r="I382" t="inlineStr"/>
+          <t>1247.79 €</t>
+        </is>
+      </c>
+      <c r="I382" t="inlineStr">
+        <is>
+          <t>ABResale</t>
+        </is>
+      </c>
     </row>
     <row r="383" ht="15" customHeight="1">
       <c r="A383" t="inlineStr">
         <is>
-          <t>AR18240</t>
+          <t>AR18386</t>
         </is>
       </c>
       <c r="B383" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C383" s="2" t="inlineStr">
         <is>
-          <t>LevelControl 2 BC2400DUNO040</t>
+          <t>PumpDrive-II, 5,5kW, PDRV2_005K50</t>
         </is>
       </c>
       <c r="D383" t="inlineStr">
         <is>
-          <t>Doppelpumpenschaltgeräte</t>
+          <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E383" t="inlineStr">
         <is>
-          <t>4,0 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="F383" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G383" t="inlineStr">
         <is>
-          <t>7.00</t>
+          <t>14.50</t>
         </is>
       </c>
       <c r="H383" t="inlineStr">
         <is>
-          <t>1000.41 €</t>
+          <t>1619.89 €</t>
         </is>
       </c>
       <c r="I383" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="384" ht="15" customHeight="1">
       <c r="A384" t="inlineStr">
         <is>
-          <t>AR18256</t>
+          <t>AR18611</t>
         </is>
       </c>
       <c r="B384" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C384" s="2" t="inlineStr">
         <is>
-          <t>LevelControl 2 BC1 230 DFNO 100</t>
-[...11 lines deleted...]
-      </c>
+          <t>PumpMeter 3/ 3 bar mit 1,2m Anschlusskabel</t>
+        </is>
+      </c>
+      <c r="D384" t="inlineStr"/>
+      <c r="E384" t="inlineStr"/>
       <c r="F384" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G384" t="inlineStr">
         <is>
           <t>7.00</t>
         </is>
       </c>
       <c r="H384" t="inlineStr">
         <is>
-          <t>709.10 €</t>
-[...6 lines deleted...]
-      </c>
+          <t>563.24 €</t>
+        </is>
+      </c>
+      <c r="I384" t="inlineStr"/>
     </row>
     <row r="385" ht="15" customHeight="1">
       <c r="A385" t="inlineStr">
         <is>
-          <t>AR18256-01</t>
+          <t>AR18780</t>
         </is>
       </c>
       <c r="B385" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C385" s="2" t="inlineStr">
         <is>
-          <t>LevelControl 2 BC1 230 DFNO 100</t>
+          <t>PumpDrive-II, 0,75 kW, PDRV2_000K75</t>
         </is>
       </c>
       <c r="D385" t="inlineStr">
         <is>
-          <t>Einzelpumpenschaltgeräte</t>
+          <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E385" t="inlineStr">
         <is>
-          <t>2,3 kW</t>
+          <t>0,75 kW</t>
         </is>
       </c>
       <c r="F385" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G385" t="inlineStr">
         <is>
           <t>7.00</t>
         </is>
       </c>
       <c r="H385" t="inlineStr">
         <is>
-          <t>709.10 €</t>
+          <t>1348.06 €</t>
         </is>
       </c>
       <c r="I385" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="386" ht="15" customHeight="1">
       <c r="A386" t="inlineStr">
         <is>
-          <t>AR18379-01</t>
+          <t>AR18782</t>
         </is>
       </c>
       <c r="B386" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C386" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 5,5kW, PDRV2E_005K50</t>
+          <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
         </is>
       </c>
       <c r="D386" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E386" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="F386" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G386" t="inlineStr">
         <is>
-          <t>11.50</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H386" t="inlineStr">
         <is>
-          <t>1726.17 €</t>
+          <t>3703.48 €</t>
         </is>
       </c>
       <c r="I386" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="387" ht="15" customHeight="1">
       <c r="A387" t="inlineStr">
         <is>
-          <t>AR18379-02</t>
+          <t>AR18783</t>
         </is>
       </c>
       <c r="B387" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C387" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 5,5kW, PDRV2E_005K50</t>
+          <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
         </is>
       </c>
       <c r="D387" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E387" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="F387" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G387" t="inlineStr">
         <is>
-          <t>11.50</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H387" t="inlineStr">
         <is>
-          <t>1726.17 €</t>
+          <t>3703.48 €</t>
         </is>
       </c>
       <c r="I387" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="388" ht="15" customHeight="1">
       <c r="A388" t="inlineStr">
         <is>
-          <t>AR18379-03</t>
+          <t>AR4830</t>
         </is>
       </c>
       <c r="B388" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C388" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 5,5kW, PDRV2E_005K50</t>
+          <t>PumpDrive-I 11kW, 5011K00 PD1</t>
         </is>
       </c>
       <c r="D388" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E388" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="F388" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G388" t="inlineStr">
         <is>
-          <t>11.50</t>
+          <t>25.00</t>
         </is>
       </c>
       <c r="H388" t="inlineStr">
         <is>
-          <t>1726.17 €</t>
+          <t>4623.97 €</t>
         </is>
       </c>
       <c r="I388" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="389" ht="15" customHeight="1">
       <c r="A389" t="inlineStr">
         <is>
-          <t>AR18383</t>
+          <t>AR4837</t>
         </is>
       </c>
       <c r="B389" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C389" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 30kW, PDRV2_R030K00</t>
+          <t>PumpDrive-I 15kW, 5015K00 PD1</t>
         </is>
       </c>
       <c r="D389" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E389" t="inlineStr">
         <is>
-          <t>30 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="F389" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: C: gebraucht / einsetzbar</t>
         </is>
       </c>
       <c r="G389" t="inlineStr">
         <is>
-          <t>48.00</t>
+          <t>24.00</t>
         </is>
       </c>
       <c r="H389" t="inlineStr">
         <is>
-          <t>4865.84 €</t>
+          <t>3700.49 €</t>
         </is>
       </c>
       <c r="I389" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="390" ht="15" customHeight="1">
       <c r="A390" t="inlineStr">
         <is>
-          <t>AR18385</t>
+          <t>AR4838</t>
         </is>
       </c>
       <c r="B390" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C390" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 1,1kW, PDRV2_001K10</t>
+          <t>PumpDrive-I 15kW, 5015K00 PD1</t>
         </is>
       </c>
       <c r="D390" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E390" t="inlineStr">
         <is>
-          <t>1,1 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="F390" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: C: gebraucht / einsetzbar</t>
         </is>
       </c>
       <c r="G390" t="inlineStr">
         <is>
-          <t>7.00</t>
+          <t>24.00</t>
         </is>
       </c>
       <c r="H390" t="inlineStr">
         <is>
-          <t>1247.79 €</t>
+          <t>3700.49 €</t>
         </is>
       </c>
       <c r="I390" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="391" ht="15" customHeight="1">
       <c r="A391" t="inlineStr">
         <is>
-          <t>AR18386</t>
+          <t>AR4839</t>
         </is>
       </c>
       <c r="B391" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C391" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 5,5kW, PDRV2_005K50</t>
+          <t>PumpDrive-I 15kW, 5015K00 PD1</t>
         </is>
       </c>
       <c r="D391" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E391" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="F391" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: C: gebraucht / einsetzbar</t>
         </is>
       </c>
       <c r="G391" t="inlineStr">
         <is>
-          <t>14.50</t>
+          <t>24.00</t>
         </is>
       </c>
       <c r="H391" t="inlineStr">
         <is>
-          <t>1619.89 €</t>
+          <t>3700.49 €</t>
         </is>
       </c>
       <c r="I391" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="392" ht="15" customHeight="1">
       <c r="A392" t="inlineStr">
         <is>
-          <t>AR18611</t>
+          <t>AR5686-02</t>
         </is>
       </c>
       <c r="B392" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C392" s="2" t="inlineStr">
         <is>
-          <t>PumpMeter 3/ 3 bar mit 1,2m Anschlusskabel</t>
-[...3 lines deleted...]
-      <c r="E392" t="inlineStr"/>
+          <t>PumpDrive-I 11kW, 5011K00 PD1</t>
+        </is>
+      </c>
+      <c r="D392" t="inlineStr">
+        <is>
+          <t>Frequenzumrichter</t>
+        </is>
+      </c>
+      <c r="E392" t="inlineStr">
+        <is>
+          <t>11 kW</t>
+        </is>
+      </c>
       <c r="F392" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G392" t="inlineStr">
         <is>
-          <t>7.00</t>
+          <t>15.00</t>
         </is>
       </c>
       <c r="H392" t="inlineStr">
         <is>
-          <t>563.24 €</t>
-[...2 lines deleted...]
-      <c r="I392" t="inlineStr"/>
+          <t>2747.60 €</t>
+        </is>
+      </c>
+      <c r="I392" t="inlineStr">
+        <is>
+          <t>ABResale</t>
+        </is>
+      </c>
     </row>
     <row r="393" ht="15" customHeight="1">
       <c r="A393" t="inlineStr">
         <is>
-          <t>AR4830</t>
+          <t>AR5697B</t>
         </is>
       </c>
       <c r="B393" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C393" s="2" t="inlineStr">
         <is>
           <t>PumpDrive-I 11kW, 5011K00 PD1</t>
         </is>
       </c>
       <c r="D393" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E393" t="inlineStr">
         <is>
           <t>11 kW</t>
         </is>
       </c>
       <c r="F393" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G393" t="inlineStr">
         <is>
-          <t>25.00</t>
+          <t>28.00</t>
         </is>
       </c>
       <c r="H393" t="inlineStr">
         <is>
-          <t>4623.97 €</t>
+          <t>3663.47 €</t>
         </is>
       </c>
       <c r="I393" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="394" ht="15" customHeight="1">
       <c r="A394" t="inlineStr">
         <is>
-          <t>AR4837</t>
+          <t>AR5809PD</t>
         </is>
       </c>
       <c r="B394" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C394" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-I 15kW, 5015K00 PD1</t>
+          <t>PumpDrive 5004K00AH0SA4 Advanced 4kW</t>
         </is>
       </c>
       <c r="D394" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
-      <c r="E394" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="E394" t="inlineStr"/>
+      <c r="F394" t="inlineStr"/>
       <c r="G394" t="inlineStr">
         <is>
-          <t>24.00</t>
+          <t>14.00</t>
         </is>
       </c>
       <c r="H394" t="inlineStr">
         <is>
-          <t>3700.49 €</t>
+          <t>2207.53 €</t>
         </is>
       </c>
       <c r="I394" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="395" ht="15" customHeight="1">
       <c r="A395" t="inlineStr">
         <is>
-          <t>AR4838</t>
+          <t>AR5877PD</t>
         </is>
       </c>
       <c r="B395" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C395" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-I 15kW, 5015K00 PD1</t>
+          <t>PumpDrive-I 11kW, 5011K00 PD1</t>
         </is>
       </c>
       <c r="D395" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E395" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="F395" t="inlineStr">
         <is>
-          <t>B1: C: gebraucht / einsetzbar</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G395" t="inlineStr">
         <is>
-          <t>24.00</t>
+          <t>23.00</t>
         </is>
       </c>
       <c r="H395" t="inlineStr">
         <is>
-          <t>3700.49 €</t>
+          <t>3663.47 €</t>
         </is>
       </c>
       <c r="I395" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="396" ht="15" customHeight="1">
       <c r="A396" t="inlineStr">
         <is>
-          <t>AR4839</t>
+          <t>AR6117</t>
         </is>
       </c>
       <c r="B396" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C396" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-I 15kW, 5015K00 PD1</t>
+          <t>PumpDrive-I 11kW, 5011K00 PD1 (Gehäuse gebrochen)</t>
         </is>
       </c>
       <c r="D396" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E396" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="F396" t="inlineStr">
         <is>
-          <t>B1: C: gebraucht / einsetzbar</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G396" t="inlineStr">
         <is>
-          <t>24.00</t>
+          <t>27.00</t>
         </is>
       </c>
       <c r="H396" t="inlineStr">
         <is>
-          <t>3700.49 €</t>
+          <t>2747.60 €</t>
         </is>
       </c>
       <c r="I396" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="397" ht="15" customHeight="1">
       <c r="A397" t="inlineStr">
         <is>
-          <t>AR5686-02</t>
+          <t>AR6119</t>
         </is>
       </c>
       <c r="B397" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C397" s="2" t="inlineStr">
         <is>
           <t>PumpDrive-I 11kW, 5011K00 PD1</t>
         </is>
       </c>
       <c r="D397" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E397" t="inlineStr">
         <is>
           <t>11 kW</t>
         </is>
       </c>
       <c r="F397" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G397" t="inlineStr">
         <is>
-          <t>15.00</t>
+          <t>25.00</t>
         </is>
       </c>
       <c r="H397" t="inlineStr">
         <is>
           <t>2747.60 €</t>
         </is>
       </c>
       <c r="I397" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="398" ht="15" customHeight="1">
       <c r="A398" t="inlineStr">
         <is>
-          <t>AR5697B</t>
+          <t>AR6328</t>
         </is>
       </c>
       <c r="B398" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C398" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-I 11kW, 5011K00 PD1</t>
+          <t>PumpDrive-I 15kW, 5015K00 PD1</t>
         </is>
       </c>
       <c r="D398" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E398" t="inlineStr">
         <is>
+          <t>15 kW</t>
+        </is>
+      </c>
+      <c r="F398" t="inlineStr">
+        <is>
+          <t>B1: B2: gebraucht / wie neu</t>
+        </is>
+      </c>
+      <c r="G398" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+      <c r="H398" t="inlineStr">
+        <is>
+          <t>3700.49 €</t>
+        </is>
+      </c>
+      <c r="I398" t="inlineStr">
+        <is>
+          <t>ABResale</t>
+        </is>
+      </c>
+    </row>
+    <row r="399" ht="30" customHeight="1">
+      <c r="A399" t="inlineStr">
+        <is>
+          <t>AR6712</t>
+        </is>
+      </c>
+      <c r="B399" t="inlineStr">
+        <is>
+          <t>Danfoss</t>
+        </is>
+      </c>
+      <c r="C399" s="2" t="inlineStr">
+        <is>
+          <t>VLT FC-302 131F8844 FC-302P11KT5E20H1XGX 400V 21A 11kw</t>
+        </is>
+      </c>
+      <c r="D399" t="inlineStr">
+        <is>
+          <t>Frequenzumrichter</t>
+        </is>
+      </c>
+      <c r="E399" t="inlineStr">
+        <is>
           <t>11 kW</t>
         </is>
       </c>
-      <c r="F398" t="inlineStr">
+      <c r="F399" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
-      <c r="G398" t="inlineStr">
-[...45 lines deleted...]
-      </c>
       <c r="G399" t="inlineStr">
         <is>
-          <t>23.00</t>
+          <t>7.00</t>
         </is>
       </c>
       <c r="H399" t="inlineStr">
         <is>
-          <t>3663.47 €</t>
+          <t>2640.20 €</t>
         </is>
       </c>
       <c r="I399" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="400" ht="15" customHeight="1">
       <c r="A400" t="inlineStr">
         <is>
-          <t>AR6117</t>
+          <t>AR6756-01</t>
         </is>
       </c>
       <c r="B400" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C400" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-I 11kW, 5011K00 PD1 (Gehäuse gebrochen)</t>
+          <t>PumpDrive-II Eco, 3kW, PDRV2E_003K00, M12 Modul</t>
         </is>
       </c>
       <c r="D400" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E400" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>3 kW</t>
         </is>
       </c>
       <c r="F400" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G400" t="inlineStr">
         <is>
-          <t>27.00</t>
+          <t>7.50</t>
         </is>
       </c>
       <c r="H400" t="inlineStr">
         <is>
-          <t>2747.60 €</t>
+          <t>1324.80 €</t>
         </is>
       </c>
       <c r="I400" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="401" ht="15" customHeight="1">
+    <row r="401" ht="30" customHeight="1">
       <c r="A401" t="inlineStr">
         <is>
-          <t>AR6119</t>
+          <t>AR6756-02</t>
         </is>
       </c>
       <c r="B401" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C401" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-I 11kW, 5011K00 PD1</t>
+          <t>PumpDrive-II Eco, 3kW, PDRV2E_003K00, M12 Modul, 1 Signalausgang</t>
         </is>
       </c>
       <c r="D401" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E401" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>3 kW</t>
         </is>
       </c>
       <c r="F401" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G401" t="inlineStr">
         <is>
-          <t>25.00</t>
+          <t>7.50</t>
         </is>
       </c>
       <c r="H401" t="inlineStr">
         <is>
-          <t>2747.60 €</t>
+          <t>1324.80 €</t>
         </is>
       </c>
       <c r="I401" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="402" ht="15" customHeight="1">
+    <row r="402" ht="30" customHeight="1">
       <c r="A402" t="inlineStr">
         <is>
-          <t>AR6328</t>
+          <t>AR7131-01</t>
         </is>
       </c>
       <c r="B402" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C402" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-I 15kW, 5015K00 PD1</t>
+          <t>PumpDrive-R, 45 kW, PDRVR_045K00, IP55 + Platinen Versiegelung + Profibus</t>
         </is>
       </c>
       <c r="D402" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E402" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>45 kW</t>
         </is>
       </c>
       <c r="F402" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G402" t="inlineStr">
         <is>
-          <t>25.00</t>
+          <t>63.20</t>
         </is>
       </c>
       <c r="H402" t="inlineStr">
         <is>
-          <t>3700.49 €</t>
+          <t>8267.99 €</t>
         </is>
       </c>
       <c r="I402" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="403" ht="30" customHeight="1">
       <c r="A403" t="inlineStr">
         <is>
-          <t>AR6712</t>
+          <t>AR7131-02</t>
         </is>
       </c>
       <c r="B403" t="inlineStr">
         <is>
-          <t>Danfoss</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C403" s="2" t="inlineStr">
         <is>
-          <t>VLT FC-302 131F8844 FC-302P11KT5E20H1XGX 400V 21A 11kw</t>
+          <t>PumpDrive-R, 45 kW, PDRVR_045K00, IP55 + Platinen Versiegelung + Profibus</t>
         </is>
       </c>
       <c r="D403" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E403" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>45 kW</t>
         </is>
       </c>
       <c r="F403" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G403" t="inlineStr">
         <is>
-          <t>7.00</t>
+          <t>63.20</t>
         </is>
       </c>
       <c r="H403" t="inlineStr">
         <is>
-          <t>2640.20 €</t>
+          <t>8267.99 €</t>
         </is>
       </c>
       <c r="I403" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="404" ht="15" customHeight="1">
       <c r="A404" t="inlineStr">
         <is>
-          <t>AR6756-01</t>
+          <t>AR7209</t>
         </is>
       </c>
       <c r="B404" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C404" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 3kW, PDRV2E_003K00, M12 Modul</t>
+          <t>PumpDrive-II, 45kW, PDRV2_045K00</t>
         </is>
       </c>
       <c r="D404" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E404" t="inlineStr">
         <is>
-          <t>3 kW</t>
+          <t>45 kW</t>
         </is>
       </c>
       <c r="F404" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G404" t="inlineStr">
         <is>
-          <t>7.50</t>
+          <t>82.00</t>
         </is>
       </c>
       <c r="H404" t="inlineStr">
         <is>
-          <t>1324.80 €</t>
+          <t>6739.22 €</t>
         </is>
       </c>
       <c r="I404" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="405" ht="30" customHeight="1">
       <c r="A405" t="inlineStr">
         <is>
-          <t>AR7131-01</t>
+          <t>AR7257-03</t>
         </is>
       </c>
       <c r="B405" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C405" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-R, 45 kW, PDRVR_045K00, IP55 + Platinen Versiegelung + Profibus</t>
+          <t>PumpDrive-R, 45 kW, PDRVR_045K00, IP20 + Platinen Versiegelung + Profibus</t>
         </is>
       </c>
       <c r="D405" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E405" t="inlineStr">
         <is>
           <t>45 kW</t>
         </is>
       </c>
       <c r="F405" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G405" t="inlineStr">
         <is>
-          <t>63.20</t>
+          <t>58.30</t>
         </is>
       </c>
       <c r="H405" t="inlineStr">
         <is>
           <t>8267.99 €</t>
         </is>
       </c>
       <c r="I405" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="406" ht="30" customHeight="1">
       <c r="A406" t="inlineStr">
         <is>
-          <t>AR7131-02</t>
+          <t>AR7257-04</t>
         </is>
       </c>
       <c r="B406" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C406" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-R, 45 kW, PDRVR_045K00, IP55 + Platinen Versiegelung + Profibus</t>
+          <t>PumpDrive-R, 45 kW, PDRVR_045K00, IP20 + Platinen Versiegelung + Profibus</t>
         </is>
       </c>
       <c r="D406" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E406" t="inlineStr">
         <is>
           <t>45 kW</t>
         </is>
       </c>
       <c r="F406" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G406" t="inlineStr">
         <is>
-          <t>63.20</t>
+          <t>58.30</t>
         </is>
       </c>
       <c r="H406" t="inlineStr">
         <is>
           <t>8267.99 €</t>
         </is>
       </c>
       <c r="I406" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="407" ht="15" customHeight="1">
       <c r="A407" t="inlineStr">
         <is>
-          <t>AR7209</t>
+          <t>AR8066PD</t>
         </is>
       </c>
       <c r="B407" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C407" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 45kW, PDRV2_045K00</t>
+          <t>PumpDrive-II Eco, 11kW, PDRV2E_011K00</t>
         </is>
       </c>
       <c r="D407" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E407" t="inlineStr">
         <is>
-          <t>45 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="F407" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G407" t="inlineStr">
         <is>
-          <t>82.00</t>
+          <t>11.50</t>
         </is>
       </c>
       <c r="H407" t="inlineStr">
         <is>
-          <t>6739.22 €</t>
+          <t>2464.87 €</t>
         </is>
       </c>
       <c r="I407" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="408" ht="30" customHeight="1">
+    <row r="408" ht="15" customHeight="1">
       <c r="A408" t="inlineStr">
         <is>
-          <t>AR7257-03</t>
+          <t>AR8572</t>
         </is>
       </c>
       <c r="B408" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C408" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-R, 45 kW, PDRVR_045K00, IP20 + Platinen Versiegelung + Profibus</t>
+          <t>PumpDrive-II Eco, 7,5kW, PDRV2E_007K50</t>
         </is>
       </c>
       <c r="D408" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E408" t="inlineStr">
         <is>
-          <t>45 kW</t>
+          <t>7,5 kW</t>
         </is>
       </c>
       <c r="F408" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G408" t="inlineStr">
         <is>
-          <t>58.30</t>
+          <t>11.50</t>
         </is>
       </c>
       <c r="H408" t="inlineStr">
         <is>
-          <t>8267.99 €</t>
+          <t>2052.70 €</t>
         </is>
       </c>
       <c r="I408" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="409" ht="30" customHeight="1">
+    <row r="409" ht="15" customHeight="1">
       <c r="A409" t="inlineStr">
         <is>
-          <t>AR7257-04</t>
+          <t>AR8725</t>
         </is>
       </c>
       <c r="B409" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C409" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-R, 45 kW, PDRVR_045K00, IP20 + Platinen Versiegelung + Profibus</t>
+          <t>PumpDrive-II, 2,2kW, PDRV2_002K20</t>
         </is>
       </c>
       <c r="D409" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E409" t="inlineStr">
         <is>
-          <t>45 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="F409" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B3: gebraucht / werksüberholt</t>
         </is>
       </c>
       <c r="G409" t="inlineStr">
         <is>
-          <t>58.30</t>
+          <t>8.50</t>
         </is>
       </c>
       <c r="H409" t="inlineStr">
         <is>
-          <t>8267.99 €</t>
+          <t>1304.42 €</t>
         </is>
       </c>
       <c r="I409" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="410" ht="15" customHeight="1">
       <c r="A410" t="inlineStr">
         <is>
-          <t>AR8066PD</t>
+          <t>AR8728</t>
         </is>
       </c>
       <c r="B410" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C410" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 11kW, PDRV2E_011K00</t>
+          <t>PumpDrive-II Eco, 11kW, PDRV2E_011K00, M12 Modul</t>
         </is>
       </c>
       <c r="D410" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E410" t="inlineStr">
         <is>
           <t>11 kW</t>
         </is>
       </c>
       <c r="F410" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B3: gebraucht / werksüberholt</t>
         </is>
       </c>
       <c r="G410" t="inlineStr">
         <is>
           <t>11.50</t>
         </is>
       </c>
       <c r="H410" t="inlineStr">
         <is>
-          <t>2464.87 €</t>
+          <t>1848.65 €</t>
         </is>
       </c>
       <c r="I410" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="411" ht="15" customHeight="1">
       <c r="A411" t="inlineStr">
         <is>
-          <t>AR8572</t>
+          <t>AR8738</t>
         </is>
       </c>
       <c r="B411" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C411" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 7,5kW, PDRV2E_007K50</t>
+          <t>PumpDrive-II Eco, 0,55kW, PDRV2E_000K55</t>
         </is>
       </c>
       <c r="D411" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E411" t="inlineStr">
         <is>
-          <t>7,5 kW</t>
+          <t>0,55 kW</t>
         </is>
       </c>
       <c r="F411" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B3: gebraucht / werksüberholt</t>
         </is>
       </c>
       <c r="G411" t="inlineStr">
         <is>
-          <t>11.50</t>
+          <t>6.00</t>
         </is>
       </c>
       <c r="H411" t="inlineStr">
         <is>
-          <t>2052.70 €</t>
+          <t>556.46 €</t>
         </is>
       </c>
       <c r="I411" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="412" ht="15" customHeight="1">
       <c r="A412" t="inlineStr">
         <is>
-          <t>AR8725</t>
+          <t>AR8739</t>
         </is>
       </c>
       <c r="B412" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C412" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 2,2kW, PDRV2_002K20</t>
+          <t>PumpDrive-II, 37kW, PDRV2_037K00</t>
         </is>
       </c>
       <c r="D412" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E412" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>37 kW</t>
         </is>
       </c>
       <c r="F412" t="inlineStr">
         <is>
           <t>B1: B3: gebraucht / werksüberholt</t>
         </is>
       </c>
       <c r="G412" t="inlineStr">
         <is>
-          <t>8.50</t>
+          <t>82.00</t>
         </is>
       </c>
       <c r="H412" t="inlineStr">
         <is>
-          <t>1304.42 €</t>
+          <t>5817.99 €</t>
         </is>
       </c>
       <c r="I412" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="413" ht="15" customHeight="1">
       <c r="A413" t="inlineStr">
         <is>
-          <t>AR8728</t>
+          <t>AR8740</t>
         </is>
       </c>
       <c r="B413" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C413" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 11kW, PDRV2E_011K00, M12 Modul</t>
+          <t>PumpDrive-II, 55kW, PDRV2_055K00</t>
         </is>
       </c>
       <c r="D413" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E413" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>55 kW</t>
         </is>
       </c>
       <c r="F413" t="inlineStr">
         <is>
           <t>B1: B3: gebraucht / werksüberholt</t>
         </is>
       </c>
       <c r="G413" t="inlineStr">
         <is>
-          <t>11.50</t>
+          <t>82.00</t>
         </is>
       </c>
       <c r="H413" t="inlineStr">
         <is>
-          <t>1848.65 €</t>
+          <t>7431.69 €</t>
         </is>
       </c>
       <c r="I413" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="414" ht="15" customHeight="1">
       <c r="A414" t="inlineStr">
         <is>
-          <t>AR8738</t>
+          <t>AR8749</t>
         </is>
       </c>
       <c r="B414" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C414" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 0,55kW, PDRV2E_000K55</t>
+          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
         </is>
       </c>
       <c r="D414" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E414" t="inlineStr">
         <is>
-          <t>0,55 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="F414" t="inlineStr">
         <is>
           <t>B1: B3: gebraucht / werksüberholt</t>
         </is>
       </c>
       <c r="G414" t="inlineStr">
         <is>
-          <t>6.00</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H414" t="inlineStr">
         <is>
-          <t>556.46 €</t>
+          <t>3116.06 €</t>
         </is>
       </c>
       <c r="I414" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="415" ht="15" customHeight="1">
       <c r="A415" t="inlineStr">
         <is>
-          <t>AR8739</t>
+          <t>AR8751</t>
         </is>
       </c>
       <c r="B415" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C415" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 37kW, PDRV2_037K00</t>
+          <t>PumpDrive-II, 1,5kW, PDRV2_001K50</t>
         </is>
       </c>
       <c r="D415" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E415" t="inlineStr">
         <is>
-          <t>37 kW</t>
+          <t>1,5 kW</t>
         </is>
       </c>
       <c r="F415" t="inlineStr">
         <is>
           <t>B1: B3: gebraucht / werksüberholt</t>
         </is>
       </c>
       <c r="G415" t="inlineStr">
         <is>
-          <t>82.00</t>
+          <t>7.00</t>
         </is>
       </c>
       <c r="H415" t="inlineStr">
         <is>
-          <t>5817.99 €</t>
+          <t>1267.47 €</t>
         </is>
       </c>
       <c r="I415" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="416" ht="15" customHeight="1">
       <c r="A416" t="inlineStr">
         <is>
-          <t>AR8740</t>
+          <t>AR8752</t>
         </is>
       </c>
       <c r="B416" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C416" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 55kW, PDRV2_055K00</t>
+          <t>PumpDrive-II Eco, 5,5kW, PDRV2E_005K50</t>
         </is>
       </c>
       <c r="D416" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E416" t="inlineStr">
         <is>
-          <t>55 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="F416" t="inlineStr">
         <is>
           <t>B1: B3: gebraucht / werksüberholt</t>
         </is>
       </c>
       <c r="G416" t="inlineStr">
         <is>
-          <t>82.00</t>
+          <t>11.50</t>
         </is>
       </c>
       <c r="H416" t="inlineStr">
         <is>
-          <t>7431.69 €</t>
+          <t>1294.63 €</t>
         </is>
       </c>
       <c r="I416" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="417" ht="15" customHeight="1">
+    <row r="417" ht="30" customHeight="1">
       <c r="A417" t="inlineStr">
         <is>
-          <t>AR8749</t>
+          <t>AR8777</t>
         </is>
       </c>
       <c r="B417" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Danfoss</t>
         </is>
       </c>
       <c r="C417" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
+          <t>Danfoss VACON MR7 0100-3L-0087-5-FLOW+SBF4+SRBT+DPAP+DLDE</t>
         </is>
       </c>
       <c r="D417" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E417" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>45 kW</t>
         </is>
       </c>
       <c r="F417" t="inlineStr">
         <is>
-          <t>B1: B3: gebraucht / werksüberholt</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G417" t="inlineStr">
         <is>
-          <t>58.00</t>
+          <t>55.00</t>
         </is>
       </c>
       <c r="H417" t="inlineStr">
         <is>
-          <t>3116.06 €</t>
+          <t>2466.97 €</t>
         </is>
       </c>
       <c r="I417" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="418" ht="15" customHeight="1">
       <c r="A418" t="inlineStr">
         <is>
-          <t>AR8751</t>
+          <t>AR8879</t>
         </is>
       </c>
       <c r="B418" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C418" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 1,5kW, PDRV2_001K50</t>
+          <t>PumpDrive-II, 37kW, PDRV2_037K00</t>
         </is>
       </c>
       <c r="D418" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E418" t="inlineStr">
         <is>
-          <t>1,5 kW</t>
+          <t>37 kW</t>
         </is>
       </c>
       <c r="F418" t="inlineStr">
         <is>
-          <t>B1: B3: gebraucht / werksüberholt</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G418" t="inlineStr">
         <is>
-          <t>7.00</t>
+          <t>82.00</t>
         </is>
       </c>
       <c r="H418" t="inlineStr">
         <is>
-          <t>1267.47 €</t>
+          <t>5817.99 €</t>
         </is>
       </c>
       <c r="I418" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="419" ht="15" customHeight="1">
       <c r="A419" t="inlineStr">
         <is>
-          <t>AR8752</t>
+          <t>AR8883</t>
         </is>
       </c>
       <c r="B419" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C419" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 5,5kW, PDRV2E_005K50</t>
+          <t>PumpDrive-II Eco, 5,5kW, PDRV2E_005K50, M12 Modul</t>
         </is>
       </c>
       <c r="D419" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E419" t="inlineStr">
         <is>
           <t>5,5 kW</t>
         </is>
       </c>
       <c r="F419" t="inlineStr">
         <is>
-          <t>B1: B3: gebraucht / werksüberholt</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G419" t="inlineStr">
         <is>
           <t>11.50</t>
         </is>
       </c>
       <c r="H419" t="inlineStr">
         <is>
-          <t>1294.63 €</t>
+          <t>1374.63 €</t>
         </is>
       </c>
       <c r="I419" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="420" ht="30" customHeight="1">
+    <row r="420" ht="15" customHeight="1">
       <c r="A420" t="inlineStr">
         <is>
-          <t>AR8777</t>
+          <t>AR8884</t>
         </is>
       </c>
       <c r="B420" t="inlineStr">
         <is>
-          <t>Danfoss</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C420" s="2" t="inlineStr">
         <is>
-          <t>Danfoss VACON MR7 0100-3L-0087-5-FLOW+SBF4+SRBT+DPAP+DLDE</t>
+          <t>PumpDrive-II, 37kW, PDRV2_037K00</t>
         </is>
       </c>
       <c r="D420" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E420" t="inlineStr">
         <is>
-          <t>45 kW</t>
+          <t>37 kW</t>
         </is>
       </c>
       <c r="F420" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G420" t="inlineStr">
         <is>
-          <t>55.00</t>
+          <t>82.00</t>
         </is>
       </c>
       <c r="H420" t="inlineStr">
         <is>
-          <t>2466.97 €</t>
+          <t>5817.99 €</t>
         </is>
       </c>
       <c r="I420" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="421" ht="15" customHeight="1">
       <c r="A421" t="inlineStr">
         <is>
-          <t>AR8879</t>
+          <t>AR8885</t>
         </is>
       </c>
       <c r="B421" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C421" s="2" t="inlineStr">
         <is>
           <t>PumpDrive-II, 37kW, PDRV2_037K00</t>
         </is>
       </c>
       <c r="D421" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E421" t="inlineStr">
         <is>
           <t>37 kW</t>
         </is>
       </c>
       <c r="F421" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G421" t="inlineStr">
         <is>
           <t>82.00</t>
         </is>
       </c>
       <c r="H421" t="inlineStr">
         <is>
           <t>5817.99 €</t>
         </is>
       </c>
       <c r="I421" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="422" ht="15" customHeight="1">
       <c r="A422" t="inlineStr">
         <is>
-          <t>AR8883</t>
+          <t>AR8886</t>
         </is>
       </c>
       <c r="B422" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C422" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 5,5kW, PDRV2E_005K50, M12 Modul</t>
+          <t>PumpDrive-II, 37kW, PDRV2_037K00</t>
         </is>
       </c>
       <c r="D422" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E422" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>37 kW</t>
         </is>
       </c>
       <c r="F422" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G422" t="inlineStr">
         <is>
-          <t>11.50</t>
+          <t>82.00</t>
         </is>
       </c>
       <c r="H422" t="inlineStr">
         <is>
-          <t>1374.63 €</t>
+          <t>5817.99 €</t>
         </is>
       </c>
       <c r="I422" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="423" ht="15" customHeight="1">
       <c r="A423" t="inlineStr">
         <is>
-          <t>AR8884</t>
+          <t>AR8887</t>
         </is>
       </c>
       <c r="B423" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C423" s="2" t="inlineStr">
         <is>
           <t>PumpDrive-II, 37kW, PDRV2_037K00</t>
         </is>
       </c>
       <c r="D423" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E423" t="inlineStr">
         <is>
           <t>37 kW</t>
         </is>
       </c>
       <c r="F423" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G423" t="inlineStr">
         <is>
           <t>82.00</t>
         </is>
       </c>
       <c r="H423" t="inlineStr">
         <is>
           <t>5817.99 €</t>
         </is>
       </c>
       <c r="I423" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="424" ht="15" customHeight="1">
       <c r="A424" t="inlineStr">
         <is>
-          <t>AR8885</t>
+          <t>AR8888</t>
         </is>
       </c>
       <c r="B424" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C424" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 37kW, PDRV2_037K00</t>
+          <t>PumpDrive-II, 45kW, PDRV2_045K00</t>
         </is>
       </c>
       <c r="D424" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E424" t="inlineStr">
         <is>
-          <t>37 kW</t>
+          <t>45 kW</t>
         </is>
       </c>
       <c r="F424" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G424" t="inlineStr">
         <is>
           <t>82.00</t>
         </is>
       </c>
       <c r="H424" t="inlineStr">
         <is>
-          <t>5817.99 €</t>
+          <t>6739.22 €</t>
         </is>
       </c>
       <c r="I424" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="425" ht="15" customHeight="1">
       <c r="A425" t="inlineStr">
         <is>
-          <t>AR8886</t>
+          <t>AR8915</t>
         </is>
       </c>
       <c r="B425" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C425" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 37kW, PDRV2_037K00</t>
+          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
         </is>
       </c>
       <c r="D425" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E425" t="inlineStr">
         <is>
-          <t>37 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="F425" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: B3: gebraucht / werksüberholt</t>
         </is>
       </c>
       <c r="G425" t="inlineStr">
         <is>
-          <t>82.00</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H425" t="inlineStr">
         <is>
-          <t>5817.99 €</t>
+          <t>3116.06 €</t>
         </is>
       </c>
       <c r="I425" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="426" ht="15" customHeight="1">
       <c r="A426" t="inlineStr">
         <is>
-          <t>AR8887</t>
+          <t>AR9005</t>
         </is>
       </c>
       <c r="B426" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C426" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 37kW, PDRV2_037K00</t>
+          <t>PumpDrive-II, 55kW, PDRV2_055K00</t>
         </is>
       </c>
       <c r="D426" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E426" t="inlineStr">
         <is>
-          <t>37 kW</t>
+          <t>55 kW</t>
         </is>
       </c>
       <c r="F426" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: B3: gebraucht / werksüberholt</t>
         </is>
       </c>
       <c r="G426" t="inlineStr">
         <is>
           <t>82.00</t>
         </is>
       </c>
       <c r="H426" t="inlineStr">
         <is>
-          <t>5817.99 €</t>
+          <t>7431.69 €</t>
         </is>
       </c>
       <c r="I426" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="427" ht="15" customHeight="1">
       <c r="A427" t="inlineStr">
         <is>
-          <t>AR8888</t>
+          <t>AR9006</t>
         </is>
       </c>
       <c r="B427" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C427" s="2" t="inlineStr">
         <is>
           <t>PumpDrive-II, 45kW, PDRV2_045K00</t>
         </is>
       </c>
       <c r="D427" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E427" t="inlineStr">
         <is>
           <t>45 kW</t>
         </is>
       </c>
       <c r="F427" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: B3: gebraucht / werksüberholt</t>
         </is>
       </c>
       <c r="G427" t="inlineStr">
         <is>
           <t>82.00</t>
         </is>
       </c>
       <c r="H427" t="inlineStr">
         <is>
           <t>6739.22 €</t>
         </is>
       </c>
       <c r="I427" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="428" ht="15" customHeight="1">
       <c r="A428" t="inlineStr">
         <is>
-          <t>AR8915</t>
+          <t>AR9010</t>
         </is>
       </c>
       <c r="B428" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C428" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
+          <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
         </is>
       </c>
       <c r="D428" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E428" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="F428" t="inlineStr">
         <is>
           <t>B1: B3: gebraucht / werksüberholt</t>
         </is>
       </c>
       <c r="G428" t="inlineStr">
         <is>
           <t>58.00</t>
         </is>
       </c>
       <c r="H428" t="inlineStr">
         <is>
-          <t>3116.06 €</t>
+          <t>3703.48 €</t>
         </is>
       </c>
       <c r="I428" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="429" ht="15" customHeight="1">
       <c r="A429" t="inlineStr">
         <is>
-          <t>AR9005</t>
+          <t>AR9018-02</t>
         </is>
       </c>
       <c r="B429" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C429" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 55kW, PDRV2_055K00</t>
+          <t>PumpDrive-II, 45kW, PDRV2_045K00</t>
         </is>
       </c>
       <c r="D429" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E429" t="inlineStr">
         <is>
-          <t>55 kW</t>
+          <t>45 kW</t>
         </is>
       </c>
       <c r="F429" t="inlineStr">
         <is>
           <t>B1: B3: gebraucht / werksüberholt</t>
         </is>
       </c>
       <c r="G429" t="inlineStr">
         <is>
           <t>82.00</t>
         </is>
       </c>
       <c r="H429" t="inlineStr">
         <is>
-          <t>7431.69 €</t>
+          <t>6739.22 €</t>
         </is>
       </c>
       <c r="I429" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="430" ht="15" customHeight="1">
       <c r="A430" t="inlineStr">
         <is>
-          <t>AR9006</t>
+          <t>AR9065</t>
         </is>
       </c>
       <c r="B430" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C430" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 45kW, PDRV2_045K00</t>
+          <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
         </is>
       </c>
       <c r="D430" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E430" t="inlineStr">
         <is>
-          <t>45 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="F430" t="inlineStr">
         <is>
           <t>B1: B3: gebraucht / werksüberholt</t>
         </is>
       </c>
       <c r="G430" t="inlineStr">
         <is>
-          <t>82.00</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H430" t="inlineStr">
         <is>
-          <t>6739.22 €</t>
+          <t>3703.48 €</t>
         </is>
       </c>
       <c r="I430" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="431" ht="15" customHeight="1">
       <c r="A431" t="inlineStr">
         <is>
-          <t>AR9010</t>
+          <t>AR9096</t>
         </is>
       </c>
       <c r="B431" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C431" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
+          <t>PumpDrive-I 15kW, 5015K00 PD1</t>
         </is>
       </c>
       <c r="D431" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E431" t="inlineStr">
         <is>
-          <t>18,5 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="F431" t="inlineStr">
         <is>
-          <t>B1: B3: gebraucht / werksüberholt</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G431" t="inlineStr">
         <is>
-          <t>58.00</t>
+          <t>25.00</t>
         </is>
       </c>
       <c r="H431" t="inlineStr">
         <is>
-          <t>3703.48 €</t>
+          <t>4933.99 €</t>
         </is>
       </c>
       <c r="I431" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="432" ht="15" customHeight="1">
       <c r="A432" t="inlineStr">
         <is>
-          <t>AR9018-02</t>
+          <t>AR9098</t>
         </is>
       </c>
       <c r="B432" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C432" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 45kW, PDRV2_045K00</t>
+          <t>PumpDrive-II, 37kW, PDRV2_037K00</t>
         </is>
       </c>
       <c r="D432" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E432" t="inlineStr">
         <is>
-          <t>45 kW</t>
+          <t>37 kW</t>
         </is>
       </c>
       <c r="F432" t="inlineStr">
         <is>
-          <t>B1: B3: gebraucht / werksüberholt</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G432" t="inlineStr">
         <is>
           <t>82.00</t>
         </is>
       </c>
       <c r="H432" t="inlineStr">
         <is>
-          <t>6739.22 €</t>
+          <t>5817.99 €</t>
         </is>
       </c>
       <c r="I432" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="433" ht="15" customHeight="1">
       <c r="A433" t="inlineStr">
         <is>
-          <t>AR9065</t>
+          <t>AR9102</t>
         </is>
       </c>
       <c r="B433" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C433" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 18,5kW, PDRV2_018K50</t>
+          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
         </is>
       </c>
       <c r="D433" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E433" t="inlineStr">
         <is>
-          <t>18,5 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="F433" t="inlineStr">
         <is>
-          <t>B1: B3: gebraucht / werksüberholt</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G433" t="inlineStr">
         <is>
           <t>58.00</t>
         </is>
       </c>
       <c r="H433" t="inlineStr">
         <is>
-          <t>3703.48 €</t>
+          <t>3116.06 €</t>
         </is>
       </c>
       <c r="I433" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="434" ht="15" customHeight="1">
       <c r="A434" t="inlineStr">
         <is>
-          <t>AR9096</t>
+          <t>AR9197</t>
         </is>
       </c>
       <c r="B434" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C434" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-I 15kW, 5015K00 PD1</t>
+          <t>PumpDrive-II Eco, 3kW, PDRV2E_003K00</t>
         </is>
       </c>
       <c r="D434" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E434" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>3 kW</t>
         </is>
       </c>
       <c r="F434" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G434" t="inlineStr">
         <is>
-          <t>25.00</t>
+          <t>7.50</t>
         </is>
       </c>
       <c r="H434" t="inlineStr">
         <is>
-          <t>4933.99 €</t>
+          <t>1244.80 €</t>
         </is>
       </c>
       <c r="I434" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="435" ht="15" customHeight="1">
       <c r="A435" t="inlineStr">
         <is>
-          <t>AR9098</t>
+          <t>AR9198</t>
         </is>
       </c>
       <c r="B435" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C435" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 37kW, PDRV2_037K00</t>
+          <t>PumpDrive-II Eco, 3kW, PDRV2E_003K00</t>
         </is>
       </c>
       <c r="D435" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E435" t="inlineStr">
         <is>
-          <t>37 kW</t>
+          <t>3 kW</t>
         </is>
       </c>
       <c r="F435" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G435" t="inlineStr">
         <is>
-          <t>82.00</t>
+          <t>7.50</t>
         </is>
       </c>
       <c r="H435" t="inlineStr">
         <is>
-          <t>5817.99 €</t>
+          <t>1244.80 €</t>
         </is>
       </c>
       <c r="I435" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="436" ht="15" customHeight="1">
       <c r="A436" t="inlineStr">
         <is>
-          <t>AR9102</t>
+          <t>AR9201</t>
         </is>
       </c>
       <c r="B436" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C436" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
+          <t>PumpDrive-II Eco, 3kW, PDRV2E_003K00</t>
         </is>
       </c>
       <c r="D436" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E436" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>3 kW</t>
         </is>
       </c>
       <c r="F436" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: B3: gebraucht / werksüberholt</t>
         </is>
       </c>
       <c r="G436" t="inlineStr">
         <is>
-          <t>58.00</t>
+          <t>7.50</t>
         </is>
       </c>
       <c r="H436" t="inlineStr">
         <is>
-          <t>3116.06 €</t>
+          <t>933.60 €</t>
         </is>
       </c>
       <c r="I436" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="437" ht="15" customHeight="1">
       <c r="A437" t="inlineStr">
         <is>
-          <t>AR9197</t>
+          <t>AR9204</t>
         </is>
       </c>
       <c r="B437" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C437" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 3kW, PDRV2E_003K00</t>
+          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
         </is>
       </c>
       <c r="D437" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E437" t="inlineStr">
         <is>
-          <t>3 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="F437" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B3: gebraucht / werksüberholt</t>
         </is>
       </c>
       <c r="G437" t="inlineStr">
         <is>
-          <t>7.50</t>
+          <t>58.00</t>
         </is>
       </c>
       <c r="H437" t="inlineStr">
         <is>
-          <t>1244.80 €</t>
+          <t>3116.06 €</t>
         </is>
       </c>
       <c r="I437" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="438" ht="15" customHeight="1">
       <c r="A438" t="inlineStr">
         <is>
-          <t>AR9198</t>
+          <t>AR9442</t>
         </is>
       </c>
       <c r="B438" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C438" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 3kW, PDRV2E_003K00</t>
+          <t>PumpDrive-II, 37kW, PDRV2_037K00</t>
         </is>
       </c>
       <c r="D438" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E438" t="inlineStr">
         <is>
-          <t>3 kW</t>
+          <t>37 kW</t>
         </is>
       </c>
       <c r="F438" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G438" t="inlineStr">
         <is>
-          <t>7.50</t>
+          <t>82.00</t>
         </is>
       </c>
       <c r="H438" t="inlineStr">
         <is>
-          <t>1244.80 €</t>
+          <t>5817.99 €</t>
         </is>
       </c>
       <c r="I438" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="439" ht="15" customHeight="1">
       <c r="A439" t="inlineStr">
         <is>
-          <t>AR9201</t>
+          <t>AR9467PD</t>
         </is>
       </c>
       <c r="B439" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C439" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco, 3kW, PDRV2E_003K00</t>
+          <t>PumpDrive-I 11kW, 5011K00 PD1</t>
         </is>
       </c>
       <c r="D439" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E439" t="inlineStr">
         <is>
-          <t>3 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="F439" t="inlineStr">
         <is>
-          <t>B1: B3: gebraucht / werksüberholt</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G439" t="inlineStr">
         <is>
-          <t>7.50</t>
+          <t>23.00</t>
         </is>
       </c>
       <c r="H439" t="inlineStr">
         <is>
-          <t>933.60 €</t>
+          <t>3663.47 €</t>
         </is>
       </c>
       <c r="I439" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="440" ht="15" customHeight="1">
+    <row r="440" ht="30" customHeight="1">
       <c r="A440" t="inlineStr">
         <is>
-          <t>AR9204</t>
+          <t>AR9469</t>
         </is>
       </c>
       <c r="B440" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C440" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 15kW, PDRV2_015K00</t>
+          <t>PumpDrive-II, 15kW, PDRV2_015K00, M12 Modul + Funkmodul</t>
         </is>
       </c>
       <c r="D440" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E440" t="inlineStr">
         <is>
           <t>15 kW</t>
         </is>
       </c>
       <c r="F440" t="inlineStr">
         <is>
-          <t>B1: B3: gebraucht / werksüberholt</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G440" t="inlineStr">
         <is>
           <t>58.00</t>
         </is>
       </c>
       <c r="H440" t="inlineStr">
         <is>
-          <t>3116.06 €</t>
+          <t>3276.06 €</t>
         </is>
       </c>
       <c r="I440" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="441" ht="15" customHeight="1">
       <c r="A441" t="inlineStr">
         <is>
-          <t>AR9442</t>
+          <t>AR9600</t>
         </is>
       </c>
       <c r="B441" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C441" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 37kW, PDRV2_037K00</t>
+          <t>PumpDrive-II, 18,5kW, PDRV2_018K50, M12 Modul</t>
         </is>
       </c>
       <c r="D441" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E441" t="inlineStr">
         <is>
+          <t>18,5 kW</t>
+        </is>
+      </c>
+      <c r="F441" t="inlineStr">
+        <is>
+          <t>B1: B2: gebraucht / wie neu</t>
+        </is>
+      </c>
+      <c r="G441" t="inlineStr">
+        <is>
+          <t>58.00</t>
+        </is>
+      </c>
+      <c r="H441" t="inlineStr">
+        <is>
+          <t>3783.48 €</t>
+        </is>
+      </c>
+      <c r="I441" t="inlineStr">
+        <is>
+          <t>ABResale</t>
+        </is>
+      </c>
+    </row>
+    <row r="442" ht="30" customHeight="1">
+      <c r="A442" t="inlineStr">
+        <is>
+          <t>AR9602</t>
+        </is>
+      </c>
+      <c r="B442" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="C442" s="2" t="inlineStr">
+        <is>
+          <t>PumpDrive-II, 15kW, PDRV2_015K00, M12 Modul +  Modbus + IO Modul + Hauptschalter</t>
+        </is>
+      </c>
+      <c r="D442" t="inlineStr">
+        <is>
+          <t>Frequenzumrichter</t>
+        </is>
+      </c>
+      <c r="E442" t="inlineStr">
+        <is>
+          <t>15 kW</t>
+        </is>
+      </c>
+      <c r="F442" t="inlineStr">
+        <is>
+          <t>B1: B2: gebraucht / wie neu</t>
+        </is>
+      </c>
+      <c r="G442" t="inlineStr">
+        <is>
+          <t>58.00</t>
+        </is>
+      </c>
+      <c r="H442" t="inlineStr">
+        <is>
+          <t>3482.26 €</t>
+        </is>
+      </c>
+      <c r="I442" t="inlineStr">
+        <is>
+          <t>ABResale</t>
+        </is>
+      </c>
+    </row>
+    <row r="443" ht="15" customHeight="1">
+      <c r="A443" t="inlineStr">
+        <is>
+          <t>AR9606</t>
+        </is>
+      </c>
+      <c r="B443" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="C443" s="2" t="inlineStr">
+        <is>
+          <t>PumpDrive-II, 37kW, PDRV2_037K00, Profibus</t>
+        </is>
+      </c>
+      <c r="D443" t="inlineStr">
+        <is>
+          <t>Frequenzumrichter</t>
+        </is>
+      </c>
+      <c r="E443" t="inlineStr">
+        <is>
           <t>37 kW</t>
         </is>
       </c>
-      <c r="F441" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G441" t="inlineStr">
+      <c r="F443" t="inlineStr">
+        <is>
+          <t>B1: B2: gebraucht / wie neu</t>
+        </is>
+      </c>
+      <c r="G443" t="inlineStr">
         <is>
           <t>82.00</t>
         </is>
       </c>
-      <c r="H441" t="inlineStr">
-[...92 lines deleted...]
-      </c>
       <c r="H443" t="inlineStr">
         <is>
-          <t>3276.06 €</t>
+          <t>5897.99 €</t>
         </is>
       </c>
       <c r="I443" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="444" ht="15" customHeight="1">
       <c r="A444" t="inlineStr">
         <is>
-          <t>AR9600</t>
+          <t>AR9872</t>
         </is>
       </c>
       <c r="B444" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C444" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 18,5kW, PDRV2_018K50, M12 Modul</t>
+          <t>PumpDrive-I 0,75kW, 5000K75 PD1</t>
         </is>
       </c>
       <c r="D444" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E444" t="inlineStr">
         <is>
-          <t>18,5 kW</t>
+          <t>0,75 kW</t>
         </is>
       </c>
       <c r="F444" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G444" t="inlineStr">
         <is>
+          <t>9.00</t>
+        </is>
+      </c>
+      <c r="H444" t="inlineStr">
+        <is>
+          <t>840.63 €</t>
+        </is>
+      </c>
+      <c r="I444" t="inlineStr">
+        <is>
+          <t>ABResale</t>
+        </is>
+      </c>
+    </row>
+    <row r="445" ht="15" customHeight="1">
+      <c r="A445" t="inlineStr">
+        <is>
+          <t>ARV10800</t>
+        </is>
+      </c>
+      <c r="B445" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="C445" s="2" t="inlineStr">
+        <is>
+          <t>PumpDrive-II, 30kW, PDRV2_030K00, Profibus</t>
+        </is>
+      </c>
+      <c r="D445" t="inlineStr">
+        <is>
+          <t>Frequenzumrichter</t>
+        </is>
+      </c>
+      <c r="E445" t="inlineStr">
+        <is>
+          <t>30 kW</t>
+        </is>
+      </c>
+      <c r="F445" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="G445" t="inlineStr">
+        <is>
           <t>58.00</t>
         </is>
       </c>
-      <c r="H444" t="inlineStr">
-[...45 lines deleted...]
-      </c>
       <c r="H445" t="inlineStr">
         <is>
-          <t>3482.26 €</t>
+          <t>2475.00 €</t>
         </is>
       </c>
       <c r="I445" t="inlineStr">
         <is>
-          <t>ABResale</t>
-[...3 lines deleted...]
-    <row r="446" ht="15" customHeight="1">
+          <t>Dritte</t>
+        </is>
+      </c>
+    </row>
+    <row r="446" ht="30" customHeight="1">
       <c r="A446" t="inlineStr">
         <is>
-          <t>AR9606</t>
+          <t>ARV16640</t>
         </is>
       </c>
       <c r="B446" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C446" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 37kW, PDRV2_037K00, Profibus</t>
+          <t>PumpDrive-R, 75 kW, KSB202P75KT4E55H1XGXXXXSXXXXAXBXCXXXXDX</t>
         </is>
       </c>
       <c r="D446" t="inlineStr">
         <is>
           <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E446" t="inlineStr">
         <is>
-          <t>37 kW</t>
+          <t>75 kW</t>
         </is>
       </c>
       <c r="F446" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="G446" t="inlineStr">
         <is>
-          <t>82.00</t>
+          <t>87.00</t>
         </is>
       </c>
       <c r="H446" t="inlineStr">
         <is>
-          <t>5897.99 €</t>
+          <t>8778.80 €</t>
         </is>
       </c>
       <c r="I446" t="inlineStr">
         <is>
-          <t>ABResale</t>
+          <t>Dritte</t>
         </is>
       </c>
     </row>
     <row r="447" ht="15" customHeight="1">
       <c r="A447" t="inlineStr">
         <is>
-          <t>AR9872</t>
+          <t>KSB3752</t>
         </is>
       </c>
       <c r="B447" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C447" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-I 0,75kW, 5000K75 PD1</t>
+          <t>LevelControl 2 BS2 400 SUEA 180</t>
         </is>
       </c>
       <c r="D447" t="inlineStr">
         <is>
-          <t>Frequenzumrichter</t>
+          <t>Doppelpumpenschaltgeräte</t>
         </is>
       </c>
       <c r="E447" t="inlineStr">
         <is>
-          <t>0,75 kW</t>
+          <t>7,2 kW</t>
         </is>
       </c>
       <c r="F447" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G447" t="inlineStr">
         <is>
-          <t>9.00</t>
+          <t>24.00</t>
         </is>
       </c>
       <c r="H447" t="inlineStr">
         <is>
-          <t>840.63 €</t>
+          <t>3310.44 €</t>
         </is>
       </c>
       <c r="I447" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="448" ht="15" customHeight="1">
       <c r="A448" t="inlineStr">
         <is>
-          <t>ARV10800</t>
+          <t>KSB4136</t>
         </is>
       </c>
       <c r="B448" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C448" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II, 30kW, PDRV2_030K00, Profibus</t>
-[...11 lines deleted...]
-      </c>
+          <t>Hyatronic MB 3x 7,5 kW</t>
+        </is>
+      </c>
+      <c r="D448" t="inlineStr"/>
+      <c r="E448" t="inlineStr"/>
       <c r="F448" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G448" t="inlineStr">
         <is>
-          <t>58.00</t>
+          <t>12.00</t>
         </is>
       </c>
       <c r="H448" t="inlineStr">
         <is>
-          <t>2475.00 €</t>
+          <t>8568.13 €</t>
         </is>
       </c>
       <c r="I448" t="inlineStr">
         <is>
-          <t>Dritte</t>
-[...3 lines deleted...]
-    <row r="449" ht="30" customHeight="1">
+          <t>ABResale</t>
+        </is>
+      </c>
+    </row>
+    <row r="449" ht="15" customHeight="1">
       <c r="A449" t="inlineStr">
         <is>
-          <t>ARV16640</t>
+          <t>KSB4189</t>
         </is>
       </c>
       <c r="B449" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C449" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-R, 75 kW, KSB202P75KT4E55H1XGXXXXSXXXXAXBXCXXXXDX</t>
+          <t>Doppelpumpenschaltgerät DDEL 100.2 ENP 400Vac</t>
         </is>
       </c>
       <c r="D449" t="inlineStr">
         <is>
-          <t>Frequenzumrichter</t>
-[...6 lines deleted...]
-      </c>
+          <t>Doppelpumpenschaltgeräte</t>
+        </is>
+      </c>
+      <c r="E449" t="inlineStr"/>
       <c r="F449" t="inlineStr">
         <is>
-          <t>B1: A: neu / standard</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="G449" t="inlineStr">
         <is>
-          <t>87.00</t>
+          <t>20.00</t>
         </is>
       </c>
       <c r="H449" t="inlineStr">
         <is>
-          <t>8778.80 €</t>
+          <t>1209.92 €</t>
         </is>
       </c>
       <c r="I449" t="inlineStr">
         <is>
-          <t>Dritte</t>
+          <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="450" ht="15" customHeight="1">
       <c r="A450" t="inlineStr">
         <is>
-          <t>KSB3752</t>
+          <t>KSB4473</t>
         </is>
       </c>
       <c r="B450" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C450" s="2" t="inlineStr">
         <is>
-          <t>LevelControl 2 BS2 400 SUEA 180</t>
+          <t>PumpDrive-I 11kW, 5011K00 PD1</t>
         </is>
       </c>
       <c r="D450" t="inlineStr">
         <is>
-          <t>Doppelpumpenschaltgeräte</t>
+          <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="E450" t="inlineStr">
         <is>
-          <t>7,2 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="F450" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="G450" t="inlineStr">
         <is>
-          <t>24.00</t>
+          <t>25.00</t>
         </is>
       </c>
       <c r="H450" t="inlineStr">
         <is>
-          <t>3310.44 €</t>
+          <t>3708.10 €</t>
         </is>
       </c>
       <c r="I450" t="inlineStr">
-        <is>
-[...127 lines deleted...]
-      <c r="I453" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>