--- v0 (2025-12-16)
+++ v1 (2026-02-03)
@@ -427,51 +427,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:R457"/>
+  <dimension ref="A1:R514"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="15" customWidth="1" min="1" max="1"/>
     <col width="10" customWidth="1" min="2" max="2"/>
     <col width="10" customWidth="1" min="3" max="3"/>
     <col width="15" customWidth="1" min="4" max="4"/>
     <col width="15" customWidth="1" min="5" max="5"/>
     <col width="12" customWidth="1" min="6" max="6"/>
     <col width="50" customWidth="1" min="7" max="7"/>
     <col width="15" customWidth="1" min="8" max="8"/>
     <col width="12" customWidth="1" min="9" max="9"/>
     <col width="15" customWidth="1" min="10" max="10"/>
     <col width="12" customWidth="1" min="11" max="11"/>
     <col width="15" customWidth="1" min="12" max="12"/>
     <col width="15" customWidth="1" min="13" max="13"/>
     <col width="25" customWidth="1" min="14" max="14"/>
     <col width="12" customWidth="1" min="15" max="15"/>
     <col width="15" customWidth="1" min="16" max="16"/>
     <col width="10" customWidth="1" min="17" max="17"/>
     <col width="12" customWidth="1" min="18" max="18"/>
@@ -579,51 +579,55 @@
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>11 kW</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F2" t="inlineStr"/>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>Motor 11 kW, 2-polig, 160M, B3, 50Hz, 375V, IE5 SuPremE</t>
         </is>
       </c>
-      <c r="H2" t="inlineStr"/>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I2" t="inlineStr"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K2" t="inlineStr"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>IE5</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O2" t="inlineStr">
         <is>
           <t>2017</t>
@@ -651,51 +655,55 @@
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
           <t>11 kW</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F3" t="inlineStr"/>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>Motor 11 kW, 2-polig, 160M, B3, 50Hz, 375V, IE5 SuPremE</t>
         </is>
       </c>
-      <c r="H3" t="inlineStr"/>
+      <c r="H3" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I3" t="inlineStr"/>
       <c r="J3" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K3" t="inlineStr"/>
       <c r="L3" t="inlineStr">
         <is>
           <t>IE5</t>
         </is>
       </c>
       <c r="M3" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N3" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O3" t="inlineStr">
         <is>
           <t>2017</t>
@@ -723,51 +731,55 @@
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
           <t>5,5 kW</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
           <t>V1</t>
         </is>
       </c>
       <c r="F4" t="inlineStr"/>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>Motor 5,5 kW, 4-polig, 132S, V1, 50Hz, 350V, IE5 SuPremE C2 mit Adapterplatte für PDRV2</t>
         </is>
       </c>
-      <c r="H4" t="inlineStr"/>
+      <c r="H4" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I4" t="inlineStr"/>
       <c r="J4" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K4" t="inlineStr"/>
       <c r="L4" t="inlineStr">
         <is>
           <t>IE5</t>
         </is>
       </c>
       <c r="M4" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N4" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O4" t="inlineStr">
         <is>
           <t>2017</t>
@@ -795,51 +807,55 @@
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
           <t>5,5 kW</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
           <t>V1</t>
         </is>
       </c>
       <c r="F5" t="inlineStr"/>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>Motor 5,5 kW, 2-polig, 132S, V1, 100Hz, 365V, IE5 SuPremE C2 mit Adapterplatte für PDRV2</t>
         </is>
       </c>
-      <c r="H5" t="inlineStr"/>
+      <c r="H5" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I5" t="inlineStr"/>
       <c r="J5" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K5" t="inlineStr"/>
       <c r="L5" t="inlineStr">
         <is>
           <t>IE5</t>
         </is>
       </c>
       <c r="M5" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N5" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O5" t="inlineStr">
         <is>
           <t>2018</t>
@@ -867,51 +883,55 @@
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
           <t>2,2 kW</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
           <t>V1</t>
         </is>
       </c>
       <c r="F6" t="inlineStr"/>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>Motor 2,2 kW, 4-polig, 100L, V1, 50Hz, 365V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
         </is>
       </c>
-      <c r="H6" t="inlineStr"/>
+      <c r="H6" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I6" t="inlineStr"/>
       <c r="J6" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K6" t="inlineStr"/>
       <c r="L6" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M6" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N6" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O6" t="inlineStr">
         <is>
           <t>2018</t>
@@ -939,32308 +959,38244 @@
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
           <t>5,5 kW</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
           <t>V1</t>
         </is>
       </c>
       <c r="F7" t="inlineStr"/>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>Motor 5,5 kW, 2-polig, 132S, V1, 100Hz, 365V, IE4 SuPremE C2 mit Adapterplatte für PDRV2</t>
         </is>
       </c>
-      <c r="H7" t="inlineStr"/>
+      <c r="H7" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I7" t="inlineStr"/>
       <c r="J7" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K7" t="inlineStr"/>
       <c r="L7" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M7" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N7" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
       <c r="P7" t="inlineStr">
         <is>
           <t>658.25 €</t>
         </is>
       </c>
       <c r="Q7" t="inlineStr"/>
       <c r="R7" t="inlineStr">
         <is>
           <t>62.00</t>
         </is>
       </c>
     </row>
     <row r="8" ht="15" customHeight="1">
       <c r="A8" t="inlineStr">
         <is>
-          <t>AR10423</t>
+          <t>AR10422</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>2945</t>
-[...11 lines deleted...]
-      </c>
+          <t>2870</t>
+        </is>
+      </c>
+      <c r="D8" t="inlineStr"/>
+      <c r="E8" t="inlineStr"/>
       <c r="F8" t="inlineStr"/>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>Motor 15 kW, 2-polig, 160M, V1, 50/60Hz, 230/400V</t>
-[...2 lines deleted...]
-      <c r="H8" t="inlineStr"/>
+          <t>Motor 0,55 kW, 2-polig, 3x 400V</t>
+        </is>
+      </c>
+      <c r="H8" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I8" t="inlineStr"/>
       <c r="J8" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K8" t="inlineStr"/>
-      <c r="L8" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L8" t="inlineStr"/>
       <c r="M8" t="inlineStr">
         <is>
-          <t>Cantoni</t>
+          <t>FRANKLIN ELECTRIC</t>
         </is>
       </c>
       <c r="N8" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O8" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="P8" t="inlineStr">
         <is>
-          <t>1150.10 €</t>
+          <t>225.77 €</t>
         </is>
       </c>
       <c r="Q8" t="inlineStr"/>
       <c r="R8" t="inlineStr">
         <is>
-          <t>156.00</t>
-[...3 lines deleted...]
-    <row r="9" ht="30" customHeight="1">
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
       <c r="A9" t="inlineStr">
         <is>
-          <t>AR10429M</t>
+          <t>AR10423</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>2945</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
           <t>V1</t>
         </is>
       </c>
       <c r="F9" t="inlineStr"/>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>Motor 5,5 kW, 4-polig, 132S, V1, 50Hz, 400V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H9" t="inlineStr"/>
+          <t>Motor 15 kW, 2-polig, 160M, V1, 50/60Hz, 230/400V</t>
+        </is>
+      </c>
+      <c r="H9" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V, 50Hz 3x 230 V</t>
+        </is>
+      </c>
       <c r="I9" t="inlineStr"/>
       <c r="J9" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K9" t="inlineStr"/>
       <c r="L9" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M9" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Cantoni</t>
         </is>
       </c>
       <c r="N9" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O9" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="P9" t="inlineStr">
         <is>
-          <t>577.50 €</t>
+          <t>1150.10 €</t>
         </is>
       </c>
       <c r="Q9" t="inlineStr"/>
       <c r="R9" t="inlineStr">
         <is>
-          <t>77.00</t>
+          <t>156.00</t>
         </is>
       </c>
     </row>
     <row r="10" ht="30" customHeight="1">
       <c r="A10" t="inlineStr">
         <is>
-          <t>AR10666</t>
+          <t>AR10429M</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>45 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F10" t="inlineStr"/>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>Motor 45 kW, 2-polig, 225M, B3, 100Hz, 360V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H10" t="inlineStr"/>
+          <t>Motor 5,5 kW, 4-polig, 132S, V1, 50Hz, 400V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H10" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I10" t="inlineStr"/>
       <c r="J10" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K10" t="inlineStr"/>
       <c r="L10" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M10" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N10" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O10" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P10" t="inlineStr">
         <is>
-          <t>2799.74 €</t>
+          <t>577.50 €</t>
         </is>
       </c>
       <c r="Q10" t="inlineStr"/>
       <c r="R10" t="inlineStr">
         <is>
-          <t>417.00</t>
+          <t>77.00</t>
         </is>
       </c>
     </row>
     <row r="11" ht="30" customHeight="1">
       <c r="A11" t="inlineStr">
         <is>
-          <t>AR10668</t>
+          <t>AR10470B</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>45 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F11" t="inlineStr"/>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>Motor 45 kW, 2-polig, 225M, B3, 100Hz, 360V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H11" t="inlineStr"/>
+          <t>DrivePack PDRV2_ 18,50 kW, 2-polig, 160L, B3, 100Hz, 400V, SuPremE C2 IE4</t>
+        </is>
+      </c>
+      <c r="H11" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I11" t="inlineStr"/>
-      <c r="J11" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J11" t="inlineStr"/>
       <c r="K11" t="inlineStr"/>
       <c r="L11" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M11" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N11" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
-[...6 lines deleted...]
-      </c>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O11" t="inlineStr"/>
       <c r="P11" t="inlineStr">
         <is>
-          <t>2799.74 €</t>
+          <t>6485.50 €</t>
         </is>
       </c>
       <c r="Q11" t="inlineStr"/>
       <c r="R11" t="inlineStr">
         <is>
-          <t>417.00</t>
+          <t>160.00</t>
         </is>
       </c>
     </row>
     <row r="12" ht="30" customHeight="1">
       <c r="A12" t="inlineStr">
         <is>
-          <t>AR10676</t>
+          <t>AR10666</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>45 kW</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F12" t="inlineStr"/>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>Motor 15 kW, 2-polig, 160M, V1, 100Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H12" t="inlineStr"/>
+          <t>Motor 45 kW, 2-polig, 225M, B3, 100Hz, 360V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H12" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I12" t="inlineStr"/>
       <c r="J12" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K12" t="inlineStr"/>
       <c r="L12" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M12" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N12" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="O12" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
       <c r="P12" t="inlineStr">
         <is>
-          <t>1213.75 €</t>
+          <t>2799.74 €</t>
         </is>
       </c>
       <c r="Q12" t="inlineStr"/>
       <c r="R12" t="inlineStr">
         <is>
-          <t>127.00</t>
+          <t>417.00</t>
         </is>
       </c>
     </row>
     <row r="13" ht="30" customHeight="1">
       <c r="A13" t="inlineStr">
         <is>
-          <t>AR10677</t>
+          <t>AR10668</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>45 kW</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F13" t="inlineStr"/>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>Motor 15 kW, 2-polig, 160M, V1, 100Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H13" t="inlineStr"/>
+          <t>Motor 45 kW, 2-polig, 225M, B3, 100Hz, 360V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H13" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I13" t="inlineStr"/>
       <c r="J13" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K13" t="inlineStr"/>
       <c r="L13" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M13" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N13" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="O13" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
       <c r="P13" t="inlineStr">
         <is>
-          <t>1213.75 €</t>
+          <t>2799.74 €</t>
         </is>
       </c>
       <c r="Q13" t="inlineStr"/>
       <c r="R13" t="inlineStr">
         <is>
-          <t>127.00</t>
+          <t>417.00</t>
         </is>
       </c>
     </row>
     <row r="14" ht="30" customHeight="1">
       <c r="A14" t="inlineStr">
         <is>
-          <t>AR10714</t>
+          <t>AR10676</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
           <t>V1</t>
         </is>
       </c>
       <c r="F14" t="inlineStr"/>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>Motor 5,5 kW, 2-polig, 132S, V1, 100Hz, 365V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H14" t="inlineStr"/>
+          <t>Motor 15 kW, 2-polig, 160M, V1, 100Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H14" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I14" t="inlineStr"/>
       <c r="J14" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K14" t="inlineStr"/>
       <c r="L14" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M14" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N14" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O14" t="inlineStr">
         <is>
-          <t>2015</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="P14" t="inlineStr">
         <is>
-          <t>554.09 €</t>
+          <t>1213.75 €</t>
         </is>
       </c>
       <c r="Q14" t="inlineStr"/>
       <c r="R14" t="inlineStr">
         <is>
-          <t>66.00</t>
+          <t>127.00</t>
         </is>
       </c>
     </row>
     <row r="15" ht="30" customHeight="1">
       <c r="A15" t="inlineStr">
         <is>
-          <t>AR10809M</t>
+          <t>AR10677</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>3 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
           <t>V1</t>
         </is>
       </c>
       <c r="F15" t="inlineStr"/>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>Motor 3 kW, 4-polig, 100L, V1, 50Hz, 355V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H15" t="inlineStr"/>
+          <t>Motor 15 kW, 2-polig, 160M, V1, 100Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H15" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I15" t="inlineStr"/>
       <c r="J15" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K15" t="inlineStr"/>
       <c r="L15" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M15" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N15" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O15" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
       <c r="P15" t="inlineStr">
         <is>
-          <t>530.67 €</t>
+          <t>1213.75 €</t>
         </is>
       </c>
       <c r="Q15" t="inlineStr"/>
       <c r="R15" t="inlineStr">
         <is>
-          <t>28.00</t>
+          <t>127.00</t>
         </is>
       </c>
     </row>
     <row r="16" ht="30" customHeight="1">
       <c r="A16" t="inlineStr">
         <is>
-          <t>AR10937</t>
+          <t>AR10714</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>2960</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
           <t>5,5 kW</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F16" t="inlineStr"/>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>Motor 5,5 kW, 4-polig, 132S, B3, 50Hz, 350V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H16" t="inlineStr"/>
+          <t>Motor 5,5 kW, 2-polig, 132S, V1, 100Hz, 365V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H16" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I16" t="inlineStr"/>
       <c r="J16" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K16" t="inlineStr"/>
       <c r="L16" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M16" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N16" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O16" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="P16" t="inlineStr">
         <is>
-          <t>708.33 €</t>
-[...6 lines deleted...]
-      </c>
+          <t>554.09 €</t>
+        </is>
+      </c>
+      <c r="Q16" t="inlineStr"/>
       <c r="R16" t="inlineStr">
         <is>
-          <t>72.00</t>
-[...3 lines deleted...]
-    <row r="17" ht="30" customHeight="1">
+          <t>66.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" ht="15" customHeight="1">
       <c r="A17" t="inlineStr">
         <is>
-          <t>AR10938</t>
+          <t>AR10795M</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1485</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>0,75 kW</t>
+          <t>90 kW</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
-          <t>V18</t>
-[...2 lines deleted...]
-      <c r="F17" t="inlineStr"/>
+          <t>B3</t>
+        </is>
+      </c>
+      <c r="F17" t="inlineStr">
+        <is>
+          <t>150-400</t>
+        </is>
+      </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,75 kW, 2-polig, 080M, V18, 100Hz, 360V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H17" t="inlineStr"/>
+          <t>Motor 90 kW, 4-polig, 280M, B3, 50/60Hz, IE3</t>
+        </is>
+      </c>
+      <c r="H17" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V, 60Hz 3x 460 V</t>
+        </is>
+      </c>
       <c r="I17" t="inlineStr"/>
       <c r="J17" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K17" t="inlineStr"/>
       <c r="L17" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M17" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
-      <c r="N17" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N17" t="inlineStr"/>
       <c r="O17" t="inlineStr">
         <is>
-          <t>2015</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="P17" t="inlineStr">
         <is>
-          <t>239.17 €</t>
-[...6 lines deleted...]
-      </c>
+          <t>8648.64 €</t>
+        </is>
+      </c>
+      <c r="Q17" t="inlineStr"/>
       <c r="R17" t="inlineStr">
         <is>
-          <t>12.00</t>
-[...3 lines deleted...]
-    <row r="18" ht="30" customHeight="1">
+          <t>1200.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" ht="15" customHeight="1">
       <c r="A18" t="inlineStr">
         <is>
-          <t>AR10939</t>
+          <t>AR10798M</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>1485</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>0,75 kW</t>
+          <t>90 kW</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
-          <t>V18</t>
-[...2 lines deleted...]
-      <c r="F18" t="inlineStr"/>
+          <t>B3</t>
+        </is>
+      </c>
+      <c r="F18" t="inlineStr">
+        <is>
+          <t>150-400</t>
+        </is>
+      </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,75 kW, 4-polig, 080M, V18, 50Hz, 355V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H18" t="inlineStr"/>
+          <t>Motor 90 kW, 4-polig, 280M, B3, 50/60Hz, IE3</t>
+        </is>
+      </c>
+      <c r="H18" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V, 60Hz 3x 460 V</t>
+        </is>
+      </c>
       <c r="I18" t="inlineStr"/>
       <c r="J18" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K18" t="inlineStr"/>
       <c r="L18" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M18" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
-      <c r="N18" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N18" t="inlineStr"/>
       <c r="O18" t="inlineStr">
         <is>
-          <t>2015</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="P18" t="inlineStr">
         <is>
-          <t>271.39 €</t>
-[...6 lines deleted...]
-      </c>
+          <t>8648.64 €</t>
+        </is>
+      </c>
+      <c r="Q18" t="inlineStr"/>
       <c r="R18" t="inlineStr">
         <is>
-          <t>15.00</t>
+          <t>1200.00</t>
         </is>
       </c>
     </row>
     <row r="19" ht="30" customHeight="1">
       <c r="A19" t="inlineStr">
         <is>
-          <t>AR10940</t>
+          <t>AR10808DP</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>1,1 kW</t>
+          <t>3 kW</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
-          <t>V18</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F19" t="inlineStr"/>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>Motor 1,1 kW, 2-polig, 080M, V18, 100Hz, 360V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H19" t="inlineStr"/>
+          <t>Drivepack 3 kW, 4-polig, 100L, V1, 50Hz, 400V und PumpDrive-II Eco, 3 kW, PDRV2E_003K00</t>
+        </is>
+      </c>
+      <c r="H19" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I19" t="inlineStr"/>
       <c r="J19" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K19" t="inlineStr"/>
       <c r="L19" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M19" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N19" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O19" t="inlineStr">
         <is>
-          <t>2015</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="P19" t="inlineStr">
         <is>
-          <t>280.24 €</t>
-[...6 lines deleted...]
-      </c>
+          <t>1247.66 €</t>
+        </is>
+      </c>
+      <c r="Q19" t="inlineStr"/>
       <c r="R19" t="inlineStr">
         <is>
-          <t>14.00</t>
+          <t>53.00</t>
         </is>
       </c>
     </row>
     <row r="20" ht="30" customHeight="1">
       <c r="A20" t="inlineStr">
         <is>
-          <t>AR10941</t>
+          <t>AR10809M</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>0,75 kW</t>
+          <t>3 kW</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F20" t="inlineStr"/>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,75 kW, 2-polig, 080M, V15, 100Hz, 360V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H20" t="inlineStr"/>
+          <t>Motor 3 kW, 4-polig, 100L, V1, 50Hz, 355V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H20" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I20" t="inlineStr"/>
       <c r="J20" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K20" t="inlineStr"/>
       <c r="L20" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M20" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N20" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O20" t="inlineStr">
         <is>
-          <t>2015</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="P20" t="inlineStr">
         <is>
-          <t>251.14 €</t>
-[...6 lines deleted...]
-      </c>
+          <t>530.67 €</t>
+        </is>
+      </c>
+      <c r="Q20" t="inlineStr"/>
       <c r="R20" t="inlineStr">
         <is>
-          <t>12.00</t>
-[...3 lines deleted...]
-    <row r="21" ht="30" customHeight="1">
+          <t>28.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" ht="15" customHeight="1">
       <c r="A21" t="inlineStr">
         <is>
-          <t>AR10942</t>
+          <t>AR10812DP</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>0,55 kW</t>
+          <t>3 kW</t>
         </is>
       </c>
       <c r="E21" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F21" t="inlineStr"/>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,55 kW, 2-polig, 071M, V15, 100Hz, 350V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+          <t>DrivePack MOTOR V1-0300-1500-IE4 + PDRV Eco</t>
         </is>
       </c>
       <c r="H21" t="inlineStr"/>
       <c r="I21" t="inlineStr"/>
       <c r="J21" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K21" t="inlineStr"/>
       <c r="L21" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M21" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N21" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O21" t="inlineStr">
         <is>
-          <t>2015</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="P21" t="inlineStr">
         <is>
-          <t>230.95 €</t>
-[...6 lines deleted...]
-      </c>
+          <t>2455.17 €</t>
+        </is>
+      </c>
+      <c r="Q21" t="inlineStr"/>
       <c r="R21" t="inlineStr">
         <is>
-          <t>11.00</t>
+          <t>101.00</t>
         </is>
       </c>
     </row>
     <row r="22" ht="30" customHeight="1">
       <c r="A22" t="inlineStr">
         <is>
-          <t>AR10943</t>
+          <t>AR10815DP</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>0,75 kW</t>
+          <t>3 kW</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
-          <t>V15</t>
-[...2 lines deleted...]
-      <c r="F22" t="inlineStr"/>
+          <t>V1</t>
+        </is>
+      </c>
+      <c r="F22" t="inlineStr">
+        <is>
+          <t>080-200</t>
+        </is>
+      </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,75 kW, 4-polig, 080M, V15, 50Hz, 355V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H22" t="inlineStr"/>
+          <t>Drivepack 3 kW, 4-polig, 100L, V1, 50Hz, 400V und PumpDrive-II Eco, 3 kW, PDRV2E_003K00</t>
+        </is>
+      </c>
+      <c r="H22" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I22" t="inlineStr"/>
       <c r="J22" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K22" t="inlineStr"/>
       <c r="L22" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M22" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N22" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O22" t="inlineStr">
         <is>
-          <t>2015</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="P22" t="inlineStr">
         <is>
-          <t>284.95 €</t>
-[...6 lines deleted...]
-      </c>
+          <t>1247.66 €</t>
+        </is>
+      </c>
+      <c r="Q22" t="inlineStr"/>
       <c r="R22" t="inlineStr">
         <is>
-          <t>15.00</t>
+          <t>53.00</t>
         </is>
       </c>
     </row>
     <row r="23" ht="30" customHeight="1">
       <c r="A23" t="inlineStr">
         <is>
-          <t>AR10946</t>
+          <t>AR10840DP</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>45 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F23" t="inlineStr"/>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>Motor 45 kW, 4-polig, 225M, B3, 50Hz, 360V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H23" t="inlineStr"/>
+          <t>DrivePack 5,5kW, 4-polig, V1, 132S 50Hz, 400V  PDRV2E</t>
+        </is>
+      </c>
+      <c r="H23" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I23" t="inlineStr"/>
       <c r="J23" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K23" t="inlineStr"/>
       <c r="L23" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M23" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N23" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
-      <c r="O23" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="O23" t="inlineStr"/>
       <c r="P23" t="inlineStr">
         <is>
-          <t>4546.38 €</t>
-[...6 lines deleted...]
-      </c>
+          <t>2600.00 €</t>
+        </is>
+      </c>
+      <c r="Q23" t="inlineStr"/>
       <c r="R23" t="inlineStr">
         <is>
-          <t>418.00</t>
+          <t>77.00</t>
         </is>
       </c>
     </row>
     <row r="24" ht="30" customHeight="1">
       <c r="A24" t="inlineStr">
         <is>
-          <t>AR10947</t>
+          <t>AR10922</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>45 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F24" t="inlineStr"/>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>Motor 45 kW, 4-polig, 225M, V15, 50Hz, 360V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+          <t>Drivepack PDRV2_ 18,5 kW, 4-polig, 180M, B3, 50Hz, 400V SuPremE IE4</t>
         </is>
       </c>
       <c r="H24" t="inlineStr"/>
       <c r="I24" t="inlineStr"/>
       <c r="J24" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K24" t="inlineStr"/>
       <c r="L24" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M24" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N24" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O24" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
       <c r="P24" t="inlineStr">
         <is>
-          <t>5455.66 €</t>
-[...6 lines deleted...]
-      </c>
+          <t>6163.15 €</t>
+        </is>
+      </c>
+      <c r="Q24" t="inlineStr"/>
       <c r="R24" t="inlineStr">
         <is>
-          <t>418.00</t>
+          <t>230.00</t>
         </is>
       </c>
     </row>
     <row r="25" ht="30" customHeight="1">
       <c r="A25" t="inlineStr">
         <is>
-          <t>AR10948</t>
+          <t>AR10937</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>2960</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>45 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="E25" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F25" t="inlineStr"/>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>Motor 45 kW, 4-polig, 225M, V15, 50Hz, 360V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H25" t="inlineStr"/>
+          <t>Motor 5,5 kW, 4-polig, 132S, B3, 50Hz, 350V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H25" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I25" t="inlineStr"/>
       <c r="J25" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K25" t="inlineStr"/>
       <c r="L25" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M25" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N25" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O25" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
       <c r="P25" t="inlineStr">
         <is>
-          <t>5455.66 €</t>
+          <t>708.33 €</t>
         </is>
       </c>
       <c r="Q25" t="inlineStr">
         <is>
           <t>Ja</t>
         </is>
       </c>
       <c r="R25" t="inlineStr">
         <is>
-          <t>418.00</t>
+          <t>72.00</t>
         </is>
       </c>
     </row>
     <row r="26" ht="30" customHeight="1">
       <c r="A26" t="inlineStr">
         <is>
-          <t>AR10966</t>
+          <t>AR10938</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>0,75 kW</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>V18</t>
         </is>
       </c>
       <c r="F26" t="inlineStr"/>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>Motor 5,5 kW, 2-polig, 132S, V1, 100Hz, 365V, IE4 SuPremE mir Apdaterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H26" t="inlineStr"/>
+          <t>Motor 0,75 kW, 2-polig, 080M, V18, 100Hz, 360V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H26" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I26" t="inlineStr"/>
       <c r="J26" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K26" t="inlineStr"/>
       <c r="L26" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M26" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N26" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O26" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="P26" t="inlineStr">
         <is>
-          <t>731.39 €</t>
+          <t>239.17 €</t>
         </is>
       </c>
       <c r="Q26" t="inlineStr">
         <is>
           <t>Ja</t>
         </is>
       </c>
       <c r="R26" t="inlineStr">
         <is>
-          <t>62.00</t>
+          <t>12.00</t>
         </is>
       </c>
     </row>
     <row r="27" ht="30" customHeight="1">
       <c r="A27" t="inlineStr">
         <is>
-          <t>AR11060</t>
+          <t>AR10939</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>30 kW</t>
+          <t>0,75 kW</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>V18</t>
         </is>
       </c>
       <c r="F27" t="inlineStr"/>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>Motor 30 kW, 2-polig, 200L, V15, 100Hz, 380V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H27" t="inlineStr"/>
+          <t>Motor 0,75 kW, 4-polig, 080M, V18, 50Hz, 355V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H27" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I27" t="inlineStr"/>
       <c r="J27" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K27" t="inlineStr"/>
       <c r="L27" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M27" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N27" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O27" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="P27" t="inlineStr">
         <is>
-          <t>3326.07 €</t>
+          <t>271.39 €</t>
         </is>
       </c>
       <c r="Q27" t="inlineStr">
         <is>
           <t>Ja</t>
         </is>
       </c>
       <c r="R27" t="inlineStr">
         <is>
-          <t>227.00</t>
+          <t>15.00</t>
         </is>
       </c>
     </row>
     <row r="28" ht="30" customHeight="1">
       <c r="A28" t="inlineStr">
         <is>
-          <t>AR11061</t>
+          <t>AR10940</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>45 kW</t>
+          <t>1,1 kW</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V18</t>
         </is>
       </c>
       <c r="F28" t="inlineStr"/>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>Motor 45 kW, 2-polig, 225M, B3, 50Hz, 380V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H28" t="inlineStr"/>
+          <t>Motor 1,1 kW, 2-polig, 080M, V18, 100Hz, 360V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H28" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I28" t="inlineStr"/>
       <c r="J28" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K28" t="inlineStr"/>
       <c r="L28" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M28" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N28" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O28" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="P28" t="inlineStr">
         <is>
-          <t>3519.67 €</t>
-[...2 lines deleted...]
-      <c r="Q28" t="inlineStr"/>
+          <t>280.24 €</t>
+        </is>
+      </c>
+      <c r="Q28" t="inlineStr">
+        <is>
+          <t>Ja</t>
+        </is>
+      </c>
       <c r="R28" t="inlineStr">
         <is>
-          <t>342.00</t>
+          <t>14.00</t>
         </is>
       </c>
     </row>
     <row r="29" ht="30" customHeight="1">
       <c r="A29" t="inlineStr">
         <is>
-          <t>AR11115</t>
+          <t>AR10941</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>18,5 kW</t>
+          <t>0,75 kW</t>
         </is>
       </c>
       <c r="E29" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F29" t="inlineStr"/>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>Motor 18,5 kW, 4-polig, 180M, B3, 50Hz, 380V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H29" t="inlineStr"/>
+          <t>Motor 0,75 kW, 2-polig, 080M, V15, 100Hz, 360V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H29" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I29" t="inlineStr"/>
       <c r="J29" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K29" t="inlineStr"/>
       <c r="L29" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M29" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N29" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O29" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="P29" t="inlineStr">
         <is>
-          <t>1829.81 €</t>
-[...2 lines deleted...]
-      <c r="Q29" t="inlineStr"/>
+          <t>251.14 €</t>
+        </is>
+      </c>
+      <c r="Q29" t="inlineStr">
+        <is>
+          <t>Ja</t>
+        </is>
+      </c>
       <c r="R29" t="inlineStr">
         <is>
-          <t>200.00</t>
+          <t>12.00</t>
         </is>
       </c>
     </row>
     <row r="30" ht="30" customHeight="1">
       <c r="A30" t="inlineStr">
         <is>
-          <t>AR11116</t>
+          <t>AR10942</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>18,5 kW</t>
+          <t>0,55 kW</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F30" t="inlineStr"/>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>Motor 18,5 kW, 4-polig, 180M, B3, 50Hz, 380V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H30" t="inlineStr"/>
+          <t>Motor 0,55 kW, 2-polig, 071M, V15, 100Hz, 350V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H30" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I30" t="inlineStr"/>
       <c r="J30" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K30" t="inlineStr"/>
       <c r="L30" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M30" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N30" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O30" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="P30" t="inlineStr">
         <is>
-          <t>1829.81 €</t>
-[...2 lines deleted...]
-      <c r="Q30" t="inlineStr"/>
+          <t>230.95 €</t>
+        </is>
+      </c>
+      <c r="Q30" t="inlineStr">
+        <is>
+          <t>Ja</t>
+        </is>
+      </c>
       <c r="R30" t="inlineStr">
         <is>
-          <t>200.00</t>
+          <t>11.00</t>
         </is>
       </c>
     </row>
     <row r="31" ht="30" customHeight="1">
       <c r="A31" t="inlineStr">
         <is>
-          <t>AR11127</t>
+          <t>AR10943</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>3 kW</t>
+          <t>0,75 kW</t>
         </is>
       </c>
       <c r="E31" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F31" t="inlineStr"/>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>Motor 3 kW, 2-polig, 100L, B3, 100Hz, 360V, IE5 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H31" t="inlineStr"/>
+          <t>Motor 0,75 kW, 4-polig, 080M, V15, 50Hz, 355V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H31" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I31" t="inlineStr"/>
       <c r="J31" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K31" t="inlineStr"/>
       <c r="L31" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M31" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N31" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O31" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="P31" t="inlineStr">
         <is>
-          <t>303.27 €</t>
+          <t>284.95 €</t>
         </is>
       </c>
       <c r="Q31" t="inlineStr">
         <is>
           <t>Ja</t>
         </is>
       </c>
       <c r="R31" t="inlineStr">
         <is>
-          <t>27.00</t>
+          <t>15.00</t>
         </is>
       </c>
     </row>
     <row r="32" ht="30" customHeight="1">
       <c r="A32" t="inlineStr">
         <is>
-          <t>AR11219</t>
+          <t>AR10946</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>4200</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>22 kW</t>
+          <t>45 kW</t>
         </is>
       </c>
       <c r="E32" t="inlineStr">
         <is>
-          <t>B35</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F32" t="inlineStr"/>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>Motor 22 kW, 2-polig, 180M, B35, 100Hz, 380V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H32" t="inlineStr"/>
+          <t>Motor 45 kW, 4-polig, 225M, B3, 50Hz, 360V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H32" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I32" t="inlineStr"/>
       <c r="J32" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K32" t="inlineStr"/>
       <c r="L32" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M32" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N32" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O32" t="inlineStr">
         <is>
-          <t>2011</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="P32" t="inlineStr">
         <is>
-          <t>2388.05 €</t>
-[...2 lines deleted...]
-      <c r="Q32" t="inlineStr"/>
+          <t>4546.38 €</t>
+        </is>
+      </c>
+      <c r="Q32" t="inlineStr">
+        <is>
+          <t>Ja</t>
+        </is>
+      </c>
       <c r="R32" t="inlineStr">
         <is>
-          <t>177.00</t>
+          <t>418.00</t>
         </is>
       </c>
     </row>
     <row r="33" ht="30" customHeight="1">
       <c r="A33" t="inlineStr">
         <is>
-          <t>AR11262</t>
+          <t>AR10947</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>45 kW</t>
         </is>
       </c>
       <c r="E33" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F33" t="inlineStr"/>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>Motor 15 kW, 2-polig, 160M, V1, 100Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H33" t="inlineStr"/>
+          <t>Motor 45 kW, 4-polig, 225M, V15, 50Hz, 360V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H33" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I33" t="inlineStr"/>
       <c r="J33" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K33" t="inlineStr"/>
       <c r="L33" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M33" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N33" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O33" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="P33" t="inlineStr">
         <is>
-          <t>1780.16 €</t>
-[...2 lines deleted...]
-      <c r="Q33" t="inlineStr"/>
+          <t>5455.66 €</t>
+        </is>
+      </c>
+      <c r="Q33" t="inlineStr">
+        <is>
+          <t>Ja</t>
+        </is>
+      </c>
       <c r="R33" t="inlineStr">
         <is>
-          <t>127.00</t>
+          <t>418.00</t>
         </is>
       </c>
     </row>
     <row r="34" ht="30" customHeight="1">
       <c r="A34" t="inlineStr">
         <is>
-          <t>AR11264</t>
+          <t>AR10948</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>45 kW</t>
         </is>
       </c>
       <c r="E34" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F34" t="inlineStr"/>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>Motor 11 kW, 2-polig, 160M, V1, 100Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H34" t="inlineStr"/>
+          <t>Motor 45 kW, 4-polig, 225M, V15, 50Hz, 360V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H34" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I34" t="inlineStr"/>
       <c r="J34" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K34" t="inlineStr"/>
       <c r="L34" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M34" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N34" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O34" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="P34" t="inlineStr">
         <is>
-          <t>1359.95 €</t>
-[...2 lines deleted...]
-      <c r="Q34" t="inlineStr"/>
+          <t>5455.66 €</t>
+        </is>
+      </c>
+      <c r="Q34" t="inlineStr">
+        <is>
+          <t>Ja</t>
+        </is>
+      </c>
       <c r="R34" t="inlineStr">
         <is>
-          <t>122.00</t>
+          <t>418.00</t>
         </is>
       </c>
     </row>
     <row r="35" ht="30" customHeight="1">
       <c r="A35" t="inlineStr">
         <is>
-          <t>AR11279</t>
+          <t>AR10966</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>2945</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="E35" t="inlineStr">
         <is>
           <t>V1</t>
         </is>
       </c>
       <c r="F35" t="inlineStr"/>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>Motor 15 kW, 2-polig, 160M, V1, 50/60Hz, 230/400V, IE3</t>
-[...2 lines deleted...]
-      <c r="H35" t="inlineStr"/>
+          <t>Motor 5,5 kW, 2-polig, 132S, V1, 100Hz, 365V, IE4 SuPremE mir Apdaterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H35" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I35" t="inlineStr"/>
       <c r="J35" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K35" t="inlineStr"/>
       <c r="L35" t="inlineStr">
         <is>
-          <t>IE3</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M35" t="inlineStr">
         <is>
-          <t>Cantoni</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="N35" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O35" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="P35" t="inlineStr">
         <is>
-          <t>871.29 €</t>
-[...3 lines deleted...]
-      <c r="R35" t="inlineStr"/>
+          <t>731.39 €</t>
+        </is>
+      </c>
+      <c r="Q35" t="inlineStr">
+        <is>
+          <t>Ja</t>
+        </is>
+      </c>
+      <c r="R35" t="inlineStr">
+        <is>
+          <t>62.00</t>
+        </is>
+      </c>
     </row>
     <row r="36" ht="30" customHeight="1">
       <c r="A36" t="inlineStr">
         <is>
-          <t>AR11287</t>
+          <t>AR11060</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>30 kW</t>
         </is>
       </c>
       <c r="E36" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F36" t="inlineStr"/>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>Motor 11 kW, 4-polig, 160M, B3, 50Hz, 365V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H36" t="inlineStr"/>
+          <t>Motor 30 kW, 2-polig, 200L, V15, 100Hz, 380V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H36" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I36" t="inlineStr"/>
       <c r="J36" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K36" t="inlineStr"/>
       <c r="L36" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M36" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N36" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O36" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="P36" t="inlineStr">
         <is>
-          <t>885.50 €</t>
-[...2 lines deleted...]
-      <c r="Q36" t="inlineStr"/>
+          <t>3326.07 €</t>
+        </is>
+      </c>
+      <c r="Q36" t="inlineStr">
+        <is>
+          <t>Ja</t>
+        </is>
+      </c>
       <c r="R36" t="inlineStr">
         <is>
-          <t>112.00</t>
+          <t>227.00</t>
         </is>
       </c>
     </row>
     <row r="37" ht="30" customHeight="1">
       <c r="A37" t="inlineStr">
         <is>
-          <t>AR11288</t>
+          <t>AR11061</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
-          <t>22 kW</t>
+          <t>45 kW</t>
         </is>
       </c>
       <c r="E37" t="inlineStr">
         <is>
-          <t>B35</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F37" t="inlineStr"/>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>Motor 22 kW, 2-polig, 180M, B35, 100Hz, 380V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H37" t="inlineStr"/>
+          <t>Motor 45 kW, 2-polig, 225M, B3, 100Hz, 380V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H37" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I37" t="inlineStr"/>
       <c r="J37" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K37" t="inlineStr"/>
       <c r="L37" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M37" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N37" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="O37" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
       <c r="P37" t="inlineStr">
         <is>
-          <t>1809.13 €</t>
+          <t>3519.67 €</t>
         </is>
       </c>
       <c r="Q37" t="inlineStr"/>
       <c r="R37" t="inlineStr">
         <is>
-          <t>188.00</t>
+          <t>342.00</t>
         </is>
       </c>
     </row>
     <row r="38" ht="30" customHeight="1">
       <c r="A38" t="inlineStr">
         <is>
-          <t>AR11291</t>
+          <t>AR11115</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="E38" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F38" t="inlineStr"/>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>Motor 2,2 kW, 4-polig, 100L, B3, 50Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H38" t="inlineStr"/>
+          <t>Motor 18,5 kW, 4-polig, 180M, B3, 50Hz, 380V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H38" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I38" t="inlineStr"/>
-      <c r="J38" t="inlineStr"/>
+      <c r="J38" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
       <c r="K38" t="inlineStr"/>
       <c r="L38" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M38" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N38" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O38" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="P38" t="inlineStr">
         <is>
-          <t>297.63 €</t>
+          <t>1829.81 €</t>
         </is>
       </c>
       <c r="Q38" t="inlineStr"/>
       <c r="R38" t="inlineStr">
         <is>
-          <t>26.00</t>
+          <t>200.00</t>
         </is>
       </c>
     </row>
     <row r="39" ht="30" customHeight="1">
       <c r="A39" t="inlineStr">
         <is>
-          <t>AR11292</t>
+          <t>AR11116</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="E39" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F39" t="inlineStr"/>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>Motor 2,2 kW, 4-polig, 100L, B3, 50Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H39" t="inlineStr"/>
+          <t>Motor 18,5 kW, 4-polig, 180M, B3, 50Hz, 380V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H39" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I39" t="inlineStr"/>
-      <c r="J39" t="inlineStr"/>
+      <c r="J39" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
       <c r="K39" t="inlineStr"/>
       <c r="L39" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M39" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N39" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O39" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="P39" t="inlineStr">
         <is>
-          <t>297.63 €</t>
+          <t>1829.81 €</t>
         </is>
       </c>
       <c r="Q39" t="inlineStr"/>
       <c r="R39" t="inlineStr">
         <is>
-          <t>27.00</t>
-[...3 lines deleted...]
-    <row r="40" ht="15" customHeight="1">
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" ht="30" customHeight="1">
       <c r="A40" t="inlineStr">
         <is>
-          <t>AR11491</t>
-[...2 lines deleted...]
-      <c r="B40" t="inlineStr"/>
+          <t>AR11127</t>
+        </is>
+      </c>
+      <c r="B40" t="inlineStr">
+        <is>
+          <t>2-polig</t>
+        </is>
+      </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>2900</t>
-[...3 lines deleted...]
-      <c r="E40" t="inlineStr"/>
+          <t>3000</t>
+        </is>
+      </c>
+      <c r="D40" t="inlineStr">
+        <is>
+          <t>3 kW</t>
+        </is>
+      </c>
+      <c r="E40" t="inlineStr">
+        <is>
+          <t>B3</t>
+        </is>
+      </c>
       <c r="F40" t="inlineStr"/>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>Getriebemotor SEW KA87/TDRN132L4/TF</t>
-[...2 lines deleted...]
-      <c r="H40" t="inlineStr"/>
+          <t>Motor 3 kW, 2-polig, 100L, B3, 100Hz, 360V, IE5 SuPremE</t>
+        </is>
+      </c>
+      <c r="H40" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I40" t="inlineStr"/>
-      <c r="J40" t="inlineStr"/>
+      <c r="J40" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
       <c r="K40" t="inlineStr"/>
-      <c r="L40" t="inlineStr"/>
+      <c r="L40" t="inlineStr">
+        <is>
+          <t>IE5</t>
+        </is>
+      </c>
       <c r="M40" t="inlineStr">
         <is>
-          <t>SEW</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="N40" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
-[...2 lines deleted...]
-      <c r="O40" t="inlineStr"/>
+          <t>B1: B2: gebraucht / wie neu</t>
+        </is>
+      </c>
+      <c r="O40" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
       <c r="P40" t="inlineStr">
         <is>
-          <t>1.00 €</t>
-[...3 lines deleted...]
-      <c r="R40" t="inlineStr"/>
+          <t>303.27 €</t>
+        </is>
+      </c>
+      <c r="Q40" t="inlineStr">
+        <is>
+          <t>Ja</t>
+        </is>
+      </c>
+      <c r="R40" t="inlineStr">
+        <is>
+          <t>27.00</t>
+        </is>
+      </c>
     </row>
     <row r="41" ht="30" customHeight="1">
       <c r="A41" t="inlineStr">
         <is>
-          <t>AR11722</t>
+          <t>AR11219</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>2900</t>
+          <t>4200</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>22 kW</t>
         </is>
       </c>
       <c r="E41" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B35</t>
         </is>
       </c>
       <c r="F41" t="inlineStr"/>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>Motor 15 kW, 2-polig, 160M, V1, 100Hz, 365V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H41" t="inlineStr"/>
+          <t>Motor 22 kW, 2-polig, 180M, B35, 100Hz, 380V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H41" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I41" t="inlineStr"/>
       <c r="J41" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K41" t="inlineStr"/>
       <c r="L41" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M41" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N41" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O41" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2011</t>
         </is>
       </c>
       <c r="P41" t="inlineStr">
         <is>
-          <t>1284.39 €</t>
+          <t>2388.05 €</t>
         </is>
       </c>
       <c r="Q41" t="inlineStr"/>
       <c r="R41" t="inlineStr">
         <is>
-          <t>102.00</t>
+          <t>177.00</t>
         </is>
       </c>
     </row>
     <row r="42" ht="30" customHeight="1">
       <c r="A42" t="inlineStr">
         <is>
-          <t>AR11734</t>
+          <t>AR11262</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
-          <t>22 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="E42" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F42" t="inlineStr"/>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>Motor 22 kW, 2-polig, 180M, B3, 100Hz, 355V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H42" t="inlineStr"/>
+          <t>Motor 15 kW, 2-polig, 160M, V1, 100Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H42" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I42" t="inlineStr"/>
       <c r="J42" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K42" t="inlineStr"/>
       <c r="L42" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M42" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N42" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O42" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="P42" t="inlineStr">
         <is>
-          <t>2137.03 €</t>
+          <t>1780.16 €</t>
         </is>
       </c>
       <c r="Q42" t="inlineStr"/>
       <c r="R42" t="inlineStr">
         <is>
-          <t>179.00</t>
+          <t>127.00</t>
         </is>
       </c>
     </row>
     <row r="43" ht="30" customHeight="1">
       <c r="A43" t="inlineStr">
         <is>
-          <t>AR11749</t>
+          <t>AR11264</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
-          <t>30 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E43" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F43" t="inlineStr"/>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>Motor 30 kW, 4-polig, 200L, B3, 50Hz, 365V, IE4 SuPremE B1</t>
-[...2 lines deleted...]
-      <c r="H43" t="inlineStr"/>
+          <t>Motor 11 kW, 2-polig, 160M, V1, 100Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H43" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I43" t="inlineStr"/>
       <c r="J43" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K43" t="inlineStr"/>
       <c r="L43" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M43" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N43" t="inlineStr">
         <is>
-          <t>B1: C: gebraucht / einsetzbar</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O43" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="P43" t="inlineStr">
         <is>
-          <t>1439.01 €</t>
+          <t>1359.95 €</t>
         </is>
       </c>
       <c r="Q43" t="inlineStr"/>
       <c r="R43" t="inlineStr">
         <is>
-          <t>261.00</t>
+          <t>122.00</t>
         </is>
       </c>
     </row>
     <row r="44" ht="30" customHeight="1">
       <c r="A44" t="inlineStr">
         <is>
-          <t>AR11904</t>
+          <t>AR11279</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>2945</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
-          <t>30 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="E44" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F44" t="inlineStr"/>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>Motor 30 kW, 4-polig, 200L, B3, 50Hz, 365V, IE4 SuPremE B1</t>
-[...2 lines deleted...]
-      <c r="H44" t="inlineStr"/>
+          <t>Motor 15 kW, 2-polig, 160M, V1, 50/60Hz, 230/400V, IE3</t>
+        </is>
+      </c>
+      <c r="H44" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V, 50Hz 3x 230 V</t>
+        </is>
+      </c>
       <c r="I44" t="inlineStr"/>
       <c r="J44" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K44" t="inlineStr"/>
       <c r="L44" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M44" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Cantoni</t>
         </is>
       </c>
       <c r="N44" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O44" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="P44" t="inlineStr">
         <is>
-          <t>2131.88 €</t>
+          <t>871.29 €</t>
         </is>
       </c>
       <c r="Q44" t="inlineStr"/>
-      <c r="R44" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R44" t="inlineStr"/>
     </row>
     <row r="45" ht="30" customHeight="1">
       <c r="A45" t="inlineStr">
         <is>
-          <t>AR12015</t>
+          <t>AR11287</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
-          <t>22 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E45" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F45" t="inlineStr"/>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>Motor 22 kW, 2-polig, 180M, V15, 100Hz, 380V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H45" t="inlineStr"/>
+          <t>Motor 11 kW, 4-polig, 160M, B3, 50Hz, 365V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H45" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I45" t="inlineStr"/>
       <c r="J45" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K45" t="inlineStr"/>
       <c r="L45" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M45" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N45" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O45" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P45" t="inlineStr">
         <is>
-          <t>1809.13 €</t>
+          <t>885.50 €</t>
         </is>
       </c>
       <c r="Q45" t="inlineStr"/>
       <c r="R45" t="inlineStr">
         <is>
-          <t>184.00</t>
+          <t>112.00</t>
         </is>
       </c>
     </row>
     <row r="46" ht="30" customHeight="1">
       <c r="A46" t="inlineStr">
         <is>
-          <t>AR12036M</t>
+          <t>AR11288</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
-          <t>18,5 kW</t>
+          <t>22 kW</t>
         </is>
       </c>
       <c r="E46" t="inlineStr">
         <is>
           <t>B35</t>
         </is>
       </c>
       <c r="F46" t="inlineStr"/>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>Motor 18,5 kW, 2-polig, 160L, B35, 100Hz, 370V, IE5 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H46" t="inlineStr"/>
+          <t>Motor 22 kW, 2-polig, 180M, B35, 100Hz, 380V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H46" t="inlineStr">
+        <is>
+          <t>50Hz 3x 380 V</t>
+        </is>
+      </c>
       <c r="I46" t="inlineStr"/>
       <c r="J46" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K46" t="inlineStr"/>
       <c r="L46" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M46" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N46" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O46" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="P46" t="inlineStr">
         <is>
-          <t>2192.71 €</t>
+          <t>1809.13 €</t>
         </is>
       </c>
       <c r="Q46" t="inlineStr"/>
       <c r="R46" t="inlineStr">
         <is>
-          <t>130.00</t>
+          <t>188.00</t>
         </is>
       </c>
     </row>
     <row r="47" ht="30" customHeight="1">
       <c r="A47" t="inlineStr">
         <is>
-          <t>AR12051</t>
+          <t>AR11291</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
-          <t>30 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="E47" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F47" t="inlineStr"/>
       <c r="G47" s="2" t="inlineStr">
         <is>
-          <t>Motor 30 kW, 4-polig, 200L, B3, 50Hz, 365V, IE4 SuPremE B1</t>
-[...2 lines deleted...]
-      <c r="H47" t="inlineStr"/>
+          <t>Motor 2,2 kW, 4-polig, 100L, B3, 50Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H47" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I47" t="inlineStr"/>
-      <c r="J47" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J47" t="inlineStr"/>
       <c r="K47" t="inlineStr"/>
       <c r="L47" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M47" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N47" t="inlineStr">
         <is>
-          <t>B1: C: gebraucht / einsetzbar</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O47" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
       <c r="P47" t="inlineStr">
         <is>
-          <t>1065.94 €</t>
+          <t>297.63 €</t>
         </is>
       </c>
       <c r="Q47" t="inlineStr"/>
       <c r="R47" t="inlineStr">
         <is>
-          <t>302.00</t>
+          <t>26.00</t>
         </is>
       </c>
     </row>
     <row r="48" ht="30" customHeight="1">
       <c r="A48" t="inlineStr">
         <is>
-          <t>AR12128-02</t>
+          <t>AR11292</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="E48" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F48" t="inlineStr"/>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>Motor 15 kW, 2-polig, 160M, V1, 100Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H48" t="inlineStr"/>
+          <t>Motor 2,2 kW, 4-polig, 100L, B3, 50Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H48" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I48" t="inlineStr"/>
-      <c r="J48" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J48" t="inlineStr"/>
       <c r="K48" t="inlineStr"/>
       <c r="L48" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M48" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N48" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O48" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P48" t="inlineStr">
         <is>
-          <t>1780.16 €</t>
+          <t>297.63 €</t>
         </is>
       </c>
       <c r="Q48" t="inlineStr"/>
       <c r="R48" t="inlineStr">
         <is>
-          <t>102.00</t>
-[...3 lines deleted...]
-    <row r="49" ht="30" customHeight="1">
+          <t>27.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" ht="15" customHeight="1">
       <c r="A49" t="inlineStr">
         <is>
-          <t>AR12333M</t>
-[...6 lines deleted...]
-      </c>
+          <t>AR11491</t>
+        </is>
+      </c>
+      <c r="B49" t="inlineStr"/>
       <c r="C49" t="inlineStr">
         <is>
-          <t>3000</t>
-[...11 lines deleted...]
-      </c>
+          <t>2900</t>
+        </is>
+      </c>
+      <c r="D49" t="inlineStr"/>
+      <c r="E49" t="inlineStr"/>
       <c r="F49" t="inlineStr"/>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>Motor 5,5 kW, 2-polig, 132S, V1, 100Hz, 3x 400V, IE5 SuPremE</t>
+          <t>Getriebemotor SEW KA87/TDRN132L4/TF</t>
         </is>
       </c>
       <c r="H49" t="inlineStr"/>
       <c r="I49" t="inlineStr"/>
-      <c r="J49" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J49" t="inlineStr"/>
       <c r="K49" t="inlineStr"/>
-      <c r="L49" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L49" t="inlineStr"/>
       <c r="M49" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>SEW</t>
         </is>
       </c>
       <c r="N49" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
-      <c r="O49" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="O49" t="inlineStr"/>
       <c r="P49" t="inlineStr">
         <is>
-          <t>696.56 €</t>
+          <t>1.00 €</t>
         </is>
       </c>
       <c r="Q49" t="inlineStr"/>
-      <c r="R49" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R49" t="inlineStr"/>
     </row>
     <row r="50" ht="30" customHeight="1">
       <c r="A50" t="inlineStr">
         <is>
-          <t>AR12534</t>
+          <t>AR11722</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>2900</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="E50" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F50" t="inlineStr"/>
       <c r="G50" s="2" t="inlineStr">
         <is>
-          <t>Motor 11 kW, 2-polig, 160M, B3, 100 Hz, 375V, IE4 SuPremE B2, mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H50" t="inlineStr"/>
+          <t>Motor 15 kW, 2-polig, 160M, V1, 100Hz, 365V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H50" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I50" t="inlineStr"/>
       <c r="J50" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K50" t="inlineStr"/>
       <c r="L50" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M50" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N50" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O50" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P50" t="inlineStr">
         <is>
-          <t>809.50 €</t>
-[...6 lines deleted...]
-      </c>
+          <t>1284.39 €</t>
+        </is>
+      </c>
+      <c r="Q50" t="inlineStr"/>
       <c r="R50" t="inlineStr">
         <is>
-          <t>92.00</t>
+          <t>102.00</t>
         </is>
       </c>
     </row>
     <row r="51" ht="30" customHeight="1">
       <c r="A51" t="inlineStr">
         <is>
-          <t>AR12570</t>
+          <t>AR11734</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
-          <t>30 kW</t>
+          <t>22 kW</t>
         </is>
       </c>
       <c r="E51" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F51" t="inlineStr"/>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>Motor 30 kW, 4-polig, 200L, B3, 50Hz, 365V, IE4 SuPremE B1</t>
-[...2 lines deleted...]
-      <c r="H51" t="inlineStr"/>
+          <t>Motor 22 kW, 2-polig, 180M, B3, 100Hz, 355V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H51" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I51" t="inlineStr"/>
       <c r="J51" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K51" t="inlineStr"/>
       <c r="L51" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M51" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N51" t="inlineStr">
         <is>
-          <t>B1: C: gebraucht / einsetzbar</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O51" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
       <c r="P51" t="inlineStr">
         <is>
-          <t>1065.94 €</t>
+          <t>2137.03 €</t>
         </is>
       </c>
       <c r="Q51" t="inlineStr"/>
       <c r="R51" t="inlineStr">
         <is>
-          <t>261.00</t>
+          <t>179.00</t>
         </is>
       </c>
     </row>
     <row r="52" ht="30" customHeight="1">
       <c r="A52" t="inlineStr">
         <is>
-          <t>AR12626</t>
+          <t>AR11749</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
-          <t>1,5 kW</t>
+          <t>30 kW</t>
         </is>
       </c>
       <c r="E52" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F52" t="inlineStr"/>
       <c r="G52" s="2" t="inlineStr">
         <is>
-          <t>Motor 1,5 kW, 2-polig, 090S, B3, 100Hz, 400V, IE5 SuPremE B1 mit Klemmenkasten</t>
-[...2 lines deleted...]
-      <c r="H52" t="inlineStr"/>
+          <t>Motor 30 kW, 4-polig, 200L, B3, 50Hz, 365V, IE4 SuPremE B1</t>
+        </is>
+      </c>
+      <c r="H52" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I52" t="inlineStr"/>
       <c r="J52" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K52" t="inlineStr"/>
       <c r="L52" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M52" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N52" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: C: gebraucht / einsetzbar</t>
         </is>
       </c>
       <c r="O52" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P52" t="inlineStr">
         <is>
-          <t>157.17 €</t>
-[...6 lines deleted...]
-      </c>
+          <t>1439.01 €</t>
+        </is>
+      </c>
+      <c r="Q52" t="inlineStr"/>
       <c r="R52" t="inlineStr">
         <is>
-          <t>17.00</t>
+          <t>261.00</t>
         </is>
       </c>
     </row>
     <row r="53" ht="30" customHeight="1">
       <c r="A53" t="inlineStr">
         <is>
-          <t>AR12666</t>
+          <t>AR11904</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
           <t>30 kW</t>
         </is>
       </c>
       <c r="E53" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F53" t="inlineStr"/>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>Motor 30 kW, 4-polig, 200L, V1, 50Hz, 400V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H53" t="inlineStr"/>
+          <t>Motor 30 kW, 4-polig, 200L, B3, 50Hz, 365V, IE4 SuPremE B1</t>
+        </is>
+      </c>
+      <c r="H53" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I53" t="inlineStr"/>
       <c r="J53" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K53" t="inlineStr"/>
       <c r="L53" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M53" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N53" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O53" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P53" t="inlineStr">
         <is>
-          <t>3723.67 €</t>
+          <t>2131.88 €</t>
         </is>
       </c>
       <c r="Q53" t="inlineStr"/>
       <c r="R53" t="inlineStr">
         <is>
-          <t>258.00</t>
-[...3 lines deleted...]
-    <row r="54" ht="30" customHeight="1">
+          <t>261.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" ht="15" customHeight="1">
       <c r="A54" t="inlineStr">
         <is>
-          <t>AR12783M</t>
+          <t>AR11935M</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
-          <t>2920</t>
+          <t>3530</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
-          <t>7,5 kW</t>
-[...3 lines deleted...]
-      <c r="F54" t="inlineStr"/>
+          <t>2,2 kW</t>
+        </is>
+      </c>
+      <c r="E54" t="inlineStr">
+        <is>
+          <t>V18</t>
+        </is>
+      </c>
+      <c r="F54" t="inlineStr">
+        <is>
+          <t>010/003</t>
+        </is>
+      </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
-          <t>Motor 7,5 kW, 2-polig, 132S, V1, 50/60Hz, 400/690V, IE2, Klemmenkasten</t>
-[...2 lines deleted...]
-      <c r="H54" t="inlineStr"/>
+          <t>MOTOR V18-0220-3600-60Hz-IE3-SIE</t>
+        </is>
+      </c>
+      <c r="H54" t="inlineStr">
+        <is>
+          <t>60Hz 3x 460 V</t>
+        </is>
+      </c>
       <c r="I54" t="inlineStr"/>
       <c r="J54" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K54" t="inlineStr"/>
       <c r="L54" t="inlineStr">
         <is>
-          <t>IE2</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M54" t="inlineStr">
         <is>
-          <t>Cantoni</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="N54" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O54" t="inlineStr">
         <is>
-          <t>2013</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="P54" t="inlineStr">
         <is>
-          <t>259.81 €</t>
+          <t>157.98 €</t>
         </is>
       </c>
       <c r="Q54" t="inlineStr"/>
       <c r="R54" t="inlineStr">
         <is>
-          <t>82.00</t>
+          <t>44.00</t>
         </is>
       </c>
     </row>
     <row r="55" ht="30" customHeight="1">
       <c r="A55" t="inlineStr">
         <is>
-          <t>AR12803-01M</t>
+          <t>AR12015</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
-          <t>4 kW</t>
+          <t>22 kW</t>
         </is>
       </c>
       <c r="E55" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F55" t="inlineStr"/>
       <c r="G55" s="2" t="inlineStr">
         <is>
-          <t>Motor 4 kW, 2-polig, 112M, V1, 50Hz, 355V, IE4 SuPremE mit Klemmenkasten</t>
-[...2 lines deleted...]
-      <c r="H55" t="inlineStr"/>
+          <t>Motor 22 kW, 2-polig, 180M, V15, 100Hz, 380V, IE4 SuPremE C2 mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H55" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I55" t="inlineStr"/>
       <c r="J55" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K55" t="inlineStr"/>
       <c r="L55" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M55" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N55" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O55" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="P55" t="inlineStr">
         <is>
-          <t>465.42 €</t>
+          <t>1809.13 €</t>
         </is>
       </c>
       <c r="Q55" t="inlineStr"/>
       <c r="R55" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>184.00</t>
         </is>
       </c>
     </row>
     <row r="56" ht="30" customHeight="1">
       <c r="A56" t="inlineStr">
         <is>
-          <t>AR12852M</t>
+          <t>AR12036M</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
-          <t>2945</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
-          <t>22 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="E56" t="inlineStr">
         <is>
           <t>B35</t>
         </is>
       </c>
       <c r="F56" t="inlineStr"/>
       <c r="G56" s="2" t="inlineStr">
         <is>
-          <t>Motor 22 kW, 2-polig, 180M, B35, 50Hz, 400/690V, IE3</t>
-[...2 lines deleted...]
-      <c r="H56" t="inlineStr"/>
+          <t>Motor 18,5 kW, 2-polig, 160L, B35, 100Hz, 370V, IE5 SuPremE</t>
+        </is>
+      </c>
+      <c r="H56" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I56" t="inlineStr"/>
       <c r="J56" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K56" t="inlineStr"/>
       <c r="L56" t="inlineStr">
         <is>
-          <t>IE3</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M56" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N56" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O56" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P56" t="inlineStr">
         <is>
-          <t>2135.85 €</t>
+          <t>2192.71 €</t>
         </is>
       </c>
       <c r="Q56" t="inlineStr"/>
       <c r="R56" t="inlineStr">
         <is>
-          <t>197.00</t>
+          <t>130.00</t>
         </is>
       </c>
     </row>
     <row r="57" ht="30" customHeight="1">
       <c r="A57" t="inlineStr">
         <is>
-          <t>AR12979-01</t>
+          <t>AR12051</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D57" t="inlineStr">
         <is>
-          <t>37 kW</t>
+          <t>30 kW</t>
         </is>
       </c>
       <c r="E57" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F57" t="inlineStr"/>
       <c r="G57" s="2" t="inlineStr">
         <is>
-          <t>Motor 37 kW, 2-polig, 200L, B3, 100Hz, 380V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H57" t="inlineStr"/>
+          <t>Motor 30 kW, 4-polig, 200L, B3, 50Hz, 365V, IE4 SuPremE B1</t>
+        </is>
+      </c>
+      <c r="H57" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I57" t="inlineStr"/>
       <c r="J57" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K57" t="inlineStr"/>
       <c r="L57" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M57" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N57" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: C: gebraucht / einsetzbar</t>
         </is>
       </c>
       <c r="O57" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P57" t="inlineStr">
         <is>
-          <t>3921.05 €</t>
+          <t>1065.94 €</t>
         </is>
       </c>
       <c r="Q57" t="inlineStr"/>
       <c r="R57" t="inlineStr">
         <is>
-          <t>272.00</t>
-[...3 lines deleted...]
-    <row r="58" ht="30" customHeight="1">
+          <t>302.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" ht="15" customHeight="1">
       <c r="A58" t="inlineStr">
         <is>
-          <t>AR12979-02</t>
+          <t>AR12092M</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
-          <t>37 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="E58" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F58" t="inlineStr"/>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>Motor 37 kW, 2-polig, 200L, B3, 100Hz, 380V, IE4 SuPremE</t>
+          <t>Motor 2,2 kW, 2-polig, 090L, V1, 100Hz, 360Y, IE5</t>
         </is>
       </c>
       <c r="H58" t="inlineStr"/>
       <c r="I58" t="inlineStr"/>
       <c r="J58" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K58" t="inlineStr"/>
       <c r="L58" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M58" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N58" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O58" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="P58" t="inlineStr">
         <is>
-          <t>3921.05 €</t>
+          <t>435.87 €</t>
         </is>
       </c>
       <c r="Q58" t="inlineStr"/>
       <c r="R58" t="inlineStr">
         <is>
-          <t>272.00</t>
+          <t>28.00</t>
         </is>
       </c>
     </row>
     <row r="59" ht="30" customHeight="1">
       <c r="A59" t="inlineStr">
         <is>
-          <t>AR12980</t>
+          <t>AR12128-02</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D59" t="inlineStr">
         <is>
-          <t>45 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="E59" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F59" t="inlineStr"/>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>Motor 45 kW, 4-polig, 225M, B3, 50Hz, 400V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H59" t="inlineStr"/>
+          <t>Motor 15 kW, 2-polig, 160M, V1, 100Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H59" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I59" t="inlineStr"/>
       <c r="J59" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K59" t="inlineStr"/>
       <c r="L59" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M59" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N59" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O59" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="P59" t="inlineStr">
         <is>
-          <t>4774.54 €</t>
+          <t>1780.16 €</t>
         </is>
       </c>
       <c r="Q59" t="inlineStr"/>
       <c r="R59" t="inlineStr">
         <is>
-          <t>302.50</t>
+          <t>102.00</t>
         </is>
       </c>
     </row>
     <row r="60" ht="30" customHeight="1">
       <c r="A60" t="inlineStr">
         <is>
-          <t>AR12985-01</t>
+          <t>AR12253M</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>2956</t>
         </is>
       </c>
       <c r="D60" t="inlineStr">
         <is>
-          <t>3 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E60" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F60" t="inlineStr"/>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>Motor 3 kW, 4-polig, 100L, B3, 50Hz, 355V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H60" t="inlineStr"/>
+          <t>Motor 11 kW, 2-polig, 160M, V1, 50/60Hz, 400/690V, IE3 f. Movitec</t>
+        </is>
+      </c>
+      <c r="H60" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I60" t="inlineStr"/>
       <c r="J60" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K60" t="inlineStr"/>
       <c r="L60" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M60" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N60" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O60" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="P60" t="inlineStr">
         <is>
-          <t>493.20 €</t>
-[...2 lines deleted...]
-      <c r="Q60" t="inlineStr"/>
+          <t>740.71 €</t>
+        </is>
+      </c>
+      <c r="Q60" t="inlineStr">
+        <is>
+          <t>Ja</t>
+        </is>
+      </c>
       <c r="R60" t="inlineStr">
         <is>
-          <t>41.00</t>
+          <t>258.00</t>
         </is>
       </c>
     </row>
     <row r="61" ht="30" customHeight="1">
       <c r="A61" t="inlineStr">
         <is>
-          <t>AR12985-02</t>
+          <t>AR12333M</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
-          <t>3 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="E61" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F61" t="inlineStr"/>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>Motor 3 kW, 4-polig, 100L, B3, 50Hz, 355V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H61" t="inlineStr"/>
+          <t>Motor 5,5 kW, 2-polig, 132S, V1, 100Hz, 3x 400V, IE5 SuPremE</t>
+        </is>
+      </c>
+      <c r="H61" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I61" t="inlineStr"/>
       <c r="J61" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K61" t="inlineStr"/>
       <c r="L61" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M61" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N61" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O61" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="P61" t="inlineStr">
         <is>
-          <t>496.96 €</t>
+          <t>696.56 €</t>
         </is>
       </c>
       <c r="Q61" t="inlineStr"/>
       <c r="R61" t="inlineStr">
         <is>
-          <t>41.00</t>
+          <t>62.00</t>
         </is>
       </c>
     </row>
     <row r="62" ht="30" customHeight="1">
       <c r="A62" t="inlineStr">
         <is>
-          <t>AR12985-03</t>
+          <t>AR12534</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
-          <t>3 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E62" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F62" t="inlineStr"/>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>Motor 3 kW, 4-polig, 100L, B3, 50Hz, 355V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H62" t="inlineStr"/>
+          <t>Motor 11 kW, 2-polig, 160M, B3, 100 Hz, 375V, IE4 SuPremE B2, mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H62" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I62" t="inlineStr"/>
       <c r="J62" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K62" t="inlineStr"/>
       <c r="L62" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M62" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N62" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="O62" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="P62" t="inlineStr">
         <is>
-          <t>493.20 €</t>
-[...2 lines deleted...]
-      <c r="Q62" t="inlineStr"/>
+          <t>809.50 €</t>
+        </is>
+      </c>
+      <c r="Q62" t="inlineStr">
+        <is>
+          <t>Ja</t>
+        </is>
+      </c>
       <c r="R62" t="inlineStr">
         <is>
-          <t>41.00</t>
+          <t>92.00</t>
         </is>
       </c>
     </row>
     <row r="63" ht="30" customHeight="1">
       <c r="A63" t="inlineStr">
         <is>
-          <t>AR12985-04</t>
+          <t>AR12570</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
-          <t>3 kW</t>
+          <t>30 kW</t>
         </is>
       </c>
       <c r="E63" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F63" t="inlineStr"/>
       <c r="G63" s="2" t="inlineStr">
         <is>
-          <t>Motor 3 kW, 4-polig, 100L, B3, 50Hz, 355V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H63" t="inlineStr"/>
+          <t>Motor 30 kW, 4-polig, 200L, B3, 50Hz, 365V, IE4 SuPremE B1</t>
+        </is>
+      </c>
+      <c r="H63" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I63" t="inlineStr"/>
       <c r="J63" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K63" t="inlineStr"/>
       <c r="L63" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M63" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N63" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: C: gebraucht / einsetzbar</t>
         </is>
       </c>
       <c r="O63" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P63" t="inlineStr">
         <is>
-          <t>493.20 €</t>
+          <t>1065.94 €</t>
         </is>
       </c>
       <c r="Q63" t="inlineStr"/>
       <c r="R63" t="inlineStr">
         <is>
-          <t>48.00</t>
+          <t>261.00</t>
         </is>
       </c>
     </row>
     <row r="64" ht="30" customHeight="1">
       <c r="A64" t="inlineStr">
         <is>
-          <t>AR12985-05</t>
+          <t>AR12626</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
-          <t>3 kW</t>
+          <t>1,5 kW</t>
         </is>
       </c>
       <c r="E64" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F64" t="inlineStr"/>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>Motor 3 kW, 4-polig, 100L, B3, 50Hz, 355V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H64" t="inlineStr"/>
+          <t>Motor 1,5 kW, 2-polig, 090S, B3, 100Hz, 400V, IE5 SuPremE B1 mit Klemmenkasten</t>
+        </is>
+      </c>
+      <c r="H64" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I64" t="inlineStr"/>
       <c r="J64" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K64" t="inlineStr"/>
       <c r="L64" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M64" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N64" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="O64" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="P64" t="inlineStr">
         <is>
-          <t>493.20 €</t>
-[...2 lines deleted...]
-      <c r="Q64" t="inlineStr"/>
+          <t>157.17 €</t>
+        </is>
+      </c>
+      <c r="Q64" t="inlineStr">
+        <is>
+          <t>Ja</t>
+        </is>
+      </c>
       <c r="R64" t="inlineStr">
         <is>
-          <t>48.00</t>
+          <t>17.00</t>
         </is>
       </c>
     </row>
     <row r="65" ht="30" customHeight="1">
       <c r="A65" t="inlineStr">
         <is>
-          <t>AR12985-06</t>
+          <t>AR12666</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
-          <t>3 kW</t>
+          <t>30 kW</t>
         </is>
       </c>
       <c r="E65" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F65" t="inlineStr"/>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>Motor 3 kW, 4-polig, 100L, B3, 50Hz, 355V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H65" t="inlineStr"/>
+          <t>Motor 30 kW, 4-polig, 200L, V1, 50Hz, 400V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H65" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I65" t="inlineStr"/>
       <c r="J65" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K65" t="inlineStr"/>
       <c r="L65" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M65" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N65" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O65" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
       <c r="P65" t="inlineStr">
         <is>
-          <t>493.20 €</t>
+          <t>3723.67 €</t>
         </is>
       </c>
       <c r="Q65" t="inlineStr"/>
       <c r="R65" t="inlineStr">
         <is>
-          <t>48.00</t>
+          <t>258.00</t>
         </is>
       </c>
     </row>
     <row r="66" ht="30" customHeight="1">
       <c r="A66" t="inlineStr">
         <is>
-          <t>AR12985-07</t>
+          <t>AR12783M</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>2920</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
-          <t>3 kW</t>
-[...6 lines deleted...]
-      </c>
+          <t>7,5 kW</t>
+        </is>
+      </c>
+      <c r="E66" t="inlineStr"/>
       <c r="F66" t="inlineStr"/>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>Motor 3 kW, 4-polig, 100L, B3, 50Hz, 355V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H66" t="inlineStr"/>
+          <t>Motor 7,5 kW, 2-polig, 132S, V1, 50/60Hz, 400/690V, IE2, Klemmenkasten</t>
+        </is>
+      </c>
+      <c r="H66" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I66" t="inlineStr"/>
       <c r="J66" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K66" t="inlineStr"/>
       <c r="L66" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE2</t>
         </is>
       </c>
       <c r="M66" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Cantoni</t>
         </is>
       </c>
       <c r="N66" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="O66" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2013</t>
         </is>
       </c>
       <c r="P66" t="inlineStr">
         <is>
-          <t>493.20 €</t>
+          <t>259.81 €</t>
         </is>
       </c>
       <c r="Q66" t="inlineStr"/>
       <c r="R66" t="inlineStr">
         <is>
-          <t>48.00</t>
+          <t>82.00</t>
         </is>
       </c>
     </row>
     <row r="67" ht="30" customHeight="1">
       <c r="A67" t="inlineStr">
         <is>
-          <t>AR12985-08</t>
+          <t>AR12803-01M</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
-          <t>3 kW</t>
+          <t>4 kW</t>
         </is>
       </c>
       <c r="E67" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F67" t="inlineStr"/>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>Motor 3 kW, 4-polig, 100L, B3, 50Hz, 355V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H67" t="inlineStr"/>
+          <t>Motor 4 kW, 2-polig, 112M, V1, 50Hz, 355V, IE4 SuPremE mit Klemmenkasten</t>
+        </is>
+      </c>
+      <c r="H67" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I67" t="inlineStr"/>
       <c r="J67" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K67" t="inlineStr"/>
       <c r="L67" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M67" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N67" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O67" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
       <c r="P67" t="inlineStr">
         <is>
-          <t>493.20 €</t>
+          <t>465.42 €</t>
         </is>
       </c>
       <c r="Q67" t="inlineStr"/>
       <c r="R67" t="inlineStr">
         <is>
-          <t>48.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row r="68" ht="30" customHeight="1">
       <c r="A68" t="inlineStr">
         <is>
-          <t>AR12986</t>
-[...6 lines deleted...]
-      </c>
+          <t>AR12808-02</t>
+        </is>
+      </c>
+      <c r="B68" t="inlineStr"/>
       <c r="C68" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>2900</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
-          <t>45 kW</t>
+          <t>4 kW</t>
         </is>
       </c>
       <c r="E68" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F68" t="inlineStr"/>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>Motor 45 kW, 2-polig, 225M, B3, 50Hz, 400V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H68" t="inlineStr"/>
+          <t>Motor 4 kW, 2-polig, 112M, B3, 50/60Hz, 400/690V, IE3</t>
+        </is>
+      </c>
+      <c r="H68" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V, 60Hz 3x 460 V</t>
+        </is>
+      </c>
       <c r="I68" t="inlineStr"/>
       <c r="J68" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K68" t="inlineStr"/>
       <c r="L68" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M68" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N68" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O68" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="P68" t="inlineStr">
         <is>
-          <t>4927.54 €</t>
+          <t>489.31 €</t>
         </is>
       </c>
       <c r="Q68" t="inlineStr"/>
       <c r="R68" t="inlineStr">
         <is>
-          <t>418.00</t>
+          <t>57.00</t>
         </is>
       </c>
     </row>
     <row r="69" ht="30" customHeight="1">
       <c r="A69" t="inlineStr">
         <is>
-          <t>AR12987</t>
+          <t>AR12852M</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>2945</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
-          <t>45 kW</t>
+          <t>22 kW</t>
         </is>
       </c>
       <c r="E69" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>B35</t>
         </is>
       </c>
       <c r="F69" t="inlineStr"/>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>Motor 45 kW, 4-polig, 225M, V15, 50Hz, 360V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H69" t="inlineStr"/>
+          <t>Motor 22 kW, 2-polig, 180M, B35, 50Hz, 400/690V, IE3</t>
+        </is>
+      </c>
+      <c r="H69" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I69" t="inlineStr"/>
       <c r="J69" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K69" t="inlineStr"/>
       <c r="L69" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M69" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N69" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O69" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="P69" t="inlineStr">
         <is>
-          <t>5455.66 €</t>
+          <t>2135.85 €</t>
         </is>
       </c>
       <c r="Q69" t="inlineStr"/>
       <c r="R69" t="inlineStr">
         <is>
-          <t>408.00</t>
+          <t>197.00</t>
         </is>
       </c>
     </row>
     <row r="70" ht="30" customHeight="1">
       <c r="A70" t="inlineStr">
         <is>
-          <t>AR12988</t>
+          <t>AR12979-01</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D70" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>37 kW</t>
         </is>
       </c>
       <c r="E70" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F70" t="inlineStr"/>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>Motor 15 kW, 2-polig, 160M, B3, 50Hz, 400V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H70" t="inlineStr"/>
+          <t>Motor 37 kW, 2-polig, 200L, B3, 100Hz, 380V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H70" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I70" t="inlineStr"/>
       <c r="J70" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K70" t="inlineStr"/>
       <c r="L70" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M70" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N70" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O70" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="P70" t="inlineStr">
         <is>
-          <t>1685.75 €</t>
+          <t>3921.05 €</t>
         </is>
       </c>
       <c r="Q70" t="inlineStr"/>
       <c r="R70" t="inlineStr">
         <is>
-          <t>112.00</t>
+          <t>272.00</t>
         </is>
       </c>
     </row>
     <row r="71" ht="30" customHeight="1">
       <c r="A71" t="inlineStr">
         <is>
-          <t>AR12989</t>
+          <t>AR12979-02</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
-          <t>45 kW</t>
+          <t>37 kW</t>
         </is>
       </c>
       <c r="E71" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F71" t="inlineStr"/>
       <c r="G71" s="2" t="inlineStr">
         <is>
-          <t>Motor 45 kW, 4-polig, 225M, B3, 50Hz, 400V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H71" t="inlineStr"/>
+          <t>Motor 37 kW, 2-polig, 200L, B3, 100Hz, 380V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H71" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I71" t="inlineStr"/>
       <c r="J71" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K71" t="inlineStr"/>
       <c r="L71" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M71" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N71" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O71" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="P71" t="inlineStr">
         <is>
-          <t>4546.38 €</t>
+          <t>3921.05 €</t>
         </is>
       </c>
       <c r="Q71" t="inlineStr"/>
       <c r="R71" t="inlineStr">
         <is>
-          <t>418.00</t>
+          <t>272.00</t>
         </is>
       </c>
     </row>
     <row r="72" ht="30" customHeight="1">
       <c r="A72" t="inlineStr">
         <is>
-          <t>AR12990</t>
+          <t>AR12980</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>45 kW</t>
         </is>
       </c>
       <c r="E72" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F72" t="inlineStr"/>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>Motor 15 kW 2-polig, 160M, B3, 100Hz, 365V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H72" t="inlineStr"/>
+          <t>Motor 45 kW, 4-polig, 225M, B3, 50Hz, 400V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H72" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I72" t="inlineStr"/>
       <c r="J72" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K72" t="inlineStr"/>
       <c r="L72" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M72" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N72" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O72" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="P72" t="inlineStr">
         <is>
-          <t>1517.18 €</t>
+          <t>4774.54 €</t>
         </is>
       </c>
       <c r="Q72" t="inlineStr"/>
       <c r="R72" t="inlineStr">
         <is>
-          <t>110.00</t>
+          <t>302.50</t>
         </is>
       </c>
     </row>
     <row r="73" ht="30" customHeight="1">
       <c r="A73" t="inlineStr">
         <is>
-          <t>AR12991</t>
+          <t>AR12985-01</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
-          <t>1,1 kW</t>
+          <t>3 kW</t>
         </is>
       </c>
       <c r="E73" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F73" t="inlineStr"/>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>Motor 1,1 kW, 2-polig, 80M, B3, 50Hz, 400V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H73" t="inlineStr"/>
+          <t>Motor 3 kW, 4-polig, 100L, B3, 50Hz, 355V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H73" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I73" t="inlineStr"/>
       <c r="J73" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K73" t="inlineStr"/>
       <c r="L73" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M73" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N73" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O73" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="P73" t="inlineStr">
         <is>
-          <t>247.99 €</t>
+          <t>493.20 €</t>
         </is>
       </c>
       <c r="Q73" t="inlineStr"/>
-      <c r="R73" t="inlineStr"/>
+      <c r="R73" t="inlineStr">
+        <is>
+          <t>41.00</t>
+        </is>
+      </c>
     </row>
     <row r="74" ht="30" customHeight="1">
       <c r="A74" t="inlineStr">
         <is>
-          <t>AR12992</t>
+          <t>AR12985-02</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
-          <t>0,55 kW</t>
+          <t>3 kW</t>
         </is>
       </c>
       <c r="E74" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F74" t="inlineStr"/>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,55 kW, 2-polig, 71M, B3, 50Hz, 350V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H74" t="inlineStr"/>
+          <t>Motor 3 kW, 4-polig, 100L, B3, 50Hz, 355V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H74" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I74" t="inlineStr"/>
       <c r="J74" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K74" t="inlineStr"/>
       <c r="L74" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M74" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N74" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O74" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="P74" t="inlineStr">
         <is>
-          <t>209.96 €</t>
+          <t>496.96 €</t>
         </is>
       </c>
       <c r="Q74" t="inlineStr"/>
       <c r="R74" t="inlineStr">
         <is>
-          <t>11.00</t>
+          <t>41.00</t>
         </is>
       </c>
     </row>
     <row r="75" ht="30" customHeight="1">
       <c r="A75" t="inlineStr">
         <is>
-          <t>AR12993</t>
+          <t>AR12985-03</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D75" t="inlineStr">
         <is>
-          <t>0,55 kW</t>
+          <t>3 kW</t>
         </is>
       </c>
       <c r="E75" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F75" t="inlineStr"/>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,55 kW, 2-polig, 71M, V1, 50Hz, 350V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H75" t="inlineStr"/>
+          <t>Motor 3 kW, 4-polig, 100L, B3, 50Hz, 355V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H75" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I75" t="inlineStr"/>
       <c r="J75" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K75" t="inlineStr"/>
       <c r="L75" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M75" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N75" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O75" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="P75" t="inlineStr">
         <is>
-          <t>230.95 €</t>
+          <t>493.20 €</t>
         </is>
       </c>
       <c r="Q75" t="inlineStr"/>
       <c r="R75" t="inlineStr">
         <is>
-          <t>11.00</t>
+          <t>41.00</t>
         </is>
       </c>
     </row>
     <row r="76" ht="30" customHeight="1">
       <c r="A76" t="inlineStr">
         <is>
-          <t>AR12994</t>
+          <t>AR12985-04</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D76" t="inlineStr">
         <is>
-          <t>1,1 kW</t>
+          <t>3 kW</t>
         </is>
       </c>
       <c r="E76" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F76" t="inlineStr"/>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>Motor 1,1 kW, 2-polig, 80M, B3, 50Hz, 400V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H76" t="inlineStr"/>
+          <t>Motor 3 kW, 4-polig, 100L, B3, 50Hz, 355V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H76" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I76" t="inlineStr"/>
       <c r="J76" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K76" t="inlineStr"/>
       <c r="L76" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M76" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N76" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O76" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="P76" t="inlineStr">
         <is>
-          <t>260.40 €</t>
+          <t>493.20 €</t>
         </is>
       </c>
       <c r="Q76" t="inlineStr"/>
       <c r="R76" t="inlineStr">
         <is>
-          <t>14.00</t>
+          <t>48.00</t>
         </is>
       </c>
     </row>
     <row r="77" ht="30" customHeight="1">
       <c r="A77" t="inlineStr">
         <is>
-          <t>AR13000</t>
+          <t>AR12985-05</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D77" t="inlineStr">
         <is>
-          <t>0,55 kW</t>
+          <t>3 kW</t>
         </is>
       </c>
       <c r="E77" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F77" t="inlineStr"/>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,55 kW, 2-polig, 71M, V15, 100Hz, 350V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H77" t="inlineStr"/>
+          <t>Motor 3 kW, 4-polig, 100L, B3, 50Hz, 355V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H77" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I77" t="inlineStr"/>
       <c r="J77" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K77" t="inlineStr"/>
       <c r="L77" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M77" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N77" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O77" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="P77" t="inlineStr">
         <is>
-          <t>219.95 €</t>
+          <t>493.20 €</t>
         </is>
       </c>
       <c r="Q77" t="inlineStr"/>
       <c r="R77" t="inlineStr">
         <is>
-          <t>10.00</t>
+          <t>48.00</t>
         </is>
       </c>
     </row>
     <row r="78" ht="30" customHeight="1">
       <c r="A78" t="inlineStr">
         <is>
-          <t>AR13001</t>
+          <t>AR12985-06</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
-          <t>7,5 kW</t>
+          <t>3 kW</t>
         </is>
       </c>
       <c r="E78" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F78" t="inlineStr"/>
       <c r="G78" s="2" t="inlineStr">
         <is>
-          <t>Motor 7,5 kW, 4-polig, 132M, B3, 50Hz, 355V, IE4 SuPremE C1</t>
-[...2 lines deleted...]
-      <c r="H78" t="inlineStr"/>
+          <t>Motor 3 kW, 4-polig, 100L, B3, 50Hz, 355V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H78" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I78" t="inlineStr"/>
       <c r="J78" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K78" t="inlineStr"/>
       <c r="L78" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M78" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N78" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O78" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="P78" t="inlineStr">
         <is>
-          <t>855.26 €</t>
+          <t>493.20 €</t>
         </is>
       </c>
       <c r="Q78" t="inlineStr"/>
       <c r="R78" t="inlineStr">
         <is>
-          <t>73.00</t>
+          <t>48.00</t>
         </is>
       </c>
     </row>
     <row r="79" ht="30" customHeight="1">
       <c r="A79" t="inlineStr">
         <is>
-          <t>AR13005</t>
+          <t>AR12985-07</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
-          <t>4 kW</t>
+          <t>3 kW</t>
         </is>
       </c>
       <c r="E79" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F79" t="inlineStr"/>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>Motor 4 kW, 2-polig, 112M, B3, 100Hz, 355V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H79" t="inlineStr"/>
+          <t>Motor 3 kW, 4-polig, 100L, B3, 50Hz, 355V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H79" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I79" t="inlineStr"/>
       <c r="J79" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K79" t="inlineStr"/>
       <c r="L79" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M79" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N79" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O79" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="P79" t="inlineStr">
         <is>
-          <t>489.31 €</t>
+          <t>493.20 €</t>
         </is>
       </c>
       <c r="Q79" t="inlineStr"/>
       <c r="R79" t="inlineStr">
         <is>
-          <t>46.00</t>
+          <t>48.00</t>
         </is>
       </c>
     </row>
     <row r="80" ht="30" customHeight="1">
       <c r="A80" t="inlineStr">
         <is>
-          <t>AR13008</t>
+          <t>AR12985-08</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D80" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>3 kW</t>
         </is>
       </c>
       <c r="E80" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F80" t="inlineStr"/>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>Motor 2,2 kW, 2-polig, 90L, V15, 100 Hz, 360V, IE4 SuPremE B1</t>
-[...2 lines deleted...]
-      <c r="H80" t="inlineStr"/>
+          <t>Motor 3 kW, 4-polig, 100L, B3, 50Hz, 355V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H80" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I80" t="inlineStr"/>
       <c r="J80" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K80" t="inlineStr"/>
       <c r="L80" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M80" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N80" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O80" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="P80" t="inlineStr">
         <is>
-          <t>388.62 €</t>
+          <t>493.20 €</t>
         </is>
       </c>
       <c r="Q80" t="inlineStr"/>
       <c r="R80" t="inlineStr">
         <is>
-          <t>19.00</t>
+          <t>48.00</t>
         </is>
       </c>
     </row>
     <row r="81" ht="30" customHeight="1">
       <c r="A81" t="inlineStr">
         <is>
-          <t>AR13009</t>
+          <t>AR12986</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D81" t="inlineStr">
         <is>
-          <t>1,1 kW</t>
+          <t>45 kW</t>
         </is>
       </c>
       <c r="E81" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F81" t="inlineStr"/>
       <c r="G81" s="2" t="inlineStr">
         <is>
-          <t>Motor 1,1 kW, 2-polig, 80M, B3, 100Hz, 360V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H81" t="inlineStr"/>
+          <t>Motor 45 kW, 2-polig, 225M, B3, 50Hz, 400V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H81" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I81" t="inlineStr"/>
       <c r="J81" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K81" t="inlineStr"/>
       <c r="L81" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M81" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N81" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O81" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
       <c r="P81" t="inlineStr">
         <is>
-          <t>260.40 €</t>
+          <t>4927.54 €</t>
         </is>
       </c>
       <c r="Q81" t="inlineStr"/>
       <c r="R81" t="inlineStr">
         <is>
-          <t>13.00</t>
+          <t>418.00</t>
         </is>
       </c>
     </row>
     <row r="82" ht="30" customHeight="1">
       <c r="A82" t="inlineStr">
         <is>
-          <t>AR13010</t>
+          <t>AR12987</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D82" t="inlineStr">
         <is>
-          <t>0,75 kW</t>
+          <t>45 kW</t>
         </is>
       </c>
       <c r="E82" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F82" t="inlineStr"/>
       <c r="G82" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,75 kW, 2-polig, 80M, B3, 50Hz, 400V, IE5 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H82" t="inlineStr"/>
+          <t>Motor 45 kW, 4-polig, 225M, V15, 50Hz, 360V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H82" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I82" t="inlineStr"/>
       <c r="J82" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K82" t="inlineStr"/>
       <c r="L82" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M82" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N82" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O82" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
       <c r="P82" t="inlineStr">
         <is>
-          <t>212.59 €</t>
+          <t>5455.66 €</t>
         </is>
       </c>
       <c r="Q82" t="inlineStr"/>
       <c r="R82" t="inlineStr">
         <is>
-          <t>11.00</t>
+          <t>408.00</t>
         </is>
       </c>
     </row>
     <row r="83" ht="30" customHeight="1">
       <c r="A83" t="inlineStr">
         <is>
-          <t>AR13011</t>
+          <t>AR12988</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D83" t="inlineStr">
         <is>
-          <t>0,75 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="E83" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F83" t="inlineStr"/>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,75 kW, 2-polig, 80M, B3, 50Hz, 360V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H83" t="inlineStr"/>
+          <t>Motor 15 kW, 2-polig, 160M, B3, 50Hz, 400V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H83" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I83" t="inlineStr"/>
       <c r="J83" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K83" t="inlineStr"/>
       <c r="L83" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M83" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N83" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O83" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P83" t="inlineStr">
         <is>
-          <t>223.23 €</t>
+          <t>1483.46 €</t>
         </is>
       </c>
       <c r="Q83" t="inlineStr"/>
       <c r="R83" t="inlineStr">
         <is>
-          <t>11.00</t>
+          <t>112.00</t>
         </is>
       </c>
     </row>
     <row r="84" ht="30" customHeight="1">
       <c r="A84" t="inlineStr">
         <is>
-          <t>AR13012</t>
+          <t>AR12989</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D84" t="inlineStr">
         <is>
-          <t>0,55 kW</t>
+          <t>45 kW</t>
         </is>
       </c>
       <c r="E84" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F84" t="inlineStr"/>
       <c r="G84" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,55 kW, 2-polig, 71M, V1, 50Hz, 400V, IE5 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H84" t="inlineStr"/>
+          <t>Motor 45 kW, 4-polig, 225M, B3, 50Hz, 400V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H84" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I84" t="inlineStr"/>
       <c r="J84" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K84" t="inlineStr"/>
       <c r="L84" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M84" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N84" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O84" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="P84" t="inlineStr">
         <is>
-          <t>215.06 €</t>
+          <t>4546.38 €</t>
         </is>
       </c>
       <c r="Q84" t="inlineStr"/>
       <c r="R84" t="inlineStr">
         <is>
-          <t>10.00</t>
+          <t>418.00</t>
         </is>
       </c>
     </row>
     <row r="85" ht="30" customHeight="1">
       <c r="A85" t="inlineStr">
         <is>
-          <t>AR13013</t>
+          <t>AR12990</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D85" t="inlineStr">
         <is>
-          <t>0,55 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="E85" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F85" t="inlineStr"/>
       <c r="G85" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,55 kW, 2-polig, 71M, V1, 50Hz, 400V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H85" t="inlineStr"/>
+          <t>Motor 15 kW 2-polig, 160M, B3, 100Hz, 365V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H85" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I85" t="inlineStr"/>
       <c r="J85" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K85" t="inlineStr"/>
       <c r="L85" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M85" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N85" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O85" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P85" t="inlineStr">
         <is>
-          <t>225.82 €</t>
+          <t>1517.18 €</t>
         </is>
       </c>
       <c r="Q85" t="inlineStr"/>
       <c r="R85" t="inlineStr">
         <is>
-          <t>10.00</t>
+          <t>110.00</t>
         </is>
       </c>
     </row>
     <row r="86" ht="30" customHeight="1">
       <c r="A86" t="inlineStr">
         <is>
-          <t>AR13014</t>
+          <t>AR12991</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D86" t="inlineStr">
         <is>
-          <t>1,5 kW</t>
+          <t>1,1 kW</t>
         </is>
       </c>
       <c r="E86" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F86" t="inlineStr"/>
       <c r="G86" s="2" t="inlineStr">
         <is>
-          <t>Motor 1,5 kW, 2-polig, 90S, B3, 50Hz, 400V, IE5 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H86" t="inlineStr"/>
+          <t>Motor 1,1 kW, 2-polig, 80M, B3, 50Hz, 400V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H86" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I86" t="inlineStr"/>
       <c r="J86" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K86" t="inlineStr"/>
       <c r="L86" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M86" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N86" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O86" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
       <c r="P86" t="inlineStr">
         <is>
-          <t>276.61 €</t>
+          <t>247.99 €</t>
         </is>
       </c>
       <c r="Q86" t="inlineStr"/>
-      <c r="R86" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R86" t="inlineStr"/>
     </row>
     <row r="87" ht="30" customHeight="1">
       <c r="A87" t="inlineStr">
         <is>
-          <t>AR13016</t>
+          <t>AR12992</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D87" t="inlineStr">
         <is>
-          <t>0,75 kW</t>
+          <t>0,55 kW</t>
         </is>
       </c>
       <c r="E87" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F87" t="inlineStr"/>
       <c r="G87" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,75 kW, 4-polig, 80M, B3, 50Hz, 355V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H87" t="inlineStr"/>
+          <t>Motor 0,55 kW, 2-polig, 71M, B3, 50Hz, 350V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H87" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I87" t="inlineStr"/>
       <c r="J87" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K87" t="inlineStr"/>
       <c r="L87" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M87" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N87" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O87" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
       <c r="P87" t="inlineStr">
         <is>
-          <t>246.72 €</t>
+          <t>209.96 €</t>
         </is>
       </c>
       <c r="Q87" t="inlineStr"/>
-      <c r="R87" t="inlineStr"/>
+      <c r="R87" t="inlineStr">
+        <is>
+          <t>11.00</t>
+        </is>
+      </c>
     </row>
     <row r="88" ht="30" customHeight="1">
       <c r="A88" t="inlineStr">
         <is>
-          <t>AR13017</t>
+          <t>AR12993</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D88" t="inlineStr">
         <is>
-          <t>0,75 kW</t>
+          <t>0,55 kW</t>
         </is>
       </c>
       <c r="E88" t="inlineStr">
         <is>
           <t>V1</t>
         </is>
       </c>
       <c r="F88" t="inlineStr"/>
       <c r="G88" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,75 kW, 2-polig, 80M, V1, 100Hz, 360V, IE5 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H88" t="inlineStr"/>
+          <t>Motor 0,55 kW, 2-polig, 71M, V1, 50Hz, 350V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H88" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I88" t="inlineStr"/>
       <c r="J88" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K88" t="inlineStr"/>
       <c r="L88" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M88" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N88" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O88" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P88" t="inlineStr">
         <is>
-          <t>233.86 €</t>
+          <t>230.95 €</t>
         </is>
       </c>
       <c r="Q88" t="inlineStr"/>
       <c r="R88" t="inlineStr">
         <is>
           <t>11.00</t>
         </is>
       </c>
     </row>
     <row r="89" ht="30" customHeight="1">
       <c r="A89" t="inlineStr">
         <is>
-          <t>AR13018</t>
+          <t>AR12994</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D89" t="inlineStr">
         <is>
-          <t>0,55 kW</t>
+          <t>1,1 kW</t>
         </is>
       </c>
       <c r="E89" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F89" t="inlineStr"/>
       <c r="G89" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,55 kW, 2-polig, 71M, V1, 50Hz, 400V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H89" t="inlineStr"/>
+          <t>Motor 1,1 kW, 2-polig, 80M, B3, 50Hz, 400V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H89" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I89" t="inlineStr"/>
       <c r="J89" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K89" t="inlineStr"/>
       <c r="L89" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M89" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N89" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O89" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="P89" t="inlineStr">
         <is>
-          <t>225.82 €</t>
+          <t>260.40 €</t>
         </is>
       </c>
       <c r="Q89" t="inlineStr"/>
       <c r="R89" t="inlineStr">
         <is>
-          <t>10.00</t>
+          <t>14.00</t>
         </is>
       </c>
     </row>
     <row r="90" ht="30" customHeight="1">
       <c r="A90" t="inlineStr">
         <is>
-          <t>AR13019</t>
+          <t>AR13000</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D90" t="inlineStr">
         <is>
-          <t>1,5 kW</t>
+          <t>0,55 kW</t>
         </is>
       </c>
       <c r="E90" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F90" t="inlineStr"/>
       <c r="G90" s="2" t="inlineStr">
         <is>
-          <t>Motor 1,5 kW, 2-polig, 90S, V1, 50Hz, 360V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H90" t="inlineStr"/>
+          <t>Motor 0,55 kW, 2-polig, 71M, V15, 100Hz, 350V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H90" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I90" t="inlineStr"/>
       <c r="J90" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K90" t="inlineStr"/>
       <c r="L90" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M90" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N90" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O90" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
       <c r="P90" t="inlineStr">
         <is>
-          <t>319.68 €</t>
+          <t>219.95 €</t>
         </is>
       </c>
       <c r="Q90" t="inlineStr"/>
       <c r="R90" t="inlineStr">
         <is>
-          <t>16.00</t>
+          <t>10.00</t>
         </is>
       </c>
     </row>
     <row r="91" ht="30" customHeight="1">
       <c r="A91" t="inlineStr">
         <is>
-          <t>AR13020</t>
+          <t>AR13001</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D91" t="inlineStr">
         <is>
-          <t>0,55 kW</t>
+          <t>7,5 kW</t>
         </is>
       </c>
       <c r="E91" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F91" t="inlineStr"/>
       <c r="G91" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,55 kW, 2-polig, 71M, V1, 50Hz, 350V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H91" t="inlineStr"/>
+          <t>Motor 7,5 kW, 4-polig, 132M, B3, 50Hz, 355V, IE4 SuPremE C1</t>
+        </is>
+      </c>
+      <c r="H91" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I91" t="inlineStr"/>
       <c r="J91" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K91" t="inlineStr"/>
       <c r="L91" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M91" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N91" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O91" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="P91" t="inlineStr">
         <is>
-          <t>215.06 €</t>
+          <t>855.26 €</t>
         </is>
       </c>
       <c r="Q91" t="inlineStr"/>
       <c r="R91" t="inlineStr">
         <is>
-          <t>10.00</t>
+          <t>73.00</t>
         </is>
       </c>
     </row>
     <row r="92" ht="30" customHeight="1">
       <c r="A92" t="inlineStr">
         <is>
-          <t>AR13021</t>
+          <t>AR13005</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D92" t="inlineStr">
         <is>
-          <t>0,55 kW</t>
+          <t>4 kW</t>
         </is>
       </c>
       <c r="E92" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F92" t="inlineStr"/>
       <c r="G92" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,55 kW, 2-polig, 71M, B3, 50Hz, 350V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H92" t="inlineStr"/>
+          <t>Motor 4 kW, 2-polig, 112M, B3, 100Hz, 355V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H92" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I92" t="inlineStr"/>
       <c r="J92" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K92" t="inlineStr"/>
       <c r="L92" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M92" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N92" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O92" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="P92" t="inlineStr">
         <is>
-          <t>205.29 €</t>
+          <t>489.31 €</t>
         </is>
       </c>
       <c r="Q92" t="inlineStr"/>
       <c r="R92" t="inlineStr">
         <is>
-          <t>10.00</t>
+          <t>46.00</t>
         </is>
       </c>
     </row>
     <row r="93" ht="30" customHeight="1">
       <c r="A93" t="inlineStr">
         <is>
-          <t>AR13049</t>
-[...2 lines deleted...]
-      <c r="B93" t="inlineStr"/>
+          <t>AR13008</t>
+        </is>
+      </c>
+      <c r="B93" t="inlineStr">
+        <is>
+          <t>2-polig</t>
+        </is>
+      </c>
       <c r="C93" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D93" t="inlineStr">
         <is>
-          <t>1,1 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="E93" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F93" t="inlineStr"/>
       <c r="G93" s="2" t="inlineStr">
         <is>
-          <t>Motor 1,1 kW, 4-polig, 090S, V1, 50Hz, 360V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H93" t="inlineStr"/>
+          <t>Motor 2,2 kW, 2-polig, 90L, V15, 100 Hz, 360V, IE4 SuPremE B1</t>
+        </is>
+      </c>
+      <c r="H93" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I93" t="inlineStr"/>
       <c r="J93" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K93" t="inlineStr"/>
       <c r="L93" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M93" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N93" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O93" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P93" t="inlineStr">
         <is>
-          <t>122.86 €</t>
+          <t>388.62 €</t>
         </is>
       </c>
       <c r="Q93" t="inlineStr"/>
       <c r="R93" t="inlineStr">
         <is>
-          <t>17.00</t>
+          <t>19.00</t>
         </is>
       </c>
     </row>
     <row r="94" ht="30" customHeight="1">
       <c r="A94" t="inlineStr">
         <is>
-          <t>AR13057</t>
+          <t>AR13009</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D94" t="inlineStr">
         <is>
-          <t>45 kW</t>
+          <t>1,1 kW</t>
         </is>
       </c>
       <c r="E94" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F94" t="inlineStr"/>
       <c r="G94" s="2" t="inlineStr">
         <is>
-          <t>Motor 45 kW, 2-polig, 225M, B3, 100Hz, 380V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H94" t="inlineStr"/>
+          <t>Motor 1,1 kW, 2-polig, 80M, B3, 100Hz, 360V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H94" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I94" t="inlineStr"/>
       <c r="J94" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K94" t="inlineStr"/>
       <c r="L94" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M94" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N94" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O94" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="P94" t="inlineStr">
         <is>
-          <t>5174.82 €</t>
-[...6 lines deleted...]
-      </c>
+          <t>260.40 €</t>
+        </is>
+      </c>
+      <c r="Q94" t="inlineStr"/>
       <c r="R94" t="inlineStr">
         <is>
-          <t>417.00</t>
+          <t>13.00</t>
         </is>
       </c>
     </row>
     <row r="95" ht="30" customHeight="1">
       <c r="A95" t="inlineStr">
         <is>
-          <t>AR13220</t>
+          <t>AR13010</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D95" t="inlineStr">
         <is>
-          <t>37 kW</t>
+          <t>0,75 kW</t>
         </is>
       </c>
       <c r="E95" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F95" t="inlineStr"/>
       <c r="G95" s="2" t="inlineStr">
         <is>
-          <t>Motor 37 kW, 4-polig, 225S, B3, 50Hz, 400V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H95" t="inlineStr"/>
+          <t>Motor 0,75 kW, 2-polig, 80M, B3, 50Hz, 400V, IE5 SuPremE</t>
+        </is>
+      </c>
+      <c r="H95" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I95" t="inlineStr"/>
       <c r="J95" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K95" t="inlineStr"/>
       <c r="L95" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M95" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N95" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O95" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="P95" t="inlineStr">
         <is>
-          <t>4344.49 €</t>
+          <t>212.59 €</t>
         </is>
       </c>
       <c r="Q95" t="inlineStr"/>
       <c r="R95" t="inlineStr">
         <is>
-          <t>370.00</t>
+          <t>11.00</t>
         </is>
       </c>
     </row>
     <row r="96" ht="30" customHeight="1">
       <c r="A96" t="inlineStr">
         <is>
-          <t>AR13258-01</t>
+          <t>AR13011</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D96" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>0,75 kW</t>
         </is>
       </c>
       <c r="E96" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F96" t="inlineStr"/>
       <c r="G96" s="2" t="inlineStr">
         <is>
-          <t>Motor 15 kW, 2-polig, 160M, V15, 100Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H96" t="inlineStr"/>
+          <t>Motor 0,75 kW, 2-polig, 80M, B3, 50Hz, 360V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H96" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I96" t="inlineStr"/>
       <c r="J96" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K96" t="inlineStr"/>
       <c r="L96" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M96" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N96" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O96" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P96" t="inlineStr">
         <is>
-          <t>1962.98 €</t>
+          <t>223.23 €</t>
         </is>
       </c>
       <c r="Q96" t="inlineStr"/>
       <c r="R96" t="inlineStr">
         <is>
-          <t>104.00</t>
+          <t>11.00</t>
         </is>
       </c>
     </row>
     <row r="97" ht="30" customHeight="1">
       <c r="A97" t="inlineStr">
         <is>
-          <t>AR13258-02</t>
+          <t>AR13012</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D97" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>0,55 kW</t>
         </is>
       </c>
       <c r="E97" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F97" t="inlineStr"/>
       <c r="G97" s="2" t="inlineStr">
         <is>
-          <t>Motor 15 kW, 2-polig, 160M, V15, 100Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H97" t="inlineStr"/>
+          <t>Motor 0,55 kW, 2-polig, 71M, V1, 50Hz, 400V, IE5 SuPremE</t>
+        </is>
+      </c>
+      <c r="H97" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I97" t="inlineStr"/>
       <c r="J97" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K97" t="inlineStr"/>
       <c r="L97" t="inlineStr">
         <is>
           <t>IE5</t>
         </is>
       </c>
       <c r="M97" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N97" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O97" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="P97" t="inlineStr">
         <is>
-          <t>1962.98 €</t>
+          <t>215.06 €</t>
         </is>
       </c>
       <c r="Q97" t="inlineStr"/>
       <c r="R97" t="inlineStr">
         <is>
-          <t>104.00</t>
+          <t>10.00</t>
         </is>
       </c>
     </row>
     <row r="98" ht="30" customHeight="1">
       <c r="A98" t="inlineStr">
         <is>
-          <t>AR13307M</t>
+          <t>AR13013</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D98" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>0,55 kW</t>
         </is>
       </c>
       <c r="E98" t="inlineStr">
         <is>
-          <t>B35</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F98" t="inlineStr"/>
       <c r="G98" s="2" t="inlineStr">
         <is>
-          <t>Motor 5,5 kW, 4-polig, 132S, B35, 50Hz, 350V, IE5 mit Klemmenkasten</t>
-[...2 lines deleted...]
-      <c r="H98" t="inlineStr"/>
+          <t>Motor 0,55 kW, 2-polig, 71M, V1, 50Hz, 400V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H98" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I98" t="inlineStr"/>
       <c r="J98" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K98" t="inlineStr"/>
       <c r="L98" t="inlineStr">
         <is>
           <t>IE5</t>
         </is>
       </c>
       <c r="M98" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N98" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O98" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="P98" t="inlineStr">
         <is>
-          <t>570.06 €</t>
+          <t>225.82 €</t>
         </is>
       </c>
       <c r="Q98" t="inlineStr"/>
       <c r="R98" t="inlineStr">
         <is>
-          <t>77.00</t>
+          <t>10.00</t>
         </is>
       </c>
     </row>
     <row r="99" ht="30" customHeight="1">
       <c r="A99" t="inlineStr">
         <is>
-          <t>AR13336</t>
+          <t>AR13014</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
-          <t>2920</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D99" t="inlineStr">
         <is>
-          <t>4 kW</t>
+          <t>1,5 kW</t>
         </is>
       </c>
       <c r="E99" t="inlineStr">
         <is>
-          <t>V18</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F99" t="inlineStr"/>
       <c r="G99" s="2" t="inlineStr">
         <is>
-          <t>Motor 4 kW, 2-polig, 112M, V18, 50/60Hz, 400/690V, IE2</t>
-[...2 lines deleted...]
-      <c r="H99" t="inlineStr"/>
+          <t>Motor 1,5 kW, 2-polig, 90S, B3, 50Hz, 400V, IE5 SuPremE</t>
+        </is>
+      </c>
+      <c r="H99" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I99" t="inlineStr"/>
       <c r="J99" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K99" t="inlineStr"/>
       <c r="L99" t="inlineStr">
         <is>
-          <t>IE2</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M99" t="inlineStr">
         <is>
-          <t>Motors</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="N99" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O99" t="inlineStr">
         <is>
-          <t>2011</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="P99" t="inlineStr">
         <is>
-          <t>271.08 €</t>
+          <t>276.61 €</t>
         </is>
       </c>
       <c r="Q99" t="inlineStr"/>
       <c r="R99" t="inlineStr">
         <is>
-          <t>54.00</t>
+          <t>16.00</t>
         </is>
       </c>
     </row>
     <row r="100" ht="30" customHeight="1">
       <c r="A100" t="inlineStr">
         <is>
-          <t>AR13385</t>
+          <t>AR13016</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D100" t="inlineStr">
         <is>
-          <t>0,55 kW</t>
+          <t>0,75 kW</t>
         </is>
       </c>
       <c r="E100" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F100" t="inlineStr"/>
       <c r="G100" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,55 kW, 4-polig, 080M, V1, 50/60Hz, 400V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H100" t="inlineStr"/>
+          <t>Motor 0,75 kW, 4-polig, 80M, B3, 50Hz, 355V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H100" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I100" t="inlineStr"/>
       <c r="J100" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K100" t="inlineStr"/>
       <c r="L100" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M100" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N100" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O100" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P100" t="inlineStr">
         <is>
-          <t>216.67 €</t>
+          <t>246.72 €</t>
         </is>
       </c>
       <c r="Q100" t="inlineStr"/>
-      <c r="R100" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R100" t="inlineStr"/>
     </row>
     <row r="101" ht="30" customHeight="1">
       <c r="A101" t="inlineStr">
         <is>
-          <t>AR13387</t>
+          <t>AR13017</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D101" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>0,75 kW</t>
         </is>
       </c>
       <c r="E101" t="inlineStr">
         <is>
           <t>V1</t>
         </is>
       </c>
       <c r="F101" t="inlineStr"/>
       <c r="G101" s="2" t="inlineStr">
         <is>
-          <t>Motor 2,2 kW, 4-polig, 100L, V1, 50 Hz, 340V, IE5 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H101" t="inlineStr"/>
+          <t>Motor 0,75 kW, 2-polig, 80M, V1, 100Hz, 360V, IE5 SuPremE</t>
+        </is>
+      </c>
+      <c r="H101" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I101" t="inlineStr"/>
       <c r="J101" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K101" t="inlineStr"/>
       <c r="L101" t="inlineStr">
         <is>
           <t>IE5</t>
         </is>
       </c>
       <c r="M101" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N101" t="inlineStr">
         <is>
-          <t>B1: C: gebraucht / einsetzbar</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O101" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="P101" t="inlineStr">
         <is>
-          <t>177.95 €</t>
+          <t>233.86 €</t>
         </is>
       </c>
       <c r="Q101" t="inlineStr"/>
       <c r="R101" t="inlineStr">
         <is>
-          <t>28.00</t>
+          <t>11.00</t>
         </is>
       </c>
     </row>
     <row r="102" ht="30" customHeight="1">
       <c r="A102" t="inlineStr">
         <is>
-          <t>AR13414</t>
+          <t>AR13018</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D102" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>0,55 kW</t>
         </is>
       </c>
       <c r="E102" t="inlineStr">
         <is>
           <t>V1</t>
         </is>
       </c>
       <c r="F102" t="inlineStr"/>
       <c r="G102" s="2" t="inlineStr">
         <is>
-          <t>Motor 11 kW, 4-polig, 160M, V1, 50Hz, 400V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H102" t="inlineStr"/>
+          <t>Motor 0,55 kW, 2-polig, 71M, V1, 50Hz, 400V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H102" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I102" t="inlineStr"/>
       <c r="J102" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K102" t="inlineStr"/>
       <c r="L102" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M102" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N102" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O102" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P102" t="inlineStr">
         <is>
-          <t>1772.77 €</t>
+          <t>225.82 €</t>
         </is>
       </c>
       <c r="Q102" t="inlineStr"/>
       <c r="R102" t="inlineStr">
         <is>
-          <t>103.00</t>
+          <t>10.00</t>
         </is>
       </c>
     </row>
     <row r="103" ht="30" customHeight="1">
       <c r="A103" t="inlineStr">
         <is>
-          <t>AR13447-01M</t>
+          <t>AR13019</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D103" t="inlineStr">
         <is>
-          <t>18,5 kW</t>
+          <t>1,5 kW</t>
         </is>
       </c>
       <c r="E103" t="inlineStr">
         <is>
           <t>V1</t>
         </is>
       </c>
       <c r="F103" t="inlineStr"/>
       <c r="G103" s="2" t="inlineStr">
         <is>
-          <t>Motor 18,5 kW, 4-polig, 180M, V1, 50Hz, 400V, IE4, SupremE C2</t>
-[...2 lines deleted...]
-      <c r="H103" t="inlineStr"/>
+          <t>Motor 1,5 kW, 2-polig, 90S, V1, 50Hz, 360V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H103" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I103" t="inlineStr"/>
       <c r="J103" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K103" t="inlineStr"/>
       <c r="L103" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M103" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N103" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
-      <c r="O103" t="inlineStr"/>
+      <c r="O103" t="inlineStr">
+        <is>
+          <t>2016</t>
+        </is>
+      </c>
       <c r="P103" t="inlineStr">
         <is>
-          <t>1940.71 €</t>
+          <t>319.68 €</t>
         </is>
       </c>
       <c r="Q103" t="inlineStr"/>
       <c r="R103" t="inlineStr">
         <is>
-          <t>211.00</t>
+          <t>16.00</t>
         </is>
       </c>
     </row>
     <row r="104" ht="30" customHeight="1">
       <c r="A104" t="inlineStr">
         <is>
-          <t>AR13447-02M</t>
+          <t>AR13020</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D104" t="inlineStr">
         <is>
-          <t>18,5 kW</t>
+          <t>0,55 kW</t>
         </is>
       </c>
       <c r="E104" t="inlineStr">
         <is>
           <t>V1</t>
         </is>
       </c>
       <c r="F104" t="inlineStr"/>
       <c r="G104" s="2" t="inlineStr">
         <is>
-          <t>Motor 18,5 kW, 4-polig, 180M, V1, 50Hz, 400V, IE4, SupremE C2</t>
-[...2 lines deleted...]
-      <c r="H104" t="inlineStr"/>
+          <t>Motor 0,55 kW, 2-polig, 71M, V1, 50Hz, 350V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H104" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I104" t="inlineStr"/>
       <c r="J104" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K104" t="inlineStr"/>
       <c r="L104" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M104" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N104" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
-      <c r="O104" t="inlineStr"/>
+      <c r="O104" t="inlineStr">
+        <is>
+          <t>2016</t>
+        </is>
+      </c>
       <c r="P104" t="inlineStr">
         <is>
-          <t>1940.71 €</t>
+          <t>215.06 €</t>
         </is>
       </c>
       <c r="Q104" t="inlineStr"/>
       <c r="R104" t="inlineStr">
         <is>
-          <t>211.00</t>
-[...3 lines deleted...]
-    <row r="105" ht="15" customHeight="1">
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="105" ht="30" customHeight="1">
       <c r="A105" t="inlineStr">
         <is>
-          <t>AR13457-01M</t>
+          <t>AR13021</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D105" t="inlineStr">
         <is>
           <t>0,55 kW</t>
         </is>
       </c>
       <c r="E105" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F105" t="inlineStr"/>
       <c r="G105" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,55 kW, 4-polig, 080M, B35, 50Hz, 400V, IE5</t>
-[...2 lines deleted...]
-      <c r="H105" t="inlineStr"/>
+          <t>Motor 0,55 kW, 2-polig, 71M, B3, 50Hz, 350V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H105" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I105" t="inlineStr"/>
       <c r="J105" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K105" t="inlineStr"/>
       <c r="L105" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M105" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N105" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
-      <c r="O105" t="inlineStr"/>
+      <c r="O105" t="inlineStr">
+        <is>
+          <t>2016</t>
+        </is>
+      </c>
       <c r="P105" t="inlineStr">
         <is>
-          <t>285.31 €</t>
+          <t>205.29 €</t>
         </is>
       </c>
       <c r="Q105" t="inlineStr"/>
       <c r="R105" t="inlineStr">
         <is>
-          <t>12.00</t>
+          <t>10.00</t>
         </is>
       </c>
     </row>
     <row r="106" ht="30" customHeight="1">
       <c r="A106" t="inlineStr">
         <is>
-          <t>AR13462-03</t>
-[...6 lines deleted...]
-      </c>
+          <t>AR13049</t>
+        </is>
+      </c>
+      <c r="B106" t="inlineStr"/>
       <c r="C106" t="inlineStr">
         <is>
-          <t>1485</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D106" t="inlineStr">
         <is>
-          <t>75 kW</t>
+          <t>1,1 kW</t>
         </is>
       </c>
       <c r="E106" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F106" t="inlineStr"/>
       <c r="G106" s="2" t="inlineStr">
         <is>
-          <t>Motor 75 kW, 4-polig, 280S, B3, 50Hz, 400/690V, IE3</t>
-[...2 lines deleted...]
-      <c r="H106" t="inlineStr"/>
+          <t>Motor 1,1 kW, 4-polig, 090S, V1, 50Hz, 360V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H106" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I106" t="inlineStr"/>
       <c r="J106" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K106" t="inlineStr"/>
       <c r="L106" t="inlineStr">
         <is>
-          <t>IE3</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M106" t="inlineStr">
         <is>
-          <t>Siemens</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="N106" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="O106" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="P106" t="inlineStr">
         <is>
-          <t>7126.88 €</t>
+          <t>122.86 €</t>
         </is>
       </c>
       <c r="Q106" t="inlineStr"/>
       <c r="R106" t="inlineStr">
         <is>
-          <t>592.00</t>
+          <t>17.00</t>
         </is>
       </c>
     </row>
     <row r="107" ht="30" customHeight="1">
       <c r="A107" t="inlineStr">
         <is>
-          <t>AR13462-04</t>
+          <t>AR13057</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
-          <t>1485</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D107" t="inlineStr">
         <is>
-          <t>75 kW</t>
+          <t>45 kW</t>
         </is>
       </c>
       <c r="E107" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F107" t="inlineStr"/>
       <c r="G107" s="2" t="inlineStr">
         <is>
-          <t>Motor 75 kW, 4-polig, 280S, B3, 50Hz, 400/690V, IE3</t>
-[...2 lines deleted...]
-      <c r="H107" t="inlineStr"/>
+          <t>Motor 45 kW, 2-polig, 225M, B3, 100Hz, 380V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H107" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I107" t="inlineStr"/>
       <c r="J107" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K107" t="inlineStr"/>
       <c r="L107" t="inlineStr">
         <is>
-          <t>IE3</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M107" t="inlineStr">
         <is>
-          <t>Siemens</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="N107" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O107" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
       <c r="P107" t="inlineStr">
         <is>
-          <t>7126.88 €</t>
-[...2 lines deleted...]
-      <c r="Q107" t="inlineStr"/>
+          <t>5174.82 €</t>
+        </is>
+      </c>
+      <c r="Q107" t="inlineStr">
+        <is>
+          <t>Ja</t>
+        </is>
+      </c>
       <c r="R107" t="inlineStr">
         <is>
-          <t>592.00</t>
+          <t>417.00</t>
         </is>
       </c>
     </row>
     <row r="108" ht="30" customHeight="1">
       <c r="A108" t="inlineStr">
         <is>
-          <t>AR13467</t>
+          <t>AR13174DP</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
-          <t>1480</t>
+          <t>2100</t>
         </is>
       </c>
       <c r="D108" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>1,1 kW</t>
         </is>
       </c>
       <c r="E108" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F108" t="inlineStr"/>
       <c r="G108" s="2" t="inlineStr">
         <is>
-          <t>Motor 11 kW, 4-polig, 160M, V15, 50/60Hz, 400/690V, IE4</t>
-[...2 lines deleted...]
-      <c r="H108" t="inlineStr"/>
+          <t>Drivepack 1,1 kW, 4-polig, 90S, V1, 50Hz, 400V und PumpDrive-II Eco, 1,1kW, PDRV2E_001K10</t>
+        </is>
+      </c>
+      <c r="H108" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I108" t="inlineStr"/>
       <c r="J108" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K108" t="inlineStr"/>
       <c r="L108" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M108" t="inlineStr">
         <is>
-          <t>Siemens</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="N108" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O108" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
       <c r="P108" t="inlineStr">
         <is>
-          <t>1910.44 €</t>
-[...6 lines deleted...]
-      </c>
+          <t>2138.07 €</t>
+        </is>
+      </c>
+      <c r="Q108" t="inlineStr"/>
       <c r="R108" t="inlineStr">
         <is>
-          <t>130.00</t>
+          <t>23.00</t>
         </is>
       </c>
     </row>
     <row r="109" ht="30" customHeight="1">
       <c r="A109" t="inlineStr">
         <is>
-          <t>AR13476</t>
+          <t>AR13220</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D109" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>37 kW</t>
         </is>
       </c>
       <c r="E109" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F109" t="inlineStr"/>
       <c r="G109" s="2" t="inlineStr">
         <is>
-          <t>Motor 11 kW, 2-polig, 160M, V1, 100Hz, 375V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H109" t="inlineStr"/>
+          <t>Motor 37 kW, 4-polig, 225S, B3, 50Hz, 400V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H109" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I109" t="inlineStr"/>
       <c r="J109" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K109" t="inlineStr"/>
       <c r="L109" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M109" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N109" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O109" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
       <c r="P109" t="inlineStr">
         <is>
-          <t>1144.75 €</t>
-[...6 lines deleted...]
-      </c>
+          <t>4344.49 €</t>
+        </is>
+      </c>
+      <c r="Q109" t="inlineStr"/>
       <c r="R109" t="inlineStr">
         <is>
-          <t>122.00</t>
+          <t>370.00</t>
         </is>
       </c>
     </row>
     <row r="110" ht="30" customHeight="1">
       <c r="A110" t="inlineStr">
         <is>
-          <t>AR13698</t>
+          <t>AR13258-01</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D110" t="inlineStr">
         <is>
-          <t>37 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="E110" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F110" t="inlineStr"/>
       <c r="G110" s="2" t="inlineStr">
         <is>
-          <t>Motor 37 kW, 2-polig, 200L, B3, 50Hz, 400V, IE4 SuPremE KSB mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H110" t="inlineStr"/>
+          <t>Motor 15 kW, 2-polig, 160M, V15, 100Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H110" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I110" t="inlineStr"/>
       <c r="J110" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K110" t="inlineStr"/>
       <c r="L110" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M110" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N110" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O110" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
       <c r="P110" t="inlineStr">
         <is>
-          <t>4117.10 €</t>
+          <t>1962.98 €</t>
         </is>
       </c>
       <c r="Q110" t="inlineStr"/>
       <c r="R110" t="inlineStr">
         <is>
-          <t>257.00</t>
+          <t>104.00</t>
         </is>
       </c>
     </row>
     <row r="111" ht="30" customHeight="1">
       <c r="A111" t="inlineStr">
         <is>
-          <t>AR13803</t>
+          <t>AR13258-02</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D111" t="inlineStr">
         <is>
-          <t>1,1 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="E111" t="inlineStr">
         <is>
           <t>V15</t>
         </is>
       </c>
       <c r="F111" t="inlineStr"/>
       <c r="G111" s="2" t="inlineStr">
         <is>
-          <t>Motor 1,1 kW, 4-polig, 090S, V15, 50Hz, 400V, IE5 SuPremE C1 mit Klemmenkasten</t>
-[...2 lines deleted...]
-      <c r="H111" t="inlineStr"/>
+          <t>Motor 15 kW, 2-polig, 160M, V15, 100Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H111" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I111" t="inlineStr"/>
       <c r="J111" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K111" t="inlineStr"/>
       <c r="L111" t="inlineStr">
         <is>
           <t>IE5</t>
         </is>
       </c>
       <c r="M111" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N111" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O111" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="P111" t="inlineStr">
         <is>
-          <t>306.57 €</t>
+          <t>1962.98 €</t>
         </is>
       </c>
       <c r="Q111" t="inlineStr"/>
       <c r="R111" t="inlineStr">
         <is>
-          <t>17.00</t>
+          <t>104.00</t>
         </is>
       </c>
     </row>
     <row r="112" ht="30" customHeight="1">
       <c r="A112" t="inlineStr">
         <is>
-          <t>AR13816-01</t>
+          <t>AR13307M</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
-          <t>1488</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D112" t="inlineStr">
         <is>
-          <t>90 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="E112" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>B35</t>
         </is>
       </c>
       <c r="F112" t="inlineStr"/>
       <c r="G112" s="2" t="inlineStr">
         <is>
-          <t>Motor 90 kW, 4-polig, 280M, B3, 50/60Hz, 400/690V, IE4</t>
-[...2 lines deleted...]
-      <c r="H112" t="inlineStr"/>
+          <t>Motor 5,5 kW, 4-polig, 132S, B35, 50Hz, 350V, IE5 mit Klemmenkasten</t>
+        </is>
+      </c>
+      <c r="H112" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I112" t="inlineStr"/>
       <c r="J112" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K112" t="inlineStr"/>
       <c r="L112" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M112" t="inlineStr">
         <is>
-          <t>Siemens</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="N112" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O112" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="P112" t="inlineStr">
         <is>
-          <t>14839.40 €</t>
+          <t>570.06 €</t>
         </is>
       </c>
       <c r="Q112" t="inlineStr"/>
       <c r="R112" t="inlineStr">
         <is>
-          <t>752.00</t>
+          <t>77.00</t>
         </is>
       </c>
     </row>
     <row r="113" ht="30" customHeight="1">
       <c r="A113" t="inlineStr">
         <is>
-          <t>AR13816-02</t>
+          <t>AR13336</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
-          <t>1488</t>
+          <t>2920</t>
         </is>
       </c>
       <c r="D113" t="inlineStr">
         <is>
-          <t>90 kW</t>
+          <t>4 kW</t>
         </is>
       </c>
       <c r="E113" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V18</t>
         </is>
       </c>
       <c r="F113" t="inlineStr"/>
       <c r="G113" s="2" t="inlineStr">
         <is>
-          <t>Motor 90 kW, 4-polig, 280M, B3, 50/60Hz, 400/690V, IE4</t>
-[...2 lines deleted...]
-      <c r="H113" t="inlineStr"/>
+          <t>Motor 4 kW, 2-polig, 112M, V18, 50/60Hz, 400/690V, IE2</t>
+        </is>
+      </c>
+      <c r="H113" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V, 60Hz 3x 400 V, 60Hz 3x 690 V</t>
+        </is>
+      </c>
       <c r="I113" t="inlineStr"/>
       <c r="J113" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K113" t="inlineStr"/>
       <c r="L113" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE2</t>
         </is>
       </c>
       <c r="M113" t="inlineStr">
         <is>
-          <t>Siemens</t>
+          <t>Motors</t>
         </is>
       </c>
       <c r="N113" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O113" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2011</t>
         </is>
       </c>
       <c r="P113" t="inlineStr">
         <is>
-          <t>14839.40 €</t>
+          <t>271.08 €</t>
         </is>
       </c>
       <c r="Q113" t="inlineStr"/>
       <c r="R113" t="inlineStr">
         <is>
-          <t>752.00</t>
+          <t>54.00</t>
         </is>
       </c>
     </row>
     <row r="114" ht="30" customHeight="1">
       <c r="A114" t="inlineStr">
         <is>
-          <t>AR13818</t>
+          <t>AR13385</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
-          <t>1470</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D114" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>0,55 kW</t>
         </is>
       </c>
       <c r="E114" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F114" t="inlineStr"/>
       <c r="G114" s="2" t="inlineStr">
         <is>
-          <t>Motor 5,5 kW, 4-polig, 132S, B3, 50/60Hz, 400/690V, IE4</t>
-[...2 lines deleted...]
-      <c r="H114" t="inlineStr"/>
+          <t>Motor 0,55 kW, 4-polig, 080M, V1, 50/60Hz, 400V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H114" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I114" t="inlineStr"/>
       <c r="J114" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K114" t="inlineStr"/>
       <c r="L114" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M114" t="inlineStr">
         <is>
-          <t>Siemens</t>
-[...2 lines deleted...]
-      <c r="N114" t="inlineStr"/>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N114" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
       <c r="O114" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="P114" t="inlineStr">
         <is>
-          <t>1240.14 €</t>
+          <t>216.67 €</t>
         </is>
       </c>
       <c r="Q114" t="inlineStr"/>
       <c r="R114" t="inlineStr">
         <is>
-          <t>99.00</t>
+          <t>11.00</t>
         </is>
       </c>
     </row>
     <row r="115" ht="30" customHeight="1">
       <c r="A115" t="inlineStr">
         <is>
-          <t>AR13821M</t>
+          <t>AR13387</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C115" t="inlineStr">
         <is>
-          <t>1483</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D115" t="inlineStr">
         <is>
-          <t>55 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="E115" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F115" t="inlineStr"/>
       <c r="G115" s="2" t="inlineStr">
         <is>
-          <t>Motor 55 kW, 4-polig, 280S, B3, 50Hz, 400/690V, IE3</t>
-[...2 lines deleted...]
-      <c r="H115" t="inlineStr"/>
+          <t>Motor 2,2 kW, 4-polig, 100L, V1, 50 Hz, 340V, IE5 SuPremE</t>
+        </is>
+      </c>
+      <c r="H115" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I115" t="inlineStr"/>
       <c r="J115" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K115" t="inlineStr"/>
       <c r="L115" t="inlineStr">
         <is>
-          <t>IE3</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M115" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N115" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: C: gebraucht / einsetzbar</t>
         </is>
       </c>
       <c r="O115" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="P115" t="inlineStr">
         <is>
-          <t>5263.47 €</t>
+          <t>177.95 €</t>
         </is>
       </c>
       <c r="Q115" t="inlineStr"/>
       <c r="R115" t="inlineStr">
         <is>
-          <t>529.00</t>
+          <t>28.00</t>
         </is>
       </c>
     </row>
     <row r="116" ht="30" customHeight="1">
       <c r="A116" t="inlineStr">
         <is>
-          <t>AR13824-01M</t>
+          <t>AR13414</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D116" t="inlineStr">
         <is>
-          <t>3 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E116" t="inlineStr">
         <is>
           <t>V1</t>
         </is>
       </c>
       <c r="F116" t="inlineStr"/>
       <c r="G116" s="2" t="inlineStr">
         <is>
-          <t>Motor 3 kW, 4-polig, 100L, V1, 50Hz, 360Y, SuPremE D1 IE5 mit Klemmenkasten</t>
-[...2 lines deleted...]
-      <c r="H116" t="inlineStr"/>
+          <t>Motor 11 kW, 4-polig, 160M, V1, 50Hz, 400V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H116" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I116" t="inlineStr"/>
       <c r="J116" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K116" t="inlineStr"/>
       <c r="L116" t="inlineStr">
         <is>
           <t>IE5</t>
         </is>
       </c>
       <c r="M116" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N116" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O116" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="P116" t="inlineStr">
         <is>
-          <t>553.05 €</t>
+          <t>1772.77 €</t>
         </is>
       </c>
       <c r="Q116" t="inlineStr"/>
       <c r="R116" t="inlineStr">
         <is>
-          <t>26.00</t>
+          <t>103.00</t>
         </is>
       </c>
     </row>
     <row r="117" ht="30" customHeight="1">
       <c r="A117" t="inlineStr">
         <is>
-          <t>AR13837</t>
+          <t>AR13447-01M</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C117" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D117" t="inlineStr">
         <is>
-          <t>0,75 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="E117" t="inlineStr">
         <is>
           <t>V1</t>
         </is>
       </c>
       <c r="F117" t="inlineStr"/>
       <c r="G117" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,75 kW, 4-polig, 080M, V1, 125Hz, 300V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H117" t="inlineStr"/>
+          <t>Motor 18,5 kW, 4-polig, 180M, V1, 50Hz, 400V, IE4, SupremE C2</t>
+        </is>
+      </c>
+      <c r="H117" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I117" t="inlineStr"/>
       <c r="J117" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K117" t="inlineStr"/>
       <c r="L117" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M117" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N117" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
-      <c r="O117" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="O117" t="inlineStr"/>
       <c r="P117" t="inlineStr">
         <is>
-          <t>307.24 €</t>
+          <t>1940.71 €</t>
         </is>
       </c>
       <c r="Q117" t="inlineStr"/>
       <c r="R117" t="inlineStr">
         <is>
-          <t>15.00</t>
+          <t>211.00</t>
         </is>
       </c>
     </row>
     <row r="118" ht="30" customHeight="1">
       <c r="A118" t="inlineStr">
         <is>
-          <t>AR13855</t>
+          <t>AR13447-02M</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C118" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D118" t="inlineStr">
         <is>
-          <t>0,75 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="E118" t="inlineStr">
         <is>
           <t>V1</t>
         </is>
       </c>
       <c r="F118" t="inlineStr"/>
       <c r="G118" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,75 kW, 4-polig, 080M, V1, 125Hz, 300V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H118" t="inlineStr"/>
+          <t>Motor 18,5 kW, 4-polig, 180M, V1, 50Hz, 400V, IE4, SupremE C2</t>
+        </is>
+      </c>
+      <c r="H118" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I118" t="inlineStr"/>
       <c r="J118" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K118" t="inlineStr"/>
       <c r="L118" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M118" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N118" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
-      <c r="O118" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="O118" t="inlineStr"/>
       <c r="P118" t="inlineStr">
         <is>
-          <t>304.90 €</t>
+          <t>1940.71 €</t>
         </is>
       </c>
       <c r="Q118" t="inlineStr"/>
       <c r="R118" t="inlineStr">
         <is>
-          <t>15.00</t>
-[...3 lines deleted...]
-    <row r="119" ht="30" customHeight="1">
+          <t>211.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="119" ht="15" customHeight="1">
       <c r="A119" t="inlineStr">
         <is>
-          <t>AR13865-03M</t>
+          <t>AR13457-01M</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
-          <t>1488</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D119" t="inlineStr">
         <is>
-          <t>200 kW</t>
+          <t>0,55 kW</t>
         </is>
       </c>
       <c r="E119" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F119" t="inlineStr"/>
       <c r="G119" s="2" t="inlineStr">
         <is>
-          <t>Motor 200 kW, 4-polig, 315L, B3, 50Hz, 400/690V, IE3</t>
-[...2 lines deleted...]
-      <c r="H119" t="inlineStr"/>
+          <t>Motor 0,55 kW, 4-polig, 080M, B35, 50Hz, 400V, IE5</t>
+        </is>
+      </c>
+      <c r="H119" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I119" t="inlineStr"/>
       <c r="J119" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K119" t="inlineStr"/>
       <c r="L119" t="inlineStr">
         <is>
-          <t>IE3</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M119" t="inlineStr">
         <is>
-          <t>Siemens</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="N119" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
-      <c r="O119" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="O119" t="inlineStr"/>
       <c r="P119" t="inlineStr">
         <is>
-          <t>22854.00 €</t>
+          <t>285.31 €</t>
         </is>
       </c>
       <c r="Q119" t="inlineStr"/>
       <c r="R119" t="inlineStr">
         <is>
-          <t>1212.00</t>
+          <t>12.00</t>
         </is>
       </c>
     </row>
     <row r="120" ht="30" customHeight="1">
       <c r="A120" t="inlineStr">
         <is>
-          <t>AR13880-03M</t>
+          <t>AR13462-03</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
-          <t>1490</t>
+          <t>1485</t>
         </is>
       </c>
       <c r="D120" t="inlineStr">
         <is>
-          <t>315 kW</t>
+          <t>75 kW</t>
         </is>
       </c>
       <c r="E120" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F120" t="inlineStr"/>
       <c r="G120" s="2" t="inlineStr">
         <is>
-          <t>Motor 315 kW, 4-polig, 315L, B3, 50/60Hz, 400/690V, IE3</t>
-[...2 lines deleted...]
-      <c r="H120" t="inlineStr"/>
+          <t>Motor 75 kW, 4-polig, 280S, B3, 50Hz, 400/690V, IE3</t>
+        </is>
+      </c>
+      <c r="H120" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I120" t="inlineStr"/>
       <c r="J120" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K120" t="inlineStr"/>
       <c r="L120" t="inlineStr">
         <is>
           <t>IE3</t>
         </is>
       </c>
       <c r="M120" t="inlineStr">
         <is>
           <t>Siemens</t>
         </is>
       </c>
       <c r="N120" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O120" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="P120" t="inlineStr">
         <is>
-          <t>26790.61 €</t>
+          <t>7126.88 €</t>
         </is>
       </c>
       <c r="Q120" t="inlineStr"/>
       <c r="R120" t="inlineStr">
         <is>
-          <t>1582.00</t>
+          <t>592.00</t>
         </is>
       </c>
     </row>
     <row r="121" ht="30" customHeight="1">
       <c r="A121" t="inlineStr">
         <is>
-          <t>AR13948</t>
+          <t>AR13462-04</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
           <t>1485</t>
         </is>
       </c>
       <c r="D121" t="inlineStr">
         <is>
-          <t>37 kW</t>
+          <t>75 kW</t>
         </is>
       </c>
       <c r="E121" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F121" t="inlineStr"/>
       <c r="G121" s="2" t="inlineStr">
         <is>
-          <t>Motor 37 kW, 4-polig, 225S, B3, 50/60Hz, 230/400V, IE4</t>
-[...2 lines deleted...]
-      <c r="H121" t="inlineStr"/>
+          <t>Motor 75 kW, 4-polig, 280S, B3, 50Hz, 400/690V, IE3</t>
+        </is>
+      </c>
+      <c r="H121" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I121" t="inlineStr"/>
       <c r="J121" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K121" t="inlineStr"/>
       <c r="L121" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M121" t="inlineStr">
         <is>
           <t>Siemens</t>
         </is>
       </c>
       <c r="N121" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O121" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="P121" t="inlineStr">
         <is>
-          <t>6441.53 €</t>
+          <t>7126.88 €</t>
         </is>
       </c>
       <c r="Q121" t="inlineStr"/>
       <c r="R121" t="inlineStr">
         <is>
-          <t>362.00</t>
+          <t>592.00</t>
         </is>
       </c>
     </row>
     <row r="122" ht="30" customHeight="1">
       <c r="A122" t="inlineStr">
         <is>
-          <t>AR13957</t>
+          <t>AR13467</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>1480</t>
         </is>
       </c>
       <c r="D122" t="inlineStr">
         <is>
-          <t>1,1 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E122" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F122" t="inlineStr"/>
       <c r="G122" s="2" t="inlineStr">
         <is>
-          <t>Motor 1,1 kW, 4-polig, 090S, V1, 50Hz, 400V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H122" t="inlineStr"/>
+          <t>Motor 11 kW, 4-polig, 160M, V15, 50/60Hz, 400/690V, IE4</t>
+        </is>
+      </c>
+      <c r="H122" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V, 60Hz 3x 460 V</t>
+        </is>
+      </c>
       <c r="I122" t="inlineStr"/>
       <c r="J122" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K122" t="inlineStr"/>
       <c r="L122" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M122" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Siemens</t>
         </is>
       </c>
       <c r="N122" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O122" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="P122" t="inlineStr">
         <is>
-          <t>294.87 €</t>
-[...2 lines deleted...]
-      <c r="Q122" t="inlineStr"/>
+          <t>1910.44 €</t>
+        </is>
+      </c>
+      <c r="Q122" t="inlineStr">
+        <is>
+          <t>Ja</t>
+        </is>
+      </c>
       <c r="R122" t="inlineStr">
         <is>
-          <t>17.00</t>
+          <t>130.00</t>
         </is>
       </c>
     </row>
     <row r="123" ht="30" customHeight="1">
       <c r="A123" t="inlineStr">
         <is>
-          <t>AR13965-01M</t>
+          <t>AR13476</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D123" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E123" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F123" t="inlineStr"/>
       <c r="G123" s="2" t="inlineStr">
         <is>
-          <t>Motor 2,2 kW, 4-polig, 100L, V15, 50Hz, 340V, IE5 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H123" t="inlineStr"/>
+          <t>Motor 11 kW, 2-polig, 160M, V1, 100Hz, 375V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H123" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I123" t="inlineStr"/>
       <c r="J123" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K123" t="inlineStr"/>
       <c r="L123" t="inlineStr">
         <is>
           <t>IE5</t>
         </is>
       </c>
       <c r="M123" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N123" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O123" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="P123" t="inlineStr">
         <is>
-          <t>462.67 €</t>
-[...2 lines deleted...]
-      <c r="Q123" t="inlineStr"/>
+          <t>1144.75 €</t>
+        </is>
+      </c>
+      <c r="Q123" t="inlineStr">
+        <is>
+          <t>Ja</t>
+        </is>
+      </c>
       <c r="R123" t="inlineStr">
         <is>
-          <t>27.00</t>
+          <t>122.00</t>
         </is>
       </c>
     </row>
     <row r="124" ht="30" customHeight="1">
       <c r="A124" t="inlineStr">
         <is>
-          <t>AR13965-02M</t>
+          <t>AR13698</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D124" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>37 kW</t>
         </is>
       </c>
       <c r="E124" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F124" t="inlineStr"/>
       <c r="G124" s="2" t="inlineStr">
         <is>
-          <t>Motor 2,2 kW, 4-polig, 100L, V15, 50Hz, 340V, IE5 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H124" t="inlineStr"/>
+          <t>Motor 37 kW, 2-polig, 200L, B3, 50Hz, 400V, IE4 SuPremE KSB mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H124" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I124" t="inlineStr"/>
       <c r="J124" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K124" t="inlineStr"/>
       <c r="L124" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M124" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N124" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O124" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="P124" t="inlineStr">
         <is>
-          <t>462.67 €</t>
+          <t>4117.10 €</t>
         </is>
       </c>
       <c r="Q124" t="inlineStr"/>
       <c r="R124" t="inlineStr">
         <is>
-          <t>27.00</t>
+          <t>257.00</t>
         </is>
       </c>
     </row>
     <row r="125" ht="30" customHeight="1">
       <c r="A125" t="inlineStr">
         <is>
-          <t>AR13968-01</t>
+          <t>AR13803</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D125" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>1,1 kW</t>
         </is>
       </c>
       <c r="E125" t="inlineStr">
         <is>
           <t>V15</t>
         </is>
       </c>
       <c r="F125" t="inlineStr"/>
       <c r="G125" s="2" t="inlineStr">
         <is>
-          <t>Motor 5,5 kW, 2-polig, 132S, V15, 100Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H125" t="inlineStr"/>
+          <t>Motor 1,1 kW, 4-polig, 090S, V15, 50Hz, 400V, IE5 SuPremE C1 mit Klemmenkasten</t>
+        </is>
+      </c>
+      <c r="H125" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I125" t="inlineStr"/>
       <c r="J125" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K125" t="inlineStr"/>
       <c r="L125" t="inlineStr">
         <is>
           <t>IE5</t>
         </is>
       </c>
       <c r="M125" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N125" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O125" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="P125" t="inlineStr">
         <is>
-          <t>738.78 €</t>
+          <t>306.57 €</t>
         </is>
       </c>
       <c r="Q125" t="inlineStr"/>
       <c r="R125" t="inlineStr">
         <is>
-          <t>65.00</t>
+          <t>17.00</t>
         </is>
       </c>
     </row>
     <row r="126" ht="30" customHeight="1">
       <c r="A126" t="inlineStr">
         <is>
-          <t>AR14030</t>
+          <t>AR13804</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D126" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E126" t="inlineStr">
         <is>
           <t>V1</t>
         </is>
       </c>
       <c r="F126" t="inlineStr"/>
       <c r="G126" s="2" t="inlineStr">
         <is>
-          <t>Motor 15 kW, 4-polig, 160L, V1, 50Hz, 355V, IE4 SuPremE B1 mit Klemmenkasten</t>
-[...2 lines deleted...]
-      <c r="H126" t="inlineStr"/>
+          <t>Drivepack PDRV2_11 kW, 4-polig, 160M, V1, SuPremE C2 IE4</t>
+        </is>
+      </c>
+      <c r="H126" t="inlineStr">
+        <is>
+          <t>50Hz 3x 380 V, 60Hz 3x 480 V</t>
+        </is>
+      </c>
       <c r="I126" t="inlineStr"/>
       <c r="J126" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K126" t="inlineStr"/>
       <c r="L126" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M126" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N126" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
-      <c r="O126" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="O126" t="inlineStr"/>
       <c r="P126" t="inlineStr">
         <is>
-          <t>1384.76 €</t>
+          <t>3222.66 €</t>
         </is>
       </c>
       <c r="Q126" t="inlineStr"/>
       <c r="R126" t="inlineStr">
         <is>
-          <t>150.00</t>
+          <t>70.00</t>
         </is>
       </c>
     </row>
     <row r="127" ht="30" customHeight="1">
       <c r="A127" t="inlineStr">
         <is>
-          <t>AR14032</t>
+          <t>AR13816-01</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1488</t>
         </is>
       </c>
       <c r="D127" t="inlineStr">
         <is>
-          <t>30 kW</t>
+          <t>90 kW</t>
         </is>
       </c>
       <c r="E127" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F127" t="inlineStr"/>
       <c r="G127" s="2" t="inlineStr">
         <is>
-          <t>Motor 30 kW, 2-polig, 200L, B3, 100Hz, 400V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H127" t="inlineStr"/>
+          <t>Motor 90 kW, 4-polig, 280M, B3, 50/60Hz, 400/690V, IE4 f.FU zugelassen</t>
+        </is>
+      </c>
+      <c r="H127" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I127" t="inlineStr"/>
       <c r="J127" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K127" t="inlineStr"/>
       <c r="L127" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M127" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Siemens</t>
         </is>
       </c>
       <c r="N127" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O127" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P127" t="inlineStr">
         <is>
-          <t>1979.80 €</t>
+          <t>14839.40 €</t>
         </is>
       </c>
       <c r="Q127" t="inlineStr"/>
       <c r="R127" t="inlineStr">
         <is>
-          <t>227.00</t>
+          <t>752.00</t>
         </is>
       </c>
     </row>
     <row r="128" ht="30" customHeight="1">
       <c r="A128" t="inlineStr">
         <is>
-          <t>AR14033</t>
+          <t>AR13816-02</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>1488</t>
         </is>
       </c>
       <c r="D128" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>90 kW</t>
         </is>
       </c>
       <c r="E128" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F128" t="inlineStr"/>
       <c r="G128" s="2" t="inlineStr">
         <is>
-          <t>Motor 11 kW, 4-polig, 160M, B3, 50Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H128" t="inlineStr"/>
+          <t>Motor 90 kW, 4-polig, 280M, B3, 50/60Hz, 400/690V, IE4  f.FU zugelassen</t>
+        </is>
+      </c>
+      <c r="H128" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I128" t="inlineStr"/>
       <c r="J128" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K128" t="inlineStr"/>
       <c r="L128" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M128" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Siemens</t>
         </is>
       </c>
       <c r="N128" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O128" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P128" t="inlineStr">
         <is>
-          <t>929.77 €</t>
+          <t>14839.40 €</t>
         </is>
       </c>
       <c r="Q128" t="inlineStr"/>
       <c r="R128" t="inlineStr">
         <is>
-          <t>112.00</t>
+          <t>752.00</t>
         </is>
       </c>
     </row>
     <row r="129" ht="30" customHeight="1">
       <c r="A129" t="inlineStr">
         <is>
-          <t>AR14053</t>
+          <t>AR13818</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1470</t>
         </is>
       </c>
       <c r="D129" t="inlineStr">
         <is>
           <t>5,5 kW</t>
         </is>
       </c>
       <c r="E129" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F129" t="inlineStr"/>
       <c r="G129" s="2" t="inlineStr">
         <is>
-          <t>Motor 5,5 kW, 2-polig, 132S, V15, 100Hz, 365V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H129" t="inlineStr"/>
+          <t>Motor 5,5 kW, 4-polig, 132S, B3, 50/60Hz, 400/690V, IE4</t>
+        </is>
+      </c>
+      <c r="H129" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V, 60Hz 3x 460 V</t>
+        </is>
+      </c>
       <c r="I129" t="inlineStr"/>
       <c r="J129" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K129" t="inlineStr"/>
       <c r="L129" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M129" t="inlineStr">
         <is>
-          <t>KSB</t>
-[...6 lines deleted...]
-      </c>
+          <t>Siemens</t>
+        </is>
+      </c>
+      <c r="N129" t="inlineStr"/>
       <c r="O129" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P129" t="inlineStr">
         <is>
-          <t>696.56 €</t>
+          <t>1240.14 €</t>
         </is>
       </c>
       <c r="Q129" t="inlineStr"/>
       <c r="R129" t="inlineStr">
         <is>
-          <t>65.00</t>
+          <t>99.00</t>
         </is>
       </c>
     </row>
     <row r="130" ht="30" customHeight="1">
       <c r="A130" t="inlineStr">
         <is>
-          <t>AR14054</t>
+          <t>AR13821M</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1483</t>
         </is>
       </c>
       <c r="D130" t="inlineStr">
         <is>
-          <t>1,5 kW</t>
+          <t>55 kW</t>
         </is>
       </c>
       <c r="E130" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F130" t="inlineStr"/>
       <c r="G130" s="2" t="inlineStr">
         <is>
-          <t>Motor 1,5 kW, 2-polig, 090S, V15, 100Hz, 380V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H130" t="inlineStr"/>
+          <t>Motor 55 kW, 4-polig, 280S, B3, 50Hz, 400/690V, IE3</t>
+        </is>
+      </c>
+      <c r="H130" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I130" t="inlineStr"/>
       <c r="J130" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K130" t="inlineStr"/>
       <c r="L130" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M130" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N130" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O130" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P130" t="inlineStr">
         <is>
-          <t>312.57 €</t>
+          <t>5263.47 €</t>
         </is>
       </c>
       <c r="Q130" t="inlineStr"/>
       <c r="R130" t="inlineStr">
         <is>
-          <t>14.00</t>
+          <t>529.00</t>
         </is>
       </c>
     </row>
     <row r="131" ht="30" customHeight="1">
       <c r="A131" t="inlineStr">
         <is>
-          <t>AR14073</t>
+          <t>AR13824-01M</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D131" t="inlineStr">
         <is>
-          <t>7,5 kW</t>
+          <t>3 kW</t>
         </is>
       </c>
       <c r="E131" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F131" t="inlineStr"/>
       <c r="G131" s="2" t="inlineStr">
         <is>
-          <t>Motor 7,5 kW, 4-polig, 132M, V15, 50Hz, 355V, IE4 SuPremE B1</t>
+          <t>Motor 3 kW, 4-polig, 100L, V1, 50Hz, 360Y, SuPremE D1 IE5 mit Klemmenkasten</t>
         </is>
       </c>
       <c r="H131" t="inlineStr"/>
       <c r="I131" t="inlineStr"/>
       <c r="J131" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K131" t="inlineStr"/>
       <c r="L131" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M131" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N131" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O131" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P131" t="inlineStr">
         <is>
-          <t>769.74 €</t>
+          <t>553.05 €</t>
         </is>
       </c>
       <c r="Q131" t="inlineStr"/>
       <c r="R131" t="inlineStr">
         <is>
-          <t>82.00</t>
+          <t>26.00</t>
         </is>
       </c>
     </row>
     <row r="132" ht="30" customHeight="1">
       <c r="A132" t="inlineStr">
         <is>
-          <t>AR14074</t>
+          <t>AR13825</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D132" t="inlineStr">
         <is>
-          <t>7,5 kW</t>
+          <t>45 kW</t>
         </is>
       </c>
       <c r="E132" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>V15/B35</t>
         </is>
       </c>
       <c r="F132" t="inlineStr"/>
       <c r="G132" s="2" t="inlineStr">
         <is>
-          <t>Motor 7,5 kW, 4-polig, 132M, V15, 50Hz, 355V, IE4 SuPremE B1</t>
-[...2 lines deleted...]
-      <c r="H132" t="inlineStr"/>
+          <t>DrivePack PDRV2_ 45 kW, 4-polig, 225M, V15/B35, 50Hz, 400V, SuPremE B2 IE4</t>
+        </is>
+      </c>
+      <c r="H132" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I132" t="inlineStr"/>
       <c r="J132" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K132" t="inlineStr"/>
       <c r="L132" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M132" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N132" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="O132" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="P132" t="inlineStr">
         <is>
-          <t>769.74 €</t>
+          <t>9219.31 €</t>
         </is>
       </c>
       <c r="Q132" t="inlineStr"/>
       <c r="R132" t="inlineStr">
         <is>
-          <t>82.00</t>
+          <t>478.00</t>
         </is>
       </c>
     </row>
     <row r="133" ht="30" customHeight="1">
       <c r="A133" t="inlineStr">
         <is>
-          <t>AR14075</t>
+          <t>AR13837</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D133" t="inlineStr">
         <is>
-          <t>7,5 kW</t>
+          <t>0,75 kW</t>
         </is>
       </c>
       <c r="E133" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F133" t="inlineStr"/>
       <c r="G133" s="2" t="inlineStr">
         <is>
-          <t>Motor 7,5 kW, 4-polig, 132M, V15, 50Hz, 355V, IE4 SuPremE B1</t>
-[...2 lines deleted...]
-      <c r="H133" t="inlineStr"/>
+          <t>Motor 0,75 kW, 4-polig, 080M, V1, 125Hz, 300V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H133" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I133" t="inlineStr"/>
       <c r="J133" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K133" t="inlineStr"/>
       <c r="L133" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M133" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N133" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O133" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P133" t="inlineStr">
         <is>
-          <t>769.74 €</t>
+          <t>307.24 €</t>
         </is>
       </c>
       <c r="Q133" t="inlineStr"/>
       <c r="R133" t="inlineStr">
         <is>
-          <t>82.00</t>
+          <t>15.00</t>
         </is>
       </c>
     </row>
     <row r="134" ht="30" customHeight="1">
       <c r="A134" t="inlineStr">
         <is>
-          <t>AR14083</t>
+          <t>AR13855</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C134" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D134" t="inlineStr">
         <is>
-          <t>30 kW</t>
+          <t>0,75 kW</t>
         </is>
       </c>
       <c r="E134" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F134" t="inlineStr"/>
       <c r="G134" s="2" t="inlineStr">
         <is>
-          <t>Motor 30 kW, 2-polig, 200L, B3, 100Hz, SuPremE, IE4 C1 mit Klemmenkasten</t>
-[...2 lines deleted...]
-      <c r="H134" t="inlineStr"/>
+          <t>Motor 0,75 kW, 4-polig, 080M, V1, 125Hz, 300V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H134" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I134" t="inlineStr"/>
       <c r="J134" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K134" t="inlineStr"/>
       <c r="L134" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M134" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N134" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O134" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="P134" t="inlineStr">
         <is>
-          <t>1499.85 €</t>
+          <t>304.90 €</t>
         </is>
       </c>
       <c r="Q134" t="inlineStr"/>
       <c r="R134" t="inlineStr">
         <is>
-          <t>228.00</t>
+          <t>15.00</t>
         </is>
       </c>
     </row>
     <row r="135" ht="30" customHeight="1">
       <c r="A135" t="inlineStr">
         <is>
-          <t>AR14099</t>
+          <t>AR13865-03M</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C135" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>1488</t>
         </is>
       </c>
       <c r="D135" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>200 kW</t>
         </is>
       </c>
       <c r="E135" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F135" t="inlineStr"/>
       <c r="G135" s="2" t="inlineStr">
         <is>
-          <t>Motor 11 kW, 4-polig, 160M, V1, 50Hz, 400V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H135" t="inlineStr"/>
+          <t>Motor 200 kW, 4-polig, 315L, B3, 50Hz, 400/690V, IE3</t>
+        </is>
+      </c>
+      <c r="H135" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V, 60Hz 3x 460 V</t>
+        </is>
+      </c>
       <c r="I135" t="inlineStr"/>
       <c r="J135" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K135" t="inlineStr"/>
       <c r="L135" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M135" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Siemens</t>
         </is>
       </c>
       <c r="N135" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O135" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="P135" t="inlineStr">
         <is>
-          <t>1611.61 €</t>
+          <t>22854.00 €</t>
         </is>
       </c>
       <c r="Q135" t="inlineStr"/>
       <c r="R135" t="inlineStr">
         <is>
-          <t>110.00</t>
+          <t>1212.00</t>
         </is>
       </c>
     </row>
     <row r="136" ht="30" customHeight="1">
       <c r="A136" t="inlineStr">
         <is>
-          <t>AR14111-01</t>
+          <t>AR13880-03M</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1490</t>
         </is>
       </c>
       <c r="D136" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>315 kW</t>
         </is>
       </c>
       <c r="E136" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F136" t="inlineStr"/>
       <c r="G136" s="2" t="inlineStr">
         <is>
-          <t>Motor 2,2 kW, 2-polig, 090L, V1, 100Hz, 360V, IE5 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H136" t="inlineStr"/>
+          <t>Motor 315 kW, 4-polig, 315L, B3, 50/60Hz, 400/690V, IE3</t>
+        </is>
+      </c>
+      <c r="H136" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V, 60Hz 3x 460 V</t>
+        </is>
+      </c>
       <c r="I136" t="inlineStr"/>
       <c r="J136" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K136" t="inlineStr"/>
       <c r="L136" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M136" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Siemens</t>
         </is>
       </c>
       <c r="N136" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O136" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="P136" t="inlineStr">
         <is>
-          <t>415.81 €</t>
+          <t>26790.61 €</t>
         </is>
       </c>
       <c r="Q136" t="inlineStr"/>
       <c r="R136" t="inlineStr">
         <is>
-          <t>20.00</t>
+          <t>1582.00</t>
         </is>
       </c>
     </row>
     <row r="137" ht="30" customHeight="1">
       <c r="A137" t="inlineStr">
         <is>
-          <t>AR14111-02</t>
+          <t>AR13948</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1485</t>
         </is>
       </c>
       <c r="D137" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>37 kW</t>
         </is>
       </c>
       <c r="E137" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F137" t="inlineStr"/>
       <c r="G137" s="2" t="inlineStr">
         <is>
-          <t>Motor 2,2 kW, 2-polig, 090L, V1, 100Hz, 360V, IE5 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H137" t="inlineStr"/>
+          <t>Motor 37 kW, 4-polig, 225S, B3, 50/60Hz, 230/400V, IE4</t>
+        </is>
+      </c>
+      <c r="H137" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V, 50Hz 3x 230 V</t>
+        </is>
+      </c>
       <c r="I137" t="inlineStr"/>
       <c r="J137" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K137" t="inlineStr"/>
       <c r="L137" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M137" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Siemens</t>
         </is>
       </c>
       <c r="N137" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O137" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="P137" t="inlineStr">
         <is>
-          <t>415.81 €</t>
+          <t>6441.53 €</t>
         </is>
       </c>
       <c r="Q137" t="inlineStr"/>
       <c r="R137" t="inlineStr">
         <is>
-          <t>20.00</t>
+          <t>362.00</t>
         </is>
       </c>
     </row>
     <row r="138" ht="30" customHeight="1">
       <c r="A138" t="inlineStr">
         <is>
-          <t>AR14132</t>
+          <t>AR13957</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C138" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D138" t="inlineStr">
         <is>
-          <t>1,5 kW</t>
+          <t>1,1 kW</t>
         </is>
       </c>
       <c r="E138" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F138" t="inlineStr"/>
       <c r="G138" s="2" t="inlineStr">
         <is>
-          <t>Motor 1,5 kW, 2-polig, 090S, V15, 100Hz, 380V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H138" t="inlineStr"/>
+          <t>Motor 1,1 kW, 4-polig, 090S, V1, 50Hz, 400V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H138" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I138" t="inlineStr"/>
       <c r="J138" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K138" t="inlineStr"/>
       <c r="L138" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M138" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N138" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O138" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
       <c r="P138" t="inlineStr">
         <is>
-          <t>213.12 €</t>
+          <t>294.87 €</t>
         </is>
       </c>
       <c r="Q138" t="inlineStr"/>
       <c r="R138" t="inlineStr">
         <is>
-          <t>18.00</t>
+          <t>17.00</t>
         </is>
       </c>
     </row>
     <row r="139" ht="30" customHeight="1">
       <c r="A139" t="inlineStr">
         <is>
-          <t>AR14133</t>
+          <t>AR13965-01M</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C139" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D139" t="inlineStr">
         <is>
-          <t>1,1 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="E139" t="inlineStr">
         <is>
           <t>V15</t>
         </is>
       </c>
       <c r="F139" t="inlineStr"/>
       <c r="G139" s="2" t="inlineStr">
         <is>
-          <t>Motor 1,1 kW, 4-polig, 090S, V15, 50Hz, 400V, IE5 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H139" t="inlineStr"/>
+          <t>Motor 2,2 kW, 4-polig, 100L, V15, 50Hz, 340V, IE5 SuPremE</t>
+        </is>
+      </c>
+      <c r="H139" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I139" t="inlineStr"/>
       <c r="J139" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K139" t="inlineStr"/>
       <c r="L139" t="inlineStr">
         <is>
           <t>IE5</t>
         </is>
       </c>
       <c r="M139" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N139" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O139" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P139" t="inlineStr">
         <is>
-          <t>210.62 €</t>
+          <t>462.67 €</t>
         </is>
       </c>
       <c r="Q139" t="inlineStr"/>
       <c r="R139" t="inlineStr">
         <is>
-          <t>18.00</t>
+          <t>27.00</t>
         </is>
       </c>
     </row>
     <row r="140" ht="30" customHeight="1">
       <c r="A140" t="inlineStr">
         <is>
-          <t>AR14137-02</t>
+          <t>AR13965-02M</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C140" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D140" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="E140" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F140" t="inlineStr"/>
       <c r="G140" s="2" t="inlineStr">
         <is>
-          <t>Motor 5,5 kW, 2-polig, 132S, V1, 100Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2 Fuß beschäidgt</t>
-[...2 lines deleted...]
-      <c r="H140" t="inlineStr"/>
+          <t>Motor 2,2 kW, 4-polig, 100L, V15, 50Hz, 340V, IE5 SuPremE</t>
+        </is>
+      </c>
+      <c r="H140" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I140" t="inlineStr"/>
       <c r="J140" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K140" t="inlineStr"/>
       <c r="L140" t="inlineStr">
         <is>
           <t>IE5</t>
         </is>
       </c>
       <c r="M140" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N140" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O140" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P140" t="inlineStr">
         <is>
-          <t>544.39 €</t>
+          <t>462.67 €</t>
         </is>
       </c>
       <c r="Q140" t="inlineStr"/>
       <c r="R140" t="inlineStr">
         <is>
-          <t>62.00</t>
+          <t>27.00</t>
         </is>
       </c>
     </row>
     <row r="141" ht="30" customHeight="1">
       <c r="A141" t="inlineStr">
         <is>
-          <t>AR14141</t>
+          <t>AR13968-01</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D141" t="inlineStr">
         <is>
           <t>5,5 kW</t>
         </is>
       </c>
       <c r="E141" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F141" t="inlineStr"/>
       <c r="G141" s="2" t="inlineStr">
         <is>
-          <t>Motor 5,5 kW, 2-polig, 132S, B3, 100Hz, 400V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H141" t="inlineStr"/>
+          <t>Motor 5,5 kW, 2-polig, 132S, V15, 100Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H141" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I141" t="inlineStr"/>
       <c r="J141" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K141" t="inlineStr"/>
       <c r="L141" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M141" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N141" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O141" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="P141" t="inlineStr">
         <is>
-          <t>1099.83 €</t>
+          <t>738.78 €</t>
         </is>
       </c>
       <c r="Q141" t="inlineStr"/>
       <c r="R141" t="inlineStr">
         <is>
           <t>65.00</t>
         </is>
       </c>
     </row>
-    <row r="142" ht="30" customHeight="1">
+    <row r="142" ht="45" customHeight="1">
       <c r="A142" t="inlineStr">
         <is>
-          <t>AR14142-01</t>
+          <t>AR14023</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C142" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D142" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="E142" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F142" t="inlineStr"/>
       <c r="G142" s="2" t="inlineStr">
         <is>
-          <t>Motor 5,5 kW, 4-polig, 132S, B3, 50Hz, 350V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H142" t="inlineStr"/>
+          <t>Drivepack PDRV2_ 18,5 kW, 4-polig, 180M, B3, 50Hz, 400V, SuPremE C2 IE4 Leichte Kratzer am PD Gehäuse</t>
+        </is>
+      </c>
+      <c r="H142" t="inlineStr">
+        <is>
+          <t>50Hz 3x 380 V, 60Hz 3x 480 V</t>
+        </is>
+      </c>
       <c r="I142" t="inlineStr"/>
       <c r="J142" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K142" t="inlineStr"/>
       <c r="L142" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M142" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N142" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
-[...6 lines deleted...]
-      </c>
+          <t>B1: B2: gebraucht / wie neu</t>
+        </is>
+      </c>
+      <c r="O142" t="inlineStr"/>
       <c r="P142" t="inlineStr">
         <is>
-          <t>715.48 €</t>
+          <t>5567.20 €</t>
         </is>
       </c>
       <c r="Q142" t="inlineStr"/>
       <c r="R142" t="inlineStr">
         <is>
-          <t>77.00</t>
+          <t>70.00</t>
         </is>
       </c>
     </row>
     <row r="143" ht="30" customHeight="1">
       <c r="A143" t="inlineStr">
         <is>
-          <t>AR14142-02</t>
+          <t>AR14024</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C143" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D143" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E143" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F143" t="inlineStr"/>
       <c r="G143" s="2" t="inlineStr">
         <is>
-          <t>Motor 5,5 kW, 4-polig, 132S, B3, 50Hz, 350V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H143" t="inlineStr"/>
+          <t>Drivepack PDRV2_ 11 kW, 4-polig, 160M, V1, 50Hz, 400V SuPremE C2 IE5</t>
+        </is>
+      </c>
+      <c r="H143" t="inlineStr">
+        <is>
+          <t>50Hz 3x 380 V, 60Hz 3x 480 V</t>
+        </is>
+      </c>
       <c r="I143" t="inlineStr"/>
       <c r="J143" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K143" t="inlineStr"/>
       <c r="L143" t="inlineStr">
         <is>
           <t>IE5</t>
         </is>
       </c>
       <c r="M143" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N143" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
-[...6 lines deleted...]
-      </c>
+          <t>B1: B2: gebraucht / wie neu</t>
+        </is>
+      </c>
+      <c r="O143" t="inlineStr"/>
       <c r="P143" t="inlineStr">
         <is>
-          <t>715.48 €</t>
+          <t>3572.92 €</t>
         </is>
       </c>
       <c r="Q143" t="inlineStr"/>
       <c r="R143" t="inlineStr">
         <is>
-          <t>77.00</t>
+          <t>70.00</t>
         </is>
       </c>
     </row>
     <row r="144" ht="30" customHeight="1">
       <c r="A144" t="inlineStr">
         <is>
-          <t>AR14146-01</t>
+          <t>AR14027</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C144" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1465</t>
         </is>
       </c>
       <c r="D144" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>7,5 kW</t>
         </is>
       </c>
       <c r="E144" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F144" t="inlineStr"/>
       <c r="G144" s="2" t="inlineStr">
         <is>
-          <t>Motor 15 kW, 2-polig, 160M, V1, 100Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H144" t="inlineStr"/>
+          <t>Motor 7,5 kW, 4-polig, 132M, B3, 50/60Hz, 400/690V, IE3</t>
+        </is>
+      </c>
+      <c r="H144" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I144" t="inlineStr"/>
       <c r="J144" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K144" t="inlineStr"/>
       <c r="L144" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M144" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>KSB powered by WEG</t>
         </is>
       </c>
       <c r="N144" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O144" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="P144" t="inlineStr">
         <is>
-          <t>1947.99 €</t>
+          <t>647.93 €</t>
         </is>
       </c>
       <c r="Q144" t="inlineStr"/>
       <c r="R144" t="inlineStr">
         <is>
-          <t>102.00</t>
+          <t>90.00</t>
         </is>
       </c>
     </row>
     <row r="145" ht="30" customHeight="1">
       <c r="A145" t="inlineStr">
         <is>
-          <t>AR14146-02</t>
+          <t>AR14030</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C145" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D145" t="inlineStr">
         <is>
           <t>15 kW</t>
         </is>
       </c>
       <c r="E145" t="inlineStr">
         <is>
           <t>V1</t>
         </is>
       </c>
       <c r="F145" t="inlineStr"/>
       <c r="G145" s="2" t="inlineStr">
         <is>
-          <t>Motor 15 kW, 2-polig, 160M, V1, 100Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H145" t="inlineStr"/>
+          <t>Motor 15 kW, 4-polig, 160L, V1, 50Hz, 355V, IE4 SuPremE B1 mit Klemmenkasten</t>
+        </is>
+      </c>
+      <c r="H145" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I145" t="inlineStr"/>
       <c r="J145" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K145" t="inlineStr"/>
       <c r="L145" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M145" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N145" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O145" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="P145" t="inlineStr">
         <is>
-          <t>1947.99 €</t>
+          <t>1384.76 €</t>
         </is>
       </c>
       <c r="Q145" t="inlineStr"/>
       <c r="R145" t="inlineStr">
         <is>
-          <t>102.00</t>
+          <t>150.00</t>
         </is>
       </c>
     </row>
     <row r="146" ht="30" customHeight="1">
       <c r="A146" t="inlineStr">
         <is>
-          <t>AR14163</t>
+          <t>AR14032</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D146" t="inlineStr">
         <is>
-          <t>1,1 kW</t>
+          <t>30 kW</t>
         </is>
       </c>
       <c r="E146" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F146" t="inlineStr"/>
       <c r="G146" s="2" t="inlineStr">
         <is>
-          <t>Motor 1,1 kW, 4-polig, 090S, V1, 50Hz, 400V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H146" t="inlineStr"/>
+          <t>Motor 30 kW, 2-polig, 200L, B3, 100Hz, 400V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H146" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I146" t="inlineStr"/>
       <c r="J146" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K146" t="inlineStr"/>
       <c r="L146" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M146" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N146" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="O146" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="P146" t="inlineStr">
         <is>
-          <t>245.73 €</t>
+          <t>1979.80 €</t>
         </is>
       </c>
       <c r="Q146" t="inlineStr"/>
       <c r="R146" t="inlineStr">
         <is>
-          <t>17.00</t>
+          <t>227.00</t>
         </is>
       </c>
     </row>
     <row r="147" ht="30" customHeight="1">
       <c r="A147" t="inlineStr">
         <is>
-          <t>AR14167</t>
+          <t>AR14033</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D147" t="inlineStr">
         <is>
-          <t>7,5 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E147" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F147" t="inlineStr"/>
       <c r="G147" s="2" t="inlineStr">
         <is>
-          <t>Motor 7,5 kW, 2-polig, 132S, B3, 100Hz, 370V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H147" t="inlineStr"/>
+          <t>Motor 11 kW, 4-polig, 160M, B3, 50Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H147" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I147" t="inlineStr"/>
       <c r="J147" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K147" t="inlineStr"/>
       <c r="L147" t="inlineStr">
         <is>
           <t>IE5</t>
         </is>
       </c>
       <c r="M147" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N147" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O147" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="P147" t="inlineStr">
         <is>
-          <t>812.11 €</t>
+          <t>929.77 €</t>
         </is>
       </c>
       <c r="Q147" t="inlineStr"/>
       <c r="R147" t="inlineStr">
         <is>
-          <t>78.00</t>
+          <t>112.00</t>
         </is>
       </c>
     </row>
     <row r="148" ht="30" customHeight="1">
       <c r="A148" t="inlineStr">
         <is>
-          <t>AR14177_01</t>
+          <t>AR14053</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D148" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="E148" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F148" t="inlineStr"/>
       <c r="G148" s="2" t="inlineStr">
         <is>
-          <t>Motor 11 kW, 2-polig, 160M, V1, 100Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H148" t="inlineStr"/>
+          <t>Motor 5,5 kW, 2-polig, 132S, V15, 100Hz, 365V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H148" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I148" t="inlineStr"/>
       <c r="J148" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K148" t="inlineStr"/>
       <c r="L148" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M148" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N148" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O148" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="P148" t="inlineStr">
         <is>
-          <t>1144.75 €</t>
+          <t>696.56 €</t>
         </is>
       </c>
       <c r="Q148" t="inlineStr"/>
       <c r="R148" t="inlineStr">
         <is>
-          <t>106.00</t>
+          <t>65.00</t>
         </is>
       </c>
     </row>
     <row r="149" ht="30" customHeight="1">
       <c r="A149" t="inlineStr">
         <is>
-          <t>AR14177_02</t>
+          <t>AR14054</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D149" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>1,5 kW</t>
         </is>
       </c>
       <c r="E149" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F149" t="inlineStr"/>
       <c r="G149" s="2" t="inlineStr">
         <is>
-          <t>Motor 11 kW, 2-polig, 160M, V1, 100Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H149" t="inlineStr"/>
+          <t>Motor 1,5 kW, 2-polig, 090S, V15, 100Hz, 380V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H149" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I149" t="inlineStr"/>
       <c r="J149" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K149" t="inlineStr"/>
       <c r="L149" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M149" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N149" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O149" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="P149" t="inlineStr">
         <is>
-          <t>1144.75 €</t>
+          <t>312.57 €</t>
         </is>
       </c>
       <c r="Q149" t="inlineStr"/>
       <c r="R149" t="inlineStr">
         <is>
-          <t>106.00</t>
+          <t>14.00</t>
         </is>
       </c>
     </row>
     <row r="150" ht="30" customHeight="1">
       <c r="A150" t="inlineStr">
         <is>
-          <t>AR14182-01</t>
+          <t>AR14073</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D150" t="inlineStr">
         <is>
           <t>7,5 kW</t>
         </is>
       </c>
       <c r="E150" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F150" t="inlineStr"/>
       <c r="G150" s="2" t="inlineStr">
         <is>
-          <t>Motor 7,5 kW, 2-polig, 132S, B3, 100Hz, 370V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H150" t="inlineStr"/>
+          <t>Motor 7,5 kW, 4-polig, 132M, V15, 50Hz, 355V, IE4 SuPremE B1</t>
+        </is>
+      </c>
+      <c r="H150" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I150" t="inlineStr"/>
       <c r="J150" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K150" t="inlineStr"/>
       <c r="L150" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M150" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N150" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="O150" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P150" t="inlineStr">
         <is>
-          <t>812.11 €</t>
+          <t>769.74 €</t>
         </is>
       </c>
       <c r="Q150" t="inlineStr"/>
       <c r="R150" t="inlineStr">
         <is>
-          <t>78.00</t>
+          <t>82.00</t>
         </is>
       </c>
     </row>
     <row r="151" ht="30" customHeight="1">
       <c r="A151" t="inlineStr">
         <is>
-          <t>AR14212</t>
+          <t>AR14074</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D151" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>7,5 kW</t>
         </is>
       </c>
       <c r="E151" t="inlineStr">
         <is>
           <t>V15</t>
         </is>
       </c>
       <c r="F151" t="inlineStr"/>
       <c r="G151" s="2" t="inlineStr">
         <is>
-          <t>Motor 11 kW, 2-polig, 160M, V15, 100Hz, 375V, IE5 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H151" t="inlineStr"/>
+          <t>Motor 7,5 kW, 4-polig, 132M, V15, 50Hz, 355V, IE4 SuPremE B1</t>
+        </is>
+      </c>
+      <c r="H151" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I151" t="inlineStr"/>
       <c r="J151" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K151" t="inlineStr"/>
       <c r="L151" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M151" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N151" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="O151" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P151" t="inlineStr">
         <is>
-          <t>1428.21 €</t>
-[...6 lines deleted...]
-      </c>
+          <t>769.74 €</t>
+        </is>
+      </c>
+      <c r="Q151" t="inlineStr"/>
       <c r="R151" t="inlineStr">
         <is>
-          <t>122.00</t>
+          <t>82.00</t>
         </is>
       </c>
     </row>
     <row r="152" ht="30" customHeight="1">
       <c r="A152" t="inlineStr">
         <is>
-          <t>AR14356M</t>
+          <t>AR14075</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
-          <t>2950</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D152" t="inlineStr">
         <is>
-          <t>4 kW</t>
+          <t>7,5 kW</t>
         </is>
       </c>
       <c r="E152" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F152" t="inlineStr"/>
       <c r="G152" s="2" t="inlineStr">
         <is>
-          <t>Motor 4 kW, 2-polig, 112M, V1, 50/60Hz, 400V, IE3 mit Motoranschlussstecker Han-Drive 10E</t>
-[...2 lines deleted...]
-      <c r="H152" t="inlineStr"/>
+          <t>Motor 7,5 kW, 4-polig, 132M, V15, 50Hz, 355V, IE4 SuPremE B1</t>
+        </is>
+      </c>
+      <c r="H152" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I152" t="inlineStr"/>
       <c r="J152" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K152" t="inlineStr"/>
       <c r="L152" t="inlineStr">
         <is>
-          <t>IE3</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M152" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N152" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="O152" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P152" t="inlineStr">
         <is>
-          <t>909.48 €</t>
+          <t>769.74 €</t>
         </is>
       </c>
       <c r="Q152" t="inlineStr"/>
       <c r="R152" t="inlineStr">
         <is>
-          <t>56.00</t>
+          <t>82.00</t>
         </is>
       </c>
     </row>
     <row r="153" ht="30" customHeight="1">
       <c r="A153" t="inlineStr">
         <is>
-          <t>AR14495</t>
+          <t>AR14083</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
-          <t>2870</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D153" t="inlineStr">
         <is>
-          <t>0,37 kW</t>
+          <t>30 kW</t>
         </is>
       </c>
       <c r="E153" t="inlineStr">
         <is>
-          <t>Unterwasser-Motor</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F153" t="inlineStr"/>
       <c r="G153" s="2" t="inlineStr">
         <is>
-          <t>Unterwassermotor Franklin Electric 0,37kW, 2-polig, 400V</t>
-[...2 lines deleted...]
-      <c r="H153" t="inlineStr"/>
+          <t>Motor 30 kW, 2-polig, 200L, B3, 100Hz, SuPremE, IE4 C1 mit Klemmenkasten</t>
+        </is>
+      </c>
+      <c r="H153" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I153" t="inlineStr"/>
       <c r="J153" t="inlineStr">
         <is>
-          <t>IP68</t>
+          <t>IP55</t>
         </is>
       </c>
       <c r="K153" t="inlineStr"/>
-      <c r="L153" t="inlineStr"/>
+      <c r="L153" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
       <c r="M153" t="inlineStr">
         <is>
-          <t>FRANKLIN ELECTRIC</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="N153" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
-[...2 lines deleted...]
-      <c r="O153" t="inlineStr"/>
+          <t>B1: B2: gebraucht / wie neu</t>
+        </is>
+      </c>
+      <c r="O153" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
       <c r="P153" t="inlineStr">
         <is>
-          <t>198.58 €</t>
+          <t>1499.85 €</t>
         </is>
       </c>
       <c r="Q153" t="inlineStr"/>
       <c r="R153" t="inlineStr">
         <is>
-          <t>10.00</t>
+          <t>228.00</t>
         </is>
       </c>
     </row>
     <row r="154" ht="30" customHeight="1">
       <c r="A154" t="inlineStr">
         <is>
-          <t>AR14531-01</t>
+          <t>AR14099</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D154" t="inlineStr">
         <is>
-          <t>0,75 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E154" t="inlineStr">
         <is>
           <t>V1</t>
         </is>
       </c>
       <c r="F154" t="inlineStr"/>
       <c r="G154" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,75 kW, 4-polig, 080M, V1, 125Hz, 300V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H154" t="inlineStr"/>
+          <t>Motor 11 kW, 4-polig, 160M, V1, 50Hz, 400V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H154" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I154" t="inlineStr"/>
       <c r="J154" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K154" t="inlineStr"/>
       <c r="L154" t="inlineStr">
         <is>
           <t>IE5</t>
         </is>
       </c>
       <c r="M154" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N154" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O154" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="P154" t="inlineStr">
         <is>
-          <t>234.54 €</t>
+          <t>1611.61 €</t>
         </is>
       </c>
       <c r="Q154" t="inlineStr"/>
       <c r="R154" t="inlineStr">
         <is>
-          <t>26.00</t>
+          <t>110.00</t>
         </is>
       </c>
     </row>
     <row r="155" ht="30" customHeight="1">
       <c r="A155" t="inlineStr">
         <is>
-          <t>AR14622-01</t>
+          <t>AR14111-01</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D155" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="E155" t="inlineStr">
         <is>
-          <t>B35</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F155" t="inlineStr"/>
       <c r="G155" s="2" t="inlineStr">
         <is>
-          <t>Motor 15 kW, 2-polig, 160M, B35, 100Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H155" t="inlineStr"/>
+          <t>Motor 2,2 kW, 2-polig, 090L, V1, 100Hz, 360V, IE5 SuPremE</t>
+        </is>
+      </c>
+      <c r="H155" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I155" t="inlineStr"/>
       <c r="J155" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K155" t="inlineStr"/>
       <c r="L155" t="inlineStr">
         <is>
           <t>IE5</t>
         </is>
       </c>
       <c r="M155" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N155" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O155" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P155" t="inlineStr">
         <is>
-          <t>1498.46 €</t>
+          <t>415.81 €</t>
         </is>
       </c>
       <c r="Q155" t="inlineStr"/>
       <c r="R155" t="inlineStr">
         <is>
-          <t>104.00</t>
+          <t>20.00</t>
         </is>
       </c>
     </row>
     <row r="156" ht="30" customHeight="1">
       <c r="A156" t="inlineStr">
         <is>
-          <t>AR14622-02</t>
+          <t>AR14111-02</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D156" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="E156" t="inlineStr">
         <is>
-          <t>B35</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F156" t="inlineStr"/>
       <c r="G156" s="2" t="inlineStr">
         <is>
-          <t>Motor 15 kW, 2-polig, 160M, B35, 100Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H156" t="inlineStr"/>
+          <t>Motor 2,2 kW, 2-polig, 090L, V1, 100Hz, 360V, IE5 SuPremE</t>
+        </is>
+      </c>
+      <c r="H156" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I156" t="inlineStr"/>
       <c r="J156" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K156" t="inlineStr"/>
       <c r="L156" t="inlineStr">
         <is>
           <t>IE5</t>
         </is>
       </c>
       <c r="M156" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N156" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O156" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P156" t="inlineStr">
         <is>
-          <t>1498.46 €</t>
+          <t>415.81 €</t>
         </is>
       </c>
       <c r="Q156" t="inlineStr"/>
       <c r="R156" t="inlineStr">
         <is>
-          <t>104.00</t>
+          <t>20.00</t>
         </is>
       </c>
     </row>
     <row r="157" ht="30" customHeight="1">
       <c r="A157" t="inlineStr">
         <is>
-          <t>AR14622-03</t>
+          <t>AR14132</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D157" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>1,5 kW</t>
         </is>
       </c>
       <c r="E157" t="inlineStr">
         <is>
-          <t>B35</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F157" t="inlineStr"/>
       <c r="G157" s="2" t="inlineStr">
         <is>
-          <t>Motor 15 kW, 2-polig, 160M, B35, 100Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H157" t="inlineStr"/>
+          <t>Motor 1,5 kW, 2-polig, 090S, V15, 100Hz, 380V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H157" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I157" t="inlineStr"/>
       <c r="J157" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K157" t="inlineStr"/>
       <c r="L157" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M157" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N157" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="O157" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="P157" t="inlineStr">
         <is>
-          <t>1498.46 €</t>
+          <t>213.12 €</t>
         </is>
       </c>
       <c r="Q157" t="inlineStr"/>
       <c r="R157" t="inlineStr">
         <is>
-          <t>104.00</t>
+          <t>18.00</t>
         </is>
       </c>
     </row>
     <row r="158" ht="30" customHeight="1">
       <c r="A158" t="inlineStr">
         <is>
-          <t>AR14736</t>
+          <t>AR14133</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
-          <t>2845</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D158" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>1,1 kW</t>
         </is>
       </c>
       <c r="E158" t="inlineStr">
         <is>
-          <t>Unterwasser-Motor</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F158" t="inlineStr"/>
       <c r="G158" s="2" t="inlineStr">
         <is>
-          <t>Unterwassermotor 100mm, 2,2 kW, 2-polig,  50Hz 1x 230V</t>
-[...2 lines deleted...]
-      <c r="H158" t="inlineStr"/>
+          <t>Motor 1,1 kW, 4-polig, 090S, V15, 50Hz, 400V, IE5 SuPremE</t>
+        </is>
+      </c>
+      <c r="H158" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I158" t="inlineStr"/>
       <c r="J158" t="inlineStr">
         <is>
-          <t>IP68</t>
+          <t>IP55</t>
         </is>
       </c>
       <c r="K158" t="inlineStr"/>
-      <c r="L158" t="inlineStr"/>
+      <c r="L158" t="inlineStr">
+        <is>
+          <t>IE5</t>
+        </is>
+      </c>
       <c r="M158" t="inlineStr">
         <is>
-          <t>FRANKLIN ELECTRIC</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="N158" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="O158" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="P158" t="inlineStr">
         <is>
-          <t>944.30 €</t>
+          <t>210.62 €</t>
         </is>
       </c>
       <c r="Q158" t="inlineStr"/>
       <c r="R158" t="inlineStr">
         <is>
-          <t>13.00</t>
+          <t>18.00</t>
         </is>
       </c>
     </row>
     <row r="159" ht="30" customHeight="1">
       <c r="A159" t="inlineStr">
         <is>
-          <t>AR14748</t>
+          <t>AR14137-02</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D159" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="E159" t="inlineStr">
         <is>
           <t>V1</t>
         </is>
       </c>
       <c r="F159" t="inlineStr"/>
       <c r="G159" s="2" t="inlineStr">
         <is>
-          <t>Motor 15 kW, 2-polig, 160M, V1, 100Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H159" t="inlineStr"/>
+          <t>Motor 5,5 kW, 2-polig, 132S, V1, 100Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2 Fuß beschäidgt</t>
+        </is>
+      </c>
+      <c r="H159" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I159" t="inlineStr"/>
       <c r="J159" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K159" t="inlineStr"/>
       <c r="L159" t="inlineStr">
         <is>
           <t>IE5</t>
         </is>
       </c>
       <c r="M159" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N159" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="O159" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="P159" t="inlineStr">
         <is>
-          <t>1780.16 €</t>
+          <t>544.39 €</t>
         </is>
       </c>
       <c r="Q159" t="inlineStr"/>
       <c r="R159" t="inlineStr">
         <is>
-          <t>127.00</t>
+          <t>62.00</t>
         </is>
       </c>
     </row>
     <row r="160" ht="30" customHeight="1">
       <c r="A160" t="inlineStr">
         <is>
-          <t>AR14749</t>
+          <t>AR14141</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D160" t="inlineStr">
         <is>
-          <t>7,5 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="E160" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F160" t="inlineStr"/>
       <c r="G160" s="2" t="inlineStr">
         <is>
-          <t>Motor 7,5 kW, 2-polig, 132S, V1, 100Hz, 400V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H160" t="inlineStr"/>
+          <t>Motor 5,5 kW, 2-polig, 132S, B3, 100Hz, 400V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H160" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I160" t="inlineStr"/>
       <c r="J160" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K160" t="inlineStr"/>
       <c r="L160" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M160" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N160" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O160" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P160" t="inlineStr">
         <is>
-          <t>989.52 €</t>
+          <t>1099.83 €</t>
         </is>
       </c>
       <c r="Q160" t="inlineStr"/>
       <c r="R160" t="inlineStr">
         <is>
-          <t>66.00</t>
+          <t>65.00</t>
         </is>
       </c>
     </row>
     <row r="161" ht="30" customHeight="1">
       <c r="A161" t="inlineStr">
         <is>
-          <t>AR14840</t>
+          <t>AR14142-01</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D161" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="E161" t="inlineStr">
         <is>
-          <t>B35</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F161" t="inlineStr"/>
       <c r="G161" s="2" t="inlineStr">
         <is>
-          <t>Motor 15 kW, 2-polig, 160M, B35, 100Hz, 365V, IE5 SuPremE C1 mit Klemmkasten</t>
-[...2 lines deleted...]
-      <c r="H161" t="inlineStr"/>
+          <t>Motor 5,5 kW, 4-polig, 132S, B3, 50Hz, 350V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H161" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I161" t="inlineStr"/>
       <c r="J161" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K161" t="inlineStr"/>
       <c r="L161" t="inlineStr">
         <is>
           <t>IE5</t>
         </is>
       </c>
       <c r="M161" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N161" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O161" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="P161" t="inlineStr">
         <is>
-          <t>1427.10 €</t>
+          <t>715.48 €</t>
         </is>
       </c>
       <c r="Q161" t="inlineStr"/>
       <c r="R161" t="inlineStr">
         <is>
-          <t>110.00</t>
+          <t>77.00</t>
         </is>
       </c>
     </row>
     <row r="162" ht="30" customHeight="1">
       <c r="A162" t="inlineStr">
         <is>
-          <t>AR14841</t>
+          <t>AR14142-02</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D162" t="inlineStr">
         <is>
-          <t>3 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="E162" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F162" t="inlineStr"/>
       <c r="G162" s="2" t="inlineStr">
         <is>
-          <t>Motor 3 kW, 4-polig, 100L, V1, 50Hz, 360V, IE5 SuPremE D1</t>
-[...2 lines deleted...]
-      <c r="H162" t="inlineStr"/>
+          <t>Motor 5,5 kW, 4-polig, 132S, B3, 50Hz, 350V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H162" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I162" t="inlineStr"/>
       <c r="J162" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K162" t="inlineStr"/>
       <c r="L162" t="inlineStr">
         <is>
           <t>IE5</t>
         </is>
       </c>
       <c r="M162" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N162" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O162" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P162" t="inlineStr">
         <is>
-          <t>425.43 €</t>
+          <t>715.48 €</t>
         </is>
       </c>
       <c r="Q162" t="inlineStr"/>
       <c r="R162" t="inlineStr">
         <is>
-          <t>28.00</t>
+          <t>77.00</t>
         </is>
       </c>
     </row>
     <row r="163" ht="30" customHeight="1">
       <c r="A163" t="inlineStr">
         <is>
-          <t>AR14914-01</t>
+          <t>AR14146-01</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D163" t="inlineStr">
         <is>
-          <t>45 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="E163" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F163" t="inlineStr"/>
       <c r="G163" s="2" t="inlineStr">
         <is>
-          <t>Motor 45 kW, 4-polig, 225M, B3, 50Hz, 380V, IE4 SuPremE C1</t>
-[...2 lines deleted...]
-      <c r="H163" t="inlineStr"/>
+          <t>Motor 15 kW, 2-polig, 160M, V1, 100Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H163" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I163" t="inlineStr"/>
       <c r="J163" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K163" t="inlineStr"/>
       <c r="L163" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M163" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N163" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O163" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P163" t="inlineStr">
         <is>
-          <t>3280.22 €</t>
+          <t>1947.99 €</t>
         </is>
       </c>
       <c r="Q163" t="inlineStr"/>
       <c r="R163" t="inlineStr">
         <is>
-          <t>378.00</t>
+          <t>102.00</t>
         </is>
       </c>
     </row>
     <row r="164" ht="30" customHeight="1">
       <c r="A164" t="inlineStr">
         <is>
-          <t>AR14914-02</t>
+          <t>AR14146-02</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D164" t="inlineStr">
         <is>
-          <t>45 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="E164" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F164" t="inlineStr"/>
       <c r="G164" s="2" t="inlineStr">
         <is>
-          <t>Motor 45 kW, 4-polig, 225M, B3, 50Hz, 380V, IE4 SuPremE C1</t>
-[...2 lines deleted...]
-      <c r="H164" t="inlineStr"/>
+          <t>Motor 15 kW, 2-polig, 160M, V1, 100Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H164" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I164" t="inlineStr"/>
       <c r="J164" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K164" t="inlineStr"/>
       <c r="L164" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M164" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N164" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O164" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P164" t="inlineStr">
         <is>
-          <t>3280.22 €</t>
+          <t>1947.99 €</t>
         </is>
       </c>
       <c r="Q164" t="inlineStr"/>
       <c r="R164" t="inlineStr">
         <is>
-          <t>378.00</t>
+          <t>102.00</t>
         </is>
       </c>
     </row>
     <row r="165" ht="30" customHeight="1">
       <c r="A165" t="inlineStr">
         <is>
-          <t>AR14976</t>
+          <t>AR14161</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>2935</t>
         </is>
       </c>
       <c r="D165" t="inlineStr">
         <is>
-          <t>1,1 kW</t>
+          <t>7,5 kW</t>
         </is>
       </c>
       <c r="E165" t="inlineStr">
         <is>
-          <t>V18</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F165" t="inlineStr"/>
       <c r="G165" s="2" t="inlineStr">
         <is>
-          <t>Motor 1,1 kW, 2-polig, 80M, V18, 50Hz, 400V, IE5, C2 mit Montagevorbereitung für PumpDrive</t>
-[...2 lines deleted...]
-      <c r="H165" t="inlineStr"/>
+          <t>Motor 7,5 kW, 2-polig, 132S, V15, 50/60Hz, 400/690V</t>
+        </is>
+      </c>
+      <c r="H165" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I165" t="inlineStr"/>
       <c r="J165" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K165" t="inlineStr"/>
       <c r="L165" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M165" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N165" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O165" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="P165" t="inlineStr">
         <is>
-          <t>200.32 €</t>
+          <t>963.83 €</t>
         </is>
       </c>
       <c r="Q165" t="inlineStr"/>
       <c r="R165" t="inlineStr">
         <is>
-          <t>13.00</t>
+          <t>95.00</t>
         </is>
       </c>
     </row>
     <row r="166" ht="30" customHeight="1">
       <c r="A166" t="inlineStr">
         <is>
-          <t>AR15007-01</t>
+          <t>AR14163</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
-          <t>1486</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D166" t="inlineStr">
         <is>
-          <t>55 kW</t>
+          <t>1,1 kW</t>
         </is>
       </c>
       <c r="E166" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F166" t="inlineStr"/>
       <c r="G166" s="2" t="inlineStr">
         <is>
-          <t>Motor 55 kW, 4-polig, 250M, B3, 50/60Hz, 400/690V, IE4</t>
-[...2 lines deleted...]
-      <c r="H166" t="inlineStr"/>
+          <t>Motor 1,1 kW, 4-polig, 090S, V1, 50Hz, 400V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H166" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I166" t="inlineStr"/>
       <c r="J166" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K166" t="inlineStr"/>
       <c r="L166" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M166" t="inlineStr">
         <is>
-          <t>Siemens</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="N166" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O166" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="P166" t="inlineStr">
         <is>
-          <t>8624.67 €</t>
+          <t>245.73 €</t>
         </is>
       </c>
       <c r="Q166" t="inlineStr"/>
       <c r="R166" t="inlineStr">
         <is>
-          <t>452.00</t>
+          <t>17.00</t>
         </is>
       </c>
     </row>
     <row r="167" ht="30" customHeight="1">
       <c r="A167" t="inlineStr">
         <is>
-          <t>AR15007-02</t>
+          <t>AR14167</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
-          <t>1486</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D167" t="inlineStr">
         <is>
-          <t>55 kW</t>
+          <t>7,5 kW</t>
         </is>
       </c>
       <c r="E167" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F167" t="inlineStr"/>
       <c r="G167" s="2" t="inlineStr">
         <is>
-          <t>Motor 55 kW, 4-polig, 250M, B3, 50/60Hz, 400/690V, IE4</t>
-[...2 lines deleted...]
-      <c r="H167" t="inlineStr"/>
+          <t>Motor 7,5 kW, 2-polig, 132S, B3, 100Hz, 370V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H167" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I167" t="inlineStr"/>
       <c r="J167" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K167" t="inlineStr"/>
       <c r="L167" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M167" t="inlineStr">
         <is>
-          <t>Siemens</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="N167" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O167" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="P167" t="inlineStr">
         <is>
-          <t>8624.67 €</t>
+          <t>812.11 €</t>
         </is>
       </c>
       <c r="Q167" t="inlineStr"/>
       <c r="R167" t="inlineStr">
         <is>
-          <t>452.00</t>
+          <t>78.00</t>
         </is>
       </c>
     </row>
     <row r="168" ht="30" customHeight="1">
       <c r="A168" t="inlineStr">
         <is>
-          <t>AR15007-03</t>
+          <t>AR14177_01</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
-          <t>1486</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D168" t="inlineStr">
         <is>
-          <t>55 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E168" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F168" t="inlineStr"/>
       <c r="G168" s="2" t="inlineStr">
         <is>
-          <t>Motor 55 kW, 4-polig, 250M, B3, 50/60Hz, 400/690V, IE4</t>
-[...2 lines deleted...]
-      <c r="H168" t="inlineStr"/>
+          <t>Motor 11 kW, 2-polig, 160M, V1, 100Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H168" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I168" t="inlineStr"/>
       <c r="J168" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K168" t="inlineStr"/>
       <c r="L168" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M168" t="inlineStr">
         <is>
-          <t>Siemens</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="N168" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O168" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P168" t="inlineStr">
         <is>
-          <t>8624.67 €</t>
+          <t>1144.75 €</t>
         </is>
       </c>
       <c r="Q168" t="inlineStr"/>
       <c r="R168" t="inlineStr">
         <is>
-          <t>452.00</t>
+          <t>106.00</t>
         </is>
       </c>
     </row>
     <row r="169" ht="30" customHeight="1">
       <c r="A169" t="inlineStr">
         <is>
-          <t>AR15199</t>
+          <t>AR14177_02</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D169" t="inlineStr">
         <is>
-          <t>3 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E169" t="inlineStr">
         <is>
           <t>V1</t>
         </is>
       </c>
       <c r="F169" t="inlineStr"/>
       <c r="G169" s="2" t="inlineStr">
         <is>
-          <t>Motor 3 kW, 4-polig, 100L, V1, 50Hz, 355V, IE4 SuPremE C1 mit Klemmenkasten</t>
-[...2 lines deleted...]
-      <c r="H169" t="inlineStr"/>
+          <t>Motor 11 kW, 2-polig, 160M, V1, 100Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H169" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I169" t="inlineStr"/>
       <c r="J169" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K169" t="inlineStr"/>
       <c r="L169" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M169" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N169" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O169" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P169" t="inlineStr">
         <is>
-          <t>382.89 €</t>
+          <t>1144.75 €</t>
         </is>
       </c>
       <c r="Q169" t="inlineStr"/>
       <c r="R169" t="inlineStr">
         <is>
-          <t>28.00</t>
+          <t>106.00</t>
         </is>
       </c>
     </row>
     <row r="170" ht="30" customHeight="1">
       <c r="A170" t="inlineStr">
         <is>
-          <t>AR15242M</t>
+          <t>AR14182-01</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
-          <t>1477</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D170" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>7,5 kW</t>
         </is>
       </c>
       <c r="E170" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F170" t="inlineStr"/>
       <c r="G170" s="2" t="inlineStr">
         <is>
-          <t>Sondermotor 5,5 kW, 4-polig, 132S, V1, 50Hz, 380/660V, IE3</t>
-[...2 lines deleted...]
-      <c r="H170" t="inlineStr"/>
+          <t>Motor 7,5 kW, 2-polig, 132S, B3, 100Hz, 370V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H170" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I170" t="inlineStr"/>
       <c r="J170" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K170" t="inlineStr"/>
       <c r="L170" t="inlineStr">
         <is>
-          <t>IE3</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M170" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N170" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O170" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="P170" t="inlineStr">
         <is>
-          <t>648.79 €</t>
+          <t>812.11 €</t>
         </is>
       </c>
       <c r="Q170" t="inlineStr"/>
       <c r="R170" t="inlineStr">
         <is>
-          <t>143.00</t>
+          <t>78.00</t>
         </is>
       </c>
     </row>
     <row r="171" ht="30" customHeight="1">
       <c r="A171" t="inlineStr">
         <is>
-          <t>AR15314</t>
+          <t>AR14212</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D171" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E171" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F171" t="inlineStr"/>
       <c r="G171" s="2" t="inlineStr">
         <is>
-          <t>Motor 15 kW, 4-polig, 160L, B3, 50 Hz, 355V, SuPremE B1, IE4 mit Klemmenkasten</t>
-[...2 lines deleted...]
-      <c r="H171" t="inlineStr"/>
+          <t>Motor 11 kW, 2-polig, 160M, V15, 100Hz, 375V, IE5 SuPremE</t>
+        </is>
+      </c>
+      <c r="H171" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I171" t="inlineStr"/>
       <c r="J171" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K171" t="inlineStr"/>
       <c r="L171" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M171" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N171" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O171" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="P171" t="inlineStr">
         <is>
-          <t>1523.24 €</t>
-[...2 lines deleted...]
-      <c r="Q171" t="inlineStr"/>
+          <t>1428.21 €</t>
+        </is>
+      </c>
+      <c r="Q171" t="inlineStr">
+        <is>
+          <t>Ja</t>
+        </is>
+      </c>
       <c r="R171" t="inlineStr">
         <is>
-          <t>112.00</t>
+          <t>122.00</t>
         </is>
       </c>
     </row>
     <row r="172" ht="30" customHeight="1">
       <c r="A172" t="inlineStr">
         <is>
-          <t>AR15316</t>
+          <t>AR14356M</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>2950</t>
         </is>
       </c>
       <c r="D172" t="inlineStr">
         <is>
-          <t>22 kW</t>
+          <t>4 kW</t>
         </is>
       </c>
       <c r="E172" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F172" t="inlineStr"/>
       <c r="G172" s="2" t="inlineStr">
         <is>
-          <t>Motor 22 kW, 4-polig, 180L, V15, 50 Hz, 365V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H172" t="inlineStr"/>
+          <t>Motor 4 kW, 2-polig, 112M, V1, 50/60Hz, 400V, IE3 mit Motoranschlussstecker Han-Drive 10E</t>
+        </is>
+      </c>
+      <c r="H172" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I172" t="inlineStr"/>
       <c r="J172" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K172" t="inlineStr"/>
       <c r="L172" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M172" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N172" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O172" t="inlineStr">
         <is>
-          <t>2015</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P172" t="inlineStr">
         <is>
-          <t>2687.71 €</t>
+          <t>909.48 €</t>
         </is>
       </c>
       <c r="Q172" t="inlineStr"/>
       <c r="R172" t="inlineStr">
         <is>
-          <t>197.00</t>
+          <t>56.00</t>
         </is>
       </c>
     </row>
     <row r="173" ht="30" customHeight="1">
       <c r="A173" t="inlineStr">
         <is>
-          <t>AR15317</t>
+          <t>AR14452DP</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>2900</t>
         </is>
       </c>
       <c r="D173" t="inlineStr">
         <is>
-          <t>37 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="E173" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F173" t="inlineStr"/>
       <c r="G173" s="2" t="inlineStr">
         <is>
-          <t>Motor 37 kW 4-polig, 225S, B3, 50 Hz, 360V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H173" t="inlineStr"/>
+          <t>Drivepack PDRV2E_2,2kW,4-polig, 100L, 50Hz, 400V, SuPreme IE5</t>
+        </is>
+      </c>
+      <c r="H173" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I173" t="inlineStr"/>
       <c r="J173" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K173" t="inlineStr"/>
       <c r="L173" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M173" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N173" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O173" t="inlineStr">
         <is>
-          <t>2015</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P173" t="inlineStr">
         <is>
-          <t>3939.89 €</t>
+          <t>1312.12 €</t>
         </is>
       </c>
       <c r="Q173" t="inlineStr"/>
       <c r="R173" t="inlineStr">
         <is>
-          <t>370.00</t>
+          <t>97.00</t>
         </is>
       </c>
     </row>
     <row r="174" ht="30" customHeight="1">
       <c r="A174" t="inlineStr">
         <is>
-          <t>AR15318</t>
+          <t>AR14495</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>2870</t>
         </is>
       </c>
       <c r="D174" t="inlineStr">
         <is>
-          <t>37 kW</t>
+          <t>0,37 kW</t>
         </is>
       </c>
       <c r="E174" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>Unterwasser-Motor</t>
         </is>
       </c>
       <c r="F174" t="inlineStr"/>
       <c r="G174" s="2" t="inlineStr">
         <is>
-          <t>Motor 37 kW 2-polig, 200L, B3, 100 Hz, 360V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H174" t="inlineStr"/>
+          <t>Unterwassermotor Franklin Electric 0,37kW, 2-polig, 400V</t>
+        </is>
+      </c>
+      <c r="H174" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I174" t="inlineStr"/>
       <c r="J174" t="inlineStr">
         <is>
-          <t>IP55</t>
+          <t>IP68</t>
         </is>
       </c>
       <c r="K174" t="inlineStr"/>
-      <c r="L174" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L174" t="inlineStr"/>
       <c r="M174" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>FRANKLIN ELECTRIC</t>
         </is>
       </c>
       <c r="N174" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
-      <c r="O174" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="O174" t="inlineStr"/>
       <c r="P174" t="inlineStr">
         <is>
-          <t>3733.68 €</t>
+          <t>198.58 €</t>
         </is>
       </c>
       <c r="Q174" t="inlineStr"/>
       <c r="R174" t="inlineStr">
         <is>
-          <t>279.00</t>
+          <t>10.00</t>
         </is>
       </c>
     </row>
     <row r="175" ht="30" customHeight="1">
       <c r="A175" t="inlineStr">
         <is>
-          <t>AR15319</t>
+          <t>AR14531-01</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D175" t="inlineStr">
         <is>
           <t>0,75 kW</t>
         </is>
       </c>
       <c r="E175" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F175" t="inlineStr"/>
       <c r="G175" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,75 kW 2-polig, 80M, B3, 100 Hz, 380V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H175" t="inlineStr"/>
+          <t>Motor 0,75 kW, 4-polig, 080M, V1, 125Hz, 300V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H175" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I175" t="inlineStr"/>
       <c r="J175" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K175" t="inlineStr"/>
       <c r="L175" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M175" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N175" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O175" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P175" t="inlineStr">
         <is>
-          <t>223.23 €</t>
+          <t>234.54 €</t>
         </is>
       </c>
       <c r="Q175" t="inlineStr"/>
       <c r="R175" t="inlineStr">
         <is>
-          <t>12.00</t>
+          <t>26.00</t>
         </is>
       </c>
     </row>
     <row r="176" ht="30" customHeight="1">
       <c r="A176" t="inlineStr">
         <is>
-          <t>AR15320</t>
+          <t>AR14610</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D176" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>0,55 kW</t>
         </is>
       </c>
       <c r="E176" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F176" t="inlineStr"/>
       <c r="G176" s="2" t="inlineStr">
         <is>
-          <t>Motor 11 kW, 2-polig, 160M, B3, 100 Hz, 375V, IE4 SuPremE B2, mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H176" t="inlineStr"/>
+          <t>Drivepack PDRV2_ 0,55 kW, 4-polig, 080M, V1, SuPremE IE5</t>
+        </is>
+      </c>
+      <c r="H176" t="inlineStr">
+        <is>
+          <t>50Hz 3x 380 V, 60Hz 3x 480 V</t>
+        </is>
+      </c>
       <c r="I176" t="inlineStr"/>
       <c r="J176" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K176" t="inlineStr"/>
       <c r="L176" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M176" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N176" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
-      <c r="O176" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="O176" t="inlineStr"/>
       <c r="P176" t="inlineStr">
         <is>
-          <t>1079.33 €</t>
+          <t>1246.64 €</t>
         </is>
       </c>
       <c r="Q176" t="inlineStr"/>
       <c r="R176" t="inlineStr">
         <is>
-          <t>90.00</t>
+          <t>70.00</t>
         </is>
       </c>
     </row>
     <row r="177" ht="30" customHeight="1">
       <c r="A177" t="inlineStr">
         <is>
-          <t>AR15323</t>
+          <t>AR14612</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D177" t="inlineStr">
         <is>
-          <t>18,5 kW</t>
+          <t>0,55 kW</t>
         </is>
       </c>
       <c r="E177" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F177" t="inlineStr"/>
       <c r="G177" s="2" t="inlineStr">
         <is>
-          <t>Motor 18,5 kW, 2-polig, 160L, B3, 100Hz, 370V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H177" t="inlineStr"/>
+          <t>Drivepack PDRV2_ 0,55 kW, 4-polig, 080M, V1, SuPremE IE5</t>
+        </is>
+      </c>
+      <c r="H177" t="inlineStr">
+        <is>
+          <t>50Hz 3x 380 V, 60Hz 3x 480 V</t>
+        </is>
+      </c>
       <c r="I177" t="inlineStr"/>
       <c r="J177" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K177" t="inlineStr"/>
       <c r="L177" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M177" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N177" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
-      <c r="O177" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="O177" t="inlineStr"/>
       <c r="P177" t="inlineStr">
         <is>
-          <t>1702.45 €</t>
+          <t>1246.64 €</t>
         </is>
       </c>
       <c r="Q177" t="inlineStr"/>
       <c r="R177" t="inlineStr">
         <is>
-          <t>110.00</t>
+          <t>70.00</t>
         </is>
       </c>
     </row>
     <row r="178" ht="30" customHeight="1">
       <c r="A178" t="inlineStr">
         <is>
-          <t>AR15324</t>
+          <t>AR14622-01</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D178" t="inlineStr">
         <is>
-          <t>22 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="E178" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>B35</t>
         </is>
       </c>
       <c r="F178" t="inlineStr"/>
       <c r="G178" s="2" t="inlineStr">
         <is>
-          <t>Motor 22 kW, 2-polig, 180M, B3, 100Hz, 355V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H178" t="inlineStr"/>
+          <t>Motor 15 kW, 2-polig, 160M, B35, 100Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H178" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I178" t="inlineStr"/>
       <c r="J178" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K178" t="inlineStr"/>
       <c r="L178" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M178" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N178" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O178" t="inlineStr">
         <is>
-          <t>2015</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="P178" t="inlineStr">
         <is>
-          <t>1990.04 €</t>
+          <t>1498.46 €</t>
         </is>
       </c>
       <c r="Q178" t="inlineStr"/>
       <c r="R178" t="inlineStr">
         <is>
-          <t>177.00</t>
+          <t>104.00</t>
         </is>
       </c>
     </row>
     <row r="179" ht="30" customHeight="1">
       <c r="A179" t="inlineStr">
         <is>
-          <t>AR15325</t>
+          <t>AR14622-02</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D179" t="inlineStr">
         <is>
-          <t>18,5 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="E179" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>B35</t>
         </is>
       </c>
       <c r="F179" t="inlineStr"/>
       <c r="G179" s="2" t="inlineStr">
         <is>
-          <t>Motor 18,5 kW 4-polig, 180M, V15, 50Hz, 350V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H179" t="inlineStr"/>
+          <t>Motor 15 kW, 2-polig, 160M, B35, 100Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H179" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I179" t="inlineStr"/>
       <c r="J179" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K179" t="inlineStr"/>
       <c r="L179" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M179" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N179" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O179" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="P179" t="inlineStr">
         <is>
-          <t>2195.78 €</t>
+          <t>1498.46 €</t>
         </is>
       </c>
       <c r="Q179" t="inlineStr"/>
       <c r="R179" t="inlineStr">
         <is>
-          <t>171.00</t>
+          <t>104.00</t>
         </is>
       </c>
     </row>
     <row r="180" ht="30" customHeight="1">
       <c r="A180" t="inlineStr">
         <is>
-          <t>AR15326</t>
+          <t>AR14622-03</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D180" t="inlineStr">
         <is>
-          <t>37 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="E180" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>B35</t>
         </is>
       </c>
       <c r="F180" t="inlineStr"/>
       <c r="G180" s="2" t="inlineStr">
         <is>
-          <t>Motor 37 kW 4-polig, 225S, B3, 50Hz, 360V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H180" t="inlineStr"/>
+          <t>Motor 15 kW, 2-polig, 160M, B35, 100Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H180" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I180" t="inlineStr"/>
       <c r="J180" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K180" t="inlineStr"/>
       <c r="L180" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M180" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N180" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O180" t="inlineStr">
         <is>
-          <t>2015</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="P180" t="inlineStr">
         <is>
-          <t>3752.28 €</t>
+          <t>1498.46 €</t>
         </is>
       </c>
       <c r="Q180" t="inlineStr"/>
       <c r="R180" t="inlineStr">
         <is>
-          <t>368.00</t>
+          <t>104.00</t>
         </is>
       </c>
     </row>
     <row r="181" ht="30" customHeight="1">
       <c r="A181" t="inlineStr">
         <is>
-          <t>AR15327</t>
+          <t>AR14642-01DP</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D181" t="inlineStr">
         <is>
-          <t>1,1 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="E181" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F181" t="inlineStr"/>
       <c r="G181" s="2" t="inlineStr">
         <is>
-          <t>Motor 1,1 kW 2-polig, 80M, V15, 100Hz, 360V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H181" t="inlineStr"/>
+          <t>Drivepack PDRV2_15 kW, 2-polig, 160M, B3, SuPremE B2 IE4</t>
+        </is>
+      </c>
+      <c r="H181" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I181" t="inlineStr"/>
       <c r="J181" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K181" t="inlineStr"/>
       <c r="L181" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M181" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N181" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O181" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P181" t="inlineStr">
         <is>
-          <t>274.01 €</t>
+          <t>6012.00 €</t>
         </is>
       </c>
       <c r="Q181" t="inlineStr"/>
       <c r="R181" t="inlineStr">
         <is>
-          <t>14.00</t>
+          <t>132.00</t>
         </is>
       </c>
     </row>
     <row r="182" ht="30" customHeight="1">
       <c r="A182" t="inlineStr">
         <is>
-          <t>AR15328</t>
+          <t>AR14642-02DP</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D182" t="inlineStr">
         <is>
-          <t>0,75 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="E182" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F182" t="inlineStr"/>
       <c r="G182" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,75 kW 4-polig, 80M, B3, 50Hz, 355V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H182" t="inlineStr"/>
+          <t>Drivepack PDRV2_15 kW, 2-polig, 160M, B3, SuPremE B2 IE4</t>
+        </is>
+      </c>
+      <c r="H182" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I182" t="inlineStr"/>
       <c r="J182" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K182" t="inlineStr"/>
       <c r="L182" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M182" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N182" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O182" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
       <c r="P182" t="inlineStr">
         <is>
-          <t>241.24 €</t>
+          <t>6012.00 €</t>
         </is>
       </c>
       <c r="Q182" t="inlineStr"/>
       <c r="R182" t="inlineStr">
         <is>
-          <t>15.00</t>
+          <t>132.00</t>
         </is>
       </c>
     </row>
     <row r="183" ht="30" customHeight="1">
       <c r="A183" t="inlineStr">
         <is>
-          <t>AR15329</t>
+          <t>AR14736</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>2845</t>
         </is>
       </c>
       <c r="D183" t="inlineStr">
         <is>
-          <t>0,55 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="E183" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>Unterwasser-Motor</t>
         </is>
       </c>
       <c r="F183" t="inlineStr"/>
       <c r="G183" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,55 kW, 2-polig, 71M, V1, 50Hz, 350V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H183" t="inlineStr"/>
+          <t>Unterwassermotor 100mm, 2,2 kW, 2-polig,  50Hz 1x 230V</t>
+        </is>
+      </c>
+      <c r="H183" t="inlineStr">
+        <is>
+          <t>50Hz 1x 230 V</t>
+        </is>
+      </c>
       <c r="I183" t="inlineStr"/>
       <c r="J183" t="inlineStr">
         <is>
-          <t>IP55</t>
+          <t>IP68</t>
         </is>
       </c>
       <c r="K183" t="inlineStr"/>
-      <c r="L183" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L183" t="inlineStr"/>
       <c r="M183" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>FRANKLIN ELECTRIC</t>
         </is>
       </c>
       <c r="N183" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O183" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P183" t="inlineStr">
         <is>
-          <t>225.82 €</t>
+          <t>944.30 €</t>
         </is>
       </c>
       <c r="Q183" t="inlineStr"/>
       <c r="R183" t="inlineStr">
         <is>
-          <t>11.00</t>
+          <t>13.00</t>
         </is>
       </c>
     </row>
     <row r="184" ht="30" customHeight="1">
       <c r="A184" t="inlineStr">
         <is>
-          <t>AR15330</t>
+          <t>AR14747</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C184" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D184" t="inlineStr">
         <is>
-          <t>1,5 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="E184" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F184" t="inlineStr"/>
       <c r="G184" s="2" t="inlineStr">
         <is>
-          <t>Motor 1,5 kW, 2-polig, 90S, B3, 100Hz, 380V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H184" t="inlineStr"/>
+          <t>Motor 18,5 kW, 2-polig, 160L, V1, 100Hz, 400V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H184" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I184" t="inlineStr"/>
       <c r="J184" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K184" t="inlineStr"/>
       <c r="L184" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M184" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N184" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O184" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="P184" t="inlineStr">
         <is>
-          <t>290.45 €</t>
+          <t>2145.09 €</t>
         </is>
       </c>
       <c r="Q184" t="inlineStr"/>
       <c r="R184" t="inlineStr">
         <is>
-          <t>17.00</t>
+          <t>132.00</t>
         </is>
       </c>
     </row>
     <row r="185" ht="30" customHeight="1">
       <c r="A185" t="inlineStr">
         <is>
-          <t>AR15331</t>
+          <t>AR14748</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C185" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D185" t="inlineStr">
         <is>
-          <t>0,55 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="E185" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F185" t="inlineStr"/>
       <c r="G185" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,55 kW, 2-polig, 71M, V15, 100Hz, 350V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H185" t="inlineStr"/>
+          <t>Motor 15 kW, 2-polig, 160M, V1, 100Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H185" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I185" t="inlineStr"/>
       <c r="J185" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K185" t="inlineStr"/>
       <c r="L185" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M185" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N185" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O185" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="P185" t="inlineStr">
         <is>
-          <t>215.06 €</t>
+          <t>1780.16 €</t>
         </is>
       </c>
       <c r="Q185" t="inlineStr"/>
       <c r="R185" t="inlineStr">
         <is>
-          <t>11.00</t>
+          <t>127.00</t>
         </is>
       </c>
     </row>
     <row r="186" ht="30" customHeight="1">
       <c r="A186" t="inlineStr">
         <is>
-          <t>AR15332</t>
+          <t>AR14749</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D186" t="inlineStr">
         <is>
-          <t>0,75 kW</t>
+          <t>7,5 kW</t>
         </is>
       </c>
       <c r="E186" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F186" t="inlineStr"/>
       <c r="G186" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,75 kW 2-polig, 80M, B3, 100Hz, 360V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H186" t="inlineStr"/>
+          <t>Motor 7,5 kW, 2-polig, 132S, V1, 100Hz, 400V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H186" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I186" t="inlineStr"/>
       <c r="J186" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K186" t="inlineStr"/>
       <c r="L186" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M186" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N186" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O186" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="P186" t="inlineStr">
         <is>
-          <t>212.59 €</t>
+          <t>989.52 €</t>
         </is>
       </c>
       <c r="Q186" t="inlineStr"/>
       <c r="R186" t="inlineStr">
         <is>
-          <t>12.00</t>
+          <t>66.00</t>
         </is>
       </c>
     </row>
     <row r="187" ht="30" customHeight="1">
       <c r="A187" t="inlineStr">
         <is>
-          <t>AR15333</t>
+          <t>AR14840</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D187" t="inlineStr">
         <is>
-          <t>4 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="E187" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>B35</t>
         </is>
       </c>
       <c r="F187" t="inlineStr"/>
       <c r="G187" s="2" t="inlineStr">
         <is>
-          <t>Motor 4 kW, 4-polig, 112M, B3, 50 Hz, 360V, IE5 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H187" t="inlineStr"/>
+          <t>Motor 15 kW, 2-polig, 160M, B35, 100Hz, 365V, IE5 SuPremE C1 mit Klemmkasten</t>
+        </is>
+      </c>
+      <c r="H187" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I187" t="inlineStr"/>
       <c r="J187" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K187" t="inlineStr"/>
       <c r="L187" t="inlineStr">
         <is>
           <t>IE5</t>
         </is>
       </c>
       <c r="M187" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N187" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O187" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P187" t="inlineStr">
         <is>
-          <t>538.40 €</t>
+          <t>1427.10 €</t>
         </is>
       </c>
       <c r="Q187" t="inlineStr"/>
       <c r="R187" t="inlineStr">
         <is>
-          <t>53.00</t>
+          <t>110.00</t>
         </is>
       </c>
     </row>
     <row r="188" ht="30" customHeight="1">
       <c r="A188" t="inlineStr">
         <is>
-          <t>AR15334</t>
+          <t>AR14841</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D188" t="inlineStr">
         <is>
-          <t>0,75 kW</t>
+          <t>3 kW</t>
         </is>
       </c>
       <c r="E188" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F188" t="inlineStr"/>
       <c r="G188" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,75 kW, 4-polig, 80M, B3, 50 Hz, 355V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H188" t="inlineStr"/>
+          <t>Motor 3 kW, 4-polig, 100L, V1, 50Hz, 360V, IE5 SuPremE D1</t>
+        </is>
+      </c>
+      <c r="H188" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I188" t="inlineStr"/>
       <c r="J188" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K188" t="inlineStr"/>
       <c r="L188" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M188" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N188" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O188" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="P188" t="inlineStr">
         <is>
-          <t>241.24 €</t>
+          <t>425.43 €</t>
         </is>
       </c>
       <c r="Q188" t="inlineStr"/>
       <c r="R188" t="inlineStr">
         <is>
-          <t>13.20</t>
+          <t>28.00</t>
         </is>
       </c>
     </row>
     <row r="189" ht="30" customHeight="1">
       <c r="A189" t="inlineStr">
         <is>
-          <t>AR15335</t>
+          <t>AR14914-01</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D189" t="inlineStr">
         <is>
-          <t>1,1 kW</t>
+          <t>45 kW</t>
         </is>
       </c>
       <c r="E189" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F189" t="inlineStr"/>
       <c r="G189" s="2" t="inlineStr">
         <is>
-          <t>Motor 1,1 kW 2-polig, 80M, B3, 100Hz, 360V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H189" t="inlineStr"/>
+          <t>Motor 45 kW, 4-polig, 225M, B3, 50Hz, 380V, IE4 SuPremE C1</t>
+        </is>
+      </c>
+      <c r="H189" t="inlineStr">
+        <is>
+          <t>50Hz 3x 380 V</t>
+        </is>
+      </c>
       <c r="I189" t="inlineStr"/>
       <c r="J189" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K189" t="inlineStr"/>
       <c r="L189" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M189" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N189" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="O189" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="P189" t="inlineStr">
         <is>
-          <t>254.61 €</t>
+          <t>3280.22 €</t>
         </is>
       </c>
       <c r="Q189" t="inlineStr"/>
       <c r="R189" t="inlineStr">
         <is>
-          <t>14.00</t>
+          <t>378.00</t>
         </is>
       </c>
     </row>
     <row r="190" ht="30" customHeight="1">
       <c r="A190" t="inlineStr">
         <is>
-          <t>AR15336</t>
+          <t>AR14914-02</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D190" t="inlineStr">
         <is>
-          <t>1,5 kW</t>
+          <t>45 kW</t>
         </is>
       </c>
       <c r="E190" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F190" t="inlineStr"/>
       <c r="G190" s="2" t="inlineStr">
         <is>
-          <t>Motor 1,5 kW, 2-polig, 90S, B3, 100Hz, 360V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H190" t="inlineStr"/>
+          <t>Motor 45 kW, 4-polig, 225M, B3, 50Hz, 380V, IE4 SuPremE C1</t>
+        </is>
+      </c>
+      <c r="H190" t="inlineStr">
+        <is>
+          <t>50Hz 3x 380 V</t>
+        </is>
+      </c>
       <c r="I190" t="inlineStr"/>
       <c r="J190" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K190" t="inlineStr"/>
       <c r="L190" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M190" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N190" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="O190" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="P190" t="inlineStr">
         <is>
-          <t>290.45 €</t>
+          <t>3280.22 €</t>
         </is>
       </c>
       <c r="Q190" t="inlineStr"/>
       <c r="R190" t="inlineStr">
         <is>
-          <t>17.00</t>
+          <t>378.00</t>
         </is>
       </c>
     </row>
     <row r="191" ht="30" customHeight="1">
       <c r="A191" t="inlineStr">
         <is>
-          <t>AR15337</t>
+          <t>AR14974</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D191" t="inlineStr">
         <is>
-          <t>4 kW</t>
+          <t>0,55 kW</t>
         </is>
       </c>
       <c r="E191" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F191" t="inlineStr"/>
       <c r="G191" s="2" t="inlineStr">
         <is>
-          <t>Motor 4 kW, 2-polig, 112M, B3, 100Hz, 355V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H191" t="inlineStr"/>
+          <t>Drivepack PDRV2_ 0,55 kW, 4-polig, 080M, V1, SuPremE IE5</t>
+        </is>
+      </c>
+      <c r="H191" t="inlineStr">
+        <is>
+          <t>50Hz 3x 380 V, 60Hz 3x 480 V</t>
+        </is>
+      </c>
       <c r="I191" t="inlineStr"/>
       <c r="J191" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K191" t="inlineStr"/>
       <c r="L191" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M191" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N191" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B3: gebraucht / werksüberholt</t>
         </is>
       </c>
       <c r="O191" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P191" t="inlineStr">
         <is>
-          <t>513.78 €</t>
+          <t>1246.64 €</t>
         </is>
       </c>
       <c r="Q191" t="inlineStr"/>
       <c r="R191" t="inlineStr">
         <is>
-          <t>55.00</t>
+          <t>70.00</t>
         </is>
       </c>
     </row>
     <row r="192" ht="30" customHeight="1">
       <c r="A192" t="inlineStr">
         <is>
-          <t>AR15338</t>
+          <t>AR14975</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D192" t="inlineStr">
         <is>
-          <t>4 kW</t>
+          <t>0,55 kW</t>
         </is>
       </c>
       <c r="E192" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F192" t="inlineStr"/>
       <c r="G192" s="2" t="inlineStr">
         <is>
-          <t>Motor 4 kW, 4-polig, 112M, B3, 50Hz, 360V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H192" t="inlineStr"/>
+          <t>Drivepack PDRV2_ 0,55 kW, 4-polig, 080M, V1, SuPremE IE5</t>
+        </is>
+      </c>
+      <c r="H192" t="inlineStr">
+        <is>
+          <t>50Hz 3x 380 V, 60Hz 3x 480 V</t>
+        </is>
+      </c>
       <c r="I192" t="inlineStr"/>
       <c r="J192" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K192" t="inlineStr"/>
       <c r="L192" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M192" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N192" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B3: gebraucht / werksüberholt</t>
         </is>
       </c>
       <c r="O192" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P192" t="inlineStr">
         <is>
-          <t>538.40 €</t>
+          <t>1246.64 €</t>
         </is>
       </c>
       <c r="Q192" t="inlineStr"/>
       <c r="R192" t="inlineStr">
         <is>
-          <t>57.00</t>
+          <t>70.00</t>
         </is>
       </c>
     </row>
     <row r="193" ht="30" customHeight="1">
       <c r="A193" t="inlineStr">
         <is>
-          <t>AR15339</t>
+          <t>AR14976</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D193" t="inlineStr">
         <is>
-          <t>0,55 kW</t>
+          <t>1,1 kW</t>
         </is>
       </c>
       <c r="E193" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V18</t>
         </is>
       </c>
       <c r="F193" t="inlineStr"/>
       <c r="G193" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,55 kW 2-polig, 71M, B3, 100Hz, 350V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H193" t="inlineStr"/>
+          <t>Motor 1,1 kW, 2-polig, 80M, V18, 50Hz, 400V, IE5, C2 mit Montagevorbereitung für PumpDrive</t>
+        </is>
+      </c>
+      <c r="H193" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I193" t="inlineStr"/>
       <c r="J193" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K193" t="inlineStr"/>
       <c r="L193" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M193" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N193" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O193" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="P193" t="inlineStr">
         <is>
-          <t>195.51 €</t>
+          <t>200.32 €</t>
         </is>
       </c>
       <c r="Q193" t="inlineStr"/>
       <c r="R193" t="inlineStr">
         <is>
-          <t>11.00</t>
+          <t>13.00</t>
         </is>
       </c>
     </row>
     <row r="194" ht="30" customHeight="1">
       <c r="A194" t="inlineStr">
         <is>
-          <t>AR15340</t>
+          <t>AR15007-01</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1486</t>
         </is>
       </c>
       <c r="D194" t="inlineStr">
         <is>
-          <t>0,55 kW</t>
+          <t>55 kW</t>
         </is>
       </c>
       <c r="E194" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F194" t="inlineStr"/>
       <c r="G194" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,55 kW 2-polig, 71M, B3, 100 Hz, 350V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H194" t="inlineStr"/>
+          <t>Motor 55 kW, 4-polig, 250M, B3, 50/60Hz, 400/690V, IE4</t>
+        </is>
+      </c>
+      <c r="H194" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V, 60Hz 3x 460 V</t>
+        </is>
+      </c>
       <c r="I194" t="inlineStr"/>
       <c r="J194" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K194" t="inlineStr"/>
       <c r="L194" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M194" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Siemens</t>
         </is>
       </c>
       <c r="N194" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O194" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="P194" t="inlineStr">
         <is>
-          <t>195.51 €</t>
+          <t>8624.67 €</t>
         </is>
       </c>
       <c r="Q194" t="inlineStr"/>
       <c r="R194" t="inlineStr">
         <is>
-          <t>11.00</t>
+          <t>452.00</t>
         </is>
       </c>
     </row>
     <row r="195" ht="30" customHeight="1">
       <c r="A195" t="inlineStr">
         <is>
-          <t>AR15343</t>
+          <t>AR15007-02</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
-          <t>2960</t>
+          <t>1486</t>
         </is>
       </c>
       <c r="D195" t="inlineStr">
         <is>
-          <t>45 kW</t>
+          <t>55 kW</t>
         </is>
       </c>
       <c r="E195" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F195" t="inlineStr"/>
       <c r="G195" s="2" t="inlineStr">
         <is>
-          <t>Motor 45 kW, 2-polig, 225M, B3, 50/60Hz, 400/690V, IE3</t>
-[...2 lines deleted...]
-      <c r="H195" t="inlineStr"/>
+          <t>Motor 55 kW, 4-polig, 250M, B3, 50/60Hz, 400/690V, IE4</t>
+        </is>
+      </c>
+      <c r="H195" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V, 60Hz 3x 460 V</t>
+        </is>
+      </c>
       <c r="I195" t="inlineStr"/>
       <c r="J195" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K195" t="inlineStr"/>
       <c r="L195" t="inlineStr">
         <is>
-          <t>IE3</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M195" t="inlineStr">
         <is>
           <t>Siemens</t>
         </is>
       </c>
       <c r="N195" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O195" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="P195" t="inlineStr">
         <is>
-          <t>5667.67 €</t>
+          <t>8624.67 €</t>
         </is>
       </c>
       <c r="Q195" t="inlineStr"/>
       <c r="R195" t="inlineStr">
         <is>
-          <t>337.00</t>
+          <t>452.00</t>
         </is>
       </c>
     </row>
     <row r="196" ht="30" customHeight="1">
       <c r="A196" t="inlineStr">
         <is>
-          <t>AR15348</t>
+          <t>AR15007-03</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>1486</t>
         </is>
       </c>
       <c r="D196" t="inlineStr">
         <is>
-          <t>3 kW</t>
+          <t>55 kW</t>
         </is>
       </c>
       <c r="E196" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F196" t="inlineStr"/>
       <c r="G196" s="2" t="inlineStr">
         <is>
-          <t>Motor 3 kW, 4-polig, 100L, B3, 50 Hz, 355V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H196" t="inlineStr"/>
+          <t>Motor 55 kW, 4-polig, 250M, B3, 50/60Hz, 400/690V, IE4</t>
+        </is>
+      </c>
+      <c r="H196" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V, 60Hz 3x 460 V</t>
+        </is>
+      </c>
       <c r="I196" t="inlineStr"/>
       <c r="J196" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K196" t="inlineStr"/>
       <c r="L196" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M196" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Siemens</t>
         </is>
       </c>
       <c r="N196" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O196" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="P196" t="inlineStr">
         <is>
-          <t>469.62 €</t>
+          <t>8624.67 €</t>
         </is>
       </c>
       <c r="Q196" t="inlineStr"/>
       <c r="R196" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>452.00</t>
         </is>
       </c>
     </row>
     <row r="197" ht="30" customHeight="1">
       <c r="A197" t="inlineStr">
         <is>
-          <t>AR15349</t>
+          <t>AR15199</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D197" t="inlineStr">
         <is>
-          <t>0,75 kW</t>
+          <t>3 kW</t>
         </is>
       </c>
       <c r="E197" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F197" t="inlineStr"/>
       <c r="G197" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,75 kW 2-polig, 80M, B3, 100Hz, 360V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H197" t="inlineStr"/>
+          <t>Motor 3 kW, 4-polig, 100L, V1, 50Hz, 355V, IE4 SuPremE C1 mit Klemmenkasten</t>
+        </is>
+      </c>
+      <c r="H197" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I197" t="inlineStr"/>
       <c r="J197" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K197" t="inlineStr"/>
       <c r="L197" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M197" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N197" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O197" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="P197" t="inlineStr">
         <is>
-          <t>223.23 €</t>
+          <t>382.89 €</t>
         </is>
       </c>
       <c r="Q197" t="inlineStr"/>
       <c r="R197" t="inlineStr">
         <is>
-          <t>12.00</t>
+          <t>28.00</t>
         </is>
       </c>
     </row>
     <row r="198" ht="30" customHeight="1">
       <c r="A198" t="inlineStr">
         <is>
-          <t>AR15350</t>
+          <t>AR15242M</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>1477</t>
         </is>
       </c>
       <c r="D198" t="inlineStr">
         <is>
-          <t>0,55 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="E198" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F198" t="inlineStr"/>
       <c r="G198" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,55 kW, 4-polig, 80M, B3, 50Hz, 380V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H198" t="inlineStr"/>
+          <t>Sondermotor 5,5 kW, 4-polig, 132S, V1, 50Hz, 380/660V, IE3</t>
+        </is>
+      </c>
+      <c r="H198" t="inlineStr">
+        <is>
+          <t>50Hz 3x 380 V</t>
+        </is>
+      </c>
       <c r="I198" t="inlineStr"/>
       <c r="J198" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K198" t="inlineStr"/>
       <c r="L198" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M198" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N198" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O198" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="P198" t="inlineStr">
         <is>
-          <t>222.85 €</t>
+          <t>648.79 €</t>
         </is>
       </c>
       <c r="Q198" t="inlineStr"/>
       <c r="R198" t="inlineStr">
         <is>
-          <t>13.00</t>
+          <t>143.00</t>
         </is>
       </c>
     </row>
     <row r="199" ht="30" customHeight="1">
       <c r="A199" t="inlineStr">
         <is>
-          <t>AR15351</t>
+          <t>AR15275M</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>2945</t>
         </is>
       </c>
       <c r="D199" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E199" t="inlineStr">
         <is>
-          <t>B3</t>
-[...2 lines deleted...]
-      <c r="F199" t="inlineStr"/>
+          <t>V1</t>
+        </is>
+      </c>
+      <c r="F199" t="inlineStr">
+        <is>
+          <t>015/011</t>
+        </is>
+      </c>
       <c r="G199" s="2" t="inlineStr">
         <is>
-          <t>Motor 15 kW 2-polig, 160M, B3, 100Hz, 365V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H199" t="inlineStr"/>
+          <t>Motor 11 kW, 2-polig, 160M, V1, 50/60Hz, 400/690V, IE3 f. Movitec</t>
+        </is>
+      </c>
+      <c r="H199" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I199" t="inlineStr"/>
       <c r="J199" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K199" t="inlineStr"/>
       <c r="L199" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M199" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N199" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O199" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="P199" t="inlineStr">
         <is>
-          <t>1483.46 €</t>
+          <t>740.71 €</t>
         </is>
       </c>
       <c r="Q199" t="inlineStr"/>
       <c r="R199" t="inlineStr">
         <is>
-          <t>118.00</t>
+          <t>114.00</t>
         </is>
       </c>
     </row>
     <row r="200" ht="30" customHeight="1">
       <c r="A200" t="inlineStr">
         <is>
-          <t>AR15353</t>
+          <t>AR15314</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D200" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="E200" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F200" t="inlineStr"/>
       <c r="G200" s="2" t="inlineStr">
         <is>
-          <t>Motor 2,2 kW, 4-polig, 100L, V15, 50Hz, 365V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H200" t="inlineStr"/>
+          <t>Motor 15 kW, 4-polig, 160L, B3, 50 Hz, 355V, SuPremE B1, IE4 mit Klemmenkasten</t>
+        </is>
+      </c>
+      <c r="H200" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I200" t="inlineStr"/>
       <c r="J200" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K200" t="inlineStr"/>
       <c r="L200" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M200" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N200" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O200" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P200" t="inlineStr">
         <is>
-          <t>422.80 €</t>
+          <t>1523.24 €</t>
         </is>
       </c>
       <c r="Q200" t="inlineStr"/>
       <c r="R200" t="inlineStr">
         <is>
-          <t>25.00</t>
+          <t>112.00</t>
         </is>
       </c>
     </row>
     <row r="201" ht="30" customHeight="1">
       <c r="A201" t="inlineStr">
         <is>
-          <t>AR15355</t>
+          <t>AR15316</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C201" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D201" t="inlineStr">
         <is>
-          <t>1,5 kW</t>
+          <t>22 kW</t>
         </is>
       </c>
       <c r="E201" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F201" t="inlineStr"/>
       <c r="G201" s="2" t="inlineStr">
         <is>
-          <t>Motor 1,5 kW, 4-polig, 90L, B3, 50Hz, 365V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H201" t="inlineStr"/>
+          <t>Motor 22 kW, 4-polig, 180L, V15, 50 Hz, 365V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H201" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I201" t="inlineStr"/>
       <c r="J201" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K201" t="inlineStr"/>
       <c r="L201" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M201" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N201" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O201" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="P201" t="inlineStr">
         <is>
-          <t>310.06 €</t>
+          <t>2687.71 €</t>
         </is>
       </c>
       <c r="Q201" t="inlineStr"/>
       <c r="R201" t="inlineStr">
         <is>
-          <t>20.00</t>
+          <t>197.00</t>
         </is>
       </c>
     </row>
     <row r="202" ht="30" customHeight="1">
       <c r="A202" t="inlineStr">
         <is>
-          <t>AR15356</t>
+          <t>AR15317</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D202" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>37 kW</t>
         </is>
       </c>
       <c r="E202" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F202" t="inlineStr"/>
       <c r="G202" s="2" t="inlineStr">
         <is>
-          <t>Motor 2,2 kW, 4-polig, 100L, B3, 50Hz, 365V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H202" t="inlineStr"/>
+          <t>Motor 37 kW 4-polig, 225S, B3, 50 Hz, 360V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H202" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I202" t="inlineStr"/>
       <c r="J202" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K202" t="inlineStr"/>
       <c r="L202" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M202" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N202" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O202" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="P202" t="inlineStr">
         <is>
-          <t>392.87 €</t>
+          <t>3939.89 €</t>
         </is>
       </c>
       <c r="Q202" t="inlineStr"/>
       <c r="R202" t="inlineStr">
         <is>
-          <t>27.00</t>
+          <t>370.00</t>
         </is>
       </c>
     </row>
     <row r="203" ht="30" customHeight="1">
       <c r="A203" t="inlineStr">
         <is>
-          <t>AR15357</t>
+          <t>AR15318</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D203" t="inlineStr">
         <is>
-          <t>3 kW</t>
+          <t>37 kW</t>
         </is>
       </c>
       <c r="E203" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F203" t="inlineStr"/>
       <c r="G203" s="2" t="inlineStr">
         <is>
-          <t>Motor 3 kW, 4-polig, 100L, V15, 50Hz, 355V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H203" t="inlineStr"/>
+          <t>Motor 37 kW 2-polig, 200L, B3, 100 Hz, 360V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H203" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I203" t="inlineStr"/>
       <c r="J203" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K203" t="inlineStr"/>
       <c r="L203" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M203" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N203" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O203" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
       <c r="P203" t="inlineStr">
         <is>
-          <t>505.41 €</t>
+          <t>3733.68 €</t>
         </is>
       </c>
       <c r="Q203" t="inlineStr"/>
       <c r="R203" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>279.00</t>
         </is>
       </c>
     </row>
     <row r="204" ht="30" customHeight="1">
       <c r="A204" t="inlineStr">
         <is>
-          <t>AR15358</t>
+          <t>AR15319</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D204" t="inlineStr">
         <is>
-          <t>0,55 kW</t>
+          <t>0,75 kW</t>
         </is>
       </c>
       <c r="E204" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F204" t="inlineStr"/>
       <c r="G204" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,55 kW, 4-polig, 80M, B3, 50Hz, 350V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H204" t="inlineStr"/>
+          <t>Motor 0,75 kW 2-polig, 80M, B3, 100 Hz, 380V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H204" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I204" t="inlineStr"/>
       <c r="J204" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K204" t="inlineStr"/>
       <c r="L204" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M204" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N204" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O204" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P204" t="inlineStr">
         <is>
-          <t>222.85 €</t>
+          <t>223.23 €</t>
         </is>
       </c>
       <c r="Q204" t="inlineStr"/>
       <c r="R204" t="inlineStr">
         <is>
-          <t>13.00</t>
+          <t>12.00</t>
         </is>
       </c>
     </row>
     <row r="205" ht="30" customHeight="1">
       <c r="A205" t="inlineStr">
         <is>
-          <t>AR15359</t>
+          <t>AR15320</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D205" t="inlineStr">
         <is>
-          <t>7,5 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E205" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F205" t="inlineStr"/>
       <c r="G205" s="2" t="inlineStr">
         <is>
-          <t>Motor 7,5 kW, 4-polig, 132M, V1, 50Hz, 355V, IE4 SuPremE C1</t>
-[...2 lines deleted...]
-      <c r="H205" t="inlineStr"/>
+          <t>Motor 11 kW, 2-polig, 160M, B3, 100 Hz, 375V, IE4 SuPremE B2, mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H205" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I205" t="inlineStr"/>
       <c r="J205" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K205" t="inlineStr"/>
       <c r="L205" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M205" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N205" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O205" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
       <c r="P205" t="inlineStr">
         <is>
-          <t>1026.32 €</t>
+          <t>1079.33 €</t>
         </is>
       </c>
       <c r="Q205" t="inlineStr"/>
       <c r="R205" t="inlineStr">
         <is>
-          <t>82.00</t>
+          <t>90.00</t>
         </is>
       </c>
     </row>
     <row r="206" ht="30" customHeight="1">
       <c r="A206" t="inlineStr">
         <is>
-          <t>AR15360</t>
+          <t>AR15323</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D206" t="inlineStr">
         <is>
-          <t>4 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="E206" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F206" t="inlineStr"/>
       <c r="G206" s="2" t="inlineStr">
         <is>
-          <t>Motor 4 kW, 2-polig, 112M, B3, 100Hz, 355V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H206" t="inlineStr"/>
+          <t>Motor 18,5 kW, 2-polig, 160L, B3, 100Hz, 370V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H206" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I206" t="inlineStr"/>
       <c r="J206" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K206" t="inlineStr"/>
       <c r="L206" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M206" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N206" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O206" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
       <c r="P206" t="inlineStr">
         <is>
-          <t>489.31 €</t>
+          <t>1702.45 €</t>
         </is>
       </c>
       <c r="Q206" t="inlineStr"/>
       <c r="R206" t="inlineStr">
         <is>
-          <t>55.00</t>
+          <t>110.00</t>
         </is>
       </c>
     </row>
     <row r="207" ht="30" customHeight="1">
       <c r="A207" t="inlineStr">
         <is>
-          <t>AR15361</t>
+          <t>AR15324</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C207" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D207" t="inlineStr">
         <is>
-          <t>1,1 kW</t>
+          <t>22 kW</t>
         </is>
       </c>
       <c r="E207" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F207" t="inlineStr"/>
       <c r="G207" s="2" t="inlineStr">
         <is>
-          <t>Motor 1,1 kW 2-polig, 80M, V1, 100Hz, 360V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H207" t="inlineStr"/>
+          <t>Motor 22 kW, 2-polig, 180M, B3, 100Hz, 355V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H207" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I207" t="inlineStr"/>
       <c r="J207" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K207" t="inlineStr"/>
       <c r="L207" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M207" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N207" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O207" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="P207" t="inlineStr">
         <is>
-          <t>274.01 €</t>
+          <t>1990.04 €</t>
         </is>
       </c>
       <c r="Q207" t="inlineStr"/>
       <c r="R207" t="inlineStr">
         <is>
-          <t>14.00</t>
+          <t>177.00</t>
         </is>
       </c>
     </row>
     <row r="208" ht="30" customHeight="1">
       <c r="A208" t="inlineStr">
         <is>
-          <t>AR15362</t>
+          <t>AR15325</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D208" t="inlineStr">
         <is>
-          <t>0,75 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="E208" t="inlineStr">
         <is>
           <t>V15</t>
         </is>
       </c>
       <c r="F208" t="inlineStr"/>
       <c r="G208" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,75 kW 2-polig, 80M, V15, 100Hz, 355V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H208" t="inlineStr"/>
+          <t>Motor 18,5 kW 4-polig, 180M, V15, 50Hz, 350V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H208" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I208" t="inlineStr"/>
       <c r="J208" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K208" t="inlineStr"/>
       <c r="L208" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M208" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N208" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O208" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
       <c r="P208" t="inlineStr">
         <is>
-          <t>233.86 €</t>
+          <t>2195.78 €</t>
         </is>
       </c>
       <c r="Q208" t="inlineStr"/>
       <c r="R208" t="inlineStr">
         <is>
-          <t>12.00</t>
+          <t>171.00</t>
         </is>
       </c>
     </row>
     <row r="209" ht="30" customHeight="1">
       <c r="A209" t="inlineStr">
         <is>
-          <t>AR15363</t>
+          <t>AR15326</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C209" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D209" t="inlineStr">
         <is>
-          <t>4 kW</t>
+          <t>37 kW</t>
         </is>
       </c>
       <c r="E209" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F209" t="inlineStr"/>
       <c r="G209" s="2" t="inlineStr">
         <is>
-          <t>Motor 4 kW 2-polig, 112M, V15, 100Hz, 355V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H209" t="inlineStr"/>
+          <t>Motor 37 kW 4-polig, 225S, B3, 50Hz, 360V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H209" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I209" t="inlineStr"/>
       <c r="J209" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K209" t="inlineStr"/>
       <c r="L209" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M209" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N209" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O209" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="P209" t="inlineStr">
         <is>
-          <t>552.92 €</t>
+          <t>3752.28 €</t>
         </is>
       </c>
       <c r="Q209" t="inlineStr"/>
       <c r="R209" t="inlineStr">
         <is>
-          <t>39.50</t>
+          <t>368.00</t>
         </is>
       </c>
     </row>
     <row r="210" ht="30" customHeight="1">
       <c r="A210" t="inlineStr">
         <is>
-          <t>AR15364</t>
+          <t>AR15327</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D210" t="inlineStr">
         <is>
-          <t>0,75 kW</t>
+          <t>1,1 kW</t>
         </is>
       </c>
       <c r="E210" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F210" t="inlineStr"/>
       <c r="G210" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,75 kW 2-polig, 80M, V1, 100 Hz, 360V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H210" t="inlineStr"/>
+          <t>Motor 1,1 kW 2-polig, 80M, V15, 100Hz, 360V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H210" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I210" t="inlineStr"/>
       <c r="J210" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K210" t="inlineStr"/>
       <c r="L210" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M210" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N210" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O210" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="P210" t="inlineStr">
         <is>
-          <t>245.55 €</t>
+          <t>274.01 €</t>
         </is>
       </c>
       <c r="Q210" t="inlineStr"/>
       <c r="R210" t="inlineStr">
         <is>
-          <t>12.00</t>
+          <t>14.00</t>
         </is>
       </c>
     </row>
     <row r="211" ht="30" customHeight="1">
       <c r="A211" t="inlineStr">
         <is>
-          <t>AR15365</t>
+          <t>AR15328</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D211" t="inlineStr">
         <is>
           <t>0,75 kW</t>
         </is>
       </c>
       <c r="E211" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F211" t="inlineStr"/>
       <c r="G211" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,75 kW 4-polig, 80M, B3, 50Hz, 355V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H211" t="inlineStr"/>
+          <t>Motor 0,75 kW 4-polig, 80M, B3, 50Hz, 355V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H211" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I211" t="inlineStr"/>
       <c r="J211" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K211" t="inlineStr"/>
       <c r="L211" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M211" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N211" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O211" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
       <c r="P211" t="inlineStr">
         <is>
-          <t>253.29 €</t>
+          <t>241.24 €</t>
         </is>
       </c>
       <c r="Q211" t="inlineStr"/>
       <c r="R211" t="inlineStr">
         <is>
           <t>15.00</t>
         </is>
       </c>
     </row>
     <row r="212" ht="30" customHeight="1">
       <c r="A212" t="inlineStr">
         <is>
-          <t>AR15366</t>
+          <t>AR15329</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D212" t="inlineStr">
         <is>
-          <t>45 kW</t>
+          <t>0,55 kW</t>
         </is>
       </c>
       <c r="E212" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F212" t="inlineStr"/>
       <c r="G212" s="2" t="inlineStr">
         <is>
-          <t>Motor 45 kW 2-polig, 225M, B3, 100Hz, 380V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H212" t="inlineStr"/>
+          <t>Motor 0,55 kW, 2-polig, 71M, V1, 50Hz, 350V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H212" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I212" t="inlineStr"/>
       <c r="J212" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K212" t="inlineStr"/>
       <c r="L212" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M212" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N212" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O212" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P212" t="inlineStr">
         <is>
-          <t>4927.54 €</t>
+          <t>225.82 €</t>
         </is>
       </c>
       <c r="Q212" t="inlineStr"/>
       <c r="R212" t="inlineStr">
         <is>
-          <t>342.00</t>
+          <t>11.00</t>
         </is>
       </c>
     </row>
     <row r="213" ht="30" customHeight="1">
       <c r="A213" t="inlineStr">
         <is>
-          <t>AR15367</t>
+          <t>AR15330</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D213" t="inlineStr">
         <is>
-          <t>0,55 kW</t>
+          <t>1,5 kW</t>
         </is>
       </c>
       <c r="E213" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F213" t="inlineStr"/>
       <c r="G213" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,55 kW 2-polig, 71M, V1, 100Hz, 350V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H213" t="inlineStr"/>
+          <t>Motor 1,5 kW, 2-polig, 90S, B3, 100Hz, 380V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H213" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I213" t="inlineStr"/>
       <c r="J213" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K213" t="inlineStr"/>
       <c r="L213" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M213" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N213" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O213" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
       <c r="P213" t="inlineStr">
         <is>
-          <t>225.82 €</t>
+          <t>290.45 €</t>
         </is>
       </c>
       <c r="Q213" t="inlineStr"/>
       <c r="R213" t="inlineStr">
         <is>
-          <t>9.00</t>
+          <t>17.00</t>
         </is>
       </c>
     </row>
     <row r="214" ht="30" customHeight="1">
       <c r="A214" t="inlineStr">
         <is>
-          <t>AR15368</t>
+          <t>AR15331</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D214" t="inlineStr">
         <is>
           <t>0,55 kW</t>
         </is>
       </c>
       <c r="E214" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F214" t="inlineStr"/>
       <c r="G214" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,55 kW 2-polig, 71M, V1, 100Hz, 360V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H214" t="inlineStr"/>
+          <t>Motor 0,55 kW, 2-polig, 71M, V15, 100Hz, 350V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H214" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I214" t="inlineStr"/>
       <c r="J214" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K214" t="inlineStr"/>
       <c r="L214" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M214" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N214" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O214" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
       <c r="P214" t="inlineStr">
         <is>
           <t>215.06 €</t>
         </is>
       </c>
       <c r="Q214" t="inlineStr"/>
       <c r="R214" t="inlineStr">
         <is>
           <t>11.00</t>
         </is>
       </c>
     </row>
     <row r="215" ht="30" customHeight="1">
       <c r="A215" t="inlineStr">
         <is>
-          <t>AR15369</t>
+          <t>AR15332</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D215" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>0,75 kW</t>
         </is>
       </c>
       <c r="E215" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F215" t="inlineStr"/>
       <c r="G215" s="2" t="inlineStr">
         <is>
-          <t>Motor 15 kW, 2-polig, 160M, B3, 100Hz, 365V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H215" t="inlineStr"/>
+          <t>Motor 0,75 kW 2-polig, 80M, B3, 100Hz, 360V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H215" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I215" t="inlineStr"/>
       <c r="J215" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K215" t="inlineStr"/>
       <c r="L215" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M215" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N215" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O215" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
       <c r="P215" t="inlineStr">
         <is>
-          <t>1483.46 €</t>
+          <t>212.59 €</t>
         </is>
       </c>
       <c r="Q215" t="inlineStr"/>
       <c r="R215" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>12.00</t>
         </is>
       </c>
     </row>
     <row r="216" ht="30" customHeight="1">
       <c r="A216" t="inlineStr">
         <is>
-          <t>AR15370</t>
+          <t>AR15333</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D216" t="inlineStr">
         <is>
-          <t>30 kW</t>
+          <t>4 kW</t>
         </is>
       </c>
       <c r="E216" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F216" t="inlineStr"/>
       <c r="G216" s="2" t="inlineStr">
         <is>
-          <t>Motor 30 kW 2-polig, 200L, V1, 100 Hz, 380V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H216" t="inlineStr"/>
+          <t>Motor 4 kW, 4-polig, 112M, B3, 50 Hz, 360V, IE5 SuPremE</t>
+        </is>
+      </c>
+      <c r="H216" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I216" t="inlineStr"/>
       <c r="J216" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K216" t="inlineStr"/>
       <c r="L216" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M216" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N216" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O216" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="P216" t="inlineStr">
         <is>
-          <t>3695.63 €</t>
+          <t>538.40 €</t>
         </is>
       </c>
       <c r="Q216" t="inlineStr"/>
       <c r="R216" t="inlineStr">
         <is>
-          <t>246.00</t>
+          <t>53.00</t>
         </is>
       </c>
     </row>
     <row r="217" ht="30" customHeight="1">
       <c r="A217" t="inlineStr">
         <is>
-          <t>AR15371</t>
+          <t>AR15334</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C217" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D217" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>0,75 kW</t>
         </is>
       </c>
       <c r="E217" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F217" t="inlineStr"/>
       <c r="G217" s="2" t="inlineStr">
         <is>
-          <t>Motor 2,2 kW, 2-polig, 90L, V15, 100 Hz, 360V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H217" t="inlineStr"/>
+          <t>Motor 0,75 kW, 4-polig, 80M, B3, 50 Hz, 355V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H217" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb, 50Hz 3x 380 V</t>
+        </is>
+      </c>
       <c r="I217" t="inlineStr"/>
       <c r="J217" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K217" t="inlineStr"/>
       <c r="L217" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M217" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N217" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O217" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="P217" t="inlineStr">
         <is>
-          <t>287.87 €</t>
+          <t>241.24 €</t>
         </is>
       </c>
       <c r="Q217" t="inlineStr"/>
       <c r="R217" t="inlineStr">
         <is>
-          <t>20.00</t>
+          <t>13.20</t>
         </is>
       </c>
     </row>
     <row r="218" ht="30" customHeight="1">
       <c r="A218" t="inlineStr">
         <is>
-          <t>AR15372</t>
+          <t>AR15335</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C218" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D218" t="inlineStr">
         <is>
-          <t>7,5 kW</t>
+          <t>1,1 kW</t>
         </is>
       </c>
       <c r="E218" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F218" t="inlineStr"/>
       <c r="G218" s="2" t="inlineStr">
         <is>
-          <t>Motor 7,5 kW, 4-polig, 132M, B3, 50 Hz, 355V, IE4 SuPremE C1</t>
-[...2 lines deleted...]
-      <c r="H218" t="inlineStr"/>
+          <t>Motor 1,1 kW 2-polig, 80M, B3, 100Hz, 360V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H218" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I218" t="inlineStr"/>
       <c r="J218" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K218" t="inlineStr"/>
       <c r="L218" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M218" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N218" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O218" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="P218" t="inlineStr">
         <is>
-          <t>855.26 €</t>
+          <t>254.61 €</t>
         </is>
       </c>
       <c r="Q218" t="inlineStr"/>
       <c r="R218" t="inlineStr">
         <is>
-          <t>82.00</t>
+          <t>14.00</t>
         </is>
       </c>
     </row>
     <row r="219" ht="30" customHeight="1">
       <c r="A219" t="inlineStr">
         <is>
-          <t>AR15373</t>
+          <t>AR15336</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C219" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D219" t="inlineStr">
         <is>
-          <t>1,1 kW</t>
+          <t>1,5 kW</t>
         </is>
       </c>
       <c r="E219" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F219" t="inlineStr"/>
       <c r="G219" s="2" t="inlineStr">
         <is>
-          <t>Motor 1,1 kW, 2-polig, 80M, B3, 100Hz, 360V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H219" t="inlineStr"/>
+          <t>Motor 1,5 kW, 2-polig, 90S, B3, 100Hz, 360V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H219" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I219" t="inlineStr"/>
       <c r="J219" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K219" t="inlineStr"/>
       <c r="L219" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M219" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N219" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O219" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P219" t="inlineStr">
         <is>
-          <t>254.61 €</t>
+          <t>290.45 €</t>
         </is>
       </c>
       <c r="Q219" t="inlineStr"/>
       <c r="R219" t="inlineStr">
         <is>
-          <t>14.00</t>
+          <t>17.00</t>
         </is>
       </c>
     </row>
     <row r="220" ht="30" customHeight="1">
       <c r="A220" t="inlineStr">
         <is>
-          <t>AR15374</t>
+          <t>AR15337</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C220" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D220" t="inlineStr">
         <is>
-          <t>30 kW</t>
+          <t>4 kW</t>
         </is>
       </c>
       <c r="E220" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F220" t="inlineStr"/>
       <c r="G220" s="2" t="inlineStr">
         <is>
-          <t>Motor 30 kW 2-polig, 200L, V15, 100Hz, 365V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H220" t="inlineStr"/>
+          <t>Motor 4 kW, 2-polig, 112M, B3, 100Hz, 355V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H220" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I220" t="inlineStr"/>
       <c r="J220" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K220" t="inlineStr"/>
       <c r="L220" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M220" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N220" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O220" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
       <c r="P220" t="inlineStr">
         <is>
-          <t>3167.68 €</t>
+          <t>513.78 €</t>
         </is>
       </c>
       <c r="Q220" t="inlineStr"/>
       <c r="R220" t="inlineStr">
         <is>
-          <t>242.00</t>
+          <t>55.00</t>
         </is>
       </c>
     </row>
     <row r="221" ht="30" customHeight="1">
       <c r="A221" t="inlineStr">
         <is>
-          <t>AR15375</t>
+          <t>AR15338</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C221" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D221" t="inlineStr">
         <is>
-          <t>45 kW</t>
+          <t>4 kW</t>
         </is>
       </c>
       <c r="E221" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F221" t="inlineStr"/>
       <c r="G221" s="2" t="inlineStr">
         <is>
-          <t>Motor 45 kW, 4-polig, 225M, V15, 50Hz, 360V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H221" t="inlineStr"/>
+          <t>Motor 4 kW, 4-polig, 112M, B3, 50Hz, 360V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H221" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I221" t="inlineStr"/>
       <c r="J221" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K221" t="inlineStr"/>
       <c r="L221" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M221" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N221" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O221" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P221" t="inlineStr">
         <is>
-          <t>5455.66 €</t>
+          <t>538.40 €</t>
         </is>
       </c>
       <c r="Q221" t="inlineStr"/>
       <c r="R221" t="inlineStr">
         <is>
-          <t>389.00</t>
+          <t>57.00</t>
         </is>
       </c>
     </row>
     <row r="222" ht="30" customHeight="1">
       <c r="A222" t="inlineStr">
         <is>
-          <t>AR15380-01</t>
+          <t>AR15339</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C222" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D222" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>0,55 kW</t>
         </is>
       </c>
       <c r="E222" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F222" t="inlineStr"/>
       <c r="G222" s="2" t="inlineStr">
         <is>
-          <t>Motor 5,5 kW, 4-polig, 132S, V1, 50Hz, 350V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H222" t="inlineStr"/>
+          <t>Motor 0,55 kW 2-polig, 71M, B3, 100Hz, 350V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H222" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I222" t="inlineStr"/>
       <c r="J222" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K222" t="inlineStr"/>
       <c r="L222" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M222" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N222" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O222" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P222" t="inlineStr">
         <is>
-          <t>673.75 €</t>
+          <t>195.51 €</t>
         </is>
       </c>
       <c r="Q222" t="inlineStr"/>
       <c r="R222" t="inlineStr">
         <is>
-          <t>77.00</t>
+          <t>11.00</t>
         </is>
       </c>
     </row>
     <row r="223" ht="30" customHeight="1">
       <c r="A223" t="inlineStr">
         <is>
-          <t>AR15380-02</t>
+          <t>AR15340</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C223" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D223" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>0,55 kW</t>
         </is>
       </c>
       <c r="E223" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F223" t="inlineStr"/>
       <c r="G223" s="2" t="inlineStr">
         <is>
-          <t>Motor 5,5 kW, 4-polig, 132S, V1, 50Hz, 350V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H223" t="inlineStr"/>
+          <t>Motor 0,55 kW 2-polig, 71M, B3, 100 Hz, 350V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H223" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I223" t="inlineStr"/>
       <c r="J223" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K223" t="inlineStr"/>
       <c r="L223" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M223" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N223" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O223" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P223" t="inlineStr">
         <is>
-          <t>673.75 €</t>
+          <t>195.51 €</t>
         </is>
       </c>
       <c r="Q223" t="inlineStr"/>
       <c r="R223" t="inlineStr">
         <is>
-          <t>77.00</t>
+          <t>11.00</t>
         </is>
       </c>
     </row>
     <row r="224" ht="30" customHeight="1">
       <c r="A224" t="inlineStr">
         <is>
-          <t>AR15382-01</t>
+          <t>AR15343</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C224" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>2960</t>
         </is>
       </c>
       <c r="D224" t="inlineStr">
         <is>
-          <t>3 kW</t>
+          <t>45 kW</t>
         </is>
       </c>
       <c r="E224" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F224" t="inlineStr"/>
       <c r="G224" s="2" t="inlineStr">
         <is>
-          <t>Motor 3 kW, 4-polig, 100L, V1, 50Hz, 360V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H224" t="inlineStr"/>
+          <t>Motor 45 kW, 2-polig, 225M, B3, 50/60Hz, 400/690V, IE3</t>
+        </is>
+      </c>
+      <c r="H224" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I224" t="inlineStr"/>
       <c r="J224" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K224" t="inlineStr"/>
       <c r="L224" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M224" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Siemens</t>
         </is>
       </c>
       <c r="N224" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O224" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P224" t="inlineStr">
         <is>
-          <t>446.70 €</t>
+          <t>5667.67 €</t>
         </is>
       </c>
       <c r="Q224" t="inlineStr"/>
       <c r="R224" t="inlineStr">
         <is>
-          <t>52.00</t>
+          <t>337.00</t>
         </is>
       </c>
     </row>
     <row r="225" ht="30" customHeight="1">
       <c r="A225" t="inlineStr">
         <is>
-          <t>AR15382-02</t>
+          <t>AR15348</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C225" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D225" t="inlineStr">
         <is>
           <t>3 kW</t>
         </is>
       </c>
       <c r="E225" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F225" t="inlineStr"/>
       <c r="G225" s="2" t="inlineStr">
         <is>
-          <t>Motor 3 kW, 4-polig, 100L, V1, 50Hz, 360V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H225" t="inlineStr"/>
+          <t>Motor 3 kW, 4-polig, 100L, B3, 50 Hz, 355V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H225" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I225" t="inlineStr"/>
       <c r="J225" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K225" t="inlineStr"/>
       <c r="L225" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M225" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N225" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O225" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P225" t="inlineStr">
         <is>
-          <t>446.70 €</t>
+          <t>469.62 €</t>
         </is>
       </c>
       <c r="Q225" t="inlineStr"/>
       <c r="R225" t="inlineStr">
         <is>
-          <t>52.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row r="226" ht="30" customHeight="1">
       <c r="A226" t="inlineStr">
         <is>
-          <t>AR15393-01</t>
+          <t>AR15349</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C226" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D226" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>0,75 kW</t>
         </is>
       </c>
       <c r="E226" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F226" t="inlineStr"/>
       <c r="G226" s="2" t="inlineStr">
         <is>
-          <t>Motor 2,2 kW, 4-polig, 100L, V1, 50Hz, 360V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H226" t="inlineStr"/>
+          <t>Motor 0,75 kW 2-polig, 80M, B3, 100Hz, 360V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H226" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I226" t="inlineStr"/>
       <c r="J226" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K226" t="inlineStr"/>
       <c r="L226" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M226" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N226" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O226" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P226" t="inlineStr">
         <is>
-          <t>373.69 €</t>
+          <t>223.23 €</t>
         </is>
       </c>
       <c r="Q226" t="inlineStr"/>
       <c r="R226" t="inlineStr">
         <is>
-          <t>37.00</t>
+          <t>12.00</t>
         </is>
       </c>
     </row>
     <row r="227" ht="30" customHeight="1">
       <c r="A227" t="inlineStr">
         <is>
-          <t>AR15393-02</t>
+          <t>AR15350</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C227" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D227" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>0,55 kW</t>
         </is>
       </c>
       <c r="E227" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F227" t="inlineStr"/>
       <c r="G227" s="2" t="inlineStr">
         <is>
-          <t>Motor 2,2 kW, 4-polig, 100L, V1, 50Hz, 360V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H227" t="inlineStr"/>
+          <t>Motor 0,55 kW, 4-polig, 80M, B3, 50Hz, 380V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H227" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I227" t="inlineStr"/>
       <c r="J227" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K227" t="inlineStr"/>
       <c r="L227" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M227" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N227" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O227" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P227" t="inlineStr">
         <is>
-          <t>373.69 €</t>
+          <t>222.85 €</t>
         </is>
       </c>
       <c r="Q227" t="inlineStr"/>
       <c r="R227" t="inlineStr">
         <is>
-          <t>37.00</t>
+          <t>13.00</t>
         </is>
       </c>
     </row>
     <row r="228" ht="30" customHeight="1">
       <c r="A228" t="inlineStr">
         <is>
-          <t>AR15393-03</t>
+          <t>AR15351</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C228" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D228" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="E228" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F228" t="inlineStr"/>
       <c r="G228" s="2" t="inlineStr">
         <is>
-          <t>Motor 2,2 kW, 4-polig, 100L, V1, 50Hz, 360V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H228" t="inlineStr"/>
+          <t>Motor 15 kW 2-polig, 160M, B3, 100Hz, 365V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H228" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I228" t="inlineStr"/>
       <c r="J228" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K228" t="inlineStr"/>
       <c r="L228" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M228" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N228" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O228" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P228" t="inlineStr">
         <is>
-          <t>373.69 €</t>
+          <t>1483.46 €</t>
         </is>
       </c>
       <c r="Q228" t="inlineStr"/>
       <c r="R228" t="inlineStr">
         <is>
-          <t>37.00</t>
+          <t>118.00</t>
         </is>
       </c>
     </row>
     <row r="229" ht="30" customHeight="1">
       <c r="A229" t="inlineStr">
         <is>
-          <t>AR15393-04</t>
+          <t>AR15353</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D229" t="inlineStr">
         <is>
           <t>2,2 kW</t>
         </is>
       </c>
       <c r="E229" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F229" t="inlineStr"/>
       <c r="G229" s="2" t="inlineStr">
         <is>
-          <t>Motor 2,2 kW, 4-polig, 100L, V1, 50Hz, 360V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H229" t="inlineStr"/>
+          <t>Motor 2,2 kW, 4-polig, 100L, V15, 50Hz, 365V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H229" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I229" t="inlineStr"/>
       <c r="J229" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K229" t="inlineStr"/>
       <c r="L229" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M229" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N229" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O229" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="P229" t="inlineStr">
         <is>
-          <t>373.69 €</t>
+          <t>422.80 €</t>
         </is>
       </c>
       <c r="Q229" t="inlineStr"/>
       <c r="R229" t="inlineStr">
         <is>
-          <t>37.00</t>
+          <t>25.00</t>
         </is>
       </c>
     </row>
     <row r="230" ht="30" customHeight="1">
       <c r="A230" t="inlineStr">
         <is>
-          <t>AR15393-05</t>
+          <t>AR15355</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C230" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D230" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>1,5 kW</t>
         </is>
       </c>
       <c r="E230" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F230" t="inlineStr"/>
       <c r="G230" s="2" t="inlineStr">
         <is>
-          <t>Motor 2,2 kW, 4-polig, 100L, V1, 50Hz, 360V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H230" t="inlineStr"/>
+          <t>Motor 1,5 kW, 4-polig, 90L, B3, 50Hz, 365V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H230" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I230" t="inlineStr"/>
       <c r="J230" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K230" t="inlineStr"/>
       <c r="L230" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M230" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N230" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O230" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P230" t="inlineStr">
         <is>
-          <t>373.69 €</t>
+          <t>310.06 €</t>
         </is>
       </c>
       <c r="Q230" t="inlineStr"/>
       <c r="R230" t="inlineStr">
         <is>
-          <t>37.00</t>
+          <t>20.00</t>
         </is>
       </c>
     </row>
     <row r="231" ht="30" customHeight="1">
       <c r="A231" t="inlineStr">
         <is>
-          <t>AR15393-06</t>
+          <t>AR15356</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C231" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D231" t="inlineStr">
         <is>
           <t>2,2 kW</t>
         </is>
       </c>
       <c r="E231" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F231" t="inlineStr"/>
       <c r="G231" s="2" t="inlineStr">
         <is>
-          <t>Motor 2,2 kW, 4-polig, 100L, V1, 50Hz, 360V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H231" t="inlineStr"/>
+          <t>Motor 2,2 kW, 4-polig, 100L, B3, 50Hz, 365V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H231" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I231" t="inlineStr"/>
       <c r="J231" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K231" t="inlineStr"/>
       <c r="L231" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M231" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N231" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O231" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P231" t="inlineStr">
         <is>
-          <t>373.69 €</t>
+          <t>392.87 €</t>
         </is>
       </c>
       <c r="Q231" t="inlineStr"/>
       <c r="R231" t="inlineStr">
         <is>
-          <t>37.00</t>
+          <t>27.00</t>
         </is>
       </c>
     </row>
     <row r="232" ht="30" customHeight="1">
       <c r="A232" t="inlineStr">
         <is>
-          <t>AR15519-01</t>
+          <t>AR15357</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D232" t="inlineStr">
         <is>
           <t>3 kW</t>
         </is>
       </c>
       <c r="E232" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F232" t="inlineStr"/>
       <c r="G232" s="2" t="inlineStr">
         <is>
-          <t>Motor 3 kW, 4-polig, 100L, V1, 50Hz, 360V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H232" t="inlineStr"/>
+          <t>Motor 3 kW, 4-polig, 100L, V15, 50Hz, 355V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H232" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I232" t="inlineStr"/>
       <c r="J232" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K232" t="inlineStr"/>
       <c r="L232" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M232" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N232" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O232" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P232" t="inlineStr">
         <is>
-          <t>457.86 €</t>
+          <t>505.41 €</t>
         </is>
       </c>
       <c r="Q232" t="inlineStr"/>
       <c r="R232" t="inlineStr">
         <is>
-          <t>52.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row r="233" ht="30" customHeight="1">
       <c r="A233" t="inlineStr">
         <is>
-          <t>AR15519-02</t>
+          <t>AR15358</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D233" t="inlineStr">
         <is>
-          <t>3 kW</t>
+          <t>0,55 kW</t>
         </is>
       </c>
       <c r="E233" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F233" t="inlineStr"/>
       <c r="G233" s="2" t="inlineStr">
         <is>
-          <t>Motor 3 kW, 4-polig, 100L, V1, 50Hz, 360V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H233" t="inlineStr"/>
+          <t>Motor 0,55 kW, 4-polig, 80M, B3, 50Hz, 350V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H233" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I233" t="inlineStr"/>
       <c r="J233" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K233" t="inlineStr"/>
       <c r="L233" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M233" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N233" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O233" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="P233" t="inlineStr">
         <is>
-          <t>457.86 €</t>
+          <t>222.85 €</t>
         </is>
       </c>
       <c r="Q233" t="inlineStr"/>
       <c r="R233" t="inlineStr">
         <is>
-          <t>52.00</t>
+          <t>13.00</t>
         </is>
       </c>
     </row>
     <row r="234" ht="30" customHeight="1">
       <c r="A234" t="inlineStr">
         <is>
-          <t>AR15583M</t>
+          <t>AR15359</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D234" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>7,5 kW</t>
         </is>
       </c>
       <c r="E234" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F234" t="inlineStr"/>
       <c r="G234" s="2" t="inlineStr">
         <is>
-          <t>Motor 5,5 kW, 4-polig, 132S, V1, 50Hz, 350Y, IE5, SuPreme C1 Klemmenkasten</t>
-[...2 lines deleted...]
-      <c r="H234" t="inlineStr"/>
+          <t>Motor 7,5 kW, 4-polig, 132M, V1, 50Hz, 355V, IE4 SuPremE C1</t>
+        </is>
+      </c>
+      <c r="H234" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I234" t="inlineStr"/>
       <c r="J234" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K234" t="inlineStr"/>
       <c r="L234" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M234" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N234" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O234" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P234" t="inlineStr">
         <is>
-          <t>700.65 €</t>
+          <t>1026.32 €</t>
         </is>
       </c>
       <c r="Q234" t="inlineStr"/>
       <c r="R234" t="inlineStr">
         <is>
-          <t>77.00</t>
+          <t>82.00</t>
         </is>
       </c>
     </row>
     <row r="235" ht="30" customHeight="1">
       <c r="A235" t="inlineStr">
         <is>
-          <t>AR15623-01</t>
+          <t>AR15360</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D235" t="inlineStr">
         <is>
-          <t>0,75 kW</t>
+          <t>4 kW</t>
         </is>
       </c>
       <c r="E235" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F235" t="inlineStr"/>
       <c r="G235" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,75 kW 4-polig, 080M, V1, 125Hz, 300V, IE5 SuPremE mit Adapterplatte fur PDRV2</t>
-[...2 lines deleted...]
-      <c r="H235" t="inlineStr"/>
+          <t>Motor 4 kW, 2-polig, 112M, B3, 100Hz, 355V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H235" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I235" t="inlineStr"/>
       <c r="J235" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K235" t="inlineStr"/>
       <c r="L235" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M235" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N235" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O235" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P235" t="inlineStr">
         <is>
-          <t>240.40 €</t>
+          <t>489.31 €</t>
         </is>
       </c>
       <c r="Q235" t="inlineStr"/>
       <c r="R235" t="inlineStr">
         <is>
-          <t>17.00</t>
+          <t>55.00</t>
         </is>
       </c>
     </row>
     <row r="236" ht="30" customHeight="1">
       <c r="A236" t="inlineStr">
         <is>
-          <t>AR15623-02</t>
+          <t>AR15361</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D236" t="inlineStr">
         <is>
-          <t>0,75 kW</t>
+          <t>1,1 kW</t>
         </is>
       </c>
       <c r="E236" t="inlineStr">
         <is>
           <t>V1</t>
         </is>
       </c>
       <c r="F236" t="inlineStr"/>
       <c r="G236" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,75 kW 4-polig, 080M, V1, 125Hz, 300V, IE5 SuPremE mit Adapterplatte fur PDRV2</t>
-[...2 lines deleted...]
-      <c r="H236" t="inlineStr"/>
+          <t>Motor 1,1 kW 2-polig, 80M, V1, 100Hz, 360V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H236" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I236" t="inlineStr"/>
       <c r="J236" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K236" t="inlineStr"/>
       <c r="L236" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M236" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N236" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O236" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P236" t="inlineStr">
         <is>
-          <t>240.40 €</t>
+          <t>274.01 €</t>
         </is>
       </c>
       <c r="Q236" t="inlineStr"/>
       <c r="R236" t="inlineStr">
         <is>
-          <t>17.00</t>
+          <t>14.00</t>
         </is>
       </c>
     </row>
     <row r="237" ht="30" customHeight="1">
       <c r="A237" t="inlineStr">
         <is>
-          <t>AR15700-01</t>
+          <t>AR15362</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C237" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D237" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>0,75 kW</t>
         </is>
       </c>
       <c r="E237" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F237" t="inlineStr"/>
       <c r="G237" s="2" t="inlineStr">
         <is>
-          <t>Motor 5,5 kW, 2-polig, 132S, V1, 100Hz, 365V, IE5 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H237" t="inlineStr"/>
+          <t>Motor 0,75 kW 2-polig, 80M, V15, 100Hz, 355V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H237" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I237" t="inlineStr"/>
       <c r="J237" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K237" t="inlineStr"/>
       <c r="L237" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M237" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N237" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O237" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P237" t="inlineStr">
         <is>
-          <t>600.99 €</t>
-[...6 lines deleted...]
-      </c>
+          <t>233.86 €</t>
+        </is>
+      </c>
+      <c r="Q237" t="inlineStr"/>
       <c r="R237" t="inlineStr">
         <is>
-          <t>61.00</t>
+          <t>12.00</t>
         </is>
       </c>
     </row>
     <row r="238" ht="30" customHeight="1">
       <c r="A238" t="inlineStr">
         <is>
-          <t>AR15700-02</t>
+          <t>AR15363</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C238" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D238" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>4 kW</t>
         </is>
       </c>
       <c r="E238" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F238" t="inlineStr"/>
       <c r="G238" s="2" t="inlineStr">
         <is>
-          <t>Motor 5,5 kW, 2-polig, 132S, V1, 100Hz, 365V, IE5 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H238" t="inlineStr"/>
+          <t>Motor 4 kW 2-polig, 112M, V15, 100Hz, 355V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H238" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I238" t="inlineStr"/>
       <c r="J238" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K238" t="inlineStr"/>
       <c r="L238" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M238" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N238" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O238" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P238" t="inlineStr">
         <is>
-          <t>600.99 €</t>
+          <t>552.92 €</t>
         </is>
       </c>
       <c r="Q238" t="inlineStr"/>
       <c r="R238" t="inlineStr">
         <is>
-          <t>61.00</t>
+          <t>39.50</t>
         </is>
       </c>
     </row>
     <row r="239" ht="30" customHeight="1">
       <c r="A239" t="inlineStr">
         <is>
-          <t>AR15713-01</t>
+          <t>AR15364</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C239" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D239" t="inlineStr">
         <is>
-          <t>22 kW</t>
+          <t>0,75 kW</t>
         </is>
       </c>
       <c r="E239" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F239" t="inlineStr"/>
       <c r="G239" s="2" t="inlineStr">
         <is>
-          <t>Motor 22 kW, 2-polig, 180M, B3, 100Hz, 380V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H239" t="inlineStr"/>
+          <t>Motor 0,75 kW 2-polig, 80M, V1, 100 Hz, 360V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H239" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I239" t="inlineStr"/>
       <c r="J239" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K239" t="inlineStr"/>
       <c r="L239" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M239" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N239" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O239" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P239" t="inlineStr">
         <is>
-          <t>2010.14 €</t>
-[...6 lines deleted...]
-      </c>
+          <t>245.55 €</t>
+        </is>
+      </c>
+      <c r="Q239" t="inlineStr"/>
       <c r="R239" t="inlineStr">
         <is>
-          <t>176.00</t>
+          <t>12.00</t>
         </is>
       </c>
     </row>
     <row r="240" ht="30" customHeight="1">
       <c r="A240" t="inlineStr">
         <is>
-          <t>AR15713-02</t>
+          <t>AR15365</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D240" t="inlineStr">
         <is>
-          <t>22 kW</t>
+          <t>0,75 kW</t>
         </is>
       </c>
       <c r="E240" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F240" t="inlineStr"/>
       <c r="G240" s="2" t="inlineStr">
         <is>
-          <t>Motor 22 kW, 2-polig, 180M, B3, 100Hz, 380V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H240" t="inlineStr"/>
+          <t>Motor 0,75 kW 4-polig, 80M, B3, 50Hz, 355V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H240" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I240" t="inlineStr"/>
       <c r="J240" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K240" t="inlineStr"/>
       <c r="L240" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M240" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N240" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O240" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P240" t="inlineStr">
         <is>
-          <t>2010.14 €</t>
-[...6 lines deleted...]
-      </c>
+          <t>253.29 €</t>
+        </is>
+      </c>
+      <c r="Q240" t="inlineStr"/>
       <c r="R240" t="inlineStr">
         <is>
-          <t>176.00</t>
+          <t>15.00</t>
         </is>
       </c>
     </row>
     <row r="241" ht="30" customHeight="1">
       <c r="A241" t="inlineStr">
         <is>
-          <t>AR15797M</t>
+          <t>AR15366</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C241" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D241" t="inlineStr">
         <is>
-          <t>1,5 kW</t>
+          <t>45 kW</t>
         </is>
       </c>
       <c r="E241" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F241" t="inlineStr"/>
       <c r="G241" s="2" t="inlineStr">
         <is>
-          <t>Motor 1,5 kW, 2-polig, 090S, V1, 100Hz, 380V, IE5 SuPremE mit Klemmenkasten</t>
-[...2 lines deleted...]
-      <c r="H241" t="inlineStr"/>
+          <t>Motor 45 kW 2-polig, 225M, B3, 100Hz, 380V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H241" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I241" t="inlineStr"/>
       <c r="J241" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K241" t="inlineStr"/>
       <c r="L241" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M241" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N241" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O241" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="P241" t="inlineStr">
         <is>
-          <t>347.08 €</t>
+          <t>4927.54 €</t>
         </is>
       </c>
       <c r="Q241" t="inlineStr"/>
       <c r="R241" t="inlineStr">
         <is>
-          <t>17.00</t>
+          <t>342.00</t>
         </is>
       </c>
     </row>
     <row r="242" ht="30" customHeight="1">
       <c r="A242" t="inlineStr">
         <is>
-          <t>AR15957-04</t>
+          <t>AR15367</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C242" t="inlineStr">
         <is>
-          <t>1485</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D242" t="inlineStr">
         <is>
-          <t>90 kW</t>
+          <t>0,55 kW</t>
         </is>
       </c>
       <c r="E242" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F242" t="inlineStr"/>
       <c r="G242" s="2" t="inlineStr">
         <is>
-          <t>Motor 90 kW, 4-polig, 280M, B3, 50/60Hz, 400/690V, IE3</t>
-[...2 lines deleted...]
-      <c r="H242" t="inlineStr"/>
+          <t>Motor 0,55 kW 2-polig, 71M, V1, 100Hz, 350V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H242" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I242" t="inlineStr"/>
       <c r="J242" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K242" t="inlineStr"/>
       <c r="L242" t="inlineStr">
         <is>
-          <t>IE3</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M242" t="inlineStr">
         <is>
-          <t>Siemens</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="N242" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O242" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="P242" t="inlineStr">
         <is>
-          <t>8800.00 €</t>
+          <t>225.82 €</t>
         </is>
       </c>
       <c r="Q242" t="inlineStr"/>
       <c r="R242" t="inlineStr">
         <is>
-          <t>692.00</t>
+          <t>9.00</t>
         </is>
       </c>
     </row>
     <row r="243" ht="30" customHeight="1">
       <c r="A243" t="inlineStr">
         <is>
-          <t>AR16099-01M</t>
+          <t>AR15368</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C243" t="inlineStr">
         <is>
-          <t>1440</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D243" t="inlineStr">
         <is>
           <t>0,55 kW</t>
         </is>
       </c>
       <c r="E243" t="inlineStr">
         <is>
-          <t>B34</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F243" t="inlineStr"/>
       <c r="G243" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,55 kW, 2-polig, 080M, B34, 50/60Hz, 230/400V für ETPB</t>
-[...2 lines deleted...]
-      <c r="H243" t="inlineStr"/>
+          <t>Motor 0,55 kW 2-polig, 71M, V1, 100Hz, 360V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H243" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I243" t="inlineStr"/>
       <c r="J243" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K243" t="inlineStr"/>
       <c r="L243" t="inlineStr">
         <is>
-          <t>IE3</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M243" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N243" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O243" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P243" t="inlineStr">
         <is>
-          <t>318.00 €</t>
+          <t>215.06 €</t>
         </is>
       </c>
       <c r="Q243" t="inlineStr"/>
       <c r="R243" t="inlineStr">
         <is>
-          <t>13.00</t>
+          <t>11.00</t>
         </is>
       </c>
     </row>
     <row r="244" ht="30" customHeight="1">
       <c r="A244" t="inlineStr">
         <is>
-          <t>AR16265</t>
+          <t>AR15369</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C244" t="inlineStr">
         <is>
-          <t>2900</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D244" t="inlineStr">
         <is>
           <t>15 kW</t>
         </is>
       </c>
       <c r="E244" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F244" t="inlineStr"/>
       <c r="G244" s="2" t="inlineStr">
         <is>
-          <t>Motor 15 kW, 2-polig, 160M, V1, 100Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H244" t="inlineStr"/>
+          <t>Motor 15 kW, 2-polig, 160M, B3, 100Hz, 365V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H244" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I244" t="inlineStr"/>
       <c r="J244" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K244" t="inlineStr"/>
       <c r="L244" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M244" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N244" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O244" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P244" t="inlineStr">
         <is>
-          <t>1498.46 €</t>
+          <t>1483.46 €</t>
         </is>
       </c>
       <c r="Q244" t="inlineStr"/>
-      <c r="R244" t="inlineStr"/>
+      <c r="R244" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
     </row>
     <row r="245" ht="30" customHeight="1">
       <c r="A245" t="inlineStr">
         <is>
-          <t>AR16268</t>
+          <t>AR15370</t>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C245" t="inlineStr">
         <is>
-          <t>2900</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D245" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>30 kW</t>
         </is>
       </c>
       <c r="E245" t="inlineStr">
         <is>
           <t>V1</t>
         </is>
       </c>
       <c r="F245" t="inlineStr"/>
       <c r="G245" s="2" t="inlineStr">
         <is>
-          <t>Motor 15 kW, 2-polig, 160M, V1, 100Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H245" t="inlineStr"/>
+          <t>Motor 30 kW 2-polig, 200L, V1, 100 Hz, 380V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H245" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I245" t="inlineStr"/>
       <c r="J245" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K245" t="inlineStr"/>
       <c r="L245" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M245" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N245" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O245" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="P245" t="inlineStr">
         <is>
-          <t>1498.46 €</t>
+          <t>3695.63 €</t>
         </is>
       </c>
       <c r="Q245" t="inlineStr"/>
       <c r="R245" t="inlineStr">
         <is>
-          <t>102.00</t>
+          <t>246.00</t>
         </is>
       </c>
     </row>
     <row r="246" ht="30" customHeight="1">
       <c r="A246" t="inlineStr">
         <is>
-          <t>AR16269</t>
+          <t>AR15371</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C246" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D246" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="E246" t="inlineStr">
         <is>
           <t>V1</t>
         </is>
       </c>
       <c r="F246" t="inlineStr"/>
       <c r="G246" s="2" t="inlineStr">
         <is>
-          <t>Motor 15 kW, 2-polig, 160M, V1, 100Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H246" t="inlineStr"/>
+          <t>Motor 2,2 kW, 2-polig, 90L, V15, 100 Hz, 360V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H246" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I246" t="inlineStr"/>
       <c r="J246" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K246" t="inlineStr"/>
       <c r="L246" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M246" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N246" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O246" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P246" t="inlineStr">
         <is>
-          <t>1498.46 €</t>
+          <t>287.87 €</t>
         </is>
       </c>
       <c r="Q246" t="inlineStr"/>
       <c r="R246" t="inlineStr">
         <is>
-          <t>102.00</t>
+          <t>20.00</t>
         </is>
       </c>
     </row>
     <row r="247" ht="30" customHeight="1">
       <c r="A247" t="inlineStr">
         <is>
-          <t>AR16272</t>
+          <t>AR15372</t>
         </is>
       </c>
       <c r="B247" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C247" t="inlineStr">
         <is>
-          <t>2900</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D247" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>7,5 kW</t>
         </is>
       </c>
       <c r="E247" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F247" t="inlineStr"/>
       <c r="G247" s="2" t="inlineStr">
         <is>
-          <t>Motor 5,5 kW, 2-polig, 132S, V15, 100Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H247" t="inlineStr"/>
+          <t>Motor 7,5 kW, 4-polig, 132M, B3, 50 Hz, 355V, IE4 SuPremE C1</t>
+        </is>
+      </c>
+      <c r="H247" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I247" t="inlineStr"/>
       <c r="J247" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K247" t="inlineStr"/>
       <c r="L247" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M247" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N247" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O247" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P247" t="inlineStr">
         <is>
-          <t>615.65 €</t>
+          <t>855.26 €</t>
         </is>
       </c>
       <c r="Q247" t="inlineStr"/>
       <c r="R247" t="inlineStr">
         <is>
-          <t>62.00</t>
+          <t>82.00</t>
         </is>
       </c>
     </row>
     <row r="248" ht="30" customHeight="1">
       <c r="A248" t="inlineStr">
         <is>
-          <t>AR16273</t>
+          <t>AR15373</t>
         </is>
       </c>
       <c r="B248" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C248" t="inlineStr">
         <is>
-          <t>2900</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D248" t="inlineStr">
         <is>
-          <t>22 kW</t>
+          <t>1,1 kW</t>
         </is>
       </c>
       <c r="E248" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F248" t="inlineStr"/>
       <c r="G248" s="2" t="inlineStr">
         <is>
-          <t>Motor 22 kW, 4-polig, 180L, V15, 50Hz, 380V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H248" t="inlineStr"/>
+          <t>Motor 1,1 kW, 2-polig, 80M, B3, 100Hz, 360V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H248" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I248" t="inlineStr"/>
       <c r="J248" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K248" t="inlineStr"/>
       <c r="L248" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M248" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N248" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O248" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="P248" t="inlineStr">
         <is>
-          <t>2262.39 €</t>
+          <t>254.61 €</t>
         </is>
       </c>
       <c r="Q248" t="inlineStr"/>
       <c r="R248" t="inlineStr">
         <is>
-          <t>197.00</t>
+          <t>14.00</t>
         </is>
       </c>
     </row>
     <row r="249" ht="30" customHeight="1">
       <c r="A249" t="inlineStr">
         <is>
-          <t>AR16274</t>
+          <t>AR15374</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C249" t="inlineStr">
         <is>
-          <t>2900</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D249" t="inlineStr">
         <is>
-          <t>22 kW</t>
+          <t>30 kW</t>
         </is>
       </c>
       <c r="E249" t="inlineStr">
         <is>
           <t>V15</t>
         </is>
       </c>
       <c r="F249" t="inlineStr"/>
       <c r="G249" s="2" t="inlineStr">
         <is>
-          <t>Motor 22 kW, 4-polig, 180L, V15, 50Hz, 380V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H249" t="inlineStr"/>
+          <t>Motor 30 kW 2-polig, 200L, V15, 100Hz, 365V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H249" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I249" t="inlineStr"/>
       <c r="J249" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K249" t="inlineStr"/>
       <c r="L249" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M249" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N249" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O249" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P249" t="inlineStr">
         <is>
-          <t>2262.39 €</t>
+          <t>3167.68 €</t>
         </is>
       </c>
       <c r="Q249" t="inlineStr"/>
       <c r="R249" t="inlineStr">
         <is>
-          <t>197.00</t>
+          <t>242.00</t>
         </is>
       </c>
     </row>
     <row r="250" ht="30" customHeight="1">
       <c r="A250" t="inlineStr">
         <is>
-          <t>AR16275</t>
+          <t>AR15375</t>
         </is>
       </c>
       <c r="B250" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C250" t="inlineStr">
         <is>
-          <t>2900</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D250" t="inlineStr">
         <is>
-          <t>30 kW</t>
+          <t>45 kW</t>
         </is>
       </c>
       <c r="E250" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F250" t="inlineStr"/>
       <c r="G250" s="2" t="inlineStr">
         <is>
-          <t>Motor 30 kW, 2-polig, 200L, B3, 100Hz, 380V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H250" t="inlineStr"/>
+          <t>Motor 45 kW, 4-polig, 225M, V15, 50Hz, 360V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H250" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I250" t="inlineStr"/>
       <c r="J250" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K250" t="inlineStr"/>
       <c r="L250" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M250" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N250" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O250" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="P250" t="inlineStr">
         <is>
-          <t>2222.00 €</t>
+          <t>5455.66 €</t>
         </is>
       </c>
       <c r="Q250" t="inlineStr"/>
       <c r="R250" t="inlineStr">
         <is>
-          <t>214.00</t>
+          <t>389.00</t>
         </is>
       </c>
     </row>
     <row r="251" ht="30" customHeight="1">
       <c r="A251" t="inlineStr">
         <is>
-          <t>AR16276</t>
+          <t>AR15380-01</t>
         </is>
       </c>
       <c r="B251" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C251" t="inlineStr">
         <is>
-          <t>2900</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D251" t="inlineStr">
         <is>
-          <t>30 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="E251" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F251" t="inlineStr"/>
       <c r="G251" s="2" t="inlineStr">
         <is>
-          <t>Motor 30 kW, 2-polig, 200L, B3, 100Hz, 380V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H251" t="inlineStr"/>
+          <t>Motor 5,5 kW, 4-polig, 132S, V1, 50Hz, 350V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H251" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I251" t="inlineStr"/>
       <c r="J251" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K251" t="inlineStr"/>
       <c r="L251" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M251" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N251" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O251" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="P251" t="inlineStr">
         <is>
-          <t>1666.50 €</t>
+          <t>673.75 €</t>
         </is>
       </c>
       <c r="Q251" t="inlineStr"/>
       <c r="R251" t="inlineStr">
         <is>
-          <t>214.00</t>
+          <t>77.00</t>
         </is>
       </c>
     </row>
     <row r="252" ht="30" customHeight="1">
       <c r="A252" t="inlineStr">
         <is>
-          <t>AR16277</t>
+          <t>AR15380-02</t>
         </is>
       </c>
       <c r="B252" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C252" t="inlineStr">
         <is>
-          <t>2900</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D252" t="inlineStr">
         <is>
-          <t>30 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="E252" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F252" t="inlineStr"/>
       <c r="G252" s="2" t="inlineStr">
         <is>
-          <t>Motor 30 kW, 2-polig, 200L, B3, 100Hz, 380V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H252" t="inlineStr"/>
+          <t>Motor 5,5 kW, 4-polig, 132S, V1, 50Hz, 350V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H252" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I252" t="inlineStr"/>
       <c r="J252" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K252" t="inlineStr"/>
       <c r="L252" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M252" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N252" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O252" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="P252" t="inlineStr">
         <is>
-          <t>1666.50 €</t>
+          <t>673.75 €</t>
         </is>
       </c>
       <c r="Q252" t="inlineStr"/>
       <c r="R252" t="inlineStr">
         <is>
-          <t>214.00</t>
+          <t>77.00</t>
         </is>
       </c>
     </row>
     <row r="253" ht="30" customHeight="1">
       <c r="A253" t="inlineStr">
         <is>
-          <t>AR16280</t>
+          <t>AR15382-01</t>
         </is>
       </c>
       <c r="B253" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C253" t="inlineStr">
         <is>
-          <t>2900</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D253" t="inlineStr">
         <is>
-          <t>22 kW</t>
+          <t>3 kW</t>
         </is>
       </c>
       <c r="E253" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F253" t="inlineStr"/>
       <c r="G253" s="2" t="inlineStr">
         <is>
-          <t>Motor 22 kW, 4-polig, 180L, V15, 50Hz, 380V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H253" t="inlineStr"/>
+          <t>Motor 3 kW, 4-polig, 100L, V1, 50Hz, 360V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H253" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I253" t="inlineStr"/>
       <c r="J253" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K253" t="inlineStr"/>
       <c r="L253" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M253" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N253" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O253" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="P253" t="inlineStr">
         <is>
-          <t>2262.39 €</t>
+          <t>446.70 €</t>
         </is>
       </c>
       <c r="Q253" t="inlineStr"/>
       <c r="R253" t="inlineStr">
         <is>
-          <t>197.00</t>
+          <t>52.00</t>
         </is>
       </c>
     </row>
     <row r="254" ht="30" customHeight="1">
       <c r="A254" t="inlineStr">
         <is>
-          <t>AR16281</t>
+          <t>AR15382-02</t>
         </is>
       </c>
       <c r="B254" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C254" t="inlineStr">
         <is>
-          <t>2900</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D254" t="inlineStr">
         <is>
-          <t>22 kW</t>
+          <t>3 kW</t>
         </is>
       </c>
       <c r="E254" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F254" t="inlineStr"/>
       <c r="G254" s="2" t="inlineStr">
         <is>
-          <t>Motor 22 kW, 4-polig, 180L, V15, 50Hz, 380V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H254" t="inlineStr"/>
+          <t>Motor 3 kW, 4-polig, 100L, V1, 50Hz, 360V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H254" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I254" t="inlineStr"/>
       <c r="J254" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K254" t="inlineStr"/>
       <c r="L254" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M254" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N254" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O254" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="P254" t="inlineStr">
         <is>
-          <t>2262.39 €</t>
+          <t>446.70 €</t>
         </is>
       </c>
       <c r="Q254" t="inlineStr"/>
       <c r="R254" t="inlineStr">
         <is>
-          <t>197.00</t>
+          <t>52.00</t>
         </is>
       </c>
     </row>
     <row r="255" ht="30" customHeight="1">
       <c r="A255" t="inlineStr">
         <is>
-          <t>AR16284</t>
+          <t>AR15393-01</t>
         </is>
       </c>
       <c r="B255" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C255" t="inlineStr">
         <is>
-          <t>2900</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D255" t="inlineStr">
         <is>
-          <t>4 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="E255" t="inlineStr">
         <is>
           <t>V1</t>
         </is>
       </c>
       <c r="F255" t="inlineStr"/>
       <c r="G255" s="2" t="inlineStr">
         <is>
-          <t>Motor 4 kW, 2-polig, 112M, V1, 100Hz, 355V, IE5 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H255" t="inlineStr"/>
+          <t>Motor 2,2 kW, 4-polig, 100L, V1, 50Hz, 360V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H255" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I255" t="inlineStr"/>
       <c r="J255" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K255" t="inlineStr"/>
       <c r="L255" t="inlineStr">
         <is>
           <t>IE5</t>
         </is>
       </c>
       <c r="M255" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N255" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O255" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="P255" t="inlineStr">
         <is>
-          <t>698.84 €</t>
+          <t>373.69 €</t>
         </is>
       </c>
       <c r="Q255" t="inlineStr"/>
       <c r="R255" t="inlineStr">
         <is>
-          <t>46.00</t>
+          <t>37.00</t>
         </is>
       </c>
     </row>
     <row r="256" ht="30" customHeight="1">
       <c r="A256" t="inlineStr">
         <is>
-          <t>AR16291</t>
+          <t>AR15393-02</t>
         </is>
       </c>
       <c r="B256" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C256" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D256" t="inlineStr">
         <is>
           <t>2,2 kW</t>
         </is>
       </c>
       <c r="E256" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F256" t="inlineStr"/>
       <c r="G256" s="2" t="inlineStr">
         <is>
-          <t>Motor 2,2 kW, 2-polig, 90L, B3, 100Hz, 360V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H256" t="inlineStr"/>
+          <t>Motor 2,2 kW, 4-polig, 100L, V1, 50Hz, 360V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H256" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I256" t="inlineStr"/>
       <c r="J256" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K256" t="inlineStr"/>
       <c r="L256" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M256" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N256" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O256" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="P256" t="inlineStr">
         <is>
-          <t>336.28 €</t>
+          <t>373.69 €</t>
         </is>
       </c>
       <c r="Q256" t="inlineStr"/>
       <c r="R256" t="inlineStr">
         <is>
-          <t>20.00</t>
+          <t>37.00</t>
         </is>
       </c>
     </row>
     <row r="257" ht="30" customHeight="1">
       <c r="A257" t="inlineStr">
         <is>
-          <t>AR16388</t>
+          <t>AR15393-03</t>
         </is>
       </c>
       <c r="B257" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C257" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D257" t="inlineStr">
         <is>
-          <t>130 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="E257" t="inlineStr">
         <is>
-          <t>Unterwasser-Motor</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F257" t="inlineStr"/>
       <c r="G257" s="2" t="inlineStr">
         <is>
-          <t>UMA S 200-130/42G 100Hz inkl. Schaltschrank mit Trockenlaufschutz (Betrieb nur mit FU möglich)</t>
-[...2 lines deleted...]
-      <c r="H257" t="inlineStr"/>
+          <t>Motor 2,2 kW, 4-polig, 100L, V1, 50Hz, 360V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H257" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I257" t="inlineStr"/>
       <c r="J257" t="inlineStr">
         <is>
-          <t>IP68</t>
+          <t>IP55</t>
         </is>
       </c>
       <c r="K257" t="inlineStr"/>
-      <c r="L257" t="inlineStr"/>
+      <c r="L257" t="inlineStr">
+        <is>
+          <t>IE5</t>
+        </is>
+      </c>
       <c r="M257" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N257" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O257" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="P257" t="inlineStr">
         <is>
-          <t>26829.90 €</t>
+          <t>373.69 €</t>
         </is>
       </c>
       <c r="Q257" t="inlineStr"/>
       <c r="R257" t="inlineStr">
         <is>
-          <t>426.00</t>
+          <t>37.00</t>
         </is>
       </c>
     </row>
     <row r="258" ht="30" customHeight="1">
       <c r="A258" t="inlineStr">
         <is>
-          <t>AR16449</t>
+          <t>AR15393-04</t>
         </is>
       </c>
       <c r="B258" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C258" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D258" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="E258" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F258" t="inlineStr"/>
       <c r="G258" s="2" t="inlineStr">
         <is>
-          <t>Motor 11 kW, 4-polig, 160M, B3, 50Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H258" t="inlineStr"/>
+          <t>Motor 2,2 kW, 4-polig, 100L, V1, 50Hz, 360V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H258" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I258" t="inlineStr"/>
       <c r="J258" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K258" t="inlineStr"/>
       <c r="L258" t="inlineStr">
         <is>
           <t>IE5</t>
         </is>
       </c>
       <c r="M258" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N258" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O258" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="P258" t="inlineStr">
         <is>
-          <t>1227.29 €</t>
+          <t>373.69 €</t>
         </is>
       </c>
       <c r="Q258" t="inlineStr"/>
       <c r="R258" t="inlineStr">
         <is>
-          <t>127.00</t>
+          <t>37.00</t>
         </is>
       </c>
     </row>
     <row r="259" ht="30" customHeight="1">
       <c r="A259" t="inlineStr">
         <is>
-          <t>AR16450</t>
+          <t>AR15393-05</t>
         </is>
       </c>
       <c r="B259" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C259" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D259" t="inlineStr">
         <is>
-          <t>18,5 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="E259" t="inlineStr">
         <is>
           <t>V1</t>
         </is>
       </c>
       <c r="F259" t="inlineStr"/>
       <c r="G259" s="2" t="inlineStr">
         <is>
-          <t>Motor 18,5 kW, 2-polig, 160L, V1, 100Hz, 370V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H259" t="inlineStr"/>
+          <t>Motor 2,2 kW, 4-polig, 100L, V1, 50Hz, 360V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H259" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I259" t="inlineStr"/>
       <c r="J259" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K259" t="inlineStr"/>
       <c r="L259" t="inlineStr">
         <is>
           <t>IE5</t>
         </is>
       </c>
       <c r="M259" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N259" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O259" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="P259" t="inlineStr">
         <is>
-          <t>1805.63 €</t>
+          <t>373.69 €</t>
         </is>
       </c>
       <c r="Q259" t="inlineStr"/>
       <c r="R259" t="inlineStr">
         <is>
-          <t>132.00</t>
+          <t>37.00</t>
         </is>
       </c>
     </row>
     <row r="260" ht="30" customHeight="1">
       <c r="A260" t="inlineStr">
         <is>
-          <t>AR16455-01M</t>
+          <t>AR15393-06</t>
         </is>
       </c>
       <c r="B260" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C260" t="inlineStr">
         <is>
-          <t>2945</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D260" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="E260" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F260" t="inlineStr"/>
       <c r="G260" s="2" t="inlineStr">
         <is>
-          <t>Motor 15 kW, 2-polig, 160M, B3, 50/60Hz, 400/690V, IE3</t>
-[...2 lines deleted...]
-      <c r="H260" t="inlineStr"/>
+          <t>Motor 2,2 kW, 4-polig, 100L, V1, 50Hz, 360V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H260" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I260" t="inlineStr"/>
       <c r="J260" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K260" t="inlineStr"/>
       <c r="L260" t="inlineStr">
         <is>
-          <t>IE3</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M260" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N260" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O260" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="P260" t="inlineStr">
         <is>
-          <t>1287.88 €</t>
+          <t>373.69 €</t>
         </is>
       </c>
       <c r="Q260" t="inlineStr"/>
       <c r="R260" t="inlineStr">
         <is>
-          <t>110.00</t>
+          <t>37.00</t>
         </is>
       </c>
     </row>
     <row r="261" ht="30" customHeight="1">
       <c r="A261" t="inlineStr">
         <is>
-          <t>AR16476</t>
+          <t>AR15519-01</t>
         </is>
       </c>
       <c r="B261" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C261" t="inlineStr">
         <is>
-          <t>2860</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D261" t="inlineStr">
         <is>
-          <t>1,5 kW</t>
+          <t>3 kW</t>
         </is>
       </c>
       <c r="E261" t="inlineStr">
         <is>
-          <t>V18</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F261" t="inlineStr"/>
       <c r="G261" s="2" t="inlineStr">
         <is>
-          <t>Motor 1,5 kW, 2-polig, 090S, V18, 50Hz, 230/400V, IE3</t>
-[...2 lines deleted...]
-      <c r="H261" t="inlineStr"/>
+          <t>Motor 3 kW, 4-polig, 100L, V1, 50Hz, 360V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H261" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I261" t="inlineStr"/>
       <c r="J261" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K261" t="inlineStr"/>
       <c r="L261" t="inlineStr">
         <is>
-          <t>IE3</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M261" t="inlineStr">
         <is>
-          <t>Cantoni</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="N261" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O261" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="P261" t="inlineStr">
         <is>
-          <t>130.28 €</t>
-[...6 lines deleted...]
-      </c>
+          <t>457.86 €</t>
+        </is>
+      </c>
+      <c r="Q261" t="inlineStr"/>
       <c r="R261" t="inlineStr">
         <is>
-          <t>23.00</t>
+          <t>52.00</t>
         </is>
       </c>
     </row>
     <row r="262" ht="30" customHeight="1">
       <c r="A262" t="inlineStr">
         <is>
-          <t>AR16477</t>
+          <t>AR15519-02</t>
         </is>
       </c>
       <c r="B262" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C262" t="inlineStr">
         <is>
-          <t>2860</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D262" t="inlineStr">
         <is>
-          <t>1,5 kW</t>
+          <t>3 kW</t>
         </is>
       </c>
       <c r="E262" t="inlineStr">
         <is>
-          <t>V18</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F262" t="inlineStr"/>
       <c r="G262" s="2" t="inlineStr">
         <is>
-          <t>Motor 1,5 kW, 2-polig, 090S, V18, 50Hz, 230/400V, IE3</t>
-[...2 lines deleted...]
-      <c r="H262" t="inlineStr"/>
+          <t>Motor 3 kW, 4-polig, 100L, V1, 50Hz, 360V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H262" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I262" t="inlineStr"/>
       <c r="J262" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K262" t="inlineStr"/>
       <c r="L262" t="inlineStr">
         <is>
-          <t>IE3</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M262" t="inlineStr">
         <is>
-          <t>Cantoni</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="N262" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O262" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="P262" t="inlineStr">
         <is>
-          <t>130.28 €</t>
-[...6 lines deleted...]
-      </c>
+          <t>457.86 €</t>
+        </is>
+      </c>
+      <c r="Q262" t="inlineStr"/>
       <c r="R262" t="inlineStr">
         <is>
-          <t>23.00</t>
-[...3 lines deleted...]
-    <row r="263" ht="15" customHeight="1">
+          <t>52.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="263" ht="30" customHeight="1">
       <c r="A263" t="inlineStr">
         <is>
-          <t>AR16484</t>
+          <t>AR15583M</t>
         </is>
       </c>
       <c r="B263" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C263" t="inlineStr">
         <is>
-          <t>3495</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D263" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="E263" t="inlineStr">
         <is>
-          <t>V18</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F263" t="inlineStr"/>
       <c r="G263" s="2" t="inlineStr">
         <is>
-          <t>Motor 2,2 kW, 2-polig, 090L, V18, 60Hz, 460V, IE3</t>
-[...2 lines deleted...]
-      <c r="H263" t="inlineStr"/>
+          <t>Motor 5,5 kW, 4-polig, 132S, V1, 50Hz, 350Y, IE5, SuPreme C1 Klemmenkasten</t>
+        </is>
+      </c>
+      <c r="H263" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I263" t="inlineStr"/>
       <c r="J263" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K263" t="inlineStr"/>
       <c r="L263" t="inlineStr">
         <is>
-          <t>IE3</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M263" t="inlineStr">
         <is>
-          <t>Cantoni</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="N263" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O263" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="P263" t="inlineStr">
         <is>
-          <t>233.95 €</t>
+          <t>700.65 €</t>
         </is>
       </c>
       <c r="Q263" t="inlineStr"/>
       <c r="R263" t="inlineStr">
         <is>
-          <t>23.00</t>
-[...3 lines deleted...]
-    <row r="264" ht="15" customHeight="1">
+          <t>77.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="264" ht="30" customHeight="1">
       <c r="A264" t="inlineStr">
         <is>
-          <t>AR16485</t>
+          <t>AR15623-01</t>
         </is>
       </c>
       <c r="B264" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C264" t="inlineStr">
         <is>
-          <t>2900</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D264" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>0,75 kW</t>
         </is>
       </c>
       <c r="E264" t="inlineStr">
         <is>
-          <t>V18</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F264" t="inlineStr"/>
       <c r="G264" s="2" t="inlineStr">
         <is>
-          <t>Motor 2,2 kW, 2-polig, 090L, V18, 60Hz,460V, IE3</t>
-[...2 lines deleted...]
-      <c r="H264" t="inlineStr"/>
+          <t>Motor 0,75 kW 4-polig, 080M, V1, 125Hz, 300V, IE5 SuPremE mit Adapterplatte fur PDRV2</t>
+        </is>
+      </c>
+      <c r="H264" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I264" t="inlineStr"/>
       <c r="J264" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K264" t="inlineStr"/>
       <c r="L264" t="inlineStr">
         <is>
-          <t>IE3</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M264" t="inlineStr">
         <is>
-          <t>Cantoni</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="N264" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O264" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="P264" t="inlineStr">
         <is>
-          <t>233.95 €</t>
+          <t>240.40 €</t>
         </is>
       </c>
       <c r="Q264" t="inlineStr"/>
       <c r="R264" t="inlineStr">
         <is>
-          <t>23.00</t>
-[...3 lines deleted...]
-    <row r="265" ht="15" customHeight="1">
+          <t>17.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="265" ht="30" customHeight="1">
       <c r="A265" t="inlineStr">
         <is>
-          <t>AR16486</t>
+          <t>AR15623-02</t>
         </is>
       </c>
       <c r="B265" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C265" t="inlineStr">
         <is>
-          <t>3495</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D265" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>0,75 kW</t>
         </is>
       </c>
       <c r="E265" t="inlineStr">
         <is>
-          <t>V18</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F265" t="inlineStr"/>
       <c r="G265" s="2" t="inlineStr">
         <is>
-          <t>Motor 2,2 kW, 2-polig, 090L, V18, 60Hz, 460V, IE3</t>
-[...2 lines deleted...]
-      <c r="H265" t="inlineStr"/>
+          <t>Motor 0,75 kW 4-polig, 080M, V1, 125Hz, 300V, IE5 SuPremE mit Adapterplatte fur PDRV2</t>
+        </is>
+      </c>
+      <c r="H265" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I265" t="inlineStr"/>
       <c r="J265" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K265" t="inlineStr"/>
       <c r="L265" t="inlineStr">
         <is>
-          <t>IE3</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M265" t="inlineStr">
         <is>
-          <t>Cantoni</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="N265" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O265" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="P265" t="inlineStr">
         <is>
-          <t>233.95 €</t>
+          <t>240.40 €</t>
         </is>
       </c>
       <c r="Q265" t="inlineStr"/>
       <c r="R265" t="inlineStr">
         <is>
-          <t>23.00</t>
+          <t>17.00</t>
         </is>
       </c>
     </row>
     <row r="266" ht="30" customHeight="1">
       <c r="A266" t="inlineStr">
         <is>
-          <t>AR16642-01</t>
+          <t>AR15700-01</t>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C266" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D266" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="E266" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F266" t="inlineStr"/>
       <c r="G266" s="2" t="inlineStr">
         <is>
-          <t>Motor 11 kW, 4-polig, 160M, V15, 50Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H266" t="inlineStr"/>
+          <t>Motor 5,5 kW, 2-polig, 132S, V1, 100Hz, 365V, IE5 SuPremE</t>
+        </is>
+      </c>
+      <c r="H266" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I266" t="inlineStr"/>
       <c r="J266" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K266" t="inlineStr"/>
       <c r="L266" t="inlineStr">
         <is>
           <t>IE5</t>
         </is>
       </c>
       <c r="M266" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N266" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O266" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P266" t="inlineStr">
         <is>
-          <t>1270.69 €</t>
-[...2 lines deleted...]
-      <c r="Q266" t="inlineStr"/>
+          <t>600.99 €</t>
+        </is>
+      </c>
+      <c r="Q266" t="inlineStr">
+        <is>
+          <t>Ja</t>
+        </is>
+      </c>
       <c r="R266" t="inlineStr">
         <is>
-          <t>110.00</t>
+          <t>61.00</t>
         </is>
       </c>
     </row>
     <row r="267" ht="30" customHeight="1">
       <c r="A267" t="inlineStr">
         <is>
-          <t>AR16642-02</t>
+          <t>AR15700-02</t>
         </is>
       </c>
       <c r="B267" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C267" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D267" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="E267" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F267" t="inlineStr"/>
       <c r="G267" s="2" t="inlineStr">
         <is>
-          <t>Motor 11 kW, 4-polig, 160M, V15, 50Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H267" t="inlineStr"/>
+          <t>Motor 5,5 kW, 2-polig, 132S, V1, 100Hz, 365V, IE5 SuPremE</t>
+        </is>
+      </c>
+      <c r="H267" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I267" t="inlineStr"/>
       <c r="J267" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K267" t="inlineStr"/>
       <c r="L267" t="inlineStr">
         <is>
           <t>IE5</t>
         </is>
       </c>
       <c r="M267" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N267" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O267" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P267" t="inlineStr">
         <is>
-          <t>1270.69 €</t>
+          <t>600.99 €</t>
         </is>
       </c>
       <c r="Q267" t="inlineStr"/>
       <c r="R267" t="inlineStr">
         <is>
-          <t>110.00</t>
+          <t>61.00</t>
         </is>
       </c>
     </row>
     <row r="268" ht="30" customHeight="1">
       <c r="A268" t="inlineStr">
         <is>
-          <t>AR16642-03</t>
+          <t>AR15713-01</t>
         </is>
       </c>
       <c r="B268" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C268" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D268" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>22 kW</t>
         </is>
       </c>
       <c r="E268" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F268" t="inlineStr"/>
       <c r="G268" s="2" t="inlineStr">
         <is>
-          <t>Motor 11 kW, 4-polig, 160M, V15, 50Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H268" t="inlineStr"/>
+          <t>Motor 22 kW, 2-polig, 180M, B3, 100Hz, 380V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H268" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I268" t="inlineStr"/>
       <c r="J268" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K268" t="inlineStr"/>
       <c r="L268" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M268" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N268" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O268" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="P268" t="inlineStr">
         <is>
-          <t>1270.69 €</t>
-[...2 lines deleted...]
-      <c r="Q268" t="inlineStr"/>
+          <t>2010.14 €</t>
+        </is>
+      </c>
+      <c r="Q268" t="inlineStr">
+        <is>
+          <t>Ja</t>
+        </is>
+      </c>
       <c r="R268" t="inlineStr">
         <is>
-          <t>110.00</t>
+          <t>176.00</t>
         </is>
       </c>
     </row>
     <row r="269" ht="30" customHeight="1">
       <c r="A269" t="inlineStr">
         <is>
-          <t>AR16642-04</t>
+          <t>AR15713-02</t>
         </is>
       </c>
       <c r="B269" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C269" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D269" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>22 kW</t>
         </is>
       </c>
       <c r="E269" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F269" t="inlineStr"/>
       <c r="G269" s="2" t="inlineStr">
         <is>
-          <t>Motor 11 kW, 4-polig, 160M, V15, 50Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H269" t="inlineStr"/>
+          <t>Motor 22 kW, 2-polig, 180M, B3, 100Hz, 380V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H269" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I269" t="inlineStr"/>
       <c r="J269" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K269" t="inlineStr"/>
       <c r="L269" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M269" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N269" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O269" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="P269" t="inlineStr">
         <is>
-          <t>1270.69 €</t>
-[...2 lines deleted...]
-      <c r="Q269" t="inlineStr"/>
+          <t>2010.14 €</t>
+        </is>
+      </c>
+      <c r="Q269" t="inlineStr">
+        <is>
+          <t>Ja</t>
+        </is>
+      </c>
       <c r="R269" t="inlineStr">
         <is>
-          <t>110.00</t>
+          <t>176.00</t>
         </is>
       </c>
     </row>
     <row r="270" ht="30" customHeight="1">
       <c r="A270" t="inlineStr">
         <is>
-          <t>AR16653-01</t>
+          <t>AR15797M</t>
         </is>
       </c>
       <c r="B270" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C270" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D270" t="inlineStr">
         <is>
-          <t>30 kW</t>
+          <t>1,5 kW</t>
         </is>
       </c>
       <c r="E270" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F270" t="inlineStr"/>
       <c r="G270" s="2" t="inlineStr">
         <is>
-          <t>Motor 30 kW, 4-polig, 200L, V15, 50Hz, 380V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H270" t="inlineStr"/>
+          <t>Motor 1,5 kW, 2-polig, 090S, V1, 100Hz, 380V, IE5 SuPremE mit Klemmenkasten</t>
+        </is>
+      </c>
+      <c r="H270" t="inlineStr">
+        <is>
+          <t>50Hz 3x 380 V</t>
+        </is>
+      </c>
       <c r="I270" t="inlineStr"/>
       <c r="J270" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K270" t="inlineStr"/>
       <c r="L270" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M270" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N270" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O270" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="P270" t="inlineStr">
         <is>
-          <t>3059.24 €</t>
+          <t>347.08 €</t>
         </is>
       </c>
       <c r="Q270" t="inlineStr"/>
       <c r="R270" t="inlineStr">
         <is>
-          <t>245.00</t>
+          <t>17.00</t>
         </is>
       </c>
     </row>
     <row r="271" ht="30" customHeight="1">
       <c r="A271" t="inlineStr">
         <is>
-          <t>AR16653-02</t>
+          <t>AR15957-04</t>
         </is>
       </c>
       <c r="B271" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C271" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>1485</t>
         </is>
       </c>
       <c r="D271" t="inlineStr">
         <is>
-          <t>30 kW</t>
+          <t>90 kW</t>
         </is>
       </c>
       <c r="E271" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F271" t="inlineStr"/>
       <c r="G271" s="2" t="inlineStr">
         <is>
-          <t>Motor 30 kW, 4-polig, 200L, V15, 50Hz, 380V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H271" t="inlineStr"/>
+          <t>Motor 90 kW, 4-polig, 280M, B3, 50/60Hz, 400/690V, IE3</t>
+        </is>
+      </c>
+      <c r="H271" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V, 60Hz 3x 460 V</t>
+        </is>
+      </c>
       <c r="I271" t="inlineStr"/>
       <c r="J271" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K271" t="inlineStr"/>
       <c r="L271" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M271" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Siemens</t>
         </is>
       </c>
       <c r="N271" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O271" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P271" t="inlineStr">
         <is>
-          <t>3059.24 €</t>
+          <t>8800.00 €</t>
         </is>
       </c>
       <c r="Q271" t="inlineStr"/>
       <c r="R271" t="inlineStr">
         <is>
-          <t>245.00</t>
+          <t>692.00</t>
         </is>
       </c>
     </row>
     <row r="272" ht="30" customHeight="1">
       <c r="A272" t="inlineStr">
         <is>
-          <t>AR16686-01</t>
+          <t>AR16099-01M</t>
         </is>
       </c>
       <c r="B272" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C272" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>1440</t>
         </is>
       </c>
       <c r="D272" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>0,55 kW</t>
         </is>
       </c>
       <c r="E272" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B34</t>
         </is>
       </c>
       <c r="F272" t="inlineStr"/>
       <c r="G272" s="2" t="inlineStr">
         <is>
-          <t>Motor 2,2 kW, 4-polig, 100L, V1, 50Hz, 340V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H272" t="inlineStr"/>
+          <t>Motor 0,55 kW, 2-polig, 080M, B34, 50/60Hz, 230/400V für ETPB</t>
+        </is>
+      </c>
+      <c r="H272" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V, 50Hz 3x 230 V</t>
+        </is>
+      </c>
       <c r="I272" t="inlineStr"/>
       <c r="J272" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K272" t="inlineStr"/>
       <c r="L272" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M272" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N272" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O272" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="P272" t="inlineStr">
         <is>
-          <t>383.03 €</t>
+          <t>318.00 €</t>
         </is>
       </c>
       <c r="Q272" t="inlineStr"/>
       <c r="R272" t="inlineStr">
         <is>
-          <t>28.00</t>
+          <t>13.00</t>
         </is>
       </c>
     </row>
     <row r="273" ht="30" customHeight="1">
       <c r="A273" t="inlineStr">
         <is>
-          <t>AR16686-02</t>
+          <t>AR16108-01DP</t>
         </is>
       </c>
       <c r="B273" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C273" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D273" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E273" t="inlineStr">
         <is>
           <t>V1</t>
         </is>
       </c>
       <c r="F273" t="inlineStr"/>
       <c r="G273" s="2" t="inlineStr">
         <is>
-          <t>Motor 2,2 kW, 4-polig, 100L, V1, 50Hz, 340V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H273" t="inlineStr"/>
+          <t>Drivepack 11 kW, 4-polig, 160M, V1, 50Hz, 400V, IE5 und PumpDrive-II Eco, 11kW, PDRV2E_011K00</t>
+        </is>
+      </c>
+      <c r="H273" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I273" t="inlineStr"/>
       <c r="J273" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K273" t="inlineStr"/>
       <c r="L273" t="inlineStr">
         <is>
           <t>IE5</t>
         </is>
       </c>
       <c r="M273" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N273" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O273" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="P273" t="inlineStr">
         <is>
-          <t>383.03 €</t>
+          <t>4929.54 €</t>
         </is>
       </c>
       <c r="Q273" t="inlineStr"/>
       <c r="R273" t="inlineStr">
         <is>
-          <t>28.00</t>
+          <t>124.00</t>
         </is>
       </c>
     </row>
     <row r="274" ht="30" customHeight="1">
       <c r="A274" t="inlineStr">
         <is>
-          <t>AR16686-03</t>
+          <t>AR16108-02DP</t>
         </is>
       </c>
       <c r="B274" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C274" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D274" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E274" t="inlineStr">
         <is>
           <t>V1</t>
         </is>
       </c>
       <c r="F274" t="inlineStr"/>
       <c r="G274" s="2" t="inlineStr">
         <is>
-          <t>Motor 2,2 kW, 4-polig, 100L, V1, 50Hz, 340V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H274" t="inlineStr"/>
+          <t>Drivepack 11 kW, 4-polig, 160M, V1, 50Hz, 400V, IE5 und PumpDrive-II Eco, 11kW, PDRV2E_011K00</t>
+        </is>
+      </c>
+      <c r="H274" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I274" t="inlineStr"/>
       <c r="J274" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K274" t="inlineStr"/>
       <c r="L274" t="inlineStr">
         <is>
           <t>IE5</t>
         </is>
       </c>
       <c r="M274" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N274" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O274" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="P274" t="inlineStr">
         <is>
-          <t>383.03 €</t>
+          <t>4929.54 €</t>
         </is>
       </c>
       <c r="Q274" t="inlineStr"/>
       <c r="R274" t="inlineStr">
         <is>
-          <t>28.00</t>
+          <t>124.00</t>
         </is>
       </c>
     </row>
     <row r="275" ht="30" customHeight="1">
       <c r="A275" t="inlineStr">
         <is>
-          <t>AR16686-04</t>
+          <t>AR16265</t>
         </is>
       </c>
       <c r="B275" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C275" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>2900</t>
         </is>
       </c>
       <c r="D275" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="E275" t="inlineStr">
         <is>
           <t>V1</t>
         </is>
       </c>
       <c r="F275" t="inlineStr"/>
       <c r="G275" s="2" t="inlineStr">
         <is>
-          <t>Motor 2,2 kW, 4-polig, 100L, V1, 50Hz, 340V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H275" t="inlineStr"/>
+          <t>Motor 15 kW, 2-polig, 160M, V1, 100Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H275" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I275" t="inlineStr"/>
       <c r="J275" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K275" t="inlineStr"/>
       <c r="L275" t="inlineStr">
         <is>
           <t>IE5</t>
         </is>
       </c>
       <c r="M275" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N275" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O275" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P275" t="inlineStr">
         <is>
-          <t>383.03 €</t>
+          <t>1498.46 €</t>
         </is>
       </c>
       <c r="Q275" t="inlineStr"/>
-      <c r="R275" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R275" t="inlineStr"/>
     </row>
     <row r="276" ht="30" customHeight="1">
       <c r="A276" t="inlineStr">
         <is>
-          <t>AR16686-05</t>
+          <t>AR16268</t>
         </is>
       </c>
       <c r="B276" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C276" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>2900</t>
         </is>
       </c>
       <c r="D276" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="E276" t="inlineStr">
         <is>
           <t>V1</t>
         </is>
       </c>
       <c r="F276" t="inlineStr"/>
       <c r="G276" s="2" t="inlineStr">
         <is>
-          <t>Motor 2,2 kW, 4-polig, 100L, V1, 50Hz, 340V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H276" t="inlineStr"/>
+          <t>Motor 15 kW, 2-polig, 160M, V1, 100Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H276" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I276" t="inlineStr"/>
       <c r="J276" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K276" t="inlineStr"/>
       <c r="L276" t="inlineStr">
         <is>
           <t>IE5</t>
         </is>
       </c>
       <c r="M276" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N276" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O276" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P276" t="inlineStr">
         <is>
-          <t>383.03 €</t>
+          <t>1498.46 €</t>
         </is>
       </c>
       <c r="Q276" t="inlineStr"/>
       <c r="R276" t="inlineStr">
         <is>
-          <t>28.00</t>
+          <t>102.00</t>
         </is>
       </c>
     </row>
     <row r="277" ht="30" customHeight="1">
       <c r="A277" t="inlineStr">
         <is>
-          <t>AR16686-06</t>
+          <t>AR16269</t>
         </is>
       </c>
       <c r="B277" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C277" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D277" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="E277" t="inlineStr">
         <is>
           <t>V1</t>
         </is>
       </c>
       <c r="F277" t="inlineStr"/>
       <c r="G277" s="2" t="inlineStr">
         <is>
-          <t>Motor 2,2 kW, 4-polig, 100L, V1, 50Hz, 340V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H277" t="inlineStr"/>
+          <t>Motor 15 kW, 2-polig, 160M, V1, 100Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H277" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I277" t="inlineStr"/>
       <c r="J277" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K277" t="inlineStr"/>
       <c r="L277" t="inlineStr">
         <is>
           <t>IE5</t>
         </is>
       </c>
       <c r="M277" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N277" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O277" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P277" t="inlineStr">
         <is>
-          <t>383.03 €</t>
+          <t>1498.46 €</t>
         </is>
       </c>
       <c r="Q277" t="inlineStr"/>
       <c r="R277" t="inlineStr">
         <is>
-          <t>28.00</t>
+          <t>102.00</t>
         </is>
       </c>
     </row>
     <row r="278" ht="30" customHeight="1">
       <c r="A278" t="inlineStr">
         <is>
-          <t>AR16687-01</t>
+          <t>AR16272</t>
         </is>
       </c>
       <c r="B278" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C278" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>2900</t>
         </is>
       </c>
       <c r="D278" t="inlineStr">
         <is>
-          <t>37 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="E278" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F278" t="inlineStr"/>
       <c r="G278" s="2" t="inlineStr">
         <is>
-          <t>Motor 37 kW, 4-polig, 225S, V1, 50Hz, 380V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H278" t="inlineStr"/>
+          <t>Motor 5,5 kW, 2-polig, 132S, V15, 100Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H278" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I278" t="inlineStr"/>
       <c r="J278" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K278" t="inlineStr"/>
       <c r="L278" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M278" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N278" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O278" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P278" t="inlineStr">
         <is>
-          <t>4079.18 €</t>
+          <t>615.65 €</t>
         </is>
       </c>
       <c r="Q278" t="inlineStr"/>
       <c r="R278" t="inlineStr">
         <is>
-          <t>366.00</t>
+          <t>62.00</t>
         </is>
       </c>
     </row>
     <row r="279" ht="30" customHeight="1">
       <c r="A279" t="inlineStr">
         <is>
-          <t>AR16687-02</t>
+          <t>AR16273</t>
         </is>
       </c>
       <c r="B279" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C279" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>2900</t>
         </is>
       </c>
       <c r="D279" t="inlineStr">
         <is>
-          <t>37 kW</t>
+          <t>22 kW</t>
         </is>
       </c>
       <c r="E279" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F279" t="inlineStr"/>
       <c r="G279" s="2" t="inlineStr">
         <is>
-          <t>Motor 37 kW, 4-polig, 225S, V1, 50Hz, 380V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H279" t="inlineStr"/>
+          <t>Motor 22 kW, 4-polig, 180L, V15, 50Hz, 380V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H279" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I279" t="inlineStr"/>
       <c r="J279" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K279" t="inlineStr"/>
       <c r="L279" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M279" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N279" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O279" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="P279" t="inlineStr">
         <is>
-          <t>4079.18 €</t>
+          <t>2262.39 €</t>
         </is>
       </c>
       <c r="Q279" t="inlineStr"/>
       <c r="R279" t="inlineStr">
         <is>
-          <t>366.00</t>
+          <t>197.00</t>
         </is>
       </c>
     </row>
     <row r="280" ht="30" customHeight="1">
       <c r="A280" t="inlineStr">
         <is>
-          <t>AR16687-03</t>
+          <t>AR16274</t>
         </is>
       </c>
       <c r="B280" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C280" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>2900</t>
         </is>
       </c>
       <c r="D280" t="inlineStr">
         <is>
-          <t>37 kW</t>
+          <t>22 kW</t>
         </is>
       </c>
       <c r="E280" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F280" t="inlineStr"/>
       <c r="G280" s="2" t="inlineStr">
         <is>
-          <t>Motor 37 kW, 4-polig, 225S, V1, 50Hz, 380V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H280" t="inlineStr"/>
+          <t>Motor 22 kW, 4-polig, 180L, V15, 50Hz, 380V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H280" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I280" t="inlineStr"/>
       <c r="J280" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K280" t="inlineStr"/>
       <c r="L280" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M280" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N280" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O280" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="P280" t="inlineStr">
         <is>
-          <t>4079.18 €</t>
+          <t>2262.39 €</t>
         </is>
       </c>
       <c r="Q280" t="inlineStr"/>
       <c r="R280" t="inlineStr">
         <is>
-          <t>366.00</t>
-[...3 lines deleted...]
-    <row r="281" ht="15" customHeight="1">
+          <t>197.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="281" ht="30" customHeight="1">
       <c r="A281" t="inlineStr">
         <is>
-          <t>AR16700M</t>
+          <t>AR16275</t>
         </is>
       </c>
       <c r="B281" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C281" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>2900</t>
         </is>
       </c>
       <c r="D281" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>30 kW</t>
         </is>
       </c>
       <c r="E281" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F281" t="inlineStr"/>
       <c r="G281" s="2" t="inlineStr">
         <is>
-          <t>Motor 5,5 kW, 4-polig, 132S, V15, 50Hz, 400V, IE5</t>
-[...2 lines deleted...]
-      <c r="H281" t="inlineStr"/>
+          <t>Motor 30 kW, 2-polig, 200L, B3, 100Hz, 380V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H281" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I281" t="inlineStr"/>
       <c r="J281" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K281" t="inlineStr"/>
       <c r="L281" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M281" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N281" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O281" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="P281" t="inlineStr">
         <is>
-          <t>657.71 €</t>
+          <t>2222.00 €</t>
         </is>
       </c>
       <c r="Q281" t="inlineStr"/>
       <c r="R281" t="inlineStr">
         <is>
-          <t>67.00</t>
+          <t>214.00</t>
         </is>
       </c>
     </row>
     <row r="282" ht="30" customHeight="1">
       <c r="A282" t="inlineStr">
         <is>
-          <t>AR16706-01</t>
+          <t>AR16276</t>
         </is>
       </c>
       <c r="B282" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C282" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>2900</t>
         </is>
       </c>
       <c r="D282" t="inlineStr">
         <is>
-          <t>37 kW</t>
+          <t>30 kW</t>
         </is>
       </c>
       <c r="E282" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F282" t="inlineStr"/>
       <c r="G282" s="2" t="inlineStr">
         <is>
-          <t>Motor 37 kW, 2-polig, 200L, V15, 100Hz, 380Y, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H282" t="inlineStr"/>
+          <t>Motor 30 kW, 2-polig, 200L, B3, 100Hz, 380V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H282" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I282" t="inlineStr"/>
       <c r="J282" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K282" t="inlineStr"/>
       <c r="L282" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M282" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N282" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O282" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="P282" t="inlineStr">
         <is>
-          <t>4669.34 €</t>
+          <t>1666.50 €</t>
         </is>
       </c>
       <c r="Q282" t="inlineStr"/>
       <c r="R282" t="inlineStr">
         <is>
-          <t>242.00</t>
+          <t>214.00</t>
         </is>
       </c>
     </row>
     <row r="283" ht="30" customHeight="1">
       <c r="A283" t="inlineStr">
         <is>
-          <t>AR16706-02</t>
+          <t>AR16277</t>
         </is>
       </c>
       <c r="B283" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C283" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>2900</t>
         </is>
       </c>
       <c r="D283" t="inlineStr">
         <is>
-          <t>37 kW</t>
+          <t>30 kW</t>
         </is>
       </c>
       <c r="E283" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F283" t="inlineStr"/>
       <c r="G283" s="2" t="inlineStr">
         <is>
-          <t>Motor 37 kW, 2-polig, 200L, V15, 100Hz, 380Y, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H283" t="inlineStr"/>
+          <t>Motor 30 kW, 2-polig, 200L, B3, 100Hz, 380V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H283" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I283" t="inlineStr"/>
       <c r="J283" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K283" t="inlineStr"/>
       <c r="L283" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M283" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N283" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O283" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="P283" t="inlineStr">
         <is>
-          <t>4669.34 €</t>
+          <t>1666.50 €</t>
         </is>
       </c>
       <c r="Q283" t="inlineStr"/>
       <c r="R283" t="inlineStr">
         <is>
-          <t>242.00</t>
+          <t>214.00</t>
         </is>
       </c>
     </row>
     <row r="284" ht="30" customHeight="1">
       <c r="A284" t="inlineStr">
         <is>
-          <t>AR16706-03</t>
+          <t>AR16280</t>
         </is>
       </c>
       <c r="B284" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C284" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>2900</t>
         </is>
       </c>
       <c r="D284" t="inlineStr">
         <is>
-          <t>37 kW</t>
+          <t>22 kW</t>
         </is>
       </c>
       <c r="E284" t="inlineStr">
         <is>
           <t>V15</t>
         </is>
       </c>
       <c r="F284" t="inlineStr"/>
       <c r="G284" s="2" t="inlineStr">
         <is>
-          <t>Motor 37 kW, 2-polig, 200L, V15, 100Hz, 380Y, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H284" t="inlineStr"/>
+          <t>Motor 22 kW, 4-polig, 180L, V15, 50Hz, 380V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H284" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I284" t="inlineStr"/>
       <c r="J284" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K284" t="inlineStr"/>
       <c r="L284" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M284" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N284" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O284" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="P284" t="inlineStr">
         <is>
-          <t>4669.34 €</t>
+          <t>2262.39 €</t>
         </is>
       </c>
       <c r="Q284" t="inlineStr"/>
       <c r="R284" t="inlineStr">
         <is>
-          <t>242.00</t>
+          <t>197.00</t>
         </is>
       </c>
     </row>
     <row r="285" ht="30" customHeight="1">
       <c r="A285" t="inlineStr">
         <is>
-          <t>AR16726-01</t>
+          <t>AR16281</t>
         </is>
       </c>
       <c r="B285" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C285" t="inlineStr">
         <is>
-          <t>1486</t>
+          <t>2900</t>
         </is>
       </c>
       <c r="D285" t="inlineStr">
         <is>
-          <t>55 kW</t>
+          <t>22 kW</t>
         </is>
       </c>
       <c r="E285" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F285" t="inlineStr"/>
       <c r="G285" s="2" t="inlineStr">
         <is>
-          <t>Motor 55 kW, 4-polig, 250M, B3, 50/60Hz, 400-690V, IE4</t>
-[...2 lines deleted...]
-      <c r="H285" t="inlineStr"/>
+          <t>Motor 22 kW, 4-polig, 180L, V15, 50Hz, 380V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H285" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I285" t="inlineStr"/>
       <c r="J285" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K285" t="inlineStr"/>
       <c r="L285" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M285" t="inlineStr">
         <is>
-          <t>Siemens</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="N285" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O285" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="P285" t="inlineStr">
         <is>
-          <t>9343.39 €</t>
+          <t>2262.39 €</t>
         </is>
       </c>
       <c r="Q285" t="inlineStr"/>
       <c r="R285" t="inlineStr">
         <is>
-          <t>512.00</t>
+          <t>197.00</t>
         </is>
       </c>
     </row>
     <row r="286" ht="30" customHeight="1">
       <c r="A286" t="inlineStr">
         <is>
-          <t>AR16726-02</t>
+          <t>AR16284</t>
         </is>
       </c>
       <c r="B286" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C286" t="inlineStr">
         <is>
-          <t>1486</t>
+          <t>2900</t>
         </is>
       </c>
       <c r="D286" t="inlineStr">
         <is>
-          <t>55 kW</t>
+          <t>4 kW</t>
         </is>
       </c>
       <c r="E286" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F286" t="inlineStr"/>
       <c r="G286" s="2" t="inlineStr">
         <is>
-          <t>Motor 55 kW, 4-polig, 250M, B3, 50/60Hz, 400-690V, IE4</t>
-[...2 lines deleted...]
-      <c r="H286" t="inlineStr"/>
+          <t>Motor 4 kW, 2-polig, 112M, V1, 100Hz, 355V, IE5 SuPremE</t>
+        </is>
+      </c>
+      <c r="H286" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I286" t="inlineStr"/>
       <c r="J286" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K286" t="inlineStr"/>
       <c r="L286" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M286" t="inlineStr">
         <is>
-          <t>Siemens</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="N286" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O286" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="P286" t="inlineStr">
         <is>
-          <t>9343.39 €</t>
+          <t>698.84 €</t>
         </is>
       </c>
       <c r="Q286" t="inlineStr"/>
       <c r="R286" t="inlineStr">
         <is>
-          <t>512.00</t>
+          <t>46.00</t>
         </is>
       </c>
     </row>
     <row r="287" ht="30" customHeight="1">
       <c r="A287" t="inlineStr">
         <is>
-          <t>AR16727-02</t>
+          <t>AR16291</t>
         </is>
       </c>
       <c r="B287" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C287" t="inlineStr">
         <is>
-          <t>2960</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D287" t="inlineStr">
         <is>
-          <t>55 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="E287" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F287" t="inlineStr"/>
       <c r="G287" s="2" t="inlineStr">
         <is>
-          <t>Motor 55 kW, 2-polig, 250M, B3, 50/60Hz, 400-690V, IE3</t>
-[...2 lines deleted...]
-      <c r="H287" t="inlineStr"/>
+          <t>Motor 2,2 kW, 2-polig, 90L, B3, 100Hz, 360V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H287" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I287" t="inlineStr"/>
       <c r="J287" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K287" t="inlineStr"/>
       <c r="L287" t="inlineStr">
         <is>
-          <t>IE3</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M287" t="inlineStr">
         <is>
-          <t>VEM</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="N287" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O287" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="P287" t="inlineStr">
         <is>
-          <t>6251.05 €</t>
+          <t>336.28 €</t>
         </is>
       </c>
       <c r="Q287" t="inlineStr"/>
       <c r="R287" t="inlineStr">
         <is>
-          <t>512.00</t>
+          <t>20.00</t>
         </is>
       </c>
     </row>
     <row r="288" ht="30" customHeight="1">
       <c r="A288" t="inlineStr">
         <is>
-          <t>AR16735-01</t>
-[...6 lines deleted...]
-      </c>
+          <t>AR16342</t>
+        </is>
+      </c>
+      <c r="B288" t="inlineStr"/>
       <c r="C288" t="inlineStr">
         <is>
-          <t>2920</t>
+          <t>2950</t>
         </is>
       </c>
       <c r="D288" t="inlineStr">
         <is>
-          <t>0,75 kW</t>
+          <t>7,5 kW</t>
         </is>
       </c>
       <c r="E288" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F288" t="inlineStr"/>
       <c r="G288" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,75 kW, 4-polig, 80M, V1, 50 Hz, 400V, IE3 IP66</t>
-[...2 lines deleted...]
-      <c r="H288" t="inlineStr"/>
+          <t>Motor 7,5 kW, 2-polig, 132S, B3, 50Hz, 400/690V, IE2 Ex</t>
+        </is>
+      </c>
+      <c r="H288" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V, 60Hz 3x 460 V</t>
+        </is>
+      </c>
       <c r="I288" t="inlineStr"/>
       <c r="J288" t="inlineStr">
         <is>
-          <t>IP66</t>
+          <t>IP55</t>
         </is>
       </c>
       <c r="K288" t="inlineStr"/>
       <c r="L288" t="inlineStr">
         <is>
-          <t>IE3</t>
+          <t>IE2</t>
         </is>
       </c>
       <c r="M288" t="inlineStr">
         <is>
-          <t>WEG</t>
+          <t>Siemens</t>
         </is>
       </c>
       <c r="N288" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O288" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="P288" t="inlineStr">
         <is>
-          <t>272.78 €</t>
-[...2 lines deleted...]
-      <c r="Q288" t="inlineStr"/>
+          <t>1167.32 €</t>
+        </is>
+      </c>
+      <c r="Q288" t="inlineStr">
+        <is>
+          <t>Ja</t>
+        </is>
+      </c>
       <c r="R288" t="inlineStr">
         <is>
-          <t>19.00</t>
+          <t>117.00</t>
         </is>
       </c>
     </row>
     <row r="289" ht="30" customHeight="1">
       <c r="A289" t="inlineStr">
         <is>
-          <t>AR16735-02</t>
+          <t>AR16388</t>
         </is>
       </c>
       <c r="B289" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C289" t="inlineStr">
         <is>
-          <t>2920</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D289" t="inlineStr">
         <is>
-          <t>0,75 kW</t>
+          <t>130 kW</t>
         </is>
       </c>
       <c r="E289" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>Unterwasser-Motor</t>
         </is>
       </c>
       <c r="F289" t="inlineStr"/>
       <c r="G289" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,75 kW, 4-polig, 80M, V1, 50 Hz, 400V, IE3 IP66</t>
-[...2 lines deleted...]
-      <c r="H289" t="inlineStr"/>
+          <t>UMA S 200-130/42G 100Hz inkl. Schaltschrank mit Trockenlaufschutz (Betrieb nur mit FU möglich)</t>
+        </is>
+      </c>
+      <c r="H289" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I289" t="inlineStr"/>
       <c r="J289" t="inlineStr">
         <is>
-          <t>IP66</t>
+          <t>IP68</t>
         </is>
       </c>
       <c r="K289" t="inlineStr"/>
-      <c r="L289" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L289" t="inlineStr"/>
       <c r="M289" t="inlineStr">
         <is>
-          <t>WEG</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="N289" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O289" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="P289" t="inlineStr">
         <is>
-          <t>272.78 €</t>
+          <t>26829.90 €</t>
         </is>
       </c>
       <c r="Q289" t="inlineStr"/>
       <c r="R289" t="inlineStr">
         <is>
-          <t>19.00</t>
+          <t>426.00</t>
         </is>
       </c>
     </row>
     <row r="290" ht="30" customHeight="1">
       <c r="A290" t="inlineStr">
         <is>
-          <t>AR16735-03</t>
+          <t>AR16449</t>
         </is>
       </c>
       <c r="B290" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C290" t="inlineStr">
         <is>
-          <t>2920</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D290" t="inlineStr">
         <is>
-          <t>0,75 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E290" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F290" t="inlineStr"/>
       <c r="G290" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,75 kW, 4-polig, 80M, V1, 50 Hz, 400V, IE3 IP66</t>
-[...2 lines deleted...]
-      <c r="H290" t="inlineStr"/>
+          <t>Motor 11 kW, 4-polig, 160M, B3, 50Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H290" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I290" t="inlineStr"/>
       <c r="J290" t="inlineStr">
         <is>
-          <t>IP66</t>
+          <t>IP55</t>
         </is>
       </c>
       <c r="K290" t="inlineStr"/>
       <c r="L290" t="inlineStr">
         <is>
-          <t>IE3</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M290" t="inlineStr">
         <is>
-          <t>WEG</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="N290" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O290" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="P290" t="inlineStr">
         <is>
-          <t>272.78 €</t>
+          <t>1227.29 €</t>
         </is>
       </c>
       <c r="Q290" t="inlineStr"/>
       <c r="R290" t="inlineStr">
         <is>
-          <t>19.00</t>
+          <t>127.00</t>
         </is>
       </c>
     </row>
     <row r="291" ht="30" customHeight="1">
       <c r="A291" t="inlineStr">
         <is>
-          <t>AR16741</t>
+          <t>AR16450</t>
         </is>
       </c>
       <c r="B291" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C291" t="inlineStr">
         <is>
-          <t>2955</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D291" t="inlineStr">
         <is>
-          <t>7,2 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="E291" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F291" t="inlineStr"/>
       <c r="G291" s="2" t="inlineStr">
         <is>
-          <t>Motor 7,2 kW, 2-polig, 132S, V15, 50/60Hz, 380/660V, IE3</t>
-[...2 lines deleted...]
-      <c r="H291" t="inlineStr"/>
+          <t>Motor 18,5 kW, 2-polig, 160L, V1, 100Hz, 370V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H291" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I291" t="inlineStr"/>
       <c r="J291" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K291" t="inlineStr"/>
       <c r="L291" t="inlineStr">
         <is>
-          <t>IE3</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M291" t="inlineStr">
         <is>
-          <t>Siemens</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="N291" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O291" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P291" t="inlineStr">
         <is>
-          <t>1007.16 €</t>
+          <t>1805.63 €</t>
         </is>
       </c>
       <c r="Q291" t="inlineStr"/>
       <c r="R291" t="inlineStr">
         <is>
-          <t>84.00</t>
+          <t>132.00</t>
         </is>
       </c>
     </row>
     <row r="292" ht="30" customHeight="1">
       <c r="A292" t="inlineStr">
         <is>
-          <t>AR16753-02M</t>
-[...6 lines deleted...]
-      </c>
+          <t>AR16452</t>
+        </is>
+      </c>
+      <c r="B292" t="inlineStr"/>
       <c r="C292" t="inlineStr">
         <is>
-          <t>1455</t>
+          <t>982</t>
         </is>
       </c>
       <c r="D292" t="inlineStr">
         <is>
-          <t>1,1 kW</t>
+          <t>55 kW</t>
         </is>
       </c>
       <c r="E292" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F292" t="inlineStr"/>
       <c r="G292" s="2" t="inlineStr">
         <is>
-          <t>Motor 1,1 kW, 4-polig, 090S, V1, 50/60Hz, 230/400V, IE3</t>
-[...2 lines deleted...]
-      <c r="H292" t="inlineStr"/>
+          <t>Motor 55 kW, 4-polig, 250M, B3, 50Hz, 400/690V, IE2 Ex</t>
+        </is>
+      </c>
+      <c r="H292" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 400-690 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I292" t="inlineStr"/>
       <c r="J292" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K292" t="inlineStr"/>
       <c r="L292" t="inlineStr">
         <is>
-          <t>IE3</t>
+          <t>IE2</t>
         </is>
       </c>
       <c r="M292" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Siemens</t>
         </is>
       </c>
       <c r="N292" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O292" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="P292" t="inlineStr">
         <is>
-          <t>268.22 €</t>
-[...2 lines deleted...]
-      <c r="Q292" t="inlineStr"/>
+          <t>5510.21 €</t>
+        </is>
+      </c>
+      <c r="Q292" t="inlineStr">
+        <is>
+          <t>Ja</t>
+        </is>
+      </c>
       <c r="R292" t="inlineStr">
         <is>
-          <t>25.00</t>
+          <t>562.00</t>
         </is>
       </c>
     </row>
     <row r="293" ht="30" customHeight="1">
       <c r="A293" t="inlineStr">
         <is>
-          <t>AR16753-03M</t>
+          <t>AR16476</t>
         </is>
       </c>
       <c r="B293" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C293" t="inlineStr">
         <is>
-          <t>1455</t>
+          <t>2860</t>
         </is>
       </c>
       <c r="D293" t="inlineStr">
         <is>
-          <t>1,1 kW</t>
+          <t>1,5 kW</t>
         </is>
       </c>
       <c r="E293" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>V18</t>
         </is>
       </c>
       <c r="F293" t="inlineStr"/>
       <c r="G293" s="2" t="inlineStr">
         <is>
-          <t>Motor 1,1 kW, 4-polig, 090S, V1, 50/60Hz, 230/400V, IE3</t>
-[...2 lines deleted...]
-      <c r="H293" t="inlineStr"/>
+          <t>Motor 1,5 kW, 2-polig, 090S, V18, 50Hz, 230/400V, IE3</t>
+        </is>
+      </c>
+      <c r="H293" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V, 50Hz 3x 230 V</t>
+        </is>
+      </c>
       <c r="I293" t="inlineStr"/>
       <c r="J293" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K293" t="inlineStr"/>
       <c r="L293" t="inlineStr">
         <is>
           <t>IE3</t>
         </is>
       </c>
       <c r="M293" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Cantoni</t>
         </is>
       </c>
       <c r="N293" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="O293" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P293" t="inlineStr">
         <is>
-          <t>268.22 €</t>
-[...2 lines deleted...]
-      <c r="Q293" t="inlineStr"/>
+          <t>130.28 €</t>
+        </is>
+      </c>
+      <c r="Q293" t="inlineStr">
+        <is>
+          <t>Ja</t>
+        </is>
+      </c>
       <c r="R293" t="inlineStr">
         <is>
-          <t>25.00</t>
-[...3 lines deleted...]
-    <row r="294" ht="15" customHeight="1">
+          <t>23.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="294" ht="30" customHeight="1">
       <c r="A294" t="inlineStr">
         <is>
-          <t>AR16757-01</t>
+          <t>AR16477</t>
         </is>
       </c>
       <c r="B294" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C294" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>2860</t>
         </is>
       </c>
       <c r="D294" t="inlineStr">
         <is>
-          <t>26 kW</t>
+          <t>1,5 kW</t>
         </is>
       </c>
       <c r="E294" t="inlineStr">
         <is>
-          <t>Unterwasser-Motor</t>
+          <t>V18</t>
         </is>
       </c>
       <c r="F294" t="inlineStr"/>
       <c r="G294" s="2" t="inlineStr">
         <is>
-          <t>UMA-S 150E 37/42, 26 kW, 4-polig, 100Hz, 400V</t>
-[...2 lines deleted...]
-      <c r="H294" t="inlineStr"/>
+          <t>Motor 1,5 kW, 2-polig, 090S, V18, 50Hz, 230/400V, IE3</t>
+        </is>
+      </c>
+      <c r="H294" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V, 50Hz 3x 230 V</t>
+        </is>
+      </c>
       <c r="I294" t="inlineStr"/>
       <c r="J294" t="inlineStr">
         <is>
-          <t>IP68</t>
+          <t>IP55</t>
         </is>
       </c>
       <c r="K294" t="inlineStr"/>
-      <c r="L294" t="inlineStr"/>
+      <c r="L294" t="inlineStr">
+        <is>
+          <t>IE3</t>
+        </is>
+      </c>
       <c r="M294" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Cantoni</t>
         </is>
       </c>
       <c r="N294" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="O294" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="P294" t="inlineStr">
         <is>
-          <t>8143.73 €</t>
-[...2 lines deleted...]
-      <c r="Q294" t="inlineStr"/>
+          <t>130.28 €</t>
+        </is>
+      </c>
+      <c r="Q294" t="inlineStr">
+        <is>
+          <t>Ja</t>
+        </is>
+      </c>
       <c r="R294" t="inlineStr">
         <is>
-          <t>189.00</t>
+          <t>23.00</t>
         </is>
       </c>
     </row>
     <row r="295" ht="15" customHeight="1">
       <c r="A295" t="inlineStr">
         <is>
-          <t>AR16757-02</t>
+          <t>AR16484</t>
         </is>
       </c>
       <c r="B295" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C295" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>3495</t>
         </is>
       </c>
       <c r="D295" t="inlineStr">
         <is>
-          <t>26 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="E295" t="inlineStr">
         <is>
-          <t>Unterwasser-Motor</t>
+          <t>V18</t>
         </is>
       </c>
       <c r="F295" t="inlineStr"/>
       <c r="G295" s="2" t="inlineStr">
         <is>
-          <t>UMA-S 150E 37/42, 26 kW, 4-polig, 100Hz, 400V</t>
-[...2 lines deleted...]
-      <c r="H295" t="inlineStr"/>
+          <t>Motor 2,2 kW, 2-polig, 090L, V18, 60Hz, 460V, IE3</t>
+        </is>
+      </c>
+      <c r="H295" t="inlineStr">
+        <is>
+          <t>60Hz 3x 460 V</t>
+        </is>
+      </c>
       <c r="I295" t="inlineStr"/>
       <c r="J295" t="inlineStr">
         <is>
-          <t>IP68</t>
+          <t>IP55</t>
         </is>
       </c>
       <c r="K295" t="inlineStr"/>
-      <c r="L295" t="inlineStr"/>
+      <c r="L295" t="inlineStr">
+        <is>
+          <t>IE3</t>
+        </is>
+      </c>
       <c r="M295" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Cantoni</t>
         </is>
       </c>
       <c r="N295" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O295" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="P295" t="inlineStr">
         <is>
-          <t>8143.73 €</t>
+          <t>233.95 €</t>
         </is>
       </c>
       <c r="Q295" t="inlineStr"/>
       <c r="R295" t="inlineStr">
         <is>
-          <t>189.00</t>
-[...3 lines deleted...]
-    <row r="296" ht="30" customHeight="1">
+          <t>23.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="296" ht="15" customHeight="1">
       <c r="A296" t="inlineStr">
         <is>
-          <t>AR16759-01M</t>
+          <t>AR16485</t>
         </is>
       </c>
       <c r="B296" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C296" t="inlineStr">
         <is>
-          <t>1455</t>
+          <t>2900</t>
         </is>
       </c>
       <c r="D296" t="inlineStr">
         <is>
-          <t>1,1 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="E296" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>V18</t>
         </is>
       </c>
       <c r="F296" t="inlineStr"/>
       <c r="G296" s="2" t="inlineStr">
         <is>
-          <t>Motor 1,1 kW, 4-polig, 090S, V1, 50/60Hz, 230/400V, IE3</t>
-[...2 lines deleted...]
-      <c r="H296" t="inlineStr"/>
+          <t>Motor 2,2 kW, 2-polig, 090L, V18, 60Hz,460V, IE3</t>
+        </is>
+      </c>
+      <c r="H296" t="inlineStr">
+        <is>
+          <t>60Hz 3x 460 V</t>
+        </is>
+      </c>
       <c r="I296" t="inlineStr"/>
       <c r="J296" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K296" t="inlineStr"/>
       <c r="L296" t="inlineStr">
         <is>
           <t>IE3</t>
         </is>
       </c>
       <c r="M296" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Cantoni</t>
         </is>
       </c>
       <c r="N296" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O296" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P296" t="inlineStr">
         <is>
-          <t>357.63 €</t>
+          <t>233.95 €</t>
         </is>
       </c>
       <c r="Q296" t="inlineStr"/>
       <c r="R296" t="inlineStr">
         <is>
-          <t>25.00</t>
-[...3 lines deleted...]
-    <row r="297" ht="30" customHeight="1">
+          <t>23.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="297" ht="15" customHeight="1">
       <c r="A297" t="inlineStr">
         <is>
-          <t>AR16759-02M</t>
+          <t>AR16486</t>
         </is>
       </c>
       <c r="B297" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C297" t="inlineStr">
         <is>
-          <t>1455</t>
+          <t>3495</t>
         </is>
       </c>
       <c r="D297" t="inlineStr">
         <is>
-          <t>1,1 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="E297" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>V18</t>
         </is>
       </c>
       <c r="F297" t="inlineStr"/>
       <c r="G297" s="2" t="inlineStr">
         <is>
-          <t>Motor 1,1 kW, 4-polig, 090S, V1, 50/60Hz, 230/400V, IE3</t>
-[...2 lines deleted...]
-      <c r="H297" t="inlineStr"/>
+          <t>Motor 2,2 kW, 2-polig, 090L, V18, 60Hz, 460V, IE3</t>
+        </is>
+      </c>
+      <c r="H297" t="inlineStr">
+        <is>
+          <t>60Hz 3x 460 V</t>
+        </is>
+      </c>
       <c r="I297" t="inlineStr"/>
       <c r="J297" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K297" t="inlineStr"/>
       <c r="L297" t="inlineStr">
         <is>
           <t>IE3</t>
         </is>
       </c>
       <c r="M297" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Cantoni</t>
         </is>
       </c>
       <c r="N297" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O297" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P297" t="inlineStr">
         <is>
-          <t>357.63 €</t>
+          <t>233.95 €</t>
         </is>
       </c>
       <c r="Q297" t="inlineStr"/>
       <c r="R297" t="inlineStr">
         <is>
-          <t>45.00</t>
+          <t>23.00</t>
         </is>
       </c>
     </row>
     <row r="298" ht="30" customHeight="1">
       <c r="A298" t="inlineStr">
         <is>
-          <t>AR16759-03M</t>
+          <t>AR16642-01</t>
         </is>
       </c>
       <c r="B298" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C298" t="inlineStr">
         <is>
-          <t>1455</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D298" t="inlineStr">
         <is>
-          <t>1,1 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E298" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F298" t="inlineStr"/>
       <c r="G298" s="2" t="inlineStr">
         <is>
-          <t>Motor 1,1 kW, 4-polig, 090S, V1, 50/60Hz, 230/400V, IE3</t>
-[...2 lines deleted...]
-      <c r="H298" t="inlineStr"/>
+          <t>Motor 11 kW, 4-polig, 160M, V15, 50Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H298" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I298" t="inlineStr"/>
       <c r="J298" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K298" t="inlineStr"/>
       <c r="L298" t="inlineStr">
         <is>
-          <t>IE3</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M298" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N298" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O298" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="P298" t="inlineStr">
         <is>
-          <t>357.63 €</t>
+          <t>1270.69 €</t>
         </is>
       </c>
       <c r="Q298" t="inlineStr"/>
       <c r="R298" t="inlineStr">
         <is>
-          <t>45.00</t>
+          <t>110.00</t>
         </is>
       </c>
     </row>
     <row r="299" ht="30" customHeight="1">
       <c r="A299" t="inlineStr">
         <is>
-          <t>AR16764-02M</t>
+          <t>AR16642-02</t>
         </is>
       </c>
       <c r="B299" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C299" t="inlineStr">
         <is>
-          <t>1455</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D299" t="inlineStr">
         <is>
-          <t>1,1 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E299" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F299" t="inlineStr"/>
       <c r="G299" s="2" t="inlineStr">
         <is>
-          <t>Motor 1,1 kW, 4-polig, 90L, V1, 50/60Hz, 230/400V, IE3</t>
-[...2 lines deleted...]
-      <c r="H299" t="inlineStr"/>
+          <t>Motor 11 kW, 4-polig, 160M, V15, 50Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H299" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I299" t="inlineStr"/>
       <c r="J299" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K299" t="inlineStr"/>
       <c r="L299" t="inlineStr">
         <is>
-          <t>IE3</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M299" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N299" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O299" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="P299" t="inlineStr">
         <is>
-          <t>357.63 €</t>
+          <t>1270.69 €</t>
         </is>
       </c>
       <c r="Q299" t="inlineStr"/>
       <c r="R299" t="inlineStr">
         <is>
-          <t>25.00</t>
-[...3 lines deleted...]
-    <row r="300" ht="15" customHeight="1">
+          <t>110.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="300" ht="30" customHeight="1">
       <c r="A300" t="inlineStr">
         <is>
-          <t>AR16768</t>
+          <t>AR16642-03</t>
         </is>
       </c>
       <c r="B300" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C300" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D300" t="inlineStr">
         <is>
-          <t>55 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E300" t="inlineStr">
         <is>
-          <t>Unterwasser-Motor</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F300" t="inlineStr"/>
       <c r="G300" s="2" t="inlineStr">
         <is>
-          <t>UMA-S 200D 75/42, 55 kW, 4-polig, 100Hz, 400V</t>
-[...2 lines deleted...]
-      <c r="H300" t="inlineStr"/>
+          <t>Motor 11 kW, 4-polig, 160M, V15, 50Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H300" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I300" t="inlineStr"/>
       <c r="J300" t="inlineStr">
         <is>
-          <t>IP68</t>
+          <t>IP55</t>
         </is>
       </c>
       <c r="K300" t="inlineStr"/>
-      <c r="L300" t="inlineStr"/>
+      <c r="L300" t="inlineStr">
+        <is>
+          <t>IE5</t>
+        </is>
+      </c>
       <c r="M300" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N300" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O300" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="P300" t="inlineStr">
         <is>
-          <t>18365.54 €</t>
+          <t>1270.69 €</t>
         </is>
       </c>
       <c r="Q300" t="inlineStr"/>
       <c r="R300" t="inlineStr">
         <is>
-          <t>444.00</t>
-[...3 lines deleted...]
-    <row r="301" ht="15" customHeight="1">
+          <t>110.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="301" ht="30" customHeight="1">
       <c r="A301" t="inlineStr">
         <is>
-          <t>AR16769</t>
+          <t>AR16642-04</t>
         </is>
       </c>
       <c r="B301" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C301" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D301" t="inlineStr">
         <is>
           <t>11 kW</t>
         </is>
       </c>
       <c r="E301" t="inlineStr">
         <is>
-          <t>Unterwasser-Motor</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F301" t="inlineStr"/>
       <c r="G301" s="2" t="inlineStr">
         <is>
-          <t>UMA-S 150E 18/42, 11 kW, 4-polig, 100Hz, 400V</t>
-[...2 lines deleted...]
-      <c r="H301" t="inlineStr"/>
+          <t>Motor 11 kW, 4-polig, 160M, V15, 50Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H301" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I301" t="inlineStr"/>
       <c r="J301" t="inlineStr">
         <is>
-          <t>IP68</t>
+          <t>IP55</t>
         </is>
       </c>
       <c r="K301" t="inlineStr"/>
-      <c r="L301" t="inlineStr"/>
+      <c r="L301" t="inlineStr">
+        <is>
+          <t>IE5</t>
+        </is>
+      </c>
       <c r="M301" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N301" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O301" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="P301" t="inlineStr">
         <is>
-          <t>5892.93 €</t>
+          <t>1270.69 €</t>
         </is>
       </c>
       <c r="Q301" t="inlineStr"/>
       <c r="R301" t="inlineStr">
         <is>
-          <t>169.00</t>
+          <t>110.00</t>
         </is>
       </c>
     </row>
     <row r="302" ht="30" customHeight="1">
       <c r="A302" t="inlineStr">
         <is>
-          <t>AR16941-01M</t>
+          <t>AR16653-01</t>
         </is>
       </c>
       <c r="B302" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C302" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D302" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>30 kW</t>
         </is>
       </c>
       <c r="E302" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F302" t="inlineStr"/>
       <c r="G302" s="2" t="inlineStr">
         <is>
-          <t>Motor 5,5 kW, 4-polig, 132S, V1, 50/60Hz, 400V, IE5, SuPremE C2</t>
-[...2 lines deleted...]
-      <c r="H302" t="inlineStr"/>
+          <t>Motor 30 kW, 4-polig, 200L, V15, 50Hz, 380V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H302" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I302" t="inlineStr"/>
       <c r="J302" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K302" t="inlineStr"/>
       <c r="L302" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M302" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N302" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O302" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="P302" t="inlineStr">
         <is>
-          <t>773.20 €</t>
+          <t>3059.24 €</t>
         </is>
       </c>
       <c r="Q302" t="inlineStr"/>
       <c r="R302" t="inlineStr">
         <is>
-          <t>65.00</t>
+          <t>245.00</t>
         </is>
       </c>
     </row>
     <row r="303" ht="30" customHeight="1">
       <c r="A303" t="inlineStr">
         <is>
-          <t>AR16949-01</t>
+          <t>AR16653-02</t>
         </is>
       </c>
       <c r="B303" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C303" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D303" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>30 kW</t>
         </is>
       </c>
       <c r="E303" t="inlineStr">
         <is>
           <t>V15</t>
         </is>
       </c>
       <c r="F303" t="inlineStr"/>
       <c r="G303" s="2" t="inlineStr">
         <is>
-          <t>Motor 11 kW, 4-polig, 160M, V15, 50Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H303" t="inlineStr"/>
+          <t>Motor 30 kW, 4-polig, 200L, V15, 50Hz, 380V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H303" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I303" t="inlineStr"/>
       <c r="J303" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K303" t="inlineStr"/>
       <c r="L303" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M303" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N303" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O303" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="P303" t="inlineStr">
         <is>
-          <t>1270.69 €</t>
+          <t>3059.24 €</t>
         </is>
       </c>
       <c r="Q303" t="inlineStr"/>
       <c r="R303" t="inlineStr">
         <is>
-          <t>110.00</t>
+          <t>245.00</t>
         </is>
       </c>
     </row>
     <row r="304" ht="30" customHeight="1">
       <c r="A304" t="inlineStr">
         <is>
-          <t>AR16949-02</t>
+          <t>AR16686-01</t>
         </is>
       </c>
       <c r="B304" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C304" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D304" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="E304" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F304" t="inlineStr"/>
       <c r="G304" s="2" t="inlineStr">
         <is>
-          <t>Motor 11 kW, 4-polig, 160M, V15, 50Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H304" t="inlineStr"/>
+          <t>Motor 2,2 kW, 4-polig, 100L, V1, 50Hz, 340V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H304" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I304" t="inlineStr"/>
       <c r="J304" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K304" t="inlineStr"/>
       <c r="L304" t="inlineStr">
         <is>
           <t>IE5</t>
         </is>
       </c>
       <c r="M304" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N304" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O304" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="P304" t="inlineStr">
         <is>
-          <t>1270.69 €</t>
+          <t>383.03 €</t>
         </is>
       </c>
       <c r="Q304" t="inlineStr"/>
       <c r="R304" t="inlineStr">
         <is>
-          <t>110.00</t>
+          <t>28.00</t>
         </is>
       </c>
     </row>
     <row r="305" ht="30" customHeight="1">
       <c r="A305" t="inlineStr">
         <is>
-          <t>AR16949-03</t>
+          <t>AR16686-02</t>
         </is>
       </c>
       <c r="B305" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C305" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D305" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="E305" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F305" t="inlineStr"/>
       <c r="G305" s="2" t="inlineStr">
         <is>
-          <t>Motor 11 kW, 4-polig, 160M, V15, 50Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H305" t="inlineStr"/>
+          <t>Motor 2,2 kW, 4-polig, 100L, V1, 50Hz, 340V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H305" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I305" t="inlineStr"/>
       <c r="J305" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K305" t="inlineStr"/>
       <c r="L305" t="inlineStr">
         <is>
           <t>IE5</t>
         </is>
       </c>
       <c r="M305" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N305" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O305" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="P305" t="inlineStr">
         <is>
-          <t>1270.69 €</t>
+          <t>383.03 €</t>
         </is>
       </c>
       <c r="Q305" t="inlineStr"/>
       <c r="R305" t="inlineStr">
         <is>
-          <t>110.00</t>
+          <t>28.00</t>
         </is>
       </c>
     </row>
     <row r="306" ht="30" customHeight="1">
       <c r="A306" t="inlineStr">
         <is>
-          <t>AR16949-04</t>
+          <t>AR16686-03</t>
         </is>
       </c>
       <c r="B306" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C306" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D306" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="E306" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F306" t="inlineStr"/>
       <c r="G306" s="2" t="inlineStr">
         <is>
-          <t>Motor 11 kW, 4-polig, 160M, V15, 50Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H306" t="inlineStr"/>
+          <t>Motor 2,2 kW, 4-polig, 100L, V1, 50Hz, 340V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H306" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I306" t="inlineStr"/>
       <c r="J306" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K306" t="inlineStr"/>
       <c r="L306" t="inlineStr">
         <is>
           <t>IE5</t>
         </is>
       </c>
       <c r="M306" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N306" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O306" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="P306" t="inlineStr">
         <is>
-          <t>1270.69 €</t>
+          <t>383.03 €</t>
         </is>
       </c>
       <c r="Q306" t="inlineStr"/>
       <c r="R306" t="inlineStr">
         <is>
-          <t>110.00</t>
+          <t>28.00</t>
         </is>
       </c>
     </row>
     <row r="307" ht="30" customHeight="1">
       <c r="A307" t="inlineStr">
         <is>
-          <t>AR16949-05</t>
+          <t>AR16686-04</t>
         </is>
       </c>
       <c r="B307" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C307" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D307" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="E307" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F307" t="inlineStr"/>
       <c r="G307" s="2" t="inlineStr">
         <is>
-          <t>Motor 11 kW, 4-polig, 160M, V15, 50Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H307" t="inlineStr"/>
+          <t>Motor 2,2 kW, 4-polig, 100L, V1, 50Hz, 340V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H307" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I307" t="inlineStr"/>
       <c r="J307" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K307" t="inlineStr"/>
       <c r="L307" t="inlineStr">
         <is>
           <t>IE5</t>
         </is>
       </c>
       <c r="M307" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N307" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O307" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="P307" t="inlineStr">
         <is>
-          <t>1270.69 €</t>
+          <t>383.03 €</t>
         </is>
       </c>
       <c r="Q307" t="inlineStr"/>
       <c r="R307" t="inlineStr">
         <is>
-          <t>110.00</t>
+          <t>28.00</t>
         </is>
       </c>
     </row>
     <row r="308" ht="30" customHeight="1">
       <c r="A308" t="inlineStr">
         <is>
-          <t>AR16949-06</t>
+          <t>AR16686-05</t>
         </is>
       </c>
       <c r="B308" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C308" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D308" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="E308" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F308" t="inlineStr"/>
       <c r="G308" s="2" t="inlineStr">
         <is>
-          <t>Motor 11 kW, 4-polig, 160M, V15, 50Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H308" t="inlineStr"/>
+          <t>Motor 2,2 kW, 4-polig, 100L, V1, 50Hz, 340V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H308" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I308" t="inlineStr"/>
       <c r="J308" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K308" t="inlineStr"/>
       <c r="L308" t="inlineStr">
         <is>
           <t>IE5</t>
         </is>
       </c>
       <c r="M308" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N308" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O308" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="P308" t="inlineStr">
         <is>
-          <t>1270.69 €</t>
+          <t>383.03 €</t>
         </is>
       </c>
       <c r="Q308" t="inlineStr"/>
       <c r="R308" t="inlineStr">
         <is>
-          <t>110.00</t>
+          <t>28.00</t>
         </is>
       </c>
     </row>
     <row r="309" ht="30" customHeight="1">
       <c r="A309" t="inlineStr">
         <is>
-          <t>AR16949-07</t>
+          <t>AR16686-06</t>
         </is>
       </c>
       <c r="B309" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C309" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D309" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="E309" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F309" t="inlineStr"/>
       <c r="G309" s="2" t="inlineStr">
         <is>
-          <t>Motor 11 kW, 4-polig, 160M, V15, 50Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H309" t="inlineStr"/>
+          <t>Motor 2,2 kW, 4-polig, 100L, V1, 50Hz, 340V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H309" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I309" t="inlineStr"/>
       <c r="J309" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K309" t="inlineStr"/>
       <c r="L309" t="inlineStr">
         <is>
           <t>IE5</t>
         </is>
       </c>
       <c r="M309" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N309" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O309" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="P309" t="inlineStr">
         <is>
-          <t>1270.69 €</t>
+          <t>383.03 €</t>
         </is>
       </c>
       <c r="Q309" t="inlineStr"/>
       <c r="R309" t="inlineStr">
         <is>
-          <t>110.00</t>
+          <t>28.00</t>
         </is>
       </c>
     </row>
     <row r="310" ht="30" customHeight="1">
       <c r="A310" t="inlineStr">
         <is>
-          <t>AR16952</t>
+          <t>AR16687-01</t>
         </is>
       </c>
       <c r="B310" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C310" t="inlineStr">
         <is>
-          <t>1491</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D310" t="inlineStr">
         <is>
-          <t>200 kW</t>
+          <t>37 kW</t>
         </is>
       </c>
       <c r="E310" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F310" t="inlineStr"/>
       <c r="G310" s="2" t="inlineStr">
         <is>
-          <t>Motor 200 kW, 4-polig, 315L, B3, 50/60Hz, 400/690V, IE4</t>
-[...2 lines deleted...]
-      <c r="H310" t="inlineStr"/>
+          <t>Motor 37 kW, 4-polig, 225S, V1, 50Hz, 380V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H310" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I310" t="inlineStr"/>
       <c r="J310" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K310" t="inlineStr"/>
       <c r="L310" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M310" t="inlineStr">
         <is>
-          <t>Siemens</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="N310" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O310" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="P310" t="inlineStr">
         <is>
-          <t>23867.51 €</t>
+          <t>4079.18 €</t>
         </is>
       </c>
       <c r="Q310" t="inlineStr"/>
       <c r="R310" t="inlineStr">
         <is>
-          <t>1322.00</t>
-[...3 lines deleted...]
-    <row r="311" ht="15" customHeight="1">
+          <t>366.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="311" ht="30" customHeight="1">
       <c r="A311" t="inlineStr">
         <is>
-          <t>AR16988</t>
+          <t>AR16687-02</t>
         </is>
       </c>
       <c r="B311" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C311" t="inlineStr">
         <is>
-          <t>2923</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D311" t="inlineStr">
         <is>
-          <t>39 kW</t>
-[...2 lines deleted...]
-      <c r="E311" t="inlineStr"/>
+          <t>37 kW</t>
+        </is>
+      </c>
+      <c r="E311" t="inlineStr">
+        <is>
+          <t>V1</t>
+        </is>
+      </c>
       <c r="F311" t="inlineStr"/>
       <c r="G311" s="2" t="inlineStr">
         <is>
-          <t>UMA 200D- 45/22G</t>
-[...2 lines deleted...]
-      <c r="H311" t="inlineStr"/>
+          <t>Motor 37 kW, 4-polig, 225S, V1, 50Hz, 380V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H311" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I311" t="inlineStr"/>
       <c r="J311" t="inlineStr">
         <is>
-          <t>IP68</t>
+          <t>IP55</t>
         </is>
       </c>
       <c r="K311" t="inlineStr"/>
-      <c r="L311" t="inlineStr"/>
+      <c r="L311" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
       <c r="M311" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N311" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O311" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="P311" t="inlineStr">
         <is>
-          <t>12882.49 €</t>
+          <t>4079.18 €</t>
         </is>
       </c>
       <c r="Q311" t="inlineStr"/>
       <c r="R311" t="inlineStr">
         <is>
-          <t>251.00</t>
-[...3 lines deleted...]
-    <row r="312" ht="15" customHeight="1">
+          <t>366.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="312" ht="30" customHeight="1">
       <c r="A312" t="inlineStr">
         <is>
-          <t>AR17056</t>
+          <t>AR16687-03</t>
         </is>
       </c>
       <c r="B312" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C312" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D312" t="inlineStr">
         <is>
-          <t>150 kW</t>
+          <t>37 kW</t>
         </is>
       </c>
       <c r="E312" t="inlineStr">
         <is>
-          <t>Unterwasser-Motor</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F312" t="inlineStr"/>
       <c r="G312" s="2" t="inlineStr">
         <is>
-          <t>UMA-S 200D 150/42, 150 kW, 2-polig, 100Hz, 400V</t>
-[...2 lines deleted...]
-      <c r="H312" t="inlineStr"/>
+          <t>Motor 37 kW, 4-polig, 225S, V1, 50Hz, 380V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H312" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I312" t="inlineStr"/>
       <c r="J312" t="inlineStr">
         <is>
-          <t>IP68</t>
+          <t>IP55</t>
         </is>
       </c>
       <c r="K312" t="inlineStr"/>
-      <c r="L312" t="inlineStr"/>
+      <c r="L312" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
       <c r="M312" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N312" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O312" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="P312" t="inlineStr">
         <is>
-          <t>27422.16 €</t>
+          <t>4079.18 €</t>
         </is>
       </c>
       <c r="Q312" t="inlineStr"/>
       <c r="R312" t="inlineStr">
         <is>
-          <t>365.00</t>
-[...3 lines deleted...]
-    <row r="313" ht="30" customHeight="1">
+          <t>366.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="313" ht="15" customHeight="1">
       <c r="A313" t="inlineStr">
         <is>
-          <t>AR17070-01</t>
+          <t>AR16700M</t>
         </is>
       </c>
       <c r="B313" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C313" t="inlineStr">
         <is>
-          <t>2945</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D313" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="E313" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F313" t="inlineStr"/>
       <c r="G313" s="2" t="inlineStr">
         <is>
-          <t>Motor 11 kW, 2-polig, 160M, B3, 50/60Hz, 400/690V, IE3</t>
-[...2 lines deleted...]
-      <c r="H313" t="inlineStr"/>
+          <t>Motor 5,5 kW, 4-polig, 132S, V15, 50Hz, 400V, IE5</t>
+        </is>
+      </c>
+      <c r="H313" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I313" t="inlineStr"/>
       <c r="J313" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K313" t="inlineStr"/>
       <c r="L313" t="inlineStr">
         <is>
-          <t>IE3</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M313" t="inlineStr">
         <is>
-          <t>Siemens</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="N313" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O313" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="P313" t="inlineStr">
         <is>
-          <t>1182.79 €</t>
+          <t>657.71 €</t>
         </is>
       </c>
       <c r="Q313" t="inlineStr"/>
       <c r="R313" t="inlineStr">
         <is>
-          <t>124.00</t>
+          <t>67.00</t>
         </is>
       </c>
     </row>
     <row r="314" ht="30" customHeight="1">
       <c r="A314" t="inlineStr">
         <is>
-          <t>AR17070-02</t>
+          <t>AR16706-01</t>
         </is>
       </c>
       <c r="B314" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C314" t="inlineStr">
         <is>
-          <t>2945</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D314" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>37 kW</t>
         </is>
       </c>
       <c r="E314" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F314" t="inlineStr"/>
       <c r="G314" s="2" t="inlineStr">
         <is>
-          <t>Motor 11 kW, 2-polig, 160M, B3, 50/60Hz, 400/690V, IE3</t>
-[...2 lines deleted...]
-      <c r="H314" t="inlineStr"/>
+          <t>Motor 37 kW, 2-polig, 200L, V15, 100Hz, 380Y, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H314" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I314" t="inlineStr"/>
       <c r="J314" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K314" t="inlineStr"/>
       <c r="L314" t="inlineStr">
         <is>
-          <t>IE3</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M314" t="inlineStr">
         <is>
-          <t>Siemens</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="N314" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O314" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P314" t="inlineStr">
         <is>
-          <t>1182.79 €</t>
+          <t>4669.34 €</t>
         </is>
       </c>
       <c r="Q314" t="inlineStr"/>
       <c r="R314" t="inlineStr">
         <is>
-          <t>124.00</t>
+          <t>242.00</t>
         </is>
       </c>
     </row>
     <row r="315" ht="30" customHeight="1">
       <c r="A315" t="inlineStr">
         <is>
-          <t>AR17085</t>
+          <t>AR16706-02</t>
         </is>
       </c>
       <c r="B315" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C315" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D315" t="inlineStr">
         <is>
-          <t>7,5 kW</t>
+          <t>37 kW</t>
         </is>
       </c>
       <c r="E315" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F315" t="inlineStr"/>
       <c r="G315" s="2" t="inlineStr">
         <is>
-          <t>Motor 7,5 kW, 2-polig, 132S, V1, 100Hz, 370V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H315" t="inlineStr"/>
+          <t>Motor 37 kW, 2-polig, 200L, V15, 100Hz, 380Y, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H315" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I315" t="inlineStr"/>
       <c r="J315" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K315" t="inlineStr"/>
       <c r="L315" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M315" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N315" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O315" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P315" t="inlineStr">
         <is>
-          <t>999.52 €</t>
+          <t>4669.34 €</t>
         </is>
       </c>
       <c r="Q315" t="inlineStr"/>
       <c r="R315" t="inlineStr">
         <is>
-          <t>69.00</t>
+          <t>242.00</t>
         </is>
       </c>
     </row>
     <row r="316" ht="30" customHeight="1">
       <c r="A316" t="inlineStr">
         <is>
-          <t>AR17086</t>
+          <t>AR16706-03</t>
         </is>
       </c>
       <c r="B316" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C316" t="inlineStr">
         <is>
-          <t>2981</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D316" t="inlineStr">
         <is>
-          <t>132 kW</t>
+          <t>37 kW</t>
         </is>
       </c>
       <c r="E316" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F316" t="inlineStr"/>
       <c r="G316" s="2" t="inlineStr">
         <is>
-          <t>Motor 132 kW, 2-polig, 315S, B3, 50/60Hz, 380/690 V, IE4</t>
-[...2 lines deleted...]
-      <c r="H316" t="inlineStr"/>
+          <t>Motor 37 kW, 2-polig, 200L, V15, 100Hz, 380Y, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H316" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I316" t="inlineStr"/>
       <c r="J316" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K316" t="inlineStr"/>
       <c r="L316" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M316" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N316" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O316" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P316" t="inlineStr">
         <is>
-          <t>10988.57 €</t>
+          <t>4669.34 €</t>
         </is>
       </c>
       <c r="Q316" t="inlineStr"/>
       <c r="R316" t="inlineStr">
         <is>
-          <t>1086.00</t>
+          <t>242.00</t>
         </is>
       </c>
     </row>
     <row r="317" ht="30" customHeight="1">
       <c r="A317" t="inlineStr">
         <is>
-          <t>AR17172-04</t>
+          <t>AR16726-01</t>
         </is>
       </c>
       <c r="B317" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C317" t="inlineStr">
         <is>
-          <t>1490</t>
+          <t>1486</t>
         </is>
       </c>
       <c r="D317" t="inlineStr">
         <is>
-          <t>132 kW</t>
+          <t>55 kW</t>
         </is>
       </c>
       <c r="E317" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F317" t="inlineStr"/>
       <c r="G317" s="2" t="inlineStr">
         <is>
-          <t>Motor 132 kW, 4-polig, 315M, B3, 50/60Hz, 400/690V, IE3</t>
-[...2 lines deleted...]
-      <c r="H317" t="inlineStr"/>
+          <t>Motor 55 kW, 4-polig, 250M, B3, 50/60Hz, 400-690V, IE4</t>
+        </is>
+      </c>
+      <c r="H317" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V, 60Hz 3x 460 V</t>
+        </is>
+      </c>
       <c r="I317" t="inlineStr"/>
       <c r="J317" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K317" t="inlineStr"/>
       <c r="L317" t="inlineStr">
         <is>
-          <t>IE3</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M317" t="inlineStr">
         <is>
           <t>Siemens</t>
         </is>
       </c>
       <c r="N317" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O317" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P317" t="inlineStr">
         <is>
-          <t>12067.92 €</t>
+          <t>9343.39 €</t>
         </is>
       </c>
       <c r="Q317" t="inlineStr"/>
       <c r="R317" t="inlineStr">
         <is>
-          <t>982.00</t>
+          <t>512.00</t>
         </is>
       </c>
     </row>
     <row r="318" ht="30" customHeight="1">
       <c r="A318" t="inlineStr">
         <is>
-          <t>AR17225</t>
+          <t>AR16726-02</t>
         </is>
       </c>
       <c r="B318" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C318" t="inlineStr">
         <is>
-          <t>1424</t>
+          <t>1486</t>
         </is>
       </c>
       <c r="D318" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>55 kW</t>
         </is>
       </c>
       <c r="E318" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F318" t="inlineStr"/>
       <c r="G318" s="2" t="inlineStr">
         <is>
-          <t>Motor 2,2 kW, 4-polig, 100L, V1, 50/60Hz, 230/400V, IE3</t>
-[...2 lines deleted...]
-      <c r="H318" t="inlineStr"/>
+          <t>Motor 55 kW, 4-polig, 250M, B3, 50/60Hz, 400-690V, IE4</t>
+        </is>
+      </c>
+      <c r="H318" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V, 60Hz 3x 460 V</t>
+        </is>
+      </c>
       <c r="I318" t="inlineStr"/>
       <c r="J318" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K318" t="inlineStr"/>
       <c r="L318" t="inlineStr">
         <is>
-          <t>IE3</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M318" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Siemens</t>
         </is>
       </c>
       <c r="N318" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O318" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P318" t="inlineStr">
         <is>
-          <t>373.69 €</t>
+          <t>9343.39 €</t>
         </is>
       </c>
       <c r="Q318" t="inlineStr"/>
       <c r="R318" t="inlineStr">
         <is>
-          <t>54.00</t>
+          <t>512.00</t>
         </is>
       </c>
     </row>
     <row r="319" ht="30" customHeight="1">
       <c r="A319" t="inlineStr">
         <is>
-          <t>AR17242</t>
+          <t>AR16727-02</t>
         </is>
       </c>
       <c r="B319" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C319" t="inlineStr">
         <is>
-          <t>2910</t>
+          <t>2960</t>
         </is>
       </c>
       <c r="D319" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>55 kW</t>
         </is>
       </c>
       <c r="E319" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F319" t="inlineStr"/>
       <c r="G319" s="2" t="inlineStr">
         <is>
-          <t>Motor 2,2 kW, 2-polig, 090L, B3, 50/60Hz, 230/400V, IE3</t>
-[...2 lines deleted...]
-      <c r="H319" t="inlineStr"/>
+          <t>Motor 55 kW, 2-polig, 250M, B3, 50/60Hz, 400-690V, IE3</t>
+        </is>
+      </c>
+      <c r="H319" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V, 60Hz 3x 460 V</t>
+        </is>
+      </c>
       <c r="I319" t="inlineStr"/>
       <c r="J319" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K319" t="inlineStr"/>
       <c r="L319" t="inlineStr">
         <is>
           <t>IE3</t>
         </is>
       </c>
       <c r="M319" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>VEM</t>
         </is>
       </c>
       <c r="N319" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O319" t="inlineStr">
         <is>
-          <t>2014</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P319" t="inlineStr">
         <is>
-          <t>283.06 €</t>
+          <t>6251.05 €</t>
         </is>
       </c>
       <c r="Q319" t="inlineStr"/>
       <c r="R319" t="inlineStr">
         <is>
-          <t>22.00</t>
+          <t>512.00</t>
         </is>
       </c>
     </row>
     <row r="320" ht="30" customHeight="1">
       <c r="A320" t="inlineStr">
         <is>
-          <t>AR17275</t>
+          <t>AR16735-01</t>
         </is>
       </c>
       <c r="B320" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C320" t="inlineStr">
         <is>
-          <t>1470</t>
+          <t>2920</t>
         </is>
       </c>
       <c r="D320" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>0,75 kW</t>
         </is>
       </c>
       <c r="E320" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F320" t="inlineStr"/>
       <c r="G320" s="2" t="inlineStr">
         <is>
-          <t>Motor 11 kW, 4-polig, 160M, B3, 50/60Hz, 400/690V, IE3</t>
-[...2 lines deleted...]
-      <c r="H320" t="inlineStr"/>
+          <t>Motor 0,75 kW, 4-polig, 80M, V1, 50 Hz, 400V, IE3 IP66</t>
+        </is>
+      </c>
+      <c r="H320" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I320" t="inlineStr"/>
       <c r="J320" t="inlineStr">
         <is>
-          <t>IP55</t>
+          <t>IP66</t>
         </is>
       </c>
       <c r="K320" t="inlineStr"/>
       <c r="L320" t="inlineStr">
         <is>
           <t>IE3</t>
         </is>
       </c>
       <c r="M320" t="inlineStr">
         <is>
-          <t>Siemens</t>
+          <t>WEG</t>
         </is>
       </c>
       <c r="N320" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O320" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="P320" t="inlineStr">
         <is>
-          <t>1230.56 €</t>
+          <t>272.78 €</t>
         </is>
       </c>
       <c r="Q320" t="inlineStr"/>
       <c r="R320" t="inlineStr">
         <is>
-          <t>127.00</t>
-[...3 lines deleted...]
-    <row r="321" ht="15" customHeight="1">
+          <t>19.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="321" ht="30" customHeight="1">
       <c r="A321" t="inlineStr">
         <is>
-          <t>AR17439</t>
+          <t>AR16735-02</t>
         </is>
       </c>
       <c r="B321" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C321" t="inlineStr">
         <is>
-          <t>2928</t>
+          <t>2920</t>
         </is>
       </c>
       <c r="D321" t="inlineStr">
         <is>
-          <t>54 kW</t>
+          <t>0,75 kW</t>
         </is>
       </c>
       <c r="E321" t="inlineStr">
         <is>
-          <t>Unterwasser-Motor</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F321" t="inlineStr"/>
       <c r="G321" s="2" t="inlineStr">
         <is>
-          <t>UMA 200- 65/22C</t>
-[...2 lines deleted...]
-      <c r="H321" t="inlineStr"/>
+          <t>Motor 0,75 kW, 4-polig, 80M, V1, 50 Hz, 400V, IE3 IP66</t>
+        </is>
+      </c>
+      <c r="H321" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I321" t="inlineStr"/>
       <c r="J321" t="inlineStr">
         <is>
-          <t>IP68</t>
+          <t>IP66</t>
         </is>
       </c>
       <c r="K321" t="inlineStr"/>
-      <c r="L321" t="inlineStr"/>
+      <c r="L321" t="inlineStr">
+        <is>
+          <t>IE3</t>
+        </is>
+      </c>
       <c r="M321" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>WEG</t>
         </is>
       </c>
       <c r="N321" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O321" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="P321" t="inlineStr">
         <is>
-          <t>16351.57 €</t>
+          <t>272.78 €</t>
         </is>
       </c>
       <c r="Q321" t="inlineStr"/>
       <c r="R321" t="inlineStr">
         <is>
-          <t>221.00</t>
+          <t>19.00</t>
         </is>
       </c>
     </row>
     <row r="322" ht="30" customHeight="1">
       <c r="A322" t="inlineStr">
         <is>
-          <t>AR17445</t>
+          <t>AR16735-03</t>
         </is>
       </c>
       <c r="B322" t="inlineStr">
         <is>
-          <t>6-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C322" t="inlineStr">
         <is>
-          <t>1470</t>
+          <t>2920</t>
         </is>
       </c>
       <c r="D322" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>0,75 kW</t>
         </is>
       </c>
       <c r="E322" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F322" t="inlineStr"/>
       <c r="G322" s="2" t="inlineStr">
         <is>
-          <t>Motor 5,5 kW, 6-polig, 132M, B3, 50/60Hz, 400/690V, IE3</t>
-[...2 lines deleted...]
-      <c r="H322" t="inlineStr"/>
+          <t>Motor 0,75 kW, 4-polig, 80M, V1, 50 Hz, 400V, IE3 IP66</t>
+        </is>
+      </c>
+      <c r="H322" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I322" t="inlineStr"/>
       <c r="J322" t="inlineStr">
         <is>
-          <t>IP55</t>
+          <t>IP66</t>
         </is>
       </c>
       <c r="K322" t="inlineStr"/>
       <c r="L322" t="inlineStr">
         <is>
           <t>IE3</t>
         </is>
       </c>
       <c r="M322" t="inlineStr">
         <is>
-          <t>Siemens</t>
+          <t>WEG</t>
         </is>
       </c>
       <c r="N322" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O322" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="P322" t="inlineStr">
         <is>
-          <t>1067.98 €</t>
+          <t>272.78 €</t>
         </is>
       </c>
       <c r="Q322" t="inlineStr"/>
       <c r="R322" t="inlineStr">
         <is>
-          <t>99.00</t>
+          <t>19.00</t>
         </is>
       </c>
     </row>
     <row r="323" ht="30" customHeight="1">
       <c r="A323" t="inlineStr">
         <is>
-          <t>AR17446-01</t>
+          <t>AR16741</t>
         </is>
       </c>
       <c r="B323" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C323" t="inlineStr">
         <is>
-          <t>2950</t>
+          <t>2955</t>
         </is>
       </c>
       <c r="D323" t="inlineStr">
         <is>
-          <t>7,5 kW</t>
+          <t>7,2 kW</t>
         </is>
       </c>
       <c r="E323" t="inlineStr">
         <is>
           <t>V15</t>
         </is>
       </c>
       <c r="F323" t="inlineStr"/>
       <c r="G323" s="2" t="inlineStr">
         <is>
-          <t>Motor 7,5 kW, 2-polig, 132S, V15, 50/60Hz, 400/690V</t>
-[...2 lines deleted...]
-      <c r="H323" t="inlineStr"/>
+          <t>Motor 7,2 kW, 2-polig, 132S, V15, 50/60Hz, 380/660V, IE3</t>
+        </is>
+      </c>
+      <c r="H323" t="inlineStr">
+        <is>
+          <t>50Hz 3x 380 V, 50Hz 3x 660 V, 60Hz 3x 440 V</t>
+        </is>
+      </c>
       <c r="I323" t="inlineStr"/>
       <c r="J323" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K323" t="inlineStr"/>
       <c r="L323" t="inlineStr">
         <is>
           <t>IE3</t>
         </is>
       </c>
       <c r="M323" t="inlineStr">
         <is>
           <t>Siemens</t>
         </is>
       </c>
       <c r="N323" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O323" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="P323" t="inlineStr">
         <is>
-          <t>982.60 €</t>
+          <t>1007.16 €</t>
         </is>
       </c>
       <c r="Q323" t="inlineStr"/>
       <c r="R323" t="inlineStr">
         <is>
-          <t>73.00</t>
+          <t>84.00</t>
         </is>
       </c>
     </row>
     <row r="324" ht="30" customHeight="1">
       <c r="A324" t="inlineStr">
         <is>
-          <t>AR17446-02</t>
+          <t>AR16753-02M</t>
         </is>
       </c>
       <c r="B324" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C324" t="inlineStr">
         <is>
-          <t>2950</t>
+          <t>1455</t>
         </is>
       </c>
       <c r="D324" t="inlineStr">
         <is>
-          <t>7,5 kW</t>
+          <t>1,1 kW</t>
         </is>
       </c>
       <c r="E324" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F324" t="inlineStr"/>
       <c r="G324" s="2" t="inlineStr">
         <is>
-          <t>Motor 7,5 kW, 2-polig, 132S, V15, 50/60Hz, 400/690V</t>
-[...2 lines deleted...]
-      <c r="H324" t="inlineStr"/>
+          <t>Motor 1,1 kW, 4-polig, 090S, V1, 50/60Hz, 230/400V, IE3</t>
+        </is>
+      </c>
+      <c r="H324" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V, 50Hz 3x 230 V</t>
+        </is>
+      </c>
       <c r="I324" t="inlineStr"/>
       <c r="J324" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K324" t="inlineStr"/>
       <c r="L324" t="inlineStr">
         <is>
           <t>IE3</t>
         </is>
       </c>
       <c r="M324" t="inlineStr">
         <is>
-          <t>Siemens</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="N324" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O324" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="P324" t="inlineStr">
         <is>
-          <t>982.60 €</t>
+          <t>268.22 €</t>
         </is>
       </c>
       <c r="Q324" t="inlineStr"/>
       <c r="R324" t="inlineStr">
         <is>
-          <t>73.00</t>
-[...3 lines deleted...]
-    <row r="325" ht="15" customHeight="1">
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="325" ht="30" customHeight="1">
       <c r="A325" t="inlineStr">
         <is>
-          <t>AR17450</t>
+          <t>AR16753-03M</t>
         </is>
       </c>
       <c r="B325" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C325" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1455</t>
         </is>
       </c>
       <c r="D325" t="inlineStr">
         <is>
-          <t>22 kW</t>
+          <t>1,1 kW</t>
         </is>
       </c>
       <c r="E325" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F325" t="inlineStr"/>
       <c r="G325" s="2" t="inlineStr">
         <is>
-          <t>Motor 22 kW, 2-polig, 180M, B3, 100Hz, 380Y, IE4</t>
-[...2 lines deleted...]
-      <c r="H325" t="inlineStr"/>
+          <t>Motor 1,1 kW, 4-polig, 090S, V1, 50/60Hz, 230/400V, IE3</t>
+        </is>
+      </c>
+      <c r="H325" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V, 50Hz 3x 230 V</t>
+        </is>
+      </c>
       <c r="I325" t="inlineStr"/>
       <c r="J325" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K325" t="inlineStr"/>
       <c r="L325" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M325" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N325" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O325" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="P325" t="inlineStr">
         <is>
-          <t>1675.12 €</t>
+          <t>268.22 €</t>
         </is>
       </c>
       <c r="Q325" t="inlineStr"/>
       <c r="R325" t="inlineStr">
         <is>
-          <t>176.00</t>
-[...3 lines deleted...]
-    <row r="326" ht="30" customHeight="1">
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="326" ht="15" customHeight="1">
       <c r="A326" t="inlineStr">
         <is>
-          <t>AR17451-01</t>
+          <t>AR16757-01</t>
         </is>
       </c>
       <c r="B326" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C326" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D326" t="inlineStr">
         <is>
-          <t>0,75 kW</t>
+          <t>26 kW</t>
         </is>
       </c>
       <c r="E326" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>Unterwasser-Motor</t>
         </is>
       </c>
       <c r="F326" t="inlineStr"/>
       <c r="G326" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,75 kW 4-polig, 080M, V1, 125Hz, 300V, IE5 SuPremE mit Adapterplatte fur PDRV2</t>
-[...2 lines deleted...]
-      <c r="H326" t="inlineStr"/>
+          <t>UMA-S 150E 37/42, 26 kW, 4-polig, 100Hz, 400V</t>
+        </is>
+      </c>
+      <c r="H326" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I326" t="inlineStr"/>
       <c r="J326" t="inlineStr">
         <is>
-          <t>IP55</t>
+          <t>IP68</t>
         </is>
       </c>
       <c r="K326" t="inlineStr"/>
-      <c r="L326" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L326" t="inlineStr"/>
       <c r="M326" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N326" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O326" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="P326" t="inlineStr">
         <is>
-          <t>246.74 €</t>
+          <t>8143.73 €</t>
         </is>
       </c>
       <c r="Q326" t="inlineStr"/>
       <c r="R326" t="inlineStr">
         <is>
-          <t>17.00</t>
-[...3 lines deleted...]
-    <row r="327" ht="30" customHeight="1">
+          <t>189.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="327" ht="15" customHeight="1">
       <c r="A327" t="inlineStr">
         <is>
-          <t>AR17451-02</t>
+          <t>AR16757-02</t>
         </is>
       </c>
       <c r="B327" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C327" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D327" t="inlineStr">
         <is>
-          <t>0,75 kW</t>
+          <t>26 kW</t>
         </is>
       </c>
       <c r="E327" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>Unterwasser-Motor</t>
         </is>
       </c>
       <c r="F327" t="inlineStr"/>
       <c r="G327" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,75 kW 4-polig, 080M, V1, 125Hz, 300V, IE5 SuPremE mit Adapterplatte fur PDRV2</t>
-[...2 lines deleted...]
-      <c r="H327" t="inlineStr"/>
+          <t>UMA-S 150E 37/42, 26 kW, 4-polig, 100Hz, 400V</t>
+        </is>
+      </c>
+      <c r="H327" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I327" t="inlineStr"/>
       <c r="J327" t="inlineStr">
         <is>
-          <t>IP55</t>
+          <t>IP68</t>
         </is>
       </c>
       <c r="K327" t="inlineStr"/>
-      <c r="L327" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L327" t="inlineStr"/>
       <c r="M327" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N327" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O327" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="P327" t="inlineStr">
         <is>
-          <t>246.74 €</t>
+          <t>8143.73 €</t>
         </is>
       </c>
       <c r="Q327" t="inlineStr"/>
       <c r="R327" t="inlineStr">
         <is>
-          <t>17.00</t>
-[...3 lines deleted...]
-    <row r="328" ht="15" customHeight="1">
+          <t>189.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="328" ht="30" customHeight="1">
       <c r="A328" t="inlineStr">
         <is>
-          <t>AR17519</t>
+          <t>AR16759-01M</t>
         </is>
       </c>
       <c r="B328" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C328" t="inlineStr">
         <is>
-          <t>1470</t>
+          <t>1455</t>
         </is>
       </c>
       <c r="D328" t="inlineStr">
         <is>
-          <t>30 kW</t>
+          <t>1,1 kW</t>
         </is>
       </c>
       <c r="E328" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F328" t="inlineStr"/>
       <c r="G328" s="2" t="inlineStr">
         <is>
-          <t>Motor 30kW, 4-Polig, 200L, B3, 50/60Hz, 400V, IE3</t>
-[...2 lines deleted...]
-      <c r="H328" t="inlineStr"/>
+          <t>Motor 1,1 kW, 4-polig, 090S, V1, 50/60Hz, 230/400V, IE3</t>
+        </is>
+      </c>
+      <c r="H328" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V, 50Hz 3x 230 V</t>
+        </is>
+      </c>
       <c r="I328" t="inlineStr"/>
       <c r="J328" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K328" t="inlineStr"/>
       <c r="L328" t="inlineStr">
         <is>
           <t>IE3</t>
         </is>
       </c>
       <c r="M328" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N328" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O328" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="P328" t="inlineStr">
         <is>
-          <t>2404.82 €</t>
+          <t>357.63 €</t>
         </is>
       </c>
       <c r="Q328" t="inlineStr"/>
       <c r="R328" t="inlineStr">
         <is>
-          <t>211.00</t>
+          <t>25.00</t>
         </is>
       </c>
     </row>
     <row r="329" ht="30" customHeight="1">
       <c r="A329" t="inlineStr">
         <is>
-          <t>AR17520</t>
+          <t>AR16759-02M</t>
         </is>
       </c>
       <c r="B329" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C329" t="inlineStr">
         <is>
-          <t>1470</t>
+          <t>1455</t>
         </is>
       </c>
       <c r="D329" t="inlineStr">
         <is>
-          <t>22 kW</t>
+          <t>1,1 kW</t>
         </is>
       </c>
       <c r="E329" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F329" t="inlineStr"/>
       <c r="G329" s="2" t="inlineStr">
         <is>
-          <t>Motor 22kW, 4-Polig, 180L, B3, 50/60Hz, 400/690V, IE3</t>
-[...2 lines deleted...]
-      <c r="H329" t="inlineStr"/>
+          <t>Motor 1,1 kW, 4-polig, 090S, V1, 50/60Hz, 230/400V, IE3</t>
+        </is>
+      </c>
+      <c r="H329" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V, 50Hz 3x 230 V</t>
+        </is>
+      </c>
       <c r="I329" t="inlineStr"/>
       <c r="J329" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K329" t="inlineStr"/>
       <c r="L329" t="inlineStr">
         <is>
           <t>IE3</t>
         </is>
       </c>
       <c r="M329" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N329" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O329" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="P329" t="inlineStr">
         <is>
-          <t>1726.65 €</t>
+          <t>357.63 €</t>
         </is>
       </c>
       <c r="Q329" t="inlineStr"/>
       <c r="R329" t="inlineStr">
         <is>
-          <t>197.00</t>
+          <t>45.00</t>
         </is>
       </c>
     </row>
     <row r="330" ht="30" customHeight="1">
       <c r="A330" t="inlineStr">
         <is>
-          <t>AR17521</t>
+          <t>AR16759-03M</t>
         </is>
       </c>
       <c r="B330" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C330" t="inlineStr">
         <is>
-          <t>1470</t>
+          <t>1455</t>
         </is>
       </c>
       <c r="D330" t="inlineStr">
         <is>
-          <t>22 kW</t>
+          <t>1,1 kW</t>
         </is>
       </c>
       <c r="E330" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F330" t="inlineStr"/>
       <c r="G330" s="2" t="inlineStr">
         <is>
-          <t>Motor 22kW, 4-Polig, 180L, B3, 50/60Hz, 400/690V, IE3</t>
-[...2 lines deleted...]
-      <c r="H330" t="inlineStr"/>
+          <t>Motor 1,1 kW, 4-polig, 090S, V1, 50/60Hz, 230/400V, IE3</t>
+        </is>
+      </c>
+      <c r="H330" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V, 50Hz 3x 230 V</t>
+        </is>
+      </c>
       <c r="I330" t="inlineStr"/>
       <c r="J330" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K330" t="inlineStr"/>
       <c r="L330" t="inlineStr">
         <is>
           <t>IE3</t>
         </is>
       </c>
       <c r="M330" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N330" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O330" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="P330" t="inlineStr">
         <is>
-          <t>1726.65 €</t>
+          <t>357.63 €</t>
         </is>
       </c>
       <c r="Q330" t="inlineStr"/>
       <c r="R330" t="inlineStr">
         <is>
-          <t>197.00</t>
+          <t>45.00</t>
         </is>
       </c>
     </row>
     <row r="331" ht="30" customHeight="1">
       <c r="A331" t="inlineStr">
         <is>
-          <t>AR17522-01</t>
+          <t>AR16764-02M</t>
         </is>
       </c>
       <c r="B331" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C331" t="inlineStr">
         <is>
-          <t>2955</t>
+          <t>1455</t>
         </is>
       </c>
       <c r="D331" t="inlineStr">
         <is>
-          <t>37 kW</t>
+          <t>1,1 kW</t>
         </is>
       </c>
       <c r="E331" t="inlineStr">
         <is>
           <t>V1</t>
         </is>
       </c>
       <c r="F331" t="inlineStr"/>
       <c r="G331" s="2" t="inlineStr">
         <is>
-          <t>Motor 37kW, 2-Polig, 200L, V1, 50/60Hz, 400V, IE3, ATEX</t>
-[...2 lines deleted...]
-      <c r="H331" t="inlineStr"/>
+          <t>Motor 1,1 kW, 4-polig, 90L, V1, 50/60Hz, 230/400V, IE3</t>
+        </is>
+      </c>
+      <c r="H331" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V, 50Hz 3x 230 V</t>
+        </is>
+      </c>
       <c r="I331" t="inlineStr"/>
       <c r="J331" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K331" t="inlineStr"/>
       <c r="L331" t="inlineStr">
         <is>
           <t>IE3</t>
         </is>
       </c>
       <c r="M331" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N331" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O331" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="P331" t="inlineStr">
         <is>
-          <t>5534.59 €</t>
-[...6 lines deleted...]
-      </c>
+          <t>357.63 €</t>
+        </is>
+      </c>
+      <c r="Q331" t="inlineStr"/>
       <c r="R331" t="inlineStr">
         <is>
-          <t>272.00</t>
-[...3 lines deleted...]
-    <row r="332" ht="30" customHeight="1">
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="332" ht="15" customHeight="1">
       <c r="A332" t="inlineStr">
         <is>
-          <t>AR17522-02</t>
+          <t>AR16768</t>
         </is>
       </c>
       <c r="B332" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C332" t="inlineStr">
         <is>
-          <t>2955</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D332" t="inlineStr">
         <is>
-          <t>37 kW</t>
+          <t>55 kW</t>
         </is>
       </c>
       <c r="E332" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>Unterwasser-Motor</t>
         </is>
       </c>
       <c r="F332" t="inlineStr"/>
       <c r="G332" s="2" t="inlineStr">
         <is>
-          <t>Motor 37kW, 2-Polig, 200L, V1, 50/60Hz, 400V, IE3, ATEX</t>
-[...2 lines deleted...]
-      <c r="H332" t="inlineStr"/>
+          <t>UMA-S 200D 75/42, 55 kW, 4-polig, 100Hz, 400V</t>
+        </is>
+      </c>
+      <c r="H332" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I332" t="inlineStr"/>
       <c r="J332" t="inlineStr">
         <is>
-          <t>IP55</t>
+          <t>IP68</t>
         </is>
       </c>
       <c r="K332" t="inlineStr"/>
-      <c r="L332" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L332" t="inlineStr"/>
       <c r="M332" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N332" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O332" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P332" t="inlineStr">
         <is>
-          <t>5534.59 €</t>
-[...6 lines deleted...]
-      </c>
+          <t>18365.54 €</t>
+        </is>
+      </c>
+      <c r="Q332" t="inlineStr"/>
       <c r="R332" t="inlineStr">
         <is>
-          <t>272.00</t>
-[...3 lines deleted...]
-    <row r="333" ht="30" customHeight="1">
+          <t>444.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="333" ht="15" customHeight="1">
       <c r="A333" t="inlineStr">
         <is>
-          <t>AR17522-03</t>
+          <t>AR16769</t>
         </is>
       </c>
       <c r="B333" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C333" t="inlineStr">
         <is>
-          <t>2955</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D333" t="inlineStr">
         <is>
-          <t>37 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E333" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>Unterwasser-Motor</t>
         </is>
       </c>
       <c r="F333" t="inlineStr"/>
       <c r="G333" s="2" t="inlineStr">
         <is>
-          <t>Motor 37kW, 2-Polig, 200L, V1, 50/60Hz, 400V, IE3, ATEX</t>
-[...2 lines deleted...]
-      <c r="H333" t="inlineStr"/>
+          <t>UMA-S 150E 18/42, 11 kW, 4-polig, 100Hz, 400V</t>
+        </is>
+      </c>
+      <c r="H333" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I333" t="inlineStr"/>
       <c r="J333" t="inlineStr">
         <is>
-          <t>IP55</t>
+          <t>IP68</t>
         </is>
       </c>
       <c r="K333" t="inlineStr"/>
-      <c r="L333" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L333" t="inlineStr"/>
       <c r="M333" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N333" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O333" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P333" t="inlineStr">
         <is>
-          <t>5534.59 €</t>
-[...6 lines deleted...]
-      </c>
+          <t>5892.93 €</t>
+        </is>
+      </c>
+      <c r="Q333" t="inlineStr"/>
       <c r="R333" t="inlineStr">
         <is>
-          <t>272.00</t>
-[...3 lines deleted...]
-    <row r="334" ht="30" customHeight="1">
+          <t>169.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="334" ht="15" customHeight="1">
       <c r="A334" t="inlineStr">
         <is>
-          <t>AR17534-01</t>
+          <t>AR16771-01M</t>
         </is>
       </c>
       <c r="B334" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C334" t="inlineStr">
         <is>
-          <t>2960</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D334" t="inlineStr"/>
       <c r="E334" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F334" t="inlineStr"/>
       <c r="G334" s="2" t="inlineStr">
         <is>
-          <t>Motor 45 kW, 2-polig, 225M, B3, 50/60Hz, 400/690V, IE3</t>
-[...2 lines deleted...]
-      <c r="H334" t="inlineStr"/>
+          <t>MOTOR V1-2200-3000-IE4-KSB SuPremE für Movitec</t>
+        </is>
+      </c>
+      <c r="H334" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I334" t="inlineStr"/>
       <c r="J334" t="inlineStr"/>
       <c r="K334" t="inlineStr"/>
       <c r="L334" t="inlineStr">
         <is>
-          <t>IE3</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M334" t="inlineStr">
         <is>
-          <t>Siemens</t>
-[...2 lines deleted...]
-      <c r="N334" t="inlineStr"/>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N334" t="inlineStr">
+        <is>
+          <t>B1: C: gebraucht / einsetzbar</t>
+        </is>
+      </c>
       <c r="O334" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="P334" t="inlineStr">
         <is>
-          <t>5667.67 €</t>
+          <t>1545.30 €</t>
         </is>
       </c>
       <c r="Q334" t="inlineStr"/>
       <c r="R334" t="inlineStr">
         <is>
-          <t>337.00</t>
-[...3 lines deleted...]
-    <row r="335" ht="30" customHeight="1">
+          <t>108.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="335" ht="15" customHeight="1">
       <c r="A335" t="inlineStr">
         <is>
-          <t>AR17534-02</t>
+          <t>AR16771-02M</t>
         </is>
       </c>
       <c r="B335" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C335" t="inlineStr">
         <is>
-          <t>2960</t>
-[...2 lines deleted...]
-      <c r="D335" t="inlineStr"/>
+          <t>3000</t>
+        </is>
+      </c>
+      <c r="D335" t="inlineStr">
+        <is>
+          <t>22 kW</t>
+        </is>
+      </c>
       <c r="E335" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F335" t="inlineStr"/>
       <c r="G335" s="2" t="inlineStr">
         <is>
-          <t>Motor 45 kW, 2-polig, 225M, B3, 50/60Hz, 400/690V, IE3</t>
-[...2 lines deleted...]
-      <c r="H335" t="inlineStr"/>
+          <t>MOTOR V1-2200-3000-IE4-KSB SuPremE für Movitec</t>
+        </is>
+      </c>
+      <c r="H335" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I335" t="inlineStr"/>
       <c r="J335" t="inlineStr"/>
       <c r="K335" t="inlineStr"/>
       <c r="L335" t="inlineStr">
         <is>
-          <t>IE3</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M335" t="inlineStr">
         <is>
-          <t>Siemens</t>
-[...2 lines deleted...]
-      <c r="N335" t="inlineStr"/>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N335" t="inlineStr">
+        <is>
+          <t>B1: C: gebraucht / einsetzbar</t>
+        </is>
+      </c>
       <c r="O335" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="P335" t="inlineStr">
         <is>
-          <t>5667.67 €</t>
+          <t>1545.30 €</t>
         </is>
       </c>
       <c r="Q335" t="inlineStr"/>
       <c r="R335" t="inlineStr">
         <is>
-          <t>337.00</t>
-[...3 lines deleted...]
-    <row r="336" ht="15" customHeight="1">
+          <t>108.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="336" ht="30" customHeight="1">
       <c r="A336" t="inlineStr">
         <is>
-          <t>AR17536</t>
+          <t>AR16941-01M</t>
         </is>
       </c>
       <c r="B336" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C336" t="inlineStr">
         <is>
-          <t>2928</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D336" t="inlineStr">
         <is>
-          <t>22 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="E336" t="inlineStr">
         <is>
-          <t>Unterwasser-Motor</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F336" t="inlineStr"/>
       <c r="G336" s="2" t="inlineStr">
         <is>
-          <t>UMA 150- 22/21E</t>
-[...2 lines deleted...]
-      <c r="H336" t="inlineStr"/>
+          <t>Motor 5,5 kW, 4-polig, 132S, V1, 50/60Hz, 400V, IE5, SuPremE C2</t>
+        </is>
+      </c>
+      <c r="H336" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I336" t="inlineStr"/>
       <c r="J336" t="inlineStr">
         <is>
-          <t>IP68</t>
+          <t>IP55</t>
         </is>
       </c>
       <c r="K336" t="inlineStr"/>
-      <c r="L336" t="inlineStr"/>
+      <c r="L336" t="inlineStr">
+        <is>
+          <t>IE5</t>
+        </is>
+      </c>
       <c r="M336" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N336" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O336" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="P336" t="inlineStr">
         <is>
-          <t>3959.42 €</t>
+          <t>773.20 €</t>
         </is>
       </c>
       <c r="Q336" t="inlineStr"/>
       <c r="R336" t="inlineStr">
         <is>
-          <t>127.00</t>
+          <t>65.00</t>
         </is>
       </c>
     </row>
     <row r="337" ht="30" customHeight="1">
       <c r="A337" t="inlineStr">
         <is>
-          <t>AR17605</t>
+          <t>AR16949-01</t>
         </is>
       </c>
       <c r="B337" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C337" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D337" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E337" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F337" t="inlineStr"/>
       <c r="G337" s="2" t="inlineStr">
         <is>
-          <t>Motor 15 kW, 4-polig, 160L, V1, 50Hz, 355Y, IE5 SuPremE C1 mit Klemmkasten</t>
-[...2 lines deleted...]
-      <c r="H337" t="inlineStr"/>
+          <t>Motor 11 kW, 4-polig, 160M, V15, 50Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H337" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I337" t="inlineStr"/>
       <c r="J337" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K337" t="inlineStr"/>
       <c r="L337" t="inlineStr">
         <is>
           <t>IE5</t>
         </is>
       </c>
       <c r="M337" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N337" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O337" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="P337" t="inlineStr">
         <is>
-          <t>1538.63 €</t>
+          <t>1270.69 €</t>
         </is>
       </c>
       <c r="Q337" t="inlineStr"/>
       <c r="R337" t="inlineStr">
         <is>
-          <t>117.50</t>
+          <t>110.00</t>
         </is>
       </c>
     </row>
     <row r="338" ht="30" customHeight="1">
       <c r="A338" t="inlineStr">
         <is>
-          <t>AR17607-01</t>
+          <t>AR16949-02</t>
         </is>
       </c>
       <c r="B338" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C338" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D338" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E338" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F338" t="inlineStr"/>
       <c r="G338" s="2" t="inlineStr">
         <is>
-          <t>Motor 5,5 kW, 2-polig, 132S, B3, 100Hz, 365Y, IE5 SuPremE C1 mit Klemmkasten</t>
-[...2 lines deleted...]
-      <c r="H338" t="inlineStr"/>
+          <t>Motor 11 kW, 4-polig, 160M, V15, 50Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H338" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I338" t="inlineStr"/>
       <c r="J338" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K338" t="inlineStr"/>
       <c r="L338" t="inlineStr">
         <is>
           <t>IE5</t>
         </is>
       </c>
       <c r="M338" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N338" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O338" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="P338" t="inlineStr">
         <is>
-          <t>389.16 €</t>
+          <t>1270.69 €</t>
         </is>
       </c>
       <c r="Q338" t="inlineStr"/>
       <c r="R338" t="inlineStr">
         <is>
-          <t>60.60</t>
+          <t>110.00</t>
         </is>
       </c>
     </row>
     <row r="339" ht="30" customHeight="1">
       <c r="A339" t="inlineStr">
         <is>
-          <t>AR17607-02</t>
+          <t>AR16949-03</t>
         </is>
       </c>
       <c r="B339" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C339" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D339" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E339" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F339" t="inlineStr"/>
       <c r="G339" s="2" t="inlineStr">
         <is>
-          <t>Motor 5,5 kW, 2-polig, 132S, B3, 100Hz, 365Y, IE5 SuPremE C1 mit Klemmkasten</t>
-[...2 lines deleted...]
-      <c r="H339" t="inlineStr"/>
+          <t>Motor 11 kW, 4-polig, 160M, V15, 50Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H339" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I339" t="inlineStr"/>
       <c r="J339" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K339" t="inlineStr"/>
       <c r="L339" t="inlineStr">
         <is>
           <t>IE5</t>
         </is>
       </c>
       <c r="M339" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N339" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O339" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="P339" t="inlineStr">
         <is>
-          <t>389.16 €</t>
+          <t>1270.69 €</t>
         </is>
       </c>
       <c r="Q339" t="inlineStr"/>
       <c r="R339" t="inlineStr">
         <is>
-          <t>60.60</t>
+          <t>110.00</t>
         </is>
       </c>
     </row>
     <row r="340" ht="30" customHeight="1">
       <c r="A340" t="inlineStr">
         <is>
-          <t>AR17609-01</t>
+          <t>AR16949-04</t>
         </is>
       </c>
       <c r="B340" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C340" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D340" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E340" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F340" t="inlineStr"/>
       <c r="G340" s="2" t="inlineStr">
         <is>
-          <t>Motor 5,5 kW, 4-polig, 132S, V1, 50Hz, 350Y, IE5 SuPremE C2 mit Adapterplatte</t>
-[...2 lines deleted...]
-      <c r="H340" t="inlineStr"/>
+          <t>Motor 11 kW, 4-polig, 160M, V15, 50Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H340" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I340" t="inlineStr"/>
       <c r="J340" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K340" t="inlineStr"/>
       <c r="L340" t="inlineStr">
         <is>
           <t>IE5</t>
         </is>
       </c>
       <c r="M340" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N340" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O340" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="P340" t="inlineStr">
         <is>
-          <t>673.75 €</t>
+          <t>1270.69 €</t>
         </is>
       </c>
       <c r="Q340" t="inlineStr"/>
       <c r="R340" t="inlineStr">
         <is>
-          <t>57.00</t>
+          <t>110.00</t>
         </is>
       </c>
     </row>
     <row r="341" ht="30" customHeight="1">
       <c r="A341" t="inlineStr">
         <is>
-          <t>AR17609-02</t>
+          <t>AR16949-05</t>
         </is>
       </c>
       <c r="B341" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C341" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D341" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E341" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F341" t="inlineStr"/>
       <c r="G341" s="2" t="inlineStr">
         <is>
-          <t>Motor 5,5 kW, 4-polig, 132S, V1, 50Hz, 350Y, IE5 SuPremE C2 mit Adapterplatte</t>
-[...2 lines deleted...]
-      <c r="H341" t="inlineStr"/>
+          <t>Motor 11 kW, 4-polig, 160M, V15, 50Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H341" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I341" t="inlineStr"/>
       <c r="J341" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K341" t="inlineStr"/>
       <c r="L341" t="inlineStr">
         <is>
           <t>IE5</t>
         </is>
       </c>
       <c r="M341" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N341" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O341" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="P341" t="inlineStr">
         <is>
-          <t>673.75 €</t>
+          <t>1270.69 €</t>
         </is>
       </c>
       <c r="Q341" t="inlineStr"/>
       <c r="R341" t="inlineStr">
         <is>
-          <t>57.00</t>
+          <t>110.00</t>
         </is>
       </c>
     </row>
     <row r="342" ht="30" customHeight="1">
       <c r="A342" t="inlineStr">
         <is>
-          <t>AR17613</t>
+          <t>AR16949-06</t>
         </is>
       </c>
       <c r="B342" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C342" t="inlineStr">
         <is>
-          <t>2950</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D342" t="inlineStr">
         <is>
-          <t>22 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E342" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F342" t="inlineStr"/>
       <c r="G342" s="2" t="inlineStr">
         <is>
-          <t>Motor 22 kW, 2-polig, 180M, B3, 50/60Hz, 400/690V, IE4</t>
-[...2 lines deleted...]
-      <c r="H342" t="inlineStr"/>
+          <t>Motor 11 kW, 4-polig, 160M, V15, 50Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H342" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I342" t="inlineStr"/>
       <c r="J342" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K342" t="inlineStr"/>
       <c r="L342" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M342" t="inlineStr">
         <is>
-          <t>Innomotics</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="N342" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O342" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="P342" t="inlineStr">
         <is>
-          <t>3261.31 €</t>
+          <t>1270.69 €</t>
         </is>
       </c>
       <c r="Q342" t="inlineStr"/>
       <c r="R342" t="inlineStr">
         <is>
-          <t>161.00</t>
+          <t>110.00</t>
         </is>
       </c>
     </row>
     <row r="343" ht="30" customHeight="1">
       <c r="A343" t="inlineStr">
         <is>
-          <t>AR17672</t>
+          <t>AR16949-07</t>
         </is>
       </c>
       <c r="B343" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C343" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D343" t="inlineStr">
         <is>
-          <t>30 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E343" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F343" t="inlineStr"/>
       <c r="G343" s="2" t="inlineStr">
         <is>
-          <t>Motor 30kW, 2-Polig, 200L, B3, 100Hz, 380Y, IE4, SuPremE C1</t>
-[...2 lines deleted...]
-      <c r="H343" t="inlineStr"/>
+          <t>Motor 11 kW, 4-polig, 160M, V15, 50Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H343" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I343" t="inlineStr"/>
       <c r="J343" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K343" t="inlineStr"/>
       <c r="L343" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M343" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N343" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O343" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="P343" t="inlineStr">
         <is>
-          <t>2222.00 €</t>
+          <t>1270.69 €</t>
         </is>
       </c>
       <c r="Q343" t="inlineStr"/>
       <c r="R343" t="inlineStr">
         <is>
-          <t>209.00</t>
+          <t>110.00</t>
         </is>
       </c>
     </row>
     <row r="344" ht="30" customHeight="1">
       <c r="A344" t="inlineStr">
         <is>
-          <t>AR17673</t>
+          <t>AR16952</t>
         </is>
       </c>
       <c r="B344" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C344" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1491</t>
         </is>
       </c>
       <c r="D344" t="inlineStr">
         <is>
-          <t>30 kW</t>
+          <t>200 kW</t>
         </is>
       </c>
       <c r="E344" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F344" t="inlineStr"/>
       <c r="G344" s="2" t="inlineStr">
         <is>
-          <t>Motor 30kW, 2-Polig, 200L, B3, 100Hz, 380Y, IE4, SuPremE C1</t>
-[...2 lines deleted...]
-      <c r="H344" t="inlineStr"/>
+          <t>Motor 200 kW, 4-polig, 315L, B3, 50/60Hz, 400/690V, IE4</t>
+        </is>
+      </c>
+      <c r="H344" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V, 60Hz 3x 460 V</t>
+        </is>
+      </c>
       <c r="I344" t="inlineStr"/>
       <c r="J344" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K344" t="inlineStr"/>
       <c r="L344" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M344" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Siemens</t>
         </is>
       </c>
       <c r="N344" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O344" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="P344" t="inlineStr">
         <is>
-          <t>2222.00 €</t>
+          <t>23867.51 €</t>
         </is>
       </c>
       <c r="Q344" t="inlineStr"/>
       <c r="R344" t="inlineStr">
         <is>
-          <t>209.00</t>
+          <t>1322.00</t>
         </is>
       </c>
     </row>
     <row r="345" ht="30" customHeight="1">
       <c r="A345" t="inlineStr">
         <is>
-          <t>AR17674</t>
+          <t>AR16985-01M</t>
         </is>
       </c>
       <c r="B345" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C345" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>2920</t>
         </is>
       </c>
       <c r="D345" t="inlineStr">
         <is>
-          <t>30 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="E345" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F345" t="inlineStr"/>
       <c r="G345" s="2" t="inlineStr">
         <is>
-          <t>Motor 30kW, 2-Polig, 200L, B3, 100Hz, 380Y, IE4, SuPremE C1</t>
+          <t>Motor 5,5 kW, 2-polig, 132S, V1, 50/60Hz, 400/690V, IE3</t>
         </is>
       </c>
       <c r="H345" t="inlineStr"/>
       <c r="I345" t="inlineStr"/>
       <c r="J345" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K345" t="inlineStr"/>
       <c r="L345" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M345" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Motors</t>
         </is>
       </c>
       <c r="N345" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O345" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="P345" t="inlineStr">
         <is>
-          <t>2222.00 €</t>
+          <t>521.24 €</t>
         </is>
       </c>
       <c r="Q345" t="inlineStr"/>
       <c r="R345" t="inlineStr">
         <is>
-          <t>209.00</t>
-[...3 lines deleted...]
-    <row r="346" ht="30" customHeight="1">
+          <t>54.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="346" ht="15" customHeight="1">
       <c r="A346" t="inlineStr">
         <is>
-          <t>AR17675</t>
+          <t>AR16988</t>
         </is>
       </c>
       <c r="B346" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C346" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>2923</t>
         </is>
       </c>
       <c r="D346" t="inlineStr">
         <is>
-          <t>30 kW</t>
-[...6 lines deleted...]
-      </c>
+          <t>39 kW</t>
+        </is>
+      </c>
+      <c r="E346" t="inlineStr"/>
       <c r="F346" t="inlineStr"/>
       <c r="G346" s="2" t="inlineStr">
         <is>
-          <t>Motor 30kW, 2-Polig, 200L, B3, 100Hz, 380Y, IE4, SuPremE C1</t>
-[...2 lines deleted...]
-      <c r="H346" t="inlineStr"/>
+          <t>UMA 200D- 45/22G</t>
+        </is>
+      </c>
+      <c r="H346" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I346" t="inlineStr"/>
       <c r="J346" t="inlineStr">
         <is>
-          <t>IP55</t>
+          <t>IP68</t>
         </is>
       </c>
       <c r="K346" t="inlineStr"/>
-      <c r="L346" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L346" t="inlineStr"/>
       <c r="M346" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N346" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O346" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="P346" t="inlineStr">
         <is>
-          <t>2222.00 €</t>
+          <t>12882.49 €</t>
         </is>
       </c>
       <c r="Q346" t="inlineStr"/>
       <c r="R346" t="inlineStr">
         <is>
-          <t>209.00</t>
-[...3 lines deleted...]
-    <row r="347" ht="30" customHeight="1">
+          <t>251.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="347" ht="15" customHeight="1">
       <c r="A347" t="inlineStr">
         <is>
-          <t>AR17676</t>
+          <t>AR17056</t>
         </is>
       </c>
       <c r="B347" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C347" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D347" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>150 kW</t>
         </is>
       </c>
       <c r="E347" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>Unterwasser-Motor</t>
         </is>
       </c>
       <c r="F347" t="inlineStr"/>
       <c r="G347" s="2" t="inlineStr">
         <is>
-          <t>Motor 11 kW, 4-Polig, 160M, V1, 50Hz, 365Y, IE5, SuPremE C2</t>
-[...2 lines deleted...]
-      <c r="H347" t="inlineStr"/>
+          <t>UMA-S 200D 150/42, 150 kW, 2-polig, 100Hz, 400V</t>
+        </is>
+      </c>
+      <c r="H347" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I347" t="inlineStr"/>
       <c r="J347" t="inlineStr">
         <is>
-          <t>IP55</t>
+          <t>IP68</t>
         </is>
       </c>
       <c r="K347" t="inlineStr"/>
-      <c r="L347" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L347" t="inlineStr"/>
       <c r="M347" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N347" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O347" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="P347" t="inlineStr">
         <is>
-          <t>1180.67 €</t>
+          <t>27422.16 €</t>
         </is>
       </c>
       <c r="Q347" t="inlineStr"/>
       <c r="R347" t="inlineStr">
         <is>
-          <t>110.00</t>
+          <t>365.00</t>
         </is>
       </c>
     </row>
     <row r="348" ht="30" customHeight="1">
       <c r="A348" t="inlineStr">
         <is>
-          <t>AR17688-01</t>
+          <t>AR17070-01</t>
         </is>
       </c>
       <c r="B348" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C348" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>2945</t>
         </is>
       </c>
       <c r="D348" t="inlineStr">
         <is>
-          <t>22 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E348" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F348" t="inlineStr"/>
       <c r="G348" s="2" t="inlineStr">
         <is>
-          <t>Motor 22 kW, 4-polig, 180M, B3, 100Hz, 380Y, IE4, SuPremE C2 Adapterplatte</t>
-[...2 lines deleted...]
-      <c r="H348" t="inlineStr"/>
+          <t>Motor 11 kW, 2-polig, 160M, B3, 50/60Hz, 400/690V, IE3</t>
+        </is>
+      </c>
+      <c r="H348" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V, 60Hz 3x 460 V</t>
+        </is>
+      </c>
       <c r="I348" t="inlineStr"/>
       <c r="J348" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K348" t="inlineStr"/>
       <c r="L348" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M348" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Siemens</t>
         </is>
       </c>
       <c r="N348" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O348" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="P348" t="inlineStr">
         <is>
-          <t>1885.33 €</t>
+          <t>1182.79 €</t>
         </is>
       </c>
       <c r="Q348" t="inlineStr"/>
       <c r="R348" t="inlineStr">
         <is>
-          <t>177.00</t>
+          <t>124.00</t>
         </is>
       </c>
     </row>
     <row r="349" ht="30" customHeight="1">
       <c r="A349" t="inlineStr">
         <is>
-          <t>AR17688-02</t>
+          <t>AR17070-02</t>
         </is>
       </c>
       <c r="B349" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C349" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>2945</t>
         </is>
       </c>
       <c r="D349" t="inlineStr">
         <is>
-          <t>22 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E349" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F349" t="inlineStr"/>
       <c r="G349" s="2" t="inlineStr">
         <is>
-          <t>Motor 22 kW, 4-polig, 180M, B3, 100Hz, 380Y, IE4, SuPremE C2 Adapterplatte</t>
-[...2 lines deleted...]
-      <c r="H349" t="inlineStr"/>
+          <t>Motor 11 kW, 2-polig, 160M, B3, 50/60Hz, 400/690V, IE3</t>
+        </is>
+      </c>
+      <c r="H349" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V, 60Hz 3x 460 V</t>
+        </is>
+      </c>
       <c r="I349" t="inlineStr"/>
       <c r="J349" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K349" t="inlineStr"/>
       <c r="L349" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M349" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Siemens</t>
         </is>
       </c>
       <c r="N349" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O349" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="P349" t="inlineStr">
         <is>
-          <t>1885.33 €</t>
+          <t>1182.79 €</t>
         </is>
       </c>
       <c r="Q349" t="inlineStr"/>
       <c r="R349" t="inlineStr">
         <is>
-          <t>177.00</t>
+          <t>124.00</t>
         </is>
       </c>
     </row>
     <row r="350" ht="30" customHeight="1">
       <c r="A350" t="inlineStr">
         <is>
-          <t>AR17695</t>
+          <t>AR17085</t>
         </is>
       </c>
       <c r="B350" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C350" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D350" t="inlineStr">
         <is>
-          <t>18,5 kW</t>
+          <t>7,5 kW</t>
         </is>
       </c>
       <c r="E350" t="inlineStr">
         <is>
           <t>V1</t>
         </is>
       </c>
       <c r="F350" t="inlineStr"/>
       <c r="G350" s="2" t="inlineStr">
         <is>
-          <t>Motor 18,5kW, 4-Polig, 180M, V1, 50Hz, 380Y, IE4, SuPremE C2</t>
-[...2 lines deleted...]
-      <c r="H350" t="inlineStr"/>
+          <t>Motor 7,5 kW, 2-polig, 132S, V1, 100Hz, 370V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H350" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I350" t="inlineStr"/>
       <c r="J350" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K350" t="inlineStr"/>
       <c r="L350" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M350" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N350" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O350" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="P350" t="inlineStr">
         <is>
-          <t>1940.71 €</t>
+          <t>999.52 €</t>
         </is>
       </c>
       <c r="Q350" t="inlineStr"/>
       <c r="R350" t="inlineStr">
         <is>
-          <t>198.00</t>
+          <t>69.00</t>
         </is>
       </c>
     </row>
     <row r="351" ht="30" customHeight="1">
       <c r="A351" t="inlineStr">
         <is>
-          <t>AR17696</t>
+          <t>AR17086</t>
         </is>
       </c>
       <c r="B351" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C351" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>2981</t>
         </is>
       </c>
       <c r="D351" t="inlineStr">
         <is>
-          <t>18,5 kW</t>
+          <t>132 kW</t>
         </is>
       </c>
       <c r="E351" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F351" t="inlineStr"/>
       <c r="G351" s="2" t="inlineStr">
         <is>
-          <t>Motor 18,5kW, 4-Polig, 180M, V1, 50Hz, 380Y, IE4, SuPremE C2</t>
-[...2 lines deleted...]
-      <c r="H351" t="inlineStr"/>
+          <t>Motor 132 kW, 2-polig, 315S, B3, 50/60Hz, 380/690 V, IE4</t>
+        </is>
+      </c>
+      <c r="H351" t="inlineStr">
+        <is>
+          <t>50Hz 3x 380 V, 50Hz 3x 690 V, 50Hz 3x 400 V, 50Hz 3x 415 V, 50Hz 3x 660 V, 60Hz 3x 460 V</t>
+        </is>
+      </c>
       <c r="I351" t="inlineStr"/>
       <c r="J351" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K351" t="inlineStr"/>
       <c r="L351" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M351" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N351" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O351" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="P351" t="inlineStr">
         <is>
-          <t>1940.71 €</t>
+          <t>10988.57 €</t>
         </is>
       </c>
       <c r="Q351" t="inlineStr"/>
       <c r="R351" t="inlineStr">
         <is>
-          <t>198.00</t>
+          <t>1086.00</t>
         </is>
       </c>
     </row>
     <row r="352" ht="30" customHeight="1">
       <c r="A352" t="inlineStr">
         <is>
-          <t>AR17777-01</t>
+          <t>AR17172-04</t>
         </is>
       </c>
       <c r="B352" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C352" t="inlineStr">
         <is>
-          <t>2980</t>
+          <t>1490</t>
         </is>
       </c>
       <c r="D352" t="inlineStr">
         <is>
-          <t>90 kW</t>
+          <t>132 kW</t>
         </is>
       </c>
       <c r="E352" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F352" t="inlineStr"/>
       <c r="G352" s="2" t="inlineStr">
         <is>
-          <t>Motor 90 kW, 2-polig, 280M, B3, 50/60Hz, 380/660V, IE4</t>
-[...2 lines deleted...]
-      <c r="H352" t="inlineStr"/>
+          <t>Motor 132 kW, 4-polig, 315M, B3, 50/60Hz, 400/690V, IE3</t>
+        </is>
+      </c>
+      <c r="H352" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V, 60Hz 3x 460 V</t>
+        </is>
+      </c>
       <c r="I352" t="inlineStr"/>
       <c r="J352" t="inlineStr">
         <is>
-          <t>IP56</t>
+          <t>IP55</t>
         </is>
       </c>
       <c r="K352" t="inlineStr"/>
       <c r="L352" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M352" t="inlineStr">
         <is>
-          <t>Innomotics</t>
+          <t>Siemens</t>
         </is>
       </c>
       <c r="N352" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O352" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="P352" t="inlineStr">
         <is>
-          <t>11963.99 €</t>
+          <t>12067.92 €</t>
         </is>
       </c>
       <c r="Q352" t="inlineStr"/>
       <c r="R352" t="inlineStr">
         <is>
-          <t>622.00</t>
+          <t>982.00</t>
         </is>
       </c>
     </row>
     <row r="353" ht="30" customHeight="1">
       <c r="A353" t="inlineStr">
         <is>
-          <t>AR17777-02</t>
+          <t>AR17225</t>
         </is>
       </c>
       <c r="B353" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C353" t="inlineStr">
         <is>
-          <t>2980</t>
+          <t>1424</t>
         </is>
       </c>
       <c r="D353" t="inlineStr">
         <is>
-          <t>90 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="E353" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F353" t="inlineStr"/>
       <c r="G353" s="2" t="inlineStr">
         <is>
-          <t>Motor 90 kW, 2-polig, 280M, B3, 50/60Hz, 380/660V, IE4</t>
-[...2 lines deleted...]
-      <c r="H353" t="inlineStr"/>
+          <t>Motor 2,2 kW, 4-polig, 100L, V1, 50/60Hz, 230/400V, IE3</t>
+        </is>
+      </c>
+      <c r="H353" t="inlineStr">
+        <is>
+          <t>50Hz 3x 380 V, 50Hz 3x 400 V, 50Hz 3x 415 V, 60Hz 3x 460 V, 50Hz 3x 230 V, 50Hz 3x 220 V, 50Hz 3x 240 V</t>
+        </is>
+      </c>
       <c r="I353" t="inlineStr"/>
       <c r="J353" t="inlineStr">
         <is>
-          <t>IP56</t>
+          <t>IP55</t>
         </is>
       </c>
       <c r="K353" t="inlineStr"/>
       <c r="L353" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M353" t="inlineStr">
         <is>
-          <t>Innomotics</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="N353" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O353" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="P353" t="inlineStr">
         <is>
-          <t>11963.99 €</t>
+          <t>373.69 €</t>
         </is>
       </c>
       <c r="Q353" t="inlineStr"/>
       <c r="R353" t="inlineStr">
         <is>
-          <t>622.00</t>
+          <t>54.00</t>
         </is>
       </c>
     </row>
     <row r="354" ht="30" customHeight="1">
       <c r="A354" t="inlineStr">
         <is>
-          <t>AR17777-03</t>
+          <t>AR17242</t>
         </is>
       </c>
       <c r="B354" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C354" t="inlineStr">
         <is>
-          <t>2980</t>
+          <t>2910</t>
         </is>
       </c>
       <c r="D354" t="inlineStr">
         <is>
-          <t>90 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="E354" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F354" t="inlineStr"/>
       <c r="G354" s="2" t="inlineStr">
         <is>
-          <t>Motor 90 kW, 2-polig, 280M, B3, 50/60Hz, 380/660V, IE4</t>
-[...2 lines deleted...]
-      <c r="H354" t="inlineStr"/>
+          <t>Motor 2,2 kW, 2-polig, 090L, B3, 50/60Hz, 230/400V, IE3</t>
+        </is>
+      </c>
+      <c r="H354" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V, 60Hz 3x 460 V, 50Hz 3x 230 V</t>
+        </is>
+      </c>
       <c r="I354" t="inlineStr"/>
       <c r="J354" t="inlineStr">
         <is>
-          <t>IP56</t>
+          <t>IP55</t>
         </is>
       </c>
       <c r="K354" t="inlineStr"/>
       <c r="L354" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M354" t="inlineStr">
         <is>
-          <t>Innomotics</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="N354" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O354" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2014</t>
         </is>
       </c>
       <c r="P354" t="inlineStr">
         <is>
-          <t>11963.99 €</t>
+          <t>283.06 €</t>
         </is>
       </c>
       <c r="Q354" t="inlineStr"/>
       <c r="R354" t="inlineStr">
         <is>
-          <t>622.00</t>
+          <t>22.00</t>
         </is>
       </c>
     </row>
     <row r="355" ht="30" customHeight="1">
       <c r="A355" t="inlineStr">
         <is>
-          <t>AR17865-01</t>
-[...2 lines deleted...]
-      <c r="B355" t="inlineStr"/>
+          <t>AR17275</t>
+        </is>
+      </c>
+      <c r="B355" t="inlineStr">
+        <is>
+          <t>4-polig</t>
+        </is>
+      </c>
       <c r="C355" t="inlineStr">
         <is>
-          <t>2900</t>
+          <t>1470</t>
         </is>
       </c>
       <c r="D355" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E355" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F355" t="inlineStr"/>
       <c r="G355" s="2" t="inlineStr">
         <is>
-          <t>Motor 5,5 kW, 4-polig, 132S, V1, 50Hz, 350Y, IE4 SuPremE C2 mit Adapterplatte</t>
-[...2 lines deleted...]
-      <c r="H355" t="inlineStr"/>
+          <t>Motor 11 kW, 4-polig, 160M, B3, 50/60Hz, 400/690V, IE3</t>
+        </is>
+      </c>
+      <c r="H355" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V, 60Hz 3x 460 V</t>
+        </is>
+      </c>
       <c r="I355" t="inlineStr"/>
-      <c r="J355" t="inlineStr"/>
+      <c r="J355" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
       <c r="K355" t="inlineStr"/>
       <c r="L355" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M355" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Siemens</t>
         </is>
       </c>
       <c r="N355" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O355" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="P355" t="inlineStr">
         <is>
-          <t>531.82 €</t>
+          <t>1230.56 €</t>
         </is>
       </c>
       <c r="Q355" t="inlineStr"/>
       <c r="R355" t="inlineStr">
         <is>
-          <t>77.00</t>
-[...3 lines deleted...]
-    <row r="356" ht="30" customHeight="1">
+          <t>127.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="356" ht="15" customHeight="1">
       <c r="A356" t="inlineStr">
         <is>
-          <t>AR17865-02</t>
-[...2 lines deleted...]
-      <c r="B356" t="inlineStr"/>
+          <t>AR17439</t>
+        </is>
+      </c>
+      <c r="B356" t="inlineStr">
+        <is>
+          <t>2-polig</t>
+        </is>
+      </c>
       <c r="C356" t="inlineStr">
         <is>
-          <t>2900</t>
+          <t>2928</t>
         </is>
       </c>
       <c r="D356" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>54 kW</t>
         </is>
       </c>
       <c r="E356" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>Unterwasser-Motor</t>
         </is>
       </c>
       <c r="F356" t="inlineStr"/>
       <c r="G356" s="2" t="inlineStr">
         <is>
-          <t>Motor 5,5 kW, 4-polig, 132S, V1, 50Hz, 350Y, IE4 SuPremE C2 mit Adapterplatte</t>
-[...2 lines deleted...]
-      <c r="H356" t="inlineStr"/>
+          <t>UMA 200- 65/22C</t>
+        </is>
+      </c>
+      <c r="H356" t="inlineStr">
+        <is>
+          <t>50Hz 3x 380 V</t>
+        </is>
+      </c>
       <c r="I356" t="inlineStr"/>
-      <c r="J356" t="inlineStr"/>
+      <c r="J356" t="inlineStr">
+        <is>
+          <t>IP68</t>
+        </is>
+      </c>
       <c r="K356" t="inlineStr"/>
-      <c r="L356" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L356" t="inlineStr"/>
       <c r="M356" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N356" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O356" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="P356" t="inlineStr">
         <is>
-          <t>531.82 €</t>
+          <t>16351.57 €</t>
         </is>
       </c>
       <c r="Q356" t="inlineStr"/>
       <c r="R356" t="inlineStr">
         <is>
-          <t>77.00</t>
+          <t>221.00</t>
         </is>
       </c>
     </row>
     <row r="357" ht="30" customHeight="1">
       <c r="A357" t="inlineStr">
         <is>
-          <t>AR17898</t>
-[...2 lines deleted...]
-      <c r="B357" t="inlineStr"/>
+          <t>AR17442M</t>
+        </is>
+      </c>
+      <c r="B357" t="inlineStr">
+        <is>
+          <t>2-polig</t>
+        </is>
+      </c>
       <c r="C357" t="inlineStr">
         <is>
-          <t>2900</t>
+          <t>2945</t>
         </is>
       </c>
       <c r="D357" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E357" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B35</t>
         </is>
       </c>
       <c r="F357" t="inlineStr"/>
       <c r="G357" s="2" t="inlineStr">
         <is>
-          <t>Motor 5,5 kW, 4-polig, 132S, V1, 50Hz, 350Y, IE4 SuPremE C2 mit Adapterplatte</t>
-[...2 lines deleted...]
-      <c r="H357" t="inlineStr"/>
+          <t>Motor 11 kW, 2-polig, 160M, V15, 50/60Hz, 400/690V, IE3</t>
+        </is>
+      </c>
+      <c r="H357" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I357" t="inlineStr"/>
-      <c r="J357" t="inlineStr"/>
+      <c r="J357" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
       <c r="K357" t="inlineStr"/>
       <c r="L357" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M357" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N357" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O357" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="P357" t="inlineStr">
         <is>
-          <t>531.82 €</t>
+          <t>1289.19 €</t>
         </is>
       </c>
       <c r="Q357" t="inlineStr"/>
       <c r="R357" t="inlineStr">
         <is>
-          <t>77.00</t>
+          <t>97.00</t>
         </is>
       </c>
     </row>
     <row r="358" ht="30" customHeight="1">
       <c r="A358" t="inlineStr">
         <is>
-          <t>AR17899-01</t>
-[...2 lines deleted...]
-      <c r="B358" t="inlineStr"/>
+          <t>AR17445</t>
+        </is>
+      </c>
+      <c r="B358" t="inlineStr">
+        <is>
+          <t>6-polig</t>
+        </is>
+      </c>
       <c r="C358" t="inlineStr">
         <is>
-          <t>2900</t>
-[...2 lines deleted...]
-      <c r="D358" t="inlineStr"/>
+          <t>1470</t>
+        </is>
+      </c>
+      <c r="D358" t="inlineStr">
+        <is>
+          <t>5,5 kW</t>
+        </is>
+      </c>
       <c r="E358" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F358" t="inlineStr"/>
       <c r="G358" s="2" t="inlineStr">
         <is>
-          <t>Motor 1,5 kW, 4-polig, 090L, V1, 50Hz, 350Y, IE4 mit Adapterplatte</t>
-[...2 lines deleted...]
-      <c r="H358" t="inlineStr"/>
+          <t>Motor 5,5 kW, 6-polig, 132M, B3, 50/60Hz, 400/690V, IE3</t>
+        </is>
+      </c>
+      <c r="H358" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V, 60Hz 3x 460 V</t>
+        </is>
+      </c>
       <c r="I358" t="inlineStr"/>
-      <c r="J358" t="inlineStr"/>
+      <c r="J358" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
       <c r="K358" t="inlineStr"/>
       <c r="L358" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M358" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Siemens</t>
         </is>
       </c>
       <c r="N358" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O358" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="P358" t="inlineStr">
         <is>
-          <t>309.67 €</t>
+          <t>1067.98 €</t>
         </is>
       </c>
       <c r="Q358" t="inlineStr"/>
       <c r="R358" t="inlineStr">
         <is>
-          <t>21.00</t>
+          <t>99.00</t>
         </is>
       </c>
     </row>
     <row r="359" ht="30" customHeight="1">
       <c r="A359" t="inlineStr">
         <is>
-          <t>AR17899-02</t>
-[...2 lines deleted...]
-      <c r="B359" t="inlineStr"/>
+          <t>AR17446-01</t>
+        </is>
+      </c>
+      <c r="B359" t="inlineStr">
+        <is>
+          <t>2-polig</t>
+        </is>
+      </c>
       <c r="C359" t="inlineStr">
         <is>
-          <t>2900</t>
-[...2 lines deleted...]
-      <c r="D359" t="inlineStr"/>
+          <t>2950</t>
+        </is>
+      </c>
+      <c r="D359" t="inlineStr">
+        <is>
+          <t>7,5 kW</t>
+        </is>
+      </c>
       <c r="E359" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F359" t="inlineStr"/>
       <c r="G359" s="2" t="inlineStr">
         <is>
-          <t>Motor 1,5 kW, 4-polig, 090L, V1, 50Hz, 350Y, IE4 mit Adapterplatte</t>
-[...2 lines deleted...]
-      <c r="H359" t="inlineStr"/>
+          <t>Motor 7,5 kW, 2-polig, 132S, V15, 50/60Hz, 400/690V</t>
+        </is>
+      </c>
+      <c r="H359" t="inlineStr">
+        <is>
+          <t>50Hz 3x 415 V, 60Hz 3x 480 V</t>
+        </is>
+      </c>
       <c r="I359" t="inlineStr"/>
-      <c r="J359" t="inlineStr"/>
+      <c r="J359" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
       <c r="K359" t="inlineStr"/>
       <c r="L359" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M359" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Siemens</t>
         </is>
       </c>
       <c r="N359" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O359" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="P359" t="inlineStr">
         <is>
-          <t>309.67 €</t>
+          <t>982.60 €</t>
         </is>
       </c>
       <c r="Q359" t="inlineStr"/>
       <c r="R359" t="inlineStr">
         <is>
-          <t>21.00</t>
+          <t>73.00</t>
         </is>
       </c>
     </row>
     <row r="360" ht="30" customHeight="1">
       <c r="A360" t="inlineStr">
         <is>
-          <t>AR17899-03</t>
-[...2 lines deleted...]
-      <c r="B360" t="inlineStr"/>
+          <t>AR17446-02</t>
+        </is>
+      </c>
+      <c r="B360" t="inlineStr">
+        <is>
+          <t>2-polig</t>
+        </is>
+      </c>
       <c r="C360" t="inlineStr">
         <is>
-          <t>2900</t>
-[...2 lines deleted...]
-      <c r="D360" t="inlineStr"/>
+          <t>2950</t>
+        </is>
+      </c>
+      <c r="D360" t="inlineStr">
+        <is>
+          <t>7,5 kW</t>
+        </is>
+      </c>
       <c r="E360" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F360" t="inlineStr"/>
       <c r="G360" s="2" t="inlineStr">
         <is>
-          <t>Motor 1,5 kW, 4-polig, 090L, V1, 50Hz, 350Y, IE4 mit Adapterplatte</t>
-[...2 lines deleted...]
-      <c r="H360" t="inlineStr"/>
+          <t>Motor 7,5 kW, 2-polig, 132S, V15, 50/60Hz, 400/690V</t>
+        </is>
+      </c>
+      <c r="H360" t="inlineStr">
+        <is>
+          <t>50Hz 3x 415 V, 60Hz 3x 480 V</t>
+        </is>
+      </c>
       <c r="I360" t="inlineStr"/>
-      <c r="J360" t="inlineStr"/>
+      <c r="J360" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
       <c r="K360" t="inlineStr"/>
       <c r="L360" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M360" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Siemens</t>
         </is>
       </c>
       <c r="N360" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O360" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="P360" t="inlineStr">
         <is>
-          <t>309.67 €</t>
+          <t>982.60 €</t>
         </is>
       </c>
       <c r="Q360" t="inlineStr"/>
       <c r="R360" t="inlineStr">
         <is>
-          <t>21.00</t>
-[...3 lines deleted...]
-    <row r="361" ht="30" customHeight="1">
+          <t>73.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="361" ht="15" customHeight="1">
       <c r="A361" t="inlineStr">
         <is>
-          <t>AR17899-04</t>
-[...2 lines deleted...]
-      <c r="B361" t="inlineStr"/>
+          <t>AR17450</t>
+        </is>
+      </c>
+      <c r="B361" t="inlineStr">
+        <is>
+          <t>2-polig</t>
+        </is>
+      </c>
       <c r="C361" t="inlineStr">
         <is>
-          <t>2900</t>
-[...2 lines deleted...]
-      <c r="D361" t="inlineStr"/>
+          <t>3000</t>
+        </is>
+      </c>
+      <c r="D361" t="inlineStr">
+        <is>
+          <t>22 kW</t>
+        </is>
+      </c>
       <c r="E361" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F361" t="inlineStr"/>
       <c r="G361" s="2" t="inlineStr">
         <is>
-          <t>Motor 1,5 kW, 4-polig, 090L, V1, 50Hz, 350Y, IE4 mit Adapterplatte</t>
+          <t>Motor 22 kW, 2-polig, 180M, B3, 100Hz, 380Y, IE4</t>
         </is>
       </c>
       <c r="H361" t="inlineStr"/>
       <c r="I361" t="inlineStr"/>
-      <c r="J361" t="inlineStr"/>
+      <c r="J361" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
       <c r="K361" t="inlineStr"/>
       <c r="L361" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M361" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N361" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O361" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="P361" t="inlineStr">
         <is>
-          <t>309.67 €</t>
+          <t>1675.12 €</t>
         </is>
       </c>
       <c r="Q361" t="inlineStr"/>
       <c r="R361" t="inlineStr">
         <is>
-          <t>21.00</t>
+          <t>176.00</t>
         </is>
       </c>
     </row>
     <row r="362" ht="30" customHeight="1">
       <c r="A362" t="inlineStr">
         <is>
-          <t>AR17899-05</t>
-[...2 lines deleted...]
-      <c r="B362" t="inlineStr"/>
+          <t>AR17451-01</t>
+        </is>
+      </c>
+      <c r="B362" t="inlineStr">
+        <is>
+          <t>4-polig</t>
+        </is>
+      </c>
       <c r="C362" t="inlineStr">
         <is>
-          <t>2900</t>
-[...2 lines deleted...]
-      <c r="D362" t="inlineStr"/>
+          <t>1500</t>
+        </is>
+      </c>
+      <c r="D362" t="inlineStr">
+        <is>
+          <t>0,75 kW</t>
+        </is>
+      </c>
       <c r="E362" t="inlineStr">
         <is>
           <t>V1</t>
         </is>
       </c>
       <c r="F362" t="inlineStr"/>
       <c r="G362" s="2" t="inlineStr">
         <is>
-          <t>Motor 1,5 kW, 4-polig, 090L, V1, 50Hz, 350Y, IE4 mit Adapterplatte</t>
-[...2 lines deleted...]
-      <c r="H362" t="inlineStr"/>
+          <t>Motor 0,75 kW 4-polig, 080M, V1, 125Hz, 300V, IE5 SuPremE mit Adapterplatte fur PDRV2</t>
+        </is>
+      </c>
+      <c r="H362" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I362" t="inlineStr"/>
-      <c r="J362" t="inlineStr"/>
+      <c r="J362" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
       <c r="K362" t="inlineStr"/>
       <c r="L362" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M362" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N362" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O362" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P362" t="inlineStr">
         <is>
-          <t>309.67 €</t>
+          <t>246.74 €</t>
         </is>
       </c>
       <c r="Q362" t="inlineStr"/>
       <c r="R362" t="inlineStr">
         <is>
-          <t>21.00</t>
+          <t>17.00</t>
         </is>
       </c>
     </row>
     <row r="363" ht="30" customHeight="1">
       <c r="A363" t="inlineStr">
         <is>
-          <t>AR17899-06</t>
-[...2 lines deleted...]
-      <c r="B363" t="inlineStr"/>
+          <t>AR17451-02</t>
+        </is>
+      </c>
+      <c r="B363" t="inlineStr">
+        <is>
+          <t>4-polig</t>
+        </is>
+      </c>
       <c r="C363" t="inlineStr">
         <is>
-          <t>2900</t>
-[...2 lines deleted...]
-      <c r="D363" t="inlineStr"/>
+          <t>1500</t>
+        </is>
+      </c>
+      <c r="D363" t="inlineStr">
+        <is>
+          <t>0,75 kW</t>
+        </is>
+      </c>
       <c r="E363" t="inlineStr">
         <is>
           <t>V1</t>
         </is>
       </c>
       <c r="F363" t="inlineStr"/>
       <c r="G363" s="2" t="inlineStr">
         <is>
-          <t>Motor 1,5 kW, 4-polig, 090L, V1, 50Hz, 350Y, IE4 mit Adapterplatte</t>
-[...2 lines deleted...]
-      <c r="H363" t="inlineStr"/>
+          <t>Motor 0,75 kW 4-polig, 080M, V1, 125Hz, 300V, IE5 SuPremE mit Adapterplatte fur PDRV2</t>
+        </is>
+      </c>
+      <c r="H363" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I363" t="inlineStr"/>
-      <c r="J363" t="inlineStr"/>
+      <c r="J363" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
       <c r="K363" t="inlineStr"/>
       <c r="L363" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M363" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N363" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O363" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P363" t="inlineStr">
         <is>
-          <t>309.67 €</t>
+          <t>246.74 €</t>
         </is>
       </c>
       <c r="Q363" t="inlineStr"/>
       <c r="R363" t="inlineStr">
         <is>
-          <t>21.00</t>
-[...3 lines deleted...]
-    <row r="364" ht="30" customHeight="1">
+          <t>17.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="364" ht="15" customHeight="1">
       <c r="A364" t="inlineStr">
         <is>
-          <t>AR17905-01</t>
-[...2 lines deleted...]
-      <c r="B364" t="inlineStr"/>
+          <t>AR17519</t>
+        </is>
+      </c>
+      <c r="B364" t="inlineStr">
+        <is>
+          <t>4-polig</t>
+        </is>
+      </c>
       <c r="C364" t="inlineStr">
         <is>
-          <t>2900</t>
+          <t>1470</t>
         </is>
       </c>
       <c r="D364" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>30 kW</t>
         </is>
       </c>
       <c r="E364" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F364" t="inlineStr"/>
       <c r="G364" s="2" t="inlineStr">
         <is>
-          <t>Motor 5,5 kW, 4-polig, 132S, V1, 50Hz, 350Y, IE4 SuPremE C2 mit Adapterplatte</t>
-[...2 lines deleted...]
-      <c r="H364" t="inlineStr"/>
+          <t>Motor 30kW, 4-Polig, 200L, B3, 50/60Hz, 400V, IE3</t>
+        </is>
+      </c>
+      <c r="H364" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I364" t="inlineStr"/>
-      <c r="J364" t="inlineStr"/>
+      <c r="J364" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
       <c r="K364" t="inlineStr"/>
       <c r="L364" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M364" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N364" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O364" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="P364" t="inlineStr">
         <is>
-          <t>709.10 €</t>
+          <t>2404.82 €</t>
         </is>
       </c>
       <c r="Q364" t="inlineStr"/>
       <c r="R364" t="inlineStr">
         <is>
-          <t>77.00</t>
+          <t>211.00</t>
         </is>
       </c>
     </row>
     <row r="365" ht="30" customHeight="1">
       <c r="A365" t="inlineStr">
         <is>
-          <t>AR17905-02</t>
-[...2 lines deleted...]
-      <c r="B365" t="inlineStr"/>
+          <t>AR17520</t>
+        </is>
+      </c>
+      <c r="B365" t="inlineStr">
+        <is>
+          <t>4-polig</t>
+        </is>
+      </c>
       <c r="C365" t="inlineStr">
         <is>
-          <t>2900</t>
+          <t>1470</t>
         </is>
       </c>
       <c r="D365" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>22 kW</t>
         </is>
       </c>
       <c r="E365" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F365" t="inlineStr"/>
       <c r="G365" s="2" t="inlineStr">
         <is>
-          <t>Motor 5,5 kW, 4-polig, 132S, V1, 50Hz, 350Y, IE4 SuPremE C2 mit Adapterplatte</t>
-[...2 lines deleted...]
-      <c r="H365" t="inlineStr"/>
+          <t>Motor 22kW, 4-Polig, 180L, B3, 50/60Hz, 400/690V, IE3</t>
+        </is>
+      </c>
+      <c r="H365" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I365" t="inlineStr"/>
-      <c r="J365" t="inlineStr"/>
+      <c r="J365" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
       <c r="K365" t="inlineStr"/>
       <c r="L365" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M365" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N365" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O365" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="P365" t="inlineStr">
         <is>
-          <t>709.10 €</t>
+          <t>1726.65 €</t>
         </is>
       </c>
       <c r="Q365" t="inlineStr"/>
       <c r="R365" t="inlineStr">
         <is>
-          <t>77.00</t>
-[...3 lines deleted...]
-    <row r="366" ht="45" customHeight="1">
+          <t>197.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="366" ht="30" customHeight="1">
       <c r="A366" t="inlineStr">
         <is>
-          <t>AR17917-01</t>
+          <t>AR17521</t>
         </is>
       </c>
       <c r="B366" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C366" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>1470</t>
         </is>
       </c>
       <c r="D366" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>22 kW</t>
         </is>
       </c>
       <c r="E366" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F366" t="inlineStr"/>
       <c r="G366" s="2" t="inlineStr">
         <is>
-          <t>Motor 11 kW, 4-polig, 160M, B3, 50Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2, Lackierung 2K Epoxid-Zinkstaub</t>
-[...2 lines deleted...]
-      <c r="H366" t="inlineStr"/>
+          <t>Motor 22kW, 4-Polig, 180L, B3, 50/60Hz, 400/690V, IE3</t>
+        </is>
+      </c>
+      <c r="H366" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I366" t="inlineStr"/>
       <c r="J366" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K366" t="inlineStr"/>
       <c r="L366" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M366" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N366" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O366" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="P366" t="inlineStr">
         <is>
-          <t>772.60 €</t>
+          <t>1726.65 €</t>
         </is>
       </c>
       <c r="Q366" t="inlineStr"/>
       <c r="R366" t="inlineStr">
         <is>
-          <t>102.00</t>
-[...3 lines deleted...]
-    <row r="367" ht="45" customHeight="1">
+          <t>197.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="367" ht="30" customHeight="1">
       <c r="A367" t="inlineStr">
         <is>
-          <t>AR17917-02</t>
+          <t>AR17522-01</t>
         </is>
       </c>
       <c r="B367" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C367" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>2955</t>
         </is>
       </c>
       <c r="D367" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>37 kW</t>
         </is>
       </c>
       <c r="E367" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F367" t="inlineStr"/>
       <c r="G367" s="2" t="inlineStr">
         <is>
-          <t>Motor 11 kW, 4-polig, 160M, B3, 50Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2, Lackierung 2K Epoxid-Zinkstaub</t>
-[...2 lines deleted...]
-      <c r="H367" t="inlineStr"/>
+          <t>Motor 37kW, 2-Polig, 200L, V1, 50/60Hz, 400V, IE3, ATEX</t>
+        </is>
+      </c>
+      <c r="H367" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I367" t="inlineStr"/>
       <c r="J367" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K367" t="inlineStr"/>
       <c r="L367" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M367" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N367" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O367" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="P367" t="inlineStr">
         <is>
-          <t>772.60 €</t>
-[...2 lines deleted...]
-      <c r="Q367" t="inlineStr"/>
+          <t>5534.59 €</t>
+        </is>
+      </c>
+      <c r="Q367" t="inlineStr">
+        <is>
+          <t>Ja</t>
+        </is>
+      </c>
       <c r="R367" t="inlineStr">
         <is>
-          <t>102.00</t>
+          <t>272.00</t>
         </is>
       </c>
     </row>
     <row r="368" ht="30" customHeight="1">
       <c r="A368" t="inlineStr">
         <is>
-          <t>AR17930</t>
-[...2 lines deleted...]
-      <c r="B368" t="inlineStr"/>
+          <t>AR17522-02</t>
+        </is>
+      </c>
+      <c r="B368" t="inlineStr">
+        <is>
+          <t>4-polig</t>
+        </is>
+      </c>
       <c r="C368" t="inlineStr">
         <is>
-          <t>1450</t>
+          <t>2955</t>
         </is>
       </c>
       <c r="D368" t="inlineStr">
         <is>
-          <t>3 kW</t>
+          <t>37 kW</t>
         </is>
       </c>
       <c r="E368" t="inlineStr">
         <is>
-          <t>B5</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F368" t="inlineStr"/>
       <c r="G368" s="2" t="inlineStr">
         <is>
-          <t>Motor 3 kW, 4-polig, 100L, B5, 50Hz, 3x 400/690, IE3</t>
-[...2 lines deleted...]
-      <c r="H368" t="inlineStr"/>
+          <t>Motor 37kW, 2-Polig, 200L, V1, 50/60Hz, 400V, IE3, ATEX</t>
+        </is>
+      </c>
+      <c r="H368" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I368" t="inlineStr"/>
       <c r="J368" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K368" t="inlineStr"/>
       <c r="L368" t="inlineStr">
         <is>
           <t>IE3</t>
         </is>
       </c>
       <c r="M368" t="inlineStr">
         <is>
-          <t>Siemens</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="N368" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O368" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="P368" t="inlineStr">
         <is>
-          <t>425.43 €</t>
-[...2 lines deleted...]
-      <c r="Q368" t="inlineStr"/>
+          <t>5534.59 €</t>
+        </is>
+      </c>
+      <c r="Q368" t="inlineStr">
+        <is>
+          <t>Ja</t>
+        </is>
+      </c>
       <c r="R368" t="inlineStr">
         <is>
-          <t>43.00</t>
+          <t>272.00</t>
         </is>
       </c>
     </row>
     <row r="369" ht="30" customHeight="1">
       <c r="A369" t="inlineStr">
         <is>
-          <t>AR17936</t>
+          <t>AR17522-03</t>
         </is>
       </c>
       <c r="B369" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C369" t="inlineStr">
         <is>
-          <t>1500</t>
-[...2 lines deleted...]
-      <c r="D369" t="inlineStr"/>
+          <t>2955</t>
+        </is>
+      </c>
+      <c r="D369" t="inlineStr">
+        <is>
+          <t>37 kW</t>
+        </is>
+      </c>
       <c r="E369" t="inlineStr">
         <is>
           <t>V1</t>
         </is>
       </c>
       <c r="F369" t="inlineStr"/>
       <c r="G369" s="2" t="inlineStr">
         <is>
-          <t>Motor 3 kW, 4-polig, 100L, V1, 50Hz, 360V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H369" t="inlineStr"/>
+          <t>Motor 37kW, 2-Polig, 200L, V1, 50/60Hz, 400V, IE3, ATEX</t>
+        </is>
+      </c>
+      <c r="H369" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I369" t="inlineStr"/>
-      <c r="J369" t="inlineStr"/>
+      <c r="J369" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
       <c r="K369" t="inlineStr"/>
       <c r="L369" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M369" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N369" t="inlineStr">
         <is>
-          <t>B1: B3: gebraucht / werksüberholt</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O369" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="P369" t="inlineStr">
         <is>
-          <t>778.64 €</t>
-[...2 lines deleted...]
-      <c r="Q369" t="inlineStr"/>
+          <t>5534.59 €</t>
+        </is>
+      </c>
+      <c r="Q369" t="inlineStr">
+        <is>
+          <t>Ja</t>
+        </is>
+      </c>
       <c r="R369" t="inlineStr">
         <is>
-          <t>41.00</t>
+          <t>272.00</t>
         </is>
       </c>
     </row>
     <row r="370" ht="30" customHeight="1">
       <c r="A370" t="inlineStr">
         <is>
-          <t>AR17939-01</t>
+          <t>AR17534-01</t>
         </is>
       </c>
       <c r="B370" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C370" t="inlineStr">
         <is>
-          <t>1470</t>
-[...6 lines deleted...]
-      </c>
+          <t>2960</t>
+        </is>
+      </c>
+      <c r="D370" t="inlineStr"/>
       <c r="E370" t="inlineStr">
         <is>
-          <t>B35</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F370" t="inlineStr"/>
       <c r="G370" s="2" t="inlineStr">
         <is>
-          <t>Motor 11 kW, 4-polig, 160M, B35, 50/60Hz, 400/690V, IE3</t>
-[...2 lines deleted...]
-      <c r="H370" t="inlineStr"/>
+          <t>Motor 45 kW, 2-polig, 225M, B3, 50/60Hz, 400/690V, IE3</t>
+        </is>
+      </c>
+      <c r="H370" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V, 60Hz 3x 460 V</t>
+        </is>
+      </c>
       <c r="I370" t="inlineStr"/>
-      <c r="J370" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J370" t="inlineStr"/>
       <c r="K370" t="inlineStr"/>
       <c r="L370" t="inlineStr">
         <is>
           <t>IE3</t>
         </is>
       </c>
       <c r="M370" t="inlineStr">
         <is>
-          <t>KSB</t>
-[...6 lines deleted...]
-      </c>
+          <t>Siemens</t>
+        </is>
+      </c>
+      <c r="N370" t="inlineStr"/>
       <c r="O370" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="P370" t="inlineStr">
         <is>
-          <t>1285.33 €</t>
+          <t>5667.67 €</t>
         </is>
       </c>
       <c r="Q370" t="inlineStr"/>
       <c r="R370" t="inlineStr">
         <is>
-          <t>110.00</t>
+          <t>337.00</t>
         </is>
       </c>
     </row>
     <row r="371" ht="30" customHeight="1">
       <c r="A371" t="inlineStr">
         <is>
-          <t>AR17939-02</t>
+          <t>AR17534-02</t>
         </is>
       </c>
       <c r="B371" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C371" t="inlineStr">
         <is>
-          <t>1470</t>
-[...6 lines deleted...]
-      </c>
+          <t>2960</t>
+        </is>
+      </c>
+      <c r="D371" t="inlineStr"/>
       <c r="E371" t="inlineStr">
         <is>
-          <t>B35</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F371" t="inlineStr"/>
       <c r="G371" s="2" t="inlineStr">
         <is>
-          <t>Motor 11 kW, 4-polig, 160M, B35, 50/60Hz, 400/690V, IE3</t>
-[...2 lines deleted...]
-      <c r="H371" t="inlineStr"/>
+          <t>Motor 45 kW, 2-polig, 225M, B3, 50/60Hz, 400/690V, IE3</t>
+        </is>
+      </c>
+      <c r="H371" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V, 60Hz 3x 460 V</t>
+        </is>
+      </c>
       <c r="I371" t="inlineStr"/>
-      <c r="J371" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J371" t="inlineStr"/>
       <c r="K371" t="inlineStr"/>
       <c r="L371" t="inlineStr">
         <is>
           <t>IE3</t>
         </is>
       </c>
       <c r="M371" t="inlineStr">
         <is>
-          <t>KSB</t>
-[...6 lines deleted...]
-      </c>
+          <t>Siemens</t>
+        </is>
+      </c>
+      <c r="N371" t="inlineStr"/>
       <c r="O371" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="P371" t="inlineStr">
         <is>
-          <t>1285.33 €</t>
+          <t>5667.67 €</t>
         </is>
       </c>
       <c r="Q371" t="inlineStr"/>
       <c r="R371" t="inlineStr">
         <is>
-          <t>110.00</t>
-[...3 lines deleted...]
-    <row r="372" ht="30" customHeight="1">
+          <t>337.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="372" ht="15" customHeight="1">
       <c r="A372" t="inlineStr">
         <is>
-          <t>AR17947-01</t>
+          <t>AR17536</t>
         </is>
       </c>
       <c r="B372" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C372" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>2928</t>
         </is>
       </c>
       <c r="D372" t="inlineStr">
         <is>
-          <t>30 kW</t>
+          <t>22 kW</t>
         </is>
       </c>
       <c r="E372" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>Unterwasser-Motor</t>
         </is>
       </c>
       <c r="F372" t="inlineStr"/>
       <c r="G372" s="2" t="inlineStr">
         <is>
-          <t>Motor 30 kW, 4-polig, 200L, V15, 50Hz, 380V, IE4 SuPremE C1</t>
-[...2 lines deleted...]
-      <c r="H372" t="inlineStr"/>
+          <t>UMA 150- 22/21E</t>
+        </is>
+      </c>
+      <c r="H372" t="inlineStr">
+        <is>
+          <t>50Hz 3x 380 V</t>
+        </is>
+      </c>
       <c r="I372" t="inlineStr"/>
       <c r="J372" t="inlineStr">
         <is>
-          <t>IP55</t>
+          <t>IP68</t>
         </is>
       </c>
       <c r="K372" t="inlineStr"/>
-      <c r="L372" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L372" t="inlineStr"/>
       <c r="M372" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N372" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O372" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="P372" t="inlineStr">
         <is>
-          <t>3450.88 €</t>
+          <t>3959.42 €</t>
         </is>
       </c>
       <c r="Q372" t="inlineStr"/>
       <c r="R372" t="inlineStr">
         <is>
-          <t>212.00</t>
+          <t>127.00</t>
         </is>
       </c>
     </row>
     <row r="373" ht="30" customHeight="1">
       <c r="A373" t="inlineStr">
         <is>
-          <t>AR17947-02</t>
+          <t>AR17605</t>
         </is>
       </c>
       <c r="B373" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C373" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D373" t="inlineStr">
         <is>
-          <t>30 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="E373" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F373" t="inlineStr"/>
       <c r="G373" s="2" t="inlineStr">
         <is>
-          <t>Motor 30 kW, 4-polig, 200L, V15, 50Hz, 380V, IE4 SuPremE C1</t>
-[...2 lines deleted...]
-      <c r="H373" t="inlineStr"/>
+          <t>Motor 15 kW, 4-polig, 160L, V1, 50Hz, 355Y, IE5 SuPremE C1 mit Klemmkasten</t>
+        </is>
+      </c>
+      <c r="H373" t="inlineStr">
+        <is>
+          <t>50Hz 3x 380 V</t>
+        </is>
+      </c>
       <c r="I373" t="inlineStr"/>
       <c r="J373" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K373" t="inlineStr"/>
       <c r="L373" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M373" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N373" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O373" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P373" t="inlineStr">
         <is>
-          <t>3450.88 €</t>
+          <t>1538.63 €</t>
         </is>
       </c>
       <c r="Q373" t="inlineStr"/>
       <c r="R373" t="inlineStr">
         <is>
-          <t>212.00</t>
+          <t>117.50</t>
         </is>
       </c>
     </row>
     <row r="374" ht="30" customHeight="1">
       <c r="A374" t="inlineStr">
         <is>
-          <t>AR17947-03</t>
+          <t>AR17607-01</t>
         </is>
       </c>
       <c r="B374" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C374" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D374" t="inlineStr">
         <is>
-          <t>30 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="E374" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F374" t="inlineStr"/>
       <c r="G374" s="2" t="inlineStr">
         <is>
-          <t>Motor 30 kW, 4-polig, 200L, V15, 50Hz, 380V, IE4 SuPremE C1</t>
-[...2 lines deleted...]
-      <c r="H374" t="inlineStr"/>
+          <t>Motor 5,5 kW, 2-polig, 132S, B3, 100Hz, 365Y, IE5 SuPremE C1 mit Klemmkasten</t>
+        </is>
+      </c>
+      <c r="H374" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I374" t="inlineStr"/>
       <c r="J374" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K374" t="inlineStr"/>
       <c r="L374" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M374" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N374" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="O374" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P374" t="inlineStr">
         <is>
-          <t>3450.88 €</t>
+          <t>389.16 €</t>
         </is>
       </c>
       <c r="Q374" t="inlineStr"/>
       <c r="R374" t="inlineStr">
         <is>
-          <t>212.00</t>
+          <t>60.60</t>
         </is>
       </c>
     </row>
     <row r="375" ht="30" customHeight="1">
       <c r="A375" t="inlineStr">
         <is>
-          <t>AR17959-01</t>
+          <t>AR17607-02</t>
         </is>
       </c>
       <c r="B375" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C375" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D375" t="inlineStr">
         <is>
-          <t>30 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="E375" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F375" t="inlineStr"/>
       <c r="G375" s="2" t="inlineStr">
         <is>
-          <t>Motor 30 kW, 2-polig, 200L, V1, 100Hz, 380V, IE4 SuPremE C1</t>
-[...2 lines deleted...]
-      <c r="H375" t="inlineStr"/>
+          <t>Motor 5,5 kW, 2-polig, 132S, B3, 100Hz, 365Y, IE5 SuPremE C1 mit Klemmkasten</t>
+        </is>
+      </c>
+      <c r="H375" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I375" t="inlineStr"/>
       <c r="J375" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K375" t="inlineStr"/>
       <c r="L375" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M375" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N375" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="O375" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P375" t="inlineStr">
         <is>
-          <t>2487.19 €</t>
+          <t>389.16 €</t>
         </is>
       </c>
       <c r="Q375" t="inlineStr"/>
       <c r="R375" t="inlineStr">
         <is>
-          <t>214.00</t>
+          <t>60.60</t>
         </is>
       </c>
     </row>
     <row r="376" ht="30" customHeight="1">
       <c r="A376" t="inlineStr">
         <is>
-          <t>AR17959-02</t>
+          <t>AR17609-01</t>
         </is>
       </c>
       <c r="B376" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C376" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D376" t="inlineStr">
         <is>
-          <t>30 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="E376" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F376" t="inlineStr"/>
       <c r="G376" s="2" t="inlineStr">
         <is>
-          <t>Motor 30 kW, 2-polig, 200L, V1, 100Hz, 380V, IE4 SuPremE C1</t>
-[...2 lines deleted...]
-      <c r="H376" t="inlineStr"/>
+          <t>Motor 5,5 kW, 4-polig, 132S, V1, 50Hz, 350Y, IE5 SuPremE C2 mit Adapterplatte</t>
+        </is>
+      </c>
+      <c r="H376" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I376" t="inlineStr"/>
       <c r="J376" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K376" t="inlineStr"/>
       <c r="L376" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M376" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N376" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O376" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="P376" t="inlineStr">
         <is>
-          <t>2487.19 €</t>
+          <t>673.75 €</t>
         </is>
       </c>
       <c r="Q376" t="inlineStr"/>
       <c r="R376" t="inlineStr">
         <is>
-          <t>214.00</t>
-[...3 lines deleted...]
-    <row r="377" ht="15" customHeight="1">
+          <t>57.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="377" ht="30" customHeight="1">
       <c r="A377" t="inlineStr">
         <is>
-          <t>AR17964</t>
+          <t>AR17609-02</t>
         </is>
       </c>
       <c r="B377" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C377" t="inlineStr">
         <is>
-          <t>1491</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D377" t="inlineStr">
         <is>
-          <t>230 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="E377" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F377" t="inlineStr"/>
       <c r="G377" s="2" t="inlineStr">
         <is>
-          <t>Motor 230 kW, 4-polig,B3, 50Hz, 6600V,</t>
-[...2 lines deleted...]
-      <c r="H377" t="inlineStr"/>
+          <t>Motor 5,5 kW, 4-polig, 132S, V1, 50Hz, 350Y, IE5 SuPremE C2 mit Adapterplatte</t>
+        </is>
+      </c>
+      <c r="H377" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I377" t="inlineStr"/>
       <c r="J377" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K377" t="inlineStr"/>
-      <c r="L377" t="inlineStr"/>
+      <c r="L377" t="inlineStr">
+        <is>
+          <t>IE5</t>
+        </is>
+      </c>
       <c r="M377" t="inlineStr">
         <is>
-          <t>Siemens</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="N377" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O377" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="P377" t="inlineStr">
         <is>
-          <t>4494.00 €</t>
+          <t>673.75 €</t>
         </is>
       </c>
       <c r="Q377" t="inlineStr"/>
       <c r="R377" t="inlineStr">
         <is>
-          <t>1322.00</t>
+          <t>57.00</t>
         </is>
       </c>
     </row>
     <row r="378" ht="30" customHeight="1">
       <c r="A378" t="inlineStr">
         <is>
-          <t>AR17980-04M</t>
+          <t>AR17613</t>
         </is>
       </c>
       <c r="B378" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C378" t="inlineStr">
         <is>
-          <t>1465</t>
+          <t>2950</t>
         </is>
       </c>
       <c r="D378" t="inlineStr">
         <is>
-          <t>7,5 kW</t>
+          <t>22 kW</t>
         </is>
       </c>
       <c r="E378" t="inlineStr">
         <is>
-          <t>B35</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F378" t="inlineStr"/>
       <c r="G378" s="2" t="inlineStr">
         <is>
-          <t>Motor 7,5 kW, 4-polig, 132M, B35, 50/60Hz, 400/690V, IE3</t>
-[...2 lines deleted...]
-      <c r="H378" t="inlineStr"/>
+          <t>Motor 22 kW, 2-polig, 180M, B3, 50/60Hz, 400/690V, IE4</t>
+        </is>
+      </c>
+      <c r="H378" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V, 60Hz 3x 460 V</t>
+        </is>
+      </c>
       <c r="I378" t="inlineStr"/>
       <c r="J378" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K378" t="inlineStr"/>
       <c r="L378" t="inlineStr">
         <is>
-          <t>IE3</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M378" t="inlineStr">
         <is>
-          <t>Siemens</t>
+          <t>Innomotics</t>
         </is>
       </c>
       <c r="N378" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O378" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="P378" t="inlineStr">
         <is>
-          <t>1094.03 €</t>
+          <t>3261.31 €</t>
         </is>
       </c>
       <c r="Q378" t="inlineStr"/>
       <c r="R378" t="inlineStr">
         <is>
-          <t>86.00</t>
+          <t>161.00</t>
         </is>
       </c>
     </row>
     <row r="379" ht="30" customHeight="1">
       <c r="A379" t="inlineStr">
         <is>
-          <t>AR18073-01</t>
+          <t>AR17672</t>
         </is>
       </c>
       <c r="B379" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C379" t="inlineStr">
         <is>
-          <t>2950</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D379" t="inlineStr">
         <is>
-          <t>4 kW</t>
+          <t>30 kW</t>
         </is>
       </c>
       <c r="E379" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F379" t="inlineStr"/>
       <c r="G379" s="2" t="inlineStr">
         <is>
-          <t>Motor 4 kW, 2-polig, 112M, V1, 50/60Hz, 400V, IE3 mit Harting-Stecker</t>
+          <t>Motor 30kW, 2-Polig, 200L, B3, 100Hz, 380Y, IE4, SuPremE C1</t>
         </is>
       </c>
       <c r="H379" t="inlineStr"/>
       <c r="I379" t="inlineStr"/>
       <c r="J379" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K379" t="inlineStr"/>
       <c r="L379" t="inlineStr">
         <is>
-          <t>IE3</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M379" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N379" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O379" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P379" t="inlineStr">
         <is>
-          <t>658.39 €</t>
+          <t>2222.00 €</t>
         </is>
       </c>
       <c r="Q379" t="inlineStr"/>
       <c r="R379" t="inlineStr">
         <is>
-          <t>44.00</t>
+          <t>209.00</t>
         </is>
       </c>
     </row>
     <row r="380" ht="30" customHeight="1">
       <c r="A380" t="inlineStr">
         <is>
-          <t>AR18073-02</t>
+          <t>AR17673</t>
         </is>
       </c>
       <c r="B380" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C380" t="inlineStr">
         <is>
-          <t>2950</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D380" t="inlineStr">
         <is>
-          <t>4 kW</t>
+          <t>30 kW</t>
         </is>
       </c>
       <c r="E380" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F380" t="inlineStr"/>
       <c r="G380" s="2" t="inlineStr">
         <is>
-          <t>Motor 4 kW, 2-polig, 112M, V1, 50/60Hz, 400V, IE3 mit Harting-Stecker</t>
+          <t>Motor 30kW, 2-Polig, 200L, B3, 100Hz, 380Y, IE4, SuPremE C1</t>
         </is>
       </c>
       <c r="H380" t="inlineStr"/>
       <c r="I380" t="inlineStr"/>
       <c r="J380" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K380" t="inlineStr"/>
       <c r="L380" t="inlineStr">
         <is>
-          <t>IE3</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M380" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N380" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O380" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P380" t="inlineStr">
         <is>
-          <t>658.39 €</t>
+          <t>2222.00 €</t>
         </is>
       </c>
       <c r="Q380" t="inlineStr"/>
       <c r="R380" t="inlineStr">
         <is>
-          <t>44.00</t>
+          <t>209.00</t>
         </is>
       </c>
     </row>
     <row r="381" ht="30" customHeight="1">
       <c r="A381" t="inlineStr">
         <is>
-          <t>AR18073-03</t>
+          <t>AR17674</t>
         </is>
       </c>
       <c r="B381" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C381" t="inlineStr">
         <is>
-          <t>2950</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D381" t="inlineStr">
         <is>
-          <t>4 kW</t>
+          <t>30 kW</t>
         </is>
       </c>
       <c r="E381" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F381" t="inlineStr"/>
       <c r="G381" s="2" t="inlineStr">
         <is>
-          <t>Motor 4 kW, 2-polig, 112M, V1, 50/60Hz, 400V, IE3 mit Harting-Stecker</t>
+          <t>Motor 30kW, 2-Polig, 200L, B3, 100Hz, 380Y, IE4, SuPremE C1</t>
         </is>
       </c>
       <c r="H381" t="inlineStr"/>
       <c r="I381" t="inlineStr"/>
       <c r="J381" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K381" t="inlineStr"/>
       <c r="L381" t="inlineStr">
         <is>
-          <t>IE3</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M381" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N381" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O381" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P381" t="inlineStr">
         <is>
-          <t>658.39 €</t>
+          <t>2222.00 €</t>
         </is>
       </c>
       <c r="Q381" t="inlineStr"/>
       <c r="R381" t="inlineStr">
         <is>
-          <t>44.00</t>
+          <t>209.00</t>
         </is>
       </c>
     </row>
     <row r="382" ht="30" customHeight="1">
       <c r="A382" t="inlineStr">
         <is>
-          <t>AR18077-01</t>
+          <t>AR17675</t>
         </is>
       </c>
       <c r="B382" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C382" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D382" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>30 kW</t>
         </is>
       </c>
       <c r="E382" t="inlineStr">
         <is>
-          <t>B35</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F382" t="inlineStr"/>
       <c r="G382" s="2" t="inlineStr">
         <is>
-          <t>Motor 5,5 kW, 2-polig, 132S, B35, 50/60 Hz, 3x 400/460, IE3 mit Harting-Stecker</t>
+          <t>Motor 30kW, 2-Polig, 200L, B3, 100Hz, 380Y, IE4, SuPremE C1</t>
         </is>
       </c>
       <c r="H382" t="inlineStr"/>
       <c r="I382" t="inlineStr"/>
       <c r="J382" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K382" t="inlineStr"/>
       <c r="L382" t="inlineStr">
         <is>
-          <t>IE3</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M382" t="inlineStr">
         <is>
-          <t>Siemens</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="N382" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O382" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P382" t="inlineStr">
         <is>
-          <t>891.89 €</t>
+          <t>2222.00 €</t>
         </is>
       </c>
       <c r="Q382" t="inlineStr"/>
       <c r="R382" t="inlineStr">
         <is>
-          <t>75.00</t>
+          <t>209.00</t>
         </is>
       </c>
     </row>
     <row r="383" ht="30" customHeight="1">
       <c r="A383" t="inlineStr">
         <is>
-          <t>AR18077-02</t>
+          <t>AR17676</t>
         </is>
       </c>
       <c r="B383" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C383" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D383" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E383" t="inlineStr">
         <is>
-          <t>B35</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F383" t="inlineStr"/>
       <c r="G383" s="2" t="inlineStr">
         <is>
-          <t>Motor 5,5 kW, 2-polig, 132S, B35, 50/60 Hz, 3x 400/460, IE3 mit Harting-Stecker</t>
+          <t>Motor 11 kW, 4-Polig, 160M, V1, 50Hz, 365Y, IE5, SuPremE C2</t>
         </is>
       </c>
       <c r="H383" t="inlineStr"/>
       <c r="I383" t="inlineStr"/>
       <c r="J383" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K383" t="inlineStr"/>
       <c r="L383" t="inlineStr">
         <is>
-          <t>IE3</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M383" t="inlineStr">
         <is>
-          <t>Siemens</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="N383" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O383" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P383" t="inlineStr">
         <is>
-          <t>891.89 €</t>
+          <t>1180.67 €</t>
         </is>
       </c>
       <c r="Q383" t="inlineStr"/>
       <c r="R383" t="inlineStr">
         <is>
-          <t>75.00</t>
+          <t>110.00</t>
         </is>
       </c>
     </row>
     <row r="384" ht="30" customHeight="1">
       <c r="A384" t="inlineStr">
         <is>
-          <t>AR18082-01</t>
+          <t>AR17677</t>
         </is>
       </c>
       <c r="B384" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C384" t="inlineStr">
         <is>
-          <t>1490</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D384" t="inlineStr">
         <is>
-          <t>75 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E384" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F384" t="inlineStr"/>
       <c r="G384" s="2" t="inlineStr">
         <is>
-          <t>Motor 75 kW, 4-polig, 280S, B3, 50/60Hz, 400/690V, IE4</t>
+          <t>Motor 11 kW, 4-Polig, 160M, V1, 50Hz, 365Y, IE5, SuPremE C2</t>
         </is>
       </c>
       <c r="H384" t="inlineStr"/>
       <c r="I384" t="inlineStr"/>
       <c r="J384" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K384" t="inlineStr"/>
       <c r="L384" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M384" t="inlineStr">
         <is>
-          <t>Innomotics</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="N384" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O384" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P384" t="inlineStr">
         <is>
-          <t>9621.28 €</t>
+          <t>1180.67 €</t>
         </is>
       </c>
       <c r="Q384" t="inlineStr"/>
       <c r="R384" t="inlineStr">
         <is>
-          <t>632.00</t>
+          <t>110.00</t>
         </is>
       </c>
     </row>
     <row r="385" ht="30" customHeight="1">
       <c r="A385" t="inlineStr">
         <is>
-          <t>AR18177-01</t>
+          <t>AR17688-01</t>
         </is>
       </c>
       <c r="B385" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C385" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D385" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>22 kW</t>
         </is>
       </c>
       <c r="E385" t="inlineStr">
         <is>
-          <t>B35</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F385" t="inlineStr"/>
       <c r="G385" s="2" t="inlineStr">
         <is>
-          <t>Motor 5,5 kW, 2-polig, 132S, B35, 100 Hz, 365Y , IE5</t>
+          <t>Motor 22 kW, 4-polig, 180M, B3, 100Hz, 380Y, IE4, SuPremE C2 Adapterplatte</t>
         </is>
       </c>
       <c r="H385" t="inlineStr"/>
       <c r="I385" t="inlineStr"/>
       <c r="J385" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K385" t="inlineStr"/>
       <c r="L385" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M385" t="inlineStr">
         <is>
-          <t>Siemens</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="N385" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O385" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="P385" t="inlineStr">
         <is>
-          <t>712.93 €</t>
+          <t>1885.33 €</t>
         </is>
       </c>
       <c r="Q385" t="inlineStr"/>
       <c r="R385" t="inlineStr">
         <is>
-          <t>65.00</t>
-[...3 lines deleted...]
-    <row r="386" ht="15" customHeight="1">
+          <t>177.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="386" ht="30" customHeight="1">
       <c r="A386" t="inlineStr">
         <is>
-          <t>AR18211</t>
+          <t>AR17688-02</t>
         </is>
       </c>
       <c r="B386" t="inlineStr">
         <is>
-          <t>6-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C386" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D386" t="inlineStr">
         <is>
-          <t>3 kW</t>
+          <t>22 kW</t>
         </is>
       </c>
       <c r="E386" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F386" t="inlineStr"/>
       <c r="G386" s="2" t="inlineStr">
         <is>
-          <t>Motor 3kW, 6-polig, 132S, V1, 60Hz, 440V, IE3</t>
+          <t>Motor 22 kW, 4-polig, 180M, B3, 100Hz, 380Y, IE4, SuPremE C2 Adapterplatte</t>
         </is>
       </c>
       <c r="H386" t="inlineStr"/>
       <c r="I386" t="inlineStr"/>
       <c r="J386" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K386" t="inlineStr"/>
       <c r="L386" t="inlineStr">
         <is>
-          <t>IE3</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M386" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N386" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O386" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="P386" t="inlineStr">
         <is>
-          <t>858.12 €</t>
+          <t>1885.33 €</t>
         </is>
       </c>
       <c r="Q386" t="inlineStr"/>
       <c r="R386" t="inlineStr">
         <is>
-          <t>79.00</t>
+          <t>177.00</t>
         </is>
       </c>
     </row>
     <row r="387" ht="30" customHeight="1">
       <c r="A387" t="inlineStr">
         <is>
-          <t>AR18323</t>
+          <t>AR17695</t>
         </is>
       </c>
       <c r="B387" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C387" t="inlineStr">
         <is>
-          <t>2900</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D387" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="E387" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F387" t="inlineStr"/>
       <c r="G387" s="2" t="inlineStr">
         <is>
-          <t>Motor 15 kW, 2-polig, 160M, B3, 50Hz, 400V, IE3, ATEX</t>
+          <t>Motor 18,5kW, 4-Polig, 180M, V1, 50Hz, 380Y, IE4, SuPremE C2</t>
         </is>
       </c>
       <c r="H387" t="inlineStr"/>
       <c r="I387" t="inlineStr"/>
       <c r="J387" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K387" t="inlineStr"/>
       <c r="L387" t="inlineStr">
         <is>
-          <t>IE3</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M387" t="inlineStr">
         <is>
-          <t>ABB</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="N387" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O387" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P387" t="inlineStr">
         <is>
-          <t>4881.27 €</t>
-[...6 lines deleted...]
-      </c>
+          <t>1940.71 €</t>
+        </is>
+      </c>
+      <c r="Q387" t="inlineStr"/>
       <c r="R387" t="inlineStr">
         <is>
-          <t>248.00</t>
+          <t>198.00</t>
         </is>
       </c>
     </row>
     <row r="388" ht="30" customHeight="1">
       <c r="A388" t="inlineStr">
         <is>
-          <t>AR18361</t>
+          <t>AR17696</t>
         </is>
       </c>
       <c r="B388" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C388" t="inlineStr">
         <is>
-          <t>2900</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D388" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="E388" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F388" t="inlineStr"/>
       <c r="G388" s="2" t="inlineStr">
         <is>
-          <t>Motor 15 kW, 4-polig, 160L, B3, 50Hz, 355Y, IE5, SuPreme C2</t>
+          <t>Motor 18,5kW, 4-Polig, 180M, V1, 50Hz, 380Y, IE4, SuPremE C2</t>
         </is>
       </c>
       <c r="H388" t="inlineStr"/>
       <c r="I388" t="inlineStr"/>
       <c r="J388" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K388" t="inlineStr"/>
       <c r="L388" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M388" t="inlineStr">
         <is>
-          <t>ABB</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="N388" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O388" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="P388" t="inlineStr">
         <is>
-          <t>1352.97 €</t>
+          <t>1940.71 €</t>
         </is>
       </c>
       <c r="Q388" t="inlineStr"/>
       <c r="R388" t="inlineStr">
         <is>
-          <t>129.00</t>
+          <t>198.00</t>
         </is>
       </c>
     </row>
     <row r="389" ht="30" customHeight="1">
       <c r="A389" t="inlineStr">
         <is>
-          <t>AR18587</t>
+          <t>AR17777-01</t>
         </is>
       </c>
       <c r="B389" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C389" t="inlineStr">
         <is>
-          <t>2900</t>
+          <t>2980</t>
         </is>
       </c>
       <c r="D389" t="inlineStr">
         <is>
-          <t>37 kW</t>
+          <t>90 kW</t>
         </is>
       </c>
       <c r="E389" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F389" t="inlineStr"/>
       <c r="G389" s="2" t="inlineStr">
         <is>
-          <t>Motor 37kW, 2-Polig, 200L, V1, 50/60Hz, 400V, IE3, ATEX- Test</t>
-[...2 lines deleted...]
-      <c r="H389" t="inlineStr"/>
+          <t>Motor 90 kW, 2-polig, 280M, B3, 50/60Hz, 380/660V, IE4</t>
+        </is>
+      </c>
+      <c r="H389" t="inlineStr">
+        <is>
+          <t>50Hz 3x 380 V, 60Hz 3x 440 V</t>
+        </is>
+      </c>
       <c r="I389" t="inlineStr"/>
       <c r="J389" t="inlineStr">
         <is>
-          <t>IP55</t>
+          <t>IP56</t>
         </is>
       </c>
       <c r="K389" t="inlineStr"/>
       <c r="L389" t="inlineStr">
         <is>
-          <t>IE3</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M389" t="inlineStr">
         <is>
-          <t>Unbekannt</t>
+          <t>Innomotics</t>
         </is>
       </c>
       <c r="N389" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O389" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="P389" t="inlineStr">
         <is>
-          <t>5534.59 €</t>
-[...6 lines deleted...]
-      </c>
+          <t>11963.99 €</t>
+        </is>
+      </c>
+      <c r="Q389" t="inlineStr"/>
       <c r="R389" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>622.00</t>
         </is>
       </c>
     </row>
     <row r="390" ht="30" customHeight="1">
       <c r="A390" t="inlineStr">
         <is>
-          <t>AR18613</t>
+          <t>AR17777-02</t>
         </is>
       </c>
       <c r="B390" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C390" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>2980</t>
         </is>
       </c>
       <c r="D390" t="inlineStr">
         <is>
-          <t>22 kW</t>
+          <t>90 kW</t>
         </is>
       </c>
       <c r="E390" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F390" t="inlineStr"/>
       <c r="G390" s="2" t="inlineStr">
         <is>
-          <t>Motor 22 kW, 4-polig, 180M, B3, 100Hz, 400Y, IE4, SuPremE C1</t>
-[...2 lines deleted...]
-      <c r="H390" t="inlineStr"/>
+          <t>Motor 90 kW, 2-polig, 280M, B3, 50/60Hz, 380/660V, IE4</t>
+        </is>
+      </c>
+      <c r="H390" t="inlineStr">
+        <is>
+          <t>50Hz 3x 380 V, 60Hz 3x 440 V</t>
+        </is>
+      </c>
       <c r="I390" t="inlineStr"/>
       <c r="J390" t="inlineStr">
         <is>
-          <t>IP55</t>
+          <t>IP56</t>
         </is>
       </c>
       <c r="K390" t="inlineStr"/>
       <c r="L390" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M390" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Innomotics</t>
         </is>
       </c>
       <c r="N390" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O390" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="P390" t="inlineStr">
         <is>
-          <t>2069.53 €</t>
+          <t>11963.99 €</t>
         </is>
       </c>
       <c r="Q390" t="inlineStr"/>
       <c r="R390" t="inlineStr">
         <is>
-          <t>177.00</t>
+          <t>622.00</t>
         </is>
       </c>
     </row>
     <row r="391" ht="30" customHeight="1">
       <c r="A391" t="inlineStr">
         <is>
-          <t>AR18759</t>
+          <t>AR17777-03</t>
         </is>
       </c>
       <c r="B391" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C391" t="inlineStr">
         <is>
-          <t>2900</t>
-[...2 lines deleted...]
-      <c r="D391" t="inlineStr"/>
+          <t>2980</t>
+        </is>
+      </c>
+      <c r="D391" t="inlineStr">
+        <is>
+          <t>90 kW</t>
+        </is>
+      </c>
       <c r="E391" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F391" t="inlineStr"/>
       <c r="G391" s="2" t="inlineStr">
         <is>
-          <t>Motor 4-polig, 180M, B3, 50Hz, 400V, SuPremE C2 IE4</t>
-[...2 lines deleted...]
-      <c r="H391" t="inlineStr"/>
+          <t>Motor 90 kW, 2-polig, 280M, B3, 50/60Hz, 380/660V, IE4</t>
+        </is>
+      </c>
+      <c r="H391" t="inlineStr">
+        <is>
+          <t>50Hz 3x 380 V, 60Hz 3x 440 V</t>
+        </is>
+      </c>
       <c r="I391" t="inlineStr"/>
-      <c r="J391" t="inlineStr"/>
+      <c r="J391" t="inlineStr">
+        <is>
+          <t>IP56</t>
+        </is>
+      </c>
       <c r="K391" t="inlineStr"/>
       <c r="L391" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M391" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Innomotics</t>
         </is>
       </c>
       <c r="N391" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
-[...2 lines deleted...]
-      <c r="O391" t="inlineStr"/>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O391" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
       <c r="P391" t="inlineStr">
         <is>
-          <t>1313.54 €</t>
+          <t>11963.99 €</t>
         </is>
       </c>
       <c r="Q391" t="inlineStr"/>
       <c r="R391" t="inlineStr">
         <is>
-          <t>70.00</t>
+          <t>622.00</t>
         </is>
       </c>
     </row>
     <row r="392" ht="30" customHeight="1">
       <c r="A392" t="inlineStr">
         <is>
-          <t>AR5468</t>
-[...6 lines deleted...]
-      </c>
+          <t>AR17865-01</t>
+        </is>
+      </c>
+      <c r="B392" t="inlineStr"/>
       <c r="C392" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>2900</t>
         </is>
       </c>
       <c r="D392" t="inlineStr">
         <is>
-          <t>18,5 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="E392" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F392" t="inlineStr"/>
       <c r="G392" s="2" t="inlineStr">
         <is>
-          <t>Motor 18,5 kW, 4-polig, 180M, B3, 50Hz, 361V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H392" t="inlineStr"/>
+          <t>Motor 5,5 kW, 4-polig, 132S, V1, 50Hz, 350Y, IE4 SuPremE C2 mit Adapterplatte</t>
+        </is>
+      </c>
+      <c r="H392" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I392" t="inlineStr"/>
-      <c r="J392" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J392" t="inlineStr"/>
       <c r="K392" t="inlineStr"/>
       <c r="L392" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M392" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N392" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="O392" t="inlineStr">
         <is>
-          <t>2014</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="P392" t="inlineStr">
         <is>
-          <t>1232.20 €</t>
+          <t>531.82 €</t>
         </is>
       </c>
       <c r="Q392" t="inlineStr"/>
       <c r="R392" t="inlineStr">
         <is>
-          <t>173.00</t>
+          <t>77.00</t>
         </is>
       </c>
     </row>
     <row r="393" ht="30" customHeight="1">
       <c r="A393" t="inlineStr">
         <is>
-          <t>AR5469</t>
-[...6 lines deleted...]
-      </c>
+          <t>AR17865-02</t>
+        </is>
+      </c>
+      <c r="B393" t="inlineStr"/>
       <c r="C393" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>2900</t>
         </is>
       </c>
       <c r="D393" t="inlineStr">
         <is>
-          <t>7,5 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="E393" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F393" t="inlineStr"/>
       <c r="G393" s="2" t="inlineStr">
         <is>
-          <t>Motor 7,5 kW, 4-polig, 132M, B3, 50Hz, 400V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H393" t="inlineStr"/>
+          <t>Motor 5,5 kW, 4-polig, 132S, V1, 50Hz, 350Y, IE4 SuPremE C2 mit Adapterplatte</t>
+        </is>
+      </c>
+      <c r="H393" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I393" t="inlineStr"/>
-      <c r="J393" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J393" t="inlineStr"/>
       <c r="K393" t="inlineStr"/>
       <c r="L393" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M393" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N393" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="O393" t="inlineStr">
         <is>
-          <t>2014</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="P393" t="inlineStr">
         <is>
-          <t>777.51 €</t>
+          <t>531.82 €</t>
         </is>
       </c>
       <c r="Q393" t="inlineStr"/>
       <c r="R393" t="inlineStr">
         <is>
-          <t>82.00</t>
+          <t>77.00</t>
         </is>
       </c>
     </row>
     <row r="394" ht="30" customHeight="1">
       <c r="A394" t="inlineStr">
         <is>
-          <t>AR5721</t>
-[...6 lines deleted...]
-      </c>
+          <t>AR17898</t>
+        </is>
+      </c>
+      <c r="B394" t="inlineStr"/>
       <c r="C394" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>2900</t>
         </is>
       </c>
       <c r="D394" t="inlineStr">
         <is>
-          <t>3 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="E394" t="inlineStr">
         <is>
           <t>V1</t>
         </is>
       </c>
       <c r="F394" t="inlineStr"/>
       <c r="G394" s="2" t="inlineStr">
         <is>
-          <t>Motor 3 kW, 4-polig, 100L, V1, 50Hz, 355V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H394" t="inlineStr"/>
+          <t>Motor 5,5 kW, 4-polig, 132S, V1, 50Hz, 350Y, IE4 SuPremE C2 mit Adapterplatte</t>
+        </is>
+      </c>
+      <c r="H394" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I394" t="inlineStr"/>
-      <c r="J394" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J394" t="inlineStr"/>
       <c r="K394" t="inlineStr"/>
       <c r="L394" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M394" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N394" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="O394" t="inlineStr">
         <is>
-          <t>2015</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="P394" t="inlineStr">
         <is>
-          <t>542.74 €</t>
+          <t>531.82 €</t>
         </is>
       </c>
       <c r="Q394" t="inlineStr"/>
       <c r="R394" t="inlineStr">
         <is>
-          <t>52.00</t>
+          <t>77.00</t>
         </is>
       </c>
     </row>
     <row r="395" ht="30" customHeight="1">
       <c r="A395" t="inlineStr">
         <is>
-          <t>AR6420Mo</t>
-[...6 lines deleted...]
-      </c>
+          <t>AR17899-01</t>
+        </is>
+      </c>
+      <c r="B395" t="inlineStr"/>
       <c r="C395" t="inlineStr">
         <is>
-          <t>1470</t>
-[...6 lines deleted...]
-      </c>
+          <t>2900</t>
+        </is>
+      </c>
+      <c r="D395" t="inlineStr"/>
       <c r="E395" t="inlineStr">
         <is>
-          <t>B35</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F395" t="inlineStr"/>
       <c r="G395" s="2" t="inlineStr">
         <is>
-          <t>Motor 11 kW, 4-polig, 160M, B35, 50/60Hz, 3x 400/690V</t>
-[...2 lines deleted...]
-      <c r="H395" t="inlineStr"/>
+          <t>Motor 1,5 kW, 4-polig, 090L, V1, 50Hz, 350Y, IE4 mit Adapterplatte</t>
+        </is>
+      </c>
+      <c r="H395" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I395" t="inlineStr"/>
-      <c r="J395" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J395" t="inlineStr"/>
       <c r="K395" t="inlineStr"/>
-      <c r="L395" t="inlineStr"/>
+      <c r="L395" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
       <c r="M395" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N395" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="O395" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="P395" t="inlineStr">
         <is>
-          <t>801.41 €</t>
-[...6 lines deleted...]
-      </c>
+          <t>309.67 €</t>
+        </is>
+      </c>
+      <c r="Q395" t="inlineStr"/>
       <c r="R395" t="inlineStr">
         <is>
-          <t>112.00</t>
+          <t>21.00</t>
         </is>
       </c>
     </row>
     <row r="396" ht="30" customHeight="1">
       <c r="A396" t="inlineStr">
         <is>
-          <t>AR6619A</t>
-[...6 lines deleted...]
-      </c>
+          <t>AR17899-02</t>
+        </is>
+      </c>
+      <c r="B396" t="inlineStr"/>
       <c r="C396" t="inlineStr">
         <is>
-          <t>3000</t>
-[...6 lines deleted...]
-      </c>
+          <t>2900</t>
+        </is>
+      </c>
+      <c r="D396" t="inlineStr"/>
       <c r="E396" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F396" t="inlineStr"/>
       <c r="G396" s="2" t="inlineStr">
         <is>
-          <t>Motor 3 kW, 2-polig, 100L, B3, 100Hz, 360V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H396" t="inlineStr"/>
+          <t>Motor 1,5 kW, 4-polig, 090L, V1, 50Hz, 350Y, IE4 mit Adapterplatte</t>
+        </is>
+      </c>
+      <c r="H396" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I396" t="inlineStr"/>
       <c r="J396" t="inlineStr"/>
       <c r="K396" t="inlineStr"/>
       <c r="L396" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M396" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N396" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="O396" t="inlineStr">
         <is>
-          <t>2014</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="P396" t="inlineStr">
         <is>
-          <t>367.60 €</t>
+          <t>309.67 €</t>
         </is>
       </c>
       <c r="Q396" t="inlineStr"/>
       <c r="R396" t="inlineStr">
         <is>
-          <t>12.00</t>
+          <t>21.00</t>
         </is>
       </c>
     </row>
     <row r="397" ht="30" customHeight="1">
       <c r="A397" t="inlineStr">
         <is>
-          <t>AR6757</t>
-[...6 lines deleted...]
-      </c>
+          <t>AR17899-03</t>
+        </is>
+      </c>
+      <c r="B397" t="inlineStr"/>
       <c r="C397" t="inlineStr">
         <is>
-          <t>1500</t>
-[...6 lines deleted...]
-      </c>
+          <t>2900</t>
+        </is>
+      </c>
+      <c r="D397" t="inlineStr"/>
       <c r="E397" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F397" t="inlineStr"/>
       <c r="G397" s="2" t="inlineStr">
         <is>
-          <t>Motor 18,5 kW, 4-polig, 180M, B3, 50Hz, 361V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H397" t="inlineStr"/>
+          <t>Motor 1,5 kW, 4-polig, 090L, V1, 50Hz, 350Y, IE4 mit Adapterplatte</t>
+        </is>
+      </c>
+      <c r="H397" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I397" t="inlineStr"/>
-      <c r="J397" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J397" t="inlineStr"/>
       <c r="K397" t="inlineStr"/>
       <c r="L397" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M397" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N397" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="O397" t="inlineStr">
         <is>
-          <t>2013</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="P397" t="inlineStr">
         <is>
-          <t>1663.47 €</t>
+          <t>309.67 €</t>
         </is>
       </c>
       <c r="Q397" t="inlineStr"/>
       <c r="R397" t="inlineStr">
         <is>
-          <t>173.00</t>
+          <t>21.00</t>
         </is>
       </c>
     </row>
     <row r="398" ht="30" customHeight="1">
       <c r="A398" t="inlineStr">
         <is>
-          <t>AR6758</t>
-[...6 lines deleted...]
-      </c>
+          <t>AR17899-04</t>
+        </is>
+      </c>
+      <c r="B398" t="inlineStr"/>
       <c r="C398" t="inlineStr">
         <is>
-          <t>1500</t>
-[...6 lines deleted...]
-      </c>
+          <t>2900</t>
+        </is>
+      </c>
+      <c r="D398" t="inlineStr"/>
       <c r="E398" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F398" t="inlineStr"/>
       <c r="G398" s="2" t="inlineStr">
         <is>
-          <t>Motor 22 kW, 4-polig, 180L, B3, 50Hz, 361V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H398" t="inlineStr"/>
+          <t>Motor 1,5 kW, 4-polig, 090L, V1, 50Hz, 350Y, IE4 mit Adapterplatte</t>
+        </is>
+      </c>
+      <c r="H398" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I398" t="inlineStr"/>
-      <c r="J398" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J398" t="inlineStr"/>
       <c r="K398" t="inlineStr"/>
       <c r="L398" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M398" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N398" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="O398" t="inlineStr">
         <is>
-          <t>2013</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="P398" t="inlineStr">
         <is>
-          <t>1939.19 €</t>
+          <t>309.67 €</t>
         </is>
       </c>
       <c r="Q398" t="inlineStr"/>
       <c r="R398" t="inlineStr">
         <is>
-          <t>197.00</t>
+          <t>21.00</t>
         </is>
       </c>
     </row>
     <row r="399" ht="30" customHeight="1">
       <c r="A399" t="inlineStr">
         <is>
-          <t>AR6759</t>
-[...6 lines deleted...]
-      </c>
+          <t>AR17899-05</t>
+        </is>
+      </c>
+      <c r="B399" t="inlineStr"/>
       <c r="C399" t="inlineStr">
         <is>
-          <t>3000</t>
-[...6 lines deleted...]
-      </c>
+          <t>2900</t>
+        </is>
+      </c>
+      <c r="D399" t="inlineStr"/>
       <c r="E399" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F399" t="inlineStr"/>
       <c r="G399" s="2" t="inlineStr">
         <is>
-          <t>Motor 37 kW, 2-polig, 200L, B3, 50Hz, 360V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H399" t="inlineStr"/>
+          <t>Motor 1,5 kW, 4-polig, 090L, V1, 50Hz, 350Y, IE4 mit Adapterplatte</t>
+        </is>
+      </c>
+      <c r="H399" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I399" t="inlineStr"/>
-      <c r="J399" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J399" t="inlineStr"/>
       <c r="K399" t="inlineStr"/>
       <c r="L399" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M399" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N399" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="O399" t="inlineStr">
         <is>
-          <t>2013</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="P399" t="inlineStr">
         <is>
-          <t>3232.62 €</t>
+          <t>309.67 €</t>
         </is>
       </c>
       <c r="Q399" t="inlineStr"/>
       <c r="R399" t="inlineStr">
         <is>
-          <t>279.00</t>
+          <t>21.00</t>
         </is>
       </c>
     </row>
     <row r="400" ht="30" customHeight="1">
       <c r="A400" t="inlineStr">
         <is>
-          <t>AR6760</t>
-[...6 lines deleted...]
-      </c>
+          <t>AR17899-06</t>
+        </is>
+      </c>
+      <c r="B400" t="inlineStr"/>
       <c r="C400" t="inlineStr">
         <is>
-          <t>3000</t>
-[...6 lines deleted...]
-      </c>
+          <t>2900</t>
+        </is>
+      </c>
+      <c r="D400" t="inlineStr"/>
       <c r="E400" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F400" t="inlineStr"/>
       <c r="G400" s="2" t="inlineStr">
         <is>
-          <t>Motor 22 kW, 2-polig, 180M, V15, 100Hz, 355V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H400" t="inlineStr"/>
+          <t>Motor 1,5 kW, 4-polig, 090L, V1, 50Hz, 350Y, IE4 mit Adapterplatte</t>
+        </is>
+      </c>
+      <c r="H400" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I400" t="inlineStr"/>
-      <c r="J400" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J400" t="inlineStr"/>
       <c r="K400" t="inlineStr"/>
       <c r="L400" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M400" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N400" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="O400" t="inlineStr">
         <is>
-          <t>2013</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="P400" t="inlineStr">
         <is>
-          <t>2170.96 €</t>
+          <t>309.67 €</t>
         </is>
       </c>
       <c r="Q400" t="inlineStr"/>
       <c r="R400" t="inlineStr">
         <is>
-          <t>179.00</t>
+          <t>21.00</t>
         </is>
       </c>
     </row>
     <row r="401" ht="30" customHeight="1">
       <c r="A401" t="inlineStr">
         <is>
-          <t>AR6761</t>
-[...6 lines deleted...]
-      </c>
+          <t>AR17905-01</t>
+        </is>
+      </c>
+      <c r="B401" t="inlineStr"/>
       <c r="C401" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>2900</t>
         </is>
       </c>
       <c r="D401" t="inlineStr">
         <is>
-          <t>7,5 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="E401" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F401" t="inlineStr"/>
       <c r="G401" s="2" t="inlineStr">
         <is>
-          <t>Motor 7,5 kW, 4-polig, 132M, V15, 50Hz, 366V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H401" t="inlineStr"/>
+          <t>Motor 5,5 kW, 4-polig, 132S, V1, 50Hz, 350Y, IE4 SuPremE C2 mit Adapterplatte</t>
+        </is>
+      </c>
+      <c r="H401" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I401" t="inlineStr"/>
-      <c r="J401" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J401" t="inlineStr"/>
       <c r="K401" t="inlineStr"/>
       <c r="L401" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M401" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N401" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O401" t="inlineStr">
         <is>
-          <t>2013</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="P401" t="inlineStr">
         <is>
-          <t>933.02 €</t>
+          <t>709.10 €</t>
         </is>
       </c>
       <c r="Q401" t="inlineStr"/>
       <c r="R401" t="inlineStr">
         <is>
-          <t>82.00</t>
+          <t>77.00</t>
         </is>
       </c>
     </row>
     <row r="402" ht="30" customHeight="1">
       <c r="A402" t="inlineStr">
         <is>
-          <t>AR6762</t>
-[...6 lines deleted...]
-      </c>
+          <t>AR17905-02</t>
+        </is>
+      </c>
+      <c r="B402" t="inlineStr"/>
       <c r="C402" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>2900</t>
         </is>
       </c>
       <c r="D402" t="inlineStr">
         <is>
-          <t>7,5 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="E402" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F402" t="inlineStr"/>
       <c r="G402" s="2" t="inlineStr">
         <is>
-          <t>Motor 7,5 kW, 4-polig, 132M, V15, 50Hz, 366V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H402" t="inlineStr"/>
+          <t>Motor 5,5 kW, 4-polig, 132S, V1, 50Hz, 350Y, IE4 SuPremE C2 mit Adapterplatte</t>
+        </is>
+      </c>
+      <c r="H402" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I402" t="inlineStr"/>
-      <c r="J402" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J402" t="inlineStr"/>
       <c r="K402" t="inlineStr"/>
       <c r="L402" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M402" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N402" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O402" t="inlineStr">
         <is>
-          <t>2013</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="P402" t="inlineStr">
         <is>
-          <t>933.02 €</t>
+          <t>709.10 €</t>
         </is>
       </c>
       <c r="Q402" t="inlineStr"/>
       <c r="R402" t="inlineStr">
         <is>
-          <t>82.00</t>
-[...3 lines deleted...]
-    <row r="403" ht="30" customHeight="1">
+          <t>77.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="403" ht="45" customHeight="1">
       <c r="A403" t="inlineStr">
         <is>
-          <t>AR6763</t>
+          <t>AR17917-01</t>
         </is>
       </c>
       <c r="B403" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C403" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D403" t="inlineStr">
         <is>
-          <t>7,5 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E403" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F403" t="inlineStr"/>
       <c r="G403" s="2" t="inlineStr">
         <is>
-          <t>Motor 7,5 kW, 4-polig, 132M, V15, 50Hz, 366V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H403" t="inlineStr"/>
+          <t>Motor 11 kW, 4-polig, 160M, B3, 50Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2, Lackierung 2K Epoxid-Zinkstaub</t>
+        </is>
+      </c>
+      <c r="H403" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I403" t="inlineStr"/>
       <c r="J403" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K403" t="inlineStr"/>
       <c r="L403" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M403" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N403" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O403" t="inlineStr">
         <is>
-          <t>2013</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="P403" t="inlineStr">
         <is>
-          <t>933.02 €</t>
+          <t>772.60 €</t>
         </is>
       </c>
       <c r="Q403" t="inlineStr"/>
       <c r="R403" t="inlineStr">
         <is>
-          <t>82.00</t>
-[...3 lines deleted...]
-    <row r="404" ht="30" customHeight="1">
+          <t>102.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="404" ht="45" customHeight="1">
       <c r="A404" t="inlineStr">
         <is>
-          <t>AR6764</t>
+          <t>AR17917-02</t>
         </is>
       </c>
       <c r="B404" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C404" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D404" t="inlineStr">
         <is>
-          <t>7,5 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E404" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F404" t="inlineStr"/>
       <c r="G404" s="2" t="inlineStr">
         <is>
-          <t>Motor 7,5 kW, 4-polig, 132M, V15, 50Hz, 366V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H404" t="inlineStr"/>
+          <t>Motor 11 kW, 4-polig, 160M, B3, 50Hz, 365V, IE5 SuPremE mit Adapterplatte für PDRV2, Lackierung 2K Epoxid-Zinkstaub</t>
+        </is>
+      </c>
+      <c r="H404" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I404" t="inlineStr"/>
       <c r="J404" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K404" t="inlineStr"/>
       <c r="L404" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M404" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N404" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O404" t="inlineStr">
         <is>
-          <t>2013</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="P404" t="inlineStr">
         <is>
-          <t>933.02 €</t>
+          <t>772.60 €</t>
         </is>
       </c>
       <c r="Q404" t="inlineStr"/>
       <c r="R404" t="inlineStr">
         <is>
-          <t>82.00</t>
+          <t>102.00</t>
         </is>
       </c>
     </row>
     <row r="405" ht="30" customHeight="1">
       <c r="A405" t="inlineStr">
         <is>
-          <t>AR6765</t>
-[...6 lines deleted...]
-      </c>
+          <t>AR17930</t>
+        </is>
+      </c>
+      <c r="B405" t="inlineStr"/>
       <c r="C405" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1450</t>
         </is>
       </c>
       <c r="D405" t="inlineStr">
         <is>
-          <t>37 kW</t>
+          <t>3 kW</t>
         </is>
       </c>
       <c r="E405" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>B5</t>
         </is>
       </c>
       <c r="F405" t="inlineStr"/>
       <c r="G405" s="2" t="inlineStr">
         <is>
-          <t>Motor 37 kW, 2-polig, 200L, V15, 50Hz, 400V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H405" t="inlineStr"/>
+          <t>Motor 3 kW, 4-polig, 100L, B5, 50Hz, 3x 400/690, IE3</t>
+        </is>
+      </c>
+      <c r="H405" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I405" t="inlineStr"/>
       <c r="J405" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K405" t="inlineStr"/>
       <c r="L405" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M405" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Siemens</t>
         </is>
       </c>
       <c r="N405" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O405" t="inlineStr">
         <is>
-          <t>2013</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="P405" t="inlineStr">
         <is>
-          <t>3879.14 €</t>
+          <t>425.43 €</t>
         </is>
       </c>
       <c r="Q405" t="inlineStr"/>
       <c r="R405" t="inlineStr">
         <is>
-          <t>279.00</t>
+          <t>43.00</t>
         </is>
       </c>
     </row>
     <row r="406" ht="30" customHeight="1">
       <c r="A406" t="inlineStr">
         <is>
-          <t>AR6768</t>
+          <t>AR17936</t>
         </is>
       </c>
       <c r="B406" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C406" t="inlineStr">
         <is>
-          <t>3000</t>
-[...6 lines deleted...]
-      </c>
+          <t>1500</t>
+        </is>
+      </c>
+      <c r="D406" t="inlineStr"/>
       <c r="E406" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F406" t="inlineStr"/>
       <c r="G406" s="2" t="inlineStr">
         <is>
-          <t>Motor 11 kW, 2-polig, 160M, B3, 100Hz, 358V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H406" t="inlineStr"/>
+          <t>Motor 3 kW, 4-polig, 100L, V1, 50Hz, 360V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H406" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I406" t="inlineStr"/>
-      <c r="J406" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J406" t="inlineStr"/>
       <c r="K406" t="inlineStr"/>
       <c r="L406" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M406" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N406" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B3: gebraucht / werksüberholt</t>
         </is>
       </c>
       <c r="O406" t="inlineStr">
         <is>
-          <t>2013</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="P406" t="inlineStr">
         <is>
-          <t>981.20 €</t>
+          <t>778.64 €</t>
         </is>
       </c>
       <c r="Q406" t="inlineStr"/>
       <c r="R406" t="inlineStr">
         <is>
-          <t>110.00</t>
+          <t>41.00</t>
         </is>
       </c>
     </row>
     <row r="407" ht="30" customHeight="1">
       <c r="A407" t="inlineStr">
         <is>
-          <t>AR6772</t>
+          <t>AR17939-01</t>
         </is>
       </c>
       <c r="B407" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C407" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1470</t>
         </is>
       </c>
       <c r="D407" t="inlineStr">
         <is>
-          <t>7,5 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E407" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>B35</t>
         </is>
       </c>
       <c r="F407" t="inlineStr"/>
       <c r="G407" s="2" t="inlineStr">
         <is>
-          <t>Motor 7,5 kW, 2-polig, 132S, B3, 100Hz, 366V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H407" t="inlineStr"/>
+          <t>Motor 11 kW, 4-polig, 160M, B35, 50/60Hz, 400/690V, IE3</t>
+        </is>
+      </c>
+      <c r="H407" t="inlineStr">
+        <is>
+          <t>50Hz 3x 380 V, 50Hz 3x 690 V, 50Hz 3x 400 V, 50Hz 3x 415 V, 50Hz 3x 660 V, 60Hz 3x 460 V</t>
+        </is>
+      </c>
       <c r="I407" t="inlineStr"/>
       <c r="J407" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K407" t="inlineStr"/>
       <c r="L407" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M407" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N407" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O407" t="inlineStr">
         <is>
-          <t>2013</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="P407" t="inlineStr">
         <is>
-          <t>713.94 €</t>
+          <t>1285.33 €</t>
         </is>
       </c>
       <c r="Q407" t="inlineStr"/>
       <c r="R407" t="inlineStr">
         <is>
-          <t>78.00</t>
+          <t>110.00</t>
         </is>
       </c>
     </row>
     <row r="408" ht="30" customHeight="1">
       <c r="A408" t="inlineStr">
         <is>
-          <t>AR6773</t>
+          <t>AR17939-02</t>
         </is>
       </c>
       <c r="B408" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C408" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1470</t>
         </is>
       </c>
       <c r="D408" t="inlineStr">
         <is>
-          <t>7,5 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E408" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>B35</t>
         </is>
       </c>
       <c r="F408" t="inlineStr"/>
       <c r="G408" s="2" t="inlineStr">
         <is>
-          <t>Motor 7,5 kW, 2-polig, 132S, B3, 100Hz, 366V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H408" t="inlineStr"/>
+          <t>Motor 11 kW, 4-polig, 160M, B35, 50/60Hz, 400/690V, IE3</t>
+        </is>
+      </c>
+      <c r="H408" t="inlineStr">
+        <is>
+          <t>50Hz 3x 380 V, 50Hz 3x 690 V, 50Hz 3x 400 V, 50Hz 3x 415 V, 50Hz 3x 660 V, 60Hz 3x 460 V</t>
+        </is>
+      </c>
       <c r="I408" t="inlineStr"/>
       <c r="J408" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K408" t="inlineStr"/>
       <c r="L408" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M408" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N408" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O408" t="inlineStr">
         <is>
-          <t>2013</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="P408" t="inlineStr">
         <is>
-          <t>713.94 €</t>
+          <t>1285.33 €</t>
         </is>
       </c>
       <c r="Q408" t="inlineStr"/>
       <c r="R408" t="inlineStr">
         <is>
-          <t>78.00</t>
+          <t>110.00</t>
         </is>
       </c>
     </row>
     <row r="409" ht="30" customHeight="1">
       <c r="A409" t="inlineStr">
         <is>
-          <t>AR6774</t>
+          <t>AR17947-01</t>
         </is>
       </c>
       <c r="B409" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C409" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D409" t="inlineStr">
         <is>
-          <t>7,5 kW</t>
+          <t>30 kW</t>
         </is>
       </c>
       <c r="E409" t="inlineStr">
         <is>
           <t>V15</t>
         </is>
       </c>
       <c r="F409" t="inlineStr"/>
       <c r="G409" s="2" t="inlineStr">
         <is>
-          <t>Motor 7,5 kW, 4-polig, 132M, V15, 50Hz, 366V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H409" t="inlineStr"/>
+          <t>Motor 30 kW, 4-polig, 200L, V15, 50Hz, 380V, IE4 SuPremE C1</t>
+        </is>
+      </c>
+      <c r="H409" t="inlineStr">
+        <is>
+          <t>50Hz 3x 380 V</t>
+        </is>
+      </c>
       <c r="I409" t="inlineStr"/>
       <c r="J409" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K409" t="inlineStr"/>
       <c r="L409" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M409" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N409" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O409" t="inlineStr">
         <is>
-          <t>2013</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="P409" t="inlineStr">
         <is>
-          <t>933.02 €</t>
+          <t>3450.88 €</t>
         </is>
       </c>
       <c r="Q409" t="inlineStr"/>
       <c r="R409" t="inlineStr">
         <is>
-          <t>82.00</t>
+          <t>212.00</t>
         </is>
       </c>
     </row>
     <row r="410" ht="30" customHeight="1">
       <c r="A410" t="inlineStr">
         <is>
-          <t>AR6776</t>
+          <t>AR17947-02</t>
         </is>
       </c>
       <c r="B410" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C410" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D410" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>30 kW</t>
         </is>
       </c>
       <c r="E410" t="inlineStr">
         <is>
           <t>V15</t>
         </is>
       </c>
       <c r="F410" t="inlineStr"/>
       <c r="G410" s="2" t="inlineStr">
         <is>
-          <t>Motor 15 kW, 4-polig, 160L, V15, 50Hz, 358V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H410" t="inlineStr"/>
+          <t>Motor 30 kW, 4-polig, 200L, V15, 50Hz, 380V, IE4 SuPremE C1</t>
+        </is>
+      </c>
+      <c r="H410" t="inlineStr">
+        <is>
+          <t>50Hz 3x 380 V</t>
+        </is>
+      </c>
       <c r="I410" t="inlineStr"/>
       <c r="J410" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K410" t="inlineStr"/>
       <c r="L410" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M410" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N410" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O410" t="inlineStr">
         <is>
-          <t>2013</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="P410" t="inlineStr">
         <is>
-          <t>1661.71 €</t>
+          <t>3450.88 €</t>
         </is>
       </c>
       <c r="Q410" t="inlineStr"/>
       <c r="R410" t="inlineStr">
         <is>
-          <t>150.00</t>
+          <t>212.00</t>
         </is>
       </c>
     </row>
     <row r="411" ht="30" customHeight="1">
       <c r="A411" t="inlineStr">
         <is>
-          <t>AR6778</t>
+          <t>AR17947-03</t>
         </is>
       </c>
       <c r="B411" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C411" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D411" t="inlineStr">
         <is>
-          <t>22 kW</t>
+          <t>30 kW</t>
         </is>
       </c>
       <c r="E411" t="inlineStr">
         <is>
           <t>V15</t>
         </is>
       </c>
       <c r="F411" t="inlineStr"/>
       <c r="G411" s="2" t="inlineStr">
         <is>
-          <t>Motor 22 kW, 2-polig, 180M, V15, 50Hz, 400V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H411" t="inlineStr"/>
+          <t>Motor 30 kW, 4-polig, 200L, V15, 50Hz, 380V, IE4 SuPremE C1</t>
+        </is>
+      </c>
+      <c r="H411" t="inlineStr">
+        <is>
+          <t>50Hz 3x 380 V</t>
+        </is>
+      </c>
       <c r="I411" t="inlineStr"/>
       <c r="J411" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K411" t="inlineStr"/>
       <c r="L411" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M411" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N411" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O411" t="inlineStr">
         <is>
-          <t>2013</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="P411" t="inlineStr">
         <is>
-          <t>2170.96 €</t>
+          <t>3450.88 €</t>
         </is>
       </c>
       <c r="Q411" t="inlineStr"/>
       <c r="R411" t="inlineStr">
         <is>
-          <t>179.00</t>
+          <t>212.00</t>
         </is>
       </c>
     </row>
     <row r="412" ht="30" customHeight="1">
       <c r="A412" t="inlineStr">
         <is>
-          <t>AR6784</t>
+          <t>AR17959-01</t>
         </is>
       </c>
       <c r="B412" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C412" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D412" t="inlineStr">
         <is>
-          <t>22 kW</t>
+          <t>30 kW</t>
         </is>
       </c>
       <c r="E412" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F412" t="inlineStr"/>
       <c r="G412" s="2" t="inlineStr">
         <is>
-          <t>Motor 22 kW, 4-polig, 180L, V15, 50Hz, 361V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H412" t="inlineStr"/>
+          <t>Motor 30 kW, 2-polig, 200L, V1, 100Hz, 380V, IE4 SuPremE C1</t>
+        </is>
+      </c>
+      <c r="H412" t="inlineStr">
+        <is>
+          <t>50Hz 3x 380 V</t>
+        </is>
+      </c>
       <c r="I412" t="inlineStr"/>
       <c r="J412" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K412" t="inlineStr"/>
       <c r="L412" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M412" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N412" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O412" t="inlineStr">
         <is>
-          <t>2013</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="P412" t="inlineStr">
         <is>
-          <t>2327.03 €</t>
+          <t>2487.19 €</t>
         </is>
       </c>
       <c r="Q412" t="inlineStr"/>
       <c r="R412" t="inlineStr">
         <is>
-          <t>197.00</t>
+          <t>214.00</t>
         </is>
       </c>
     </row>
     <row r="413" ht="30" customHeight="1">
       <c r="A413" t="inlineStr">
         <is>
-          <t>AR6785</t>
+          <t>AR17959-02</t>
         </is>
       </c>
       <c r="B413" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C413" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D413" t="inlineStr">
         <is>
-          <t>7,5 kW</t>
+          <t>30 kW</t>
         </is>
       </c>
       <c r="E413" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F413" t="inlineStr"/>
       <c r="G413" s="2" t="inlineStr">
         <is>
-          <t>Motor 7,5 kW, 4-polig, 132M, B3, 50Hz, 366V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H413" t="inlineStr"/>
+          <t>Motor 30 kW, 2-polig, 200L, V1, 100Hz, 380V, IE4 SuPremE C1</t>
+        </is>
+      </c>
+      <c r="H413" t="inlineStr">
+        <is>
+          <t>50Hz 3x 380 V</t>
+        </is>
+      </c>
       <c r="I413" t="inlineStr"/>
       <c r="J413" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K413" t="inlineStr"/>
       <c r="L413" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M413" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N413" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O413" t="inlineStr">
         <is>
-          <t>2013</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="P413" t="inlineStr">
         <is>
-          <t>777.51 €</t>
+          <t>2487.19 €</t>
         </is>
       </c>
       <c r="Q413" t="inlineStr"/>
       <c r="R413" t="inlineStr">
         <is>
-          <t>82.00</t>
-[...3 lines deleted...]
-    <row r="414" ht="30" customHeight="1">
+          <t>214.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="414" ht="15" customHeight="1">
       <c r="A414" t="inlineStr">
         <is>
-          <t>AR6788</t>
+          <t>AR17964</t>
         </is>
       </c>
       <c r="B414" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C414" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>1491</t>
         </is>
       </c>
       <c r="D414" t="inlineStr">
         <is>
-          <t>30 kW</t>
+          <t>230 kW</t>
         </is>
       </c>
       <c r="E414" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F414" t="inlineStr"/>
       <c r="G414" s="2" t="inlineStr">
         <is>
-          <t>Motor 30 kW, 4-polig, 200L, B3, 50Hz, 351V, IE4 SuPremE A</t>
+          <t>Motor 230 kW, 4-polig,B3, 50Hz, 6600V,</t>
         </is>
       </c>
       <c r="H414" t="inlineStr"/>
       <c r="I414" t="inlineStr"/>
       <c r="J414" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K414" t="inlineStr"/>
-      <c r="L414" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L414" t="inlineStr"/>
       <c r="M414" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Siemens</t>
         </is>
       </c>
       <c r="N414" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O414" t="inlineStr">
         <is>
-          <t>2013</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="P414" t="inlineStr">
         <is>
-          <t>2558.25 €</t>
+          <t>4494.00 €</t>
         </is>
       </c>
       <c r="Q414" t="inlineStr"/>
       <c r="R414" t="inlineStr">
         <is>
-          <t>261.00</t>
+          <t>1322.00</t>
         </is>
       </c>
     </row>
     <row r="415" ht="30" customHeight="1">
       <c r="A415" t="inlineStr">
         <is>
-          <t>AR6789</t>
+          <t>AR17980-04M</t>
         </is>
       </c>
       <c r="B415" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C415" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>1465</t>
         </is>
       </c>
       <c r="D415" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>7,5 kW</t>
         </is>
       </c>
       <c r="E415" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>B35</t>
         </is>
       </c>
       <c r="F415" t="inlineStr"/>
       <c r="G415" s="2" t="inlineStr">
         <is>
-          <t>Motor 5,5 kW, 4-polig, 132S, B3, 50Hz, 353V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H415" t="inlineStr"/>
+          <t>Motor 7,5 kW, 4-polig, 132M, B35, 50/60Hz, 400/690V, IE3</t>
+        </is>
+      </c>
+      <c r="H415" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I415" t="inlineStr"/>
       <c r="J415" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K415" t="inlineStr"/>
       <c r="L415" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M415" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Siemens</t>
         </is>
       </c>
       <c r="N415" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O415" t="inlineStr">
         <is>
-          <t>2013</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="P415" t="inlineStr">
         <is>
-          <t>613.27 €</t>
+          <t>1094.03 €</t>
         </is>
       </c>
       <c r="Q415" t="inlineStr"/>
       <c r="R415" t="inlineStr">
         <is>
-          <t>67.00</t>
+          <t>86.00</t>
         </is>
       </c>
     </row>
     <row r="416" ht="30" customHeight="1">
       <c r="A416" t="inlineStr">
         <is>
-          <t>AR6790</t>
+          <t>AR18073-01</t>
         </is>
       </c>
       <c r="B416" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C416" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>2950</t>
         </is>
       </c>
       <c r="D416" t="inlineStr">
         <is>
-          <t>18,5 kW</t>
+          <t>4 kW</t>
         </is>
       </c>
       <c r="E416" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F416" t="inlineStr"/>
       <c r="G416" s="2" t="inlineStr">
         <is>
-          <t>Motor 18,5 kW, 2-polig, 160L, B3, 100Hz, 362V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H416" t="inlineStr"/>
+          <t>Motor 4 kW, 2-polig, 112M, V1, 50/60Hz, 400V, IE3 mit Harting-Stecker</t>
+        </is>
+      </c>
+      <c r="H416" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V, 60Hz 3x 460 V</t>
+        </is>
+      </c>
       <c r="I416" t="inlineStr"/>
       <c r="J416" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K416" t="inlineStr"/>
       <c r="L416" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M416" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N416" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O416" t="inlineStr">
         <is>
-          <t>2013</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="P416" t="inlineStr">
         <is>
-          <t>1547.68 €</t>
+          <t>658.39 €</t>
         </is>
       </c>
       <c r="Q416" t="inlineStr"/>
       <c r="R416" t="inlineStr">
         <is>
-          <t>144.00</t>
+          <t>44.00</t>
         </is>
       </c>
     </row>
     <row r="417" ht="30" customHeight="1">
       <c r="A417" t="inlineStr">
         <is>
-          <t>AR6795</t>
+          <t>AR18073-02</t>
         </is>
       </c>
       <c r="B417" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C417" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>2950</t>
         </is>
       </c>
       <c r="D417" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>4 kW</t>
         </is>
       </c>
       <c r="E417" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F417" t="inlineStr"/>
       <c r="G417" s="2" t="inlineStr">
         <is>
-          <t>Motor 5,5 kW, 4-polig, 132S, V15, 50Hz, 353V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H417" t="inlineStr"/>
+          <t>Motor 4 kW, 2-polig, 112M, V1, 50/60Hz, 400V, IE3 mit Harting-Stecker</t>
+        </is>
+      </c>
+      <c r="H417" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V, 60Hz 3x 460 V</t>
+        </is>
+      </c>
       <c r="I417" t="inlineStr"/>
       <c r="J417" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K417" t="inlineStr"/>
       <c r="L417" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M417" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N417" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O417" t="inlineStr">
         <is>
-          <t>2013</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="P417" t="inlineStr">
         <is>
-          <t>692.99 €</t>
+          <t>658.39 €</t>
         </is>
       </c>
       <c r="Q417" t="inlineStr"/>
       <c r="R417" t="inlineStr">
         <is>
-          <t>67.00</t>
+          <t>44.00</t>
         </is>
       </c>
     </row>
     <row r="418" ht="30" customHeight="1">
       <c r="A418" t="inlineStr">
         <is>
-          <t>AR6796</t>
+          <t>AR18073-03</t>
         </is>
       </c>
       <c r="B418" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C418" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>2950</t>
         </is>
       </c>
       <c r="D418" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>4 kW</t>
         </is>
       </c>
       <c r="E418" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F418" t="inlineStr"/>
       <c r="G418" s="2" t="inlineStr">
         <is>
-          <t>Motor 5,5 kW, 4-polig, 132S, V15, 50Hz, 353V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H418" t="inlineStr"/>
+          <t>Motor 4 kW, 2-polig, 112M, V1, 50/60Hz, 400V, IE3 mit Harting-Stecker</t>
+        </is>
+      </c>
+      <c r="H418" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V, 60Hz 3x 460 V</t>
+        </is>
+      </c>
       <c r="I418" t="inlineStr"/>
       <c r="J418" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K418" t="inlineStr"/>
       <c r="L418" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M418" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N418" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O418" t="inlineStr">
         <is>
-          <t>2013</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="P418" t="inlineStr">
         <is>
-          <t>692.99 €</t>
+          <t>658.39 €</t>
         </is>
       </c>
       <c r="Q418" t="inlineStr"/>
       <c r="R418" t="inlineStr">
         <is>
-          <t>67.00</t>
+          <t>44.00</t>
         </is>
       </c>
     </row>
     <row r="419" ht="30" customHeight="1">
       <c r="A419" t="inlineStr">
         <is>
-          <t>AR6797</t>
+          <t>AR18077-01</t>
         </is>
       </c>
       <c r="B419" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C419" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D419" t="inlineStr">
         <is>
           <t>5,5 kW</t>
         </is>
       </c>
       <c r="E419" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>B35</t>
         </is>
       </c>
       <c r="F419" t="inlineStr"/>
       <c r="G419" s="2" t="inlineStr">
         <is>
-          <t>Motor 5,5 kW, 4-polig, 132S, V15, 50Hz, 353V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H419" t="inlineStr"/>
+          <t>Motor 5,5 kW, 2-polig, 132S, B35, 50/60 Hz, 3x 400/460, IE3 mit Harting-Stecker</t>
+        </is>
+      </c>
+      <c r="H419" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V, 60Hz 3x 460 V</t>
+        </is>
+      </c>
       <c r="I419" t="inlineStr"/>
       <c r="J419" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K419" t="inlineStr"/>
       <c r="L419" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M419" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Siemens</t>
         </is>
       </c>
       <c r="N419" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O419" t="inlineStr">
         <is>
-          <t>2013</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="P419" t="inlineStr">
         <is>
-          <t>692.99 €</t>
+          <t>891.89 €</t>
         </is>
       </c>
       <c r="Q419" t="inlineStr"/>
       <c r="R419" t="inlineStr">
         <is>
-          <t>67.00</t>
+          <t>75.00</t>
         </is>
       </c>
     </row>
     <row r="420" ht="30" customHeight="1">
       <c r="A420" t="inlineStr">
         <is>
-          <t>AR6846-01</t>
+          <t>AR18077-02</t>
         </is>
       </c>
       <c r="B420" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C420" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D420" t="inlineStr">
         <is>
-          <t>1,1 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="E420" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>B35</t>
         </is>
       </c>
       <c r="F420" t="inlineStr"/>
       <c r="G420" s="2" t="inlineStr">
         <is>
-          <t>Motor 1,1 kW, 4-polig, 090S, V15, 50Hz, 360V, IE4 SuPremE C1</t>
-[...2 lines deleted...]
-      <c r="H420" t="inlineStr"/>
+          <t>Motor 5,5 kW, 2-polig, 132S, B35, 50/60 Hz, 3x 400/460, IE3 mit Harting-Stecker</t>
+        </is>
+      </c>
+      <c r="H420" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V, 60Hz 3x 460 V</t>
+        </is>
+      </c>
       <c r="I420" t="inlineStr"/>
       <c r="J420" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K420" t="inlineStr"/>
       <c r="L420" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M420" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Siemens</t>
         </is>
       </c>
       <c r="N420" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O420" t="inlineStr">
         <is>
-          <t>2015</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="P420" t="inlineStr">
         <is>
-          <t>315.94 €</t>
+          <t>891.89 €</t>
         </is>
       </c>
       <c r="Q420" t="inlineStr"/>
       <c r="R420" t="inlineStr">
         <is>
-          <t>17.00</t>
+          <t>75.00</t>
         </is>
       </c>
     </row>
     <row r="421" ht="30" customHeight="1">
       <c r="A421" t="inlineStr">
         <is>
-          <t>AR6846-02</t>
+          <t>AR18079</t>
         </is>
       </c>
       <c r="B421" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C421" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D421" t="inlineStr">
         <is>
-          <t>1,1 kW</t>
+          <t>30 kW</t>
         </is>
       </c>
       <c r="E421" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F421" t="inlineStr"/>
       <c r="G421" s="2" t="inlineStr">
         <is>
-          <t>Motor 1,1 kW, 4-polig, 090S, V15, 50Hz, 360V, IE4 SuPremE C1</t>
-[...2 lines deleted...]
-      <c r="H421" t="inlineStr"/>
+          <t>Motor 30kW, 4-Polig, 200L, B3, 100Hz, 380Y, IE4, SuPremE C2</t>
+        </is>
+      </c>
+      <c r="H421" t="inlineStr">
+        <is>
+          <t>50Hz 3x 380 V</t>
+        </is>
+      </c>
       <c r="I421" t="inlineStr"/>
       <c r="J421" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K421" t="inlineStr"/>
       <c r="L421" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M421" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Innomotics</t>
         </is>
       </c>
       <c r="N421" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="O421" t="inlineStr">
         <is>
-          <t>2015</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="P421" t="inlineStr">
         <is>
-          <t>315.94 €</t>
+          <t>2404.81 €</t>
         </is>
       </c>
       <c r="Q421" t="inlineStr"/>
       <c r="R421" t="inlineStr">
         <is>
-          <t>17.00</t>
+          <t>240.00</t>
         </is>
       </c>
     </row>
     <row r="422" ht="30" customHeight="1">
       <c r="A422" t="inlineStr">
         <is>
-          <t>AR6994M</t>
+          <t>AR18082-01</t>
         </is>
       </c>
       <c r="B422" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C422" t="inlineStr">
         <is>
-          <t>1395</t>
+          <t>1490</t>
         </is>
       </c>
       <c r="D422" t="inlineStr">
         <is>
-          <t>0,55 kW</t>
+          <t>75 kW</t>
         </is>
       </c>
       <c r="E422" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F422" t="inlineStr"/>
       <c r="G422" s="2" t="inlineStr">
         <is>
-          <t>Motor 0,55 kW, 4-polig, 080M, V1, 50/60Hz, 230/400V, IE1</t>
-[...2 lines deleted...]
-      <c r="H422" t="inlineStr"/>
+          <t>Motor 75 kW, 4-polig, 280S, B3, 50/60Hz, 400/690V, IE4</t>
+        </is>
+      </c>
+      <c r="H422" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I422" t="inlineStr"/>
       <c r="J422" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K422" t="inlineStr"/>
       <c r="L422" t="inlineStr">
         <is>
-          <t>IE1</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M422" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Innomotics</t>
         </is>
       </c>
       <c r="N422" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O422" t="inlineStr">
         <is>
-          <t>2015</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="P422" t="inlineStr">
         <is>
-          <t>155.30 €</t>
+          <t>9621.28 €</t>
         </is>
       </c>
       <c r="Q422" t="inlineStr"/>
       <c r="R422" t="inlineStr">
         <is>
-          <t>12.00</t>
+          <t>632.00</t>
         </is>
       </c>
     </row>
     <row r="423" ht="30" customHeight="1">
       <c r="A423" t="inlineStr">
         <is>
-          <t>AR7182</t>
+          <t>AR18177-01</t>
         </is>
       </c>
       <c r="B423" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C423" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D423" t="inlineStr">
         <is>
-          <t>22 kW</t>
+          <t>5,5 kW</t>
         </is>
       </c>
       <c r="E423" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>B35</t>
         </is>
       </c>
       <c r="F423" t="inlineStr"/>
       <c r="G423" s="2" t="inlineStr">
         <is>
-          <t>Motor 22 kW, 2-polig, 180M, V15, 100Hz, 355V, IE4 SuPremE</t>
+          <t>Motor 5,5 kW, 2-polig, 132S, B35, 100 Hz, 365Y , IE5 SuPremE C2</t>
         </is>
       </c>
       <c r="H423" t="inlineStr"/>
       <c r="I423" t="inlineStr"/>
       <c r="J423" t="inlineStr">
         <is>
-          <t>IP44</t>
+          <t>IP55</t>
         </is>
       </c>
       <c r="K423" t="inlineStr"/>
       <c r="L423" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M423" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Siemens</t>
         </is>
       </c>
       <c r="N423" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O423" t="inlineStr">
         <is>
-          <t>2015</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="P423" t="inlineStr">
         <is>
-          <t>1831.74 €</t>
+          <t>712.93 €</t>
         </is>
       </c>
       <c r="Q423" t="inlineStr"/>
       <c r="R423" t="inlineStr">
         <is>
-          <t>179.00</t>
-[...3 lines deleted...]
-    <row r="424" ht="30" customHeight="1">
+          <t>65.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="424" ht="15" customHeight="1">
       <c r="A424" t="inlineStr">
         <is>
-          <t>AR7200</t>
+          <t>AR18211</t>
         </is>
       </c>
       <c r="B424" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>6-polig</t>
         </is>
       </c>
       <c r="C424" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D424" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>3 kW</t>
         </is>
       </c>
       <c r="E424" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F424" t="inlineStr"/>
       <c r="G424" s="2" t="inlineStr">
         <is>
-          <t>Motor 11 kW, 4-polig, 160M, B3, 50Hz, 365V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H424" t="inlineStr"/>
+          <t>Motor 3kW, 6-polig, 132S, V1, 60Hz, 440V, IE3</t>
+        </is>
+      </c>
+      <c r="H424" t="inlineStr">
+        <is>
+          <t>60Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I424" t="inlineStr"/>
       <c r="J424" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K424" t="inlineStr"/>
       <c r="L424" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M424" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N424" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O424" t="inlineStr">
         <is>
-          <t>2015</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="P424" t="inlineStr">
         <is>
-          <t>1195.42 €</t>
+          <t>858.12 €</t>
         </is>
       </c>
       <c r="Q424" t="inlineStr"/>
       <c r="R424" t="inlineStr">
         <is>
-          <t>110.00</t>
+          <t>79.00</t>
         </is>
       </c>
     </row>
     <row r="425" ht="30" customHeight="1">
       <c r="A425" t="inlineStr">
         <is>
-          <t>AR7332</t>
+          <t>AR18323</t>
         </is>
       </c>
       <c r="B425" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C425" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>2900</t>
         </is>
       </c>
       <c r="D425" t="inlineStr">
         <is>
           <t>15 kW</t>
         </is>
       </c>
       <c r="E425" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F425" t="inlineStr"/>
       <c r="G425" s="2" t="inlineStr">
         <is>
-          <t>Motor 15 kW, 4-polig, 160L, B3, 50Hz, 355V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H425" t="inlineStr"/>
+          <t>Motor 15 kW, 2-polig, 160M, B3, 50Hz, 400V, IE3, ATEX</t>
+        </is>
+      </c>
+      <c r="H425" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V, 50Hz 3x 415 V</t>
+        </is>
+      </c>
       <c r="I425" t="inlineStr"/>
       <c r="J425" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K425" t="inlineStr"/>
       <c r="L425" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M425" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>ABB</t>
         </is>
       </c>
       <c r="N425" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O425" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="P425" t="inlineStr">
         <is>
-          <t>1557.85 €</t>
-[...2 lines deleted...]
-      <c r="Q425" t="inlineStr"/>
+          <t>4881.27 €</t>
+        </is>
+      </c>
+      <c r="Q425" t="inlineStr">
+        <is>
+          <t>Ja</t>
+        </is>
+      </c>
       <c r="R425" t="inlineStr">
         <is>
-          <t>150.00</t>
+          <t>248.00</t>
         </is>
       </c>
     </row>
     <row r="426" ht="30" customHeight="1">
       <c r="A426" t="inlineStr">
         <is>
-          <t>AR7333-01</t>
+          <t>AR18361</t>
         </is>
       </c>
       <c r="B426" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C426" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>2900</t>
         </is>
       </c>
       <c r="D426" t="inlineStr">
         <is>
-          <t>30 kW</t>
+          <t>15 kW</t>
         </is>
       </c>
       <c r="E426" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F426" t="inlineStr"/>
       <c r="G426" s="2" t="inlineStr">
         <is>
-          <t>Motor 30 kW, 4-polig, 200L, B3, 50Hz, 365V, IE4 SuPremE B1</t>
+          <t>Motor 15 kW, 4-polig, 160L, B3, 50Hz, 355Y, IE5, SuPreme C2</t>
         </is>
       </c>
       <c r="H426" t="inlineStr"/>
       <c r="I426" t="inlineStr"/>
       <c r="J426" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K426" t="inlineStr"/>
       <c r="L426" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M426" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>ABB</t>
         </is>
       </c>
       <c r="N426" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O426" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="P426" t="inlineStr">
         <is>
-          <t>2878.03 €</t>
+          <t>1352.97 €</t>
         </is>
       </c>
       <c r="Q426" t="inlineStr"/>
       <c r="R426" t="inlineStr">
         <is>
-          <t>261.00</t>
+          <t>129.00</t>
         </is>
       </c>
     </row>
     <row r="427" ht="30" customHeight="1">
       <c r="A427" t="inlineStr">
         <is>
-          <t>AR7333-02</t>
+          <t>AR18613</t>
         </is>
       </c>
       <c r="B427" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C427" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D427" t="inlineStr">
         <is>
-          <t>30 kW</t>
+          <t>22 kW</t>
         </is>
       </c>
       <c r="E427" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F427" t="inlineStr"/>
       <c r="G427" s="2" t="inlineStr">
         <is>
-          <t>Motor 30 kW, 4-polig, 200L, B3, 50Hz, 365V, IE4 SuPremE B1</t>
+          <t>Motor 22 kW, 4-polig, 180M, B3, 100Hz, 400Y, IE4, SuPremE C1</t>
         </is>
       </c>
       <c r="H427" t="inlineStr"/>
       <c r="I427" t="inlineStr"/>
       <c r="J427" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K427" t="inlineStr"/>
       <c r="L427" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M427" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N427" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O427" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="P427" t="inlineStr">
         <is>
-          <t>2878.03 €</t>
+          <t>2069.53 €</t>
         </is>
       </c>
       <c r="Q427" t="inlineStr"/>
       <c r="R427" t="inlineStr">
         <is>
-          <t>261.00</t>
+          <t>177.00</t>
         </is>
       </c>
     </row>
     <row r="428" ht="30" customHeight="1">
       <c r="A428" t="inlineStr">
         <is>
-          <t>AR7334</t>
+          <t>AR18759</t>
         </is>
       </c>
       <c r="B428" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C428" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>2900</t>
         </is>
       </c>
       <c r="D428" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="E428" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F428" t="inlineStr"/>
       <c r="G428" s="2" t="inlineStr">
         <is>
-          <t>Motor 11 kW, 2-polig, 160M, B3, 100Hz, 375V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H428" t="inlineStr"/>
+          <t>Motor 18,5 kW, 4-polig, 180M, B3, 50Hz, 400V, SuPremE C2 IE4</t>
+        </is>
+      </c>
+      <c r="H428" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I428" t="inlineStr"/>
-      <c r="J428" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J428" t="inlineStr"/>
       <c r="K428" t="inlineStr"/>
       <c r="L428" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M428" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N428" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
-[...6 lines deleted...]
-      </c>
+          <t>B1: B2: gebraucht / wie neu</t>
+        </is>
+      </c>
+      <c r="O428" t="inlineStr"/>
       <c r="P428" t="inlineStr">
         <is>
-          <t>1103.86 €</t>
+          <t>1341.12 €</t>
         </is>
       </c>
       <c r="Q428" t="inlineStr"/>
       <c r="R428" t="inlineStr">
         <is>
-          <t>110.00</t>
-[...3 lines deleted...]
-    <row r="429" ht="30" customHeight="1">
+          <t>70.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="429" ht="15" customHeight="1">
       <c r="A429" t="inlineStr">
         <is>
-          <t>AR7335-02</t>
+          <t>AR18796</t>
         </is>
       </c>
       <c r="B429" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C429" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D429" t="inlineStr">
         <is>
-          <t>22 kW</t>
+          <t>30 kW</t>
         </is>
       </c>
       <c r="E429" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>Unterwasser-Motor</t>
         </is>
       </c>
       <c r="F429" t="inlineStr"/>
       <c r="G429" s="2" t="inlineStr">
         <is>
-          <t>Motor 22 kW, 2-polig, 180M, B3, 100Hz, 35 V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H429" t="inlineStr"/>
+          <t>UMAS150- 37/42E</t>
+        </is>
+      </c>
+      <c r="H429" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 400-690 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I429" t="inlineStr"/>
       <c r="J429" t="inlineStr">
         <is>
-          <t>IP55</t>
+          <t>IP68</t>
         </is>
       </c>
       <c r="K429" t="inlineStr"/>
-      <c r="L429" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L429" t="inlineStr"/>
       <c r="M429" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N429" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O429" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="P429" t="inlineStr">
         <is>
-          <t>2035.27 €</t>
+          <t>9022.73 €</t>
         </is>
       </c>
       <c r="Q429" t="inlineStr"/>
       <c r="R429" t="inlineStr">
         <is>
-          <t>179.00</t>
+          <t>180.00</t>
         </is>
       </c>
     </row>
     <row r="430" ht="30" customHeight="1">
       <c r="A430" t="inlineStr">
         <is>
-          <t>AR7430</t>
+          <t>AR18803</t>
         </is>
       </c>
       <c r="B430" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C430" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>2960</t>
         </is>
       </c>
       <c r="D430" t="inlineStr">
         <is>
-          <t>7,5 kW</t>
+          <t>45 kW</t>
         </is>
       </c>
       <c r="E430" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F430" t="inlineStr"/>
       <c r="G430" s="2" t="inlineStr">
         <is>
-          <t>Motor 7,5 kW, 2-polig, 132S, B3, 100Hz, 370V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H430" t="inlineStr"/>
+          <t>Motor 45 kW, 2-polig, 225M, B3, 50/60Hz, 400/690V, IE3</t>
+        </is>
+      </c>
+      <c r="H430" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I430" t="inlineStr"/>
       <c r="J430" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K430" t="inlineStr"/>
       <c r="L430" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M430" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N430" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
-      <c r="O430" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="O430" t="inlineStr"/>
       <c r="P430" t="inlineStr">
         <is>
-          <t>803.19 €</t>
+          <t>4484.98 €</t>
         </is>
       </c>
       <c r="Q430" t="inlineStr"/>
       <c r="R430" t="inlineStr">
         <is>
-          <t>78.00</t>
+          <t>331.00</t>
         </is>
       </c>
     </row>
     <row r="431" ht="30" customHeight="1">
       <c r="A431" t="inlineStr">
         <is>
-          <t>AR8049</t>
+          <t>AR18808</t>
         </is>
       </c>
       <c r="B431" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C431" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>2955</t>
         </is>
       </c>
       <c r="D431" t="inlineStr">
         <is>
-          <t>37 kW</t>
+          <t>2,6 kW</t>
         </is>
       </c>
       <c r="E431" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F431" t="inlineStr"/>
       <c r="G431" s="2" t="inlineStr">
         <is>
-          <t>Motor 37 kW, 2-polig, 200L, B3, 50Hz, 400V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+          <t>Motor 2,6kW, 4-Polig, 100L, B3, 60Hz, 400/690V, IE3, ATEX Ex db eb II C T4 Gb</t>
         </is>
       </c>
       <c r="H431" t="inlineStr"/>
       <c r="I431" t="inlineStr"/>
       <c r="J431" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K431" t="inlineStr"/>
       <c r="L431" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M431" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N431" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O431" t="inlineStr">
         <is>
-          <t>2015</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="P431" t="inlineStr">
         <is>
-          <t>2863.90 €</t>
+          <t>1027.23 €</t>
         </is>
       </c>
       <c r="Q431" t="inlineStr"/>
       <c r="R431" t="inlineStr">
         <is>
-          <t>273.00</t>
+          <t>81.00</t>
         </is>
       </c>
     </row>
     <row r="432" ht="30" customHeight="1">
       <c r="A432" t="inlineStr">
         <is>
-          <t>AR8270</t>
+          <t>AR18811-01</t>
         </is>
       </c>
       <c r="B432" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C432" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D432" t="inlineStr">
         <is>
           <t>11 kW</t>
         </is>
       </c>
       <c r="E432" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F432" t="inlineStr"/>
       <c r="G432" s="2" t="inlineStr">
         <is>
-          <t>Motor 11 kW, 4-polig, 160M, B3, 50Hz, 365V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H432" t="inlineStr"/>
+          <t>Motor 11 kW, 4-polig, 160M, B3, 50Hz, 400V, IE5 SuPremE</t>
+        </is>
+      </c>
+      <c r="H432" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I432" t="inlineStr"/>
       <c r="J432" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K432" t="inlineStr"/>
       <c r="L432" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M432" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N432" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O432" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="P432" t="inlineStr">
         <is>
-          <t>1195.42 €</t>
+          <t>1051.97 €</t>
         </is>
       </c>
       <c r="Q432" t="inlineStr"/>
       <c r="R432" t="inlineStr">
         <is>
-          <t>113.00</t>
+          <t>91.00</t>
         </is>
       </c>
     </row>
     <row r="433" ht="30" customHeight="1">
       <c r="A433" t="inlineStr">
         <is>
-          <t>AR8532</t>
+          <t>AR18811-02</t>
         </is>
       </c>
       <c r="B433" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C433" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D433" t="inlineStr">
         <is>
           <t>11 kW</t>
         </is>
       </c>
       <c r="E433" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F433" t="inlineStr"/>
       <c r="G433" s="2" t="inlineStr">
         <is>
-          <t>Motor 11 kW, 4-polig, 160M, B3, 50Hz, 400V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H433" t="inlineStr"/>
+          <t>Motor 11 kW, 4-polig, 160M, B3, 50Hz, 400V, IE5 SuPremE</t>
+        </is>
+      </c>
+      <c r="H433" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I433" t="inlineStr"/>
       <c r="J433" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K433" t="inlineStr"/>
       <c r="L433" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M433" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N433" t="inlineStr">
         <is>
-          <t>B1: C: gebraucht / einsetzbar</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O433" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="P433" t="inlineStr">
         <is>
-          <t>442.75 €</t>
+          <t>1051.97 €</t>
         </is>
       </c>
       <c r="Q433" t="inlineStr"/>
       <c r="R433" t="inlineStr">
         <is>
-          <t>119.00</t>
+          <t>91.00</t>
         </is>
       </c>
     </row>
     <row r="434" ht="30" customHeight="1">
       <c r="A434" t="inlineStr">
         <is>
-          <t>AR8663</t>
+          <t>AR18813-01</t>
         </is>
       </c>
       <c r="B434" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C434" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>2943</t>
         </is>
       </c>
       <c r="D434" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E434" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F434" t="inlineStr"/>
       <c r="G434" s="2" t="inlineStr">
         <is>
-          <t>Motor 15 kW, 4-polig, 160L, V1, 50Hz, 400V, IE4 SuPremE B1 mit Klemmenkasten</t>
-[...2 lines deleted...]
-      <c r="H434" t="inlineStr"/>
+          <t>Motor 11kW, 2-Polig, 160M, B3, 50Hz, 400/690V, ATEX Ex db eb II C T4 Gb</t>
+        </is>
+      </c>
+      <c r="H434" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I434" t="inlineStr"/>
       <c r="J434" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K434" t="inlineStr"/>
-      <c r="L434" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L434" t="inlineStr"/>
       <c r="M434" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>ABB</t>
         </is>
       </c>
       <c r="N434" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O434" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="P434" t="inlineStr">
         <is>
-          <t>1246.29 €</t>
+          <t>5030.43 €</t>
         </is>
       </c>
       <c r="Q434" t="inlineStr"/>
       <c r="R434" t="inlineStr">
         <is>
-          <t>150.00</t>
+          <t>241.00</t>
         </is>
       </c>
     </row>
     <row r="435" ht="30" customHeight="1">
       <c r="A435" t="inlineStr">
         <is>
-          <t>AR8664</t>
+          <t>AR18813-02</t>
         </is>
       </c>
       <c r="B435" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C435" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>2943</t>
         </is>
       </c>
       <c r="D435" t="inlineStr">
         <is>
-          <t>22 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E435" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F435" t="inlineStr"/>
       <c r="G435" s="2" t="inlineStr">
         <is>
-          <t>Motor 22 kW, 2-polig, 180M, V15, 100Hz, 355V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H435" t="inlineStr"/>
+          <t>Motor 11kW, 2-Polig, 160M, B3, 50Hz, 400/690V, ATEX Ex db eb II C T4 Gb</t>
+        </is>
+      </c>
+      <c r="H435" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I435" t="inlineStr"/>
       <c r="J435" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K435" t="inlineStr"/>
-      <c r="L435" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L435" t="inlineStr"/>
       <c r="M435" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>ABB</t>
         </is>
       </c>
       <c r="N435" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O435" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="P435" t="inlineStr">
         <is>
-          <t>1809.13 €</t>
+          <t>5030.43 €</t>
         </is>
       </c>
       <c r="Q435" t="inlineStr"/>
       <c r="R435" t="inlineStr">
         <is>
-          <t>179.00</t>
+          <t>241.00</t>
         </is>
       </c>
     </row>
     <row r="436" ht="30" customHeight="1">
       <c r="A436" t="inlineStr">
         <is>
-          <t>AR8666</t>
+          <t>AR18837</t>
         </is>
       </c>
       <c r="B436" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C436" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D436" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>0,75 kW</t>
         </is>
       </c>
       <c r="E436" t="inlineStr">
         <is>
           <t>V1</t>
         </is>
       </c>
       <c r="F436" t="inlineStr"/>
       <c r="G436" s="2" t="inlineStr">
         <is>
-          <t>Motor 15 kW, 4-polig, 160L, V1, 50Hz, 400V, IE4 SuPremE B1 mit Klemmenkasten</t>
+          <t>Motor 0,75 kW, 4-polig, 80M, V1, 50Hz, 500V EX db II C T4 Gb</t>
         </is>
       </c>
       <c r="H436" t="inlineStr"/>
       <c r="I436" t="inlineStr"/>
       <c r="J436" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K436" t="inlineStr"/>
-      <c r="L436" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L436" t="inlineStr"/>
       <c r="M436" t="inlineStr">
         <is>
-          <t>KSB</t>
-[...6 lines deleted...]
-      </c>
+          <t>ABB</t>
+        </is>
+      </c>
+      <c r="N436" t="inlineStr"/>
       <c r="O436" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="P436" t="inlineStr">
         <is>
-          <t>1038.57 €</t>
+          <t>328.00 €</t>
         </is>
       </c>
       <c r="Q436" t="inlineStr"/>
       <c r="R436" t="inlineStr">
         <is>
-          <t>150.00</t>
+          <t>55.00</t>
         </is>
       </c>
     </row>
     <row r="437" ht="30" customHeight="1">
       <c r="A437" t="inlineStr">
         <is>
-          <t>AR9022</t>
+          <t>AR18838</t>
         </is>
       </c>
       <c r="B437" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C437" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1465</t>
         </is>
       </c>
       <c r="D437" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>7,5 kW</t>
         </is>
       </c>
       <c r="E437" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F437" t="inlineStr"/>
       <c r="G437" s="2" t="inlineStr">
         <is>
-          <t>Motor 5,5 kW, 2-polig, 132S, V15, 100Hz, 365V, IE4 SuPremE</t>
+          <t>Motor 7,5 kW, 4-polig, 132M, V1, 50/60Hz, 380/660V, IE3</t>
         </is>
       </c>
       <c r="H437" t="inlineStr"/>
       <c r="I437" t="inlineStr"/>
-      <c r="J437" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J437" t="inlineStr"/>
       <c r="K437" t="inlineStr"/>
       <c r="L437" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M437" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Siemens</t>
         </is>
       </c>
       <c r="N437" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
-      <c r="O437" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="O437" t="inlineStr"/>
       <c r="P437" t="inlineStr">
         <is>
-          <t>696.56 €</t>
+          <t>1094.03 €</t>
         </is>
       </c>
       <c r="Q437" t="inlineStr"/>
       <c r="R437" t="inlineStr">
         <is>
-          <t>65.00</t>
+          <t>86.00</t>
         </is>
       </c>
     </row>
     <row r="438" ht="30" customHeight="1">
       <c r="A438" t="inlineStr">
         <is>
-          <t>AR9111</t>
+          <t>AR18839</t>
         </is>
       </c>
       <c r="B438" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C438" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>2900</t>
         </is>
       </c>
       <c r="D438" t="inlineStr">
         <is>
           <t>15 kW</t>
         </is>
       </c>
       <c r="E438" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F438" t="inlineStr"/>
       <c r="G438" s="2" t="inlineStr">
         <is>
-          <t>Motor 15 kW, 2-polig, 160M, V15, 100Hz, 355V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H438" t="inlineStr"/>
+          <t>Motor 15 kW, 2-polig, 160M, B3, 50Hz, 400V, IE3, ATEX, Ex ec IIC T3 Gc</t>
+        </is>
+      </c>
+      <c r="H438" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V, 50Hz 3x 415 V</t>
+        </is>
+      </c>
       <c r="I438" t="inlineStr"/>
       <c r="J438" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K438" t="inlineStr"/>
       <c r="L438" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE3</t>
         </is>
       </c>
       <c r="M438" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Innomotics</t>
         </is>
       </c>
       <c r="N438" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O438" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="P438" t="inlineStr">
         <is>
-          <t>1733.92 €</t>
-[...2 lines deleted...]
-      <c r="Q438" t="inlineStr"/>
+          <t>3383.18 €</t>
+        </is>
+      </c>
+      <c r="Q438" t="inlineStr">
+        <is>
+          <t>Ja</t>
+        </is>
+      </c>
       <c r="R438" t="inlineStr">
         <is>
-          <t>120.00</t>
+          <t>95.00</t>
         </is>
       </c>
     </row>
     <row r="439" ht="30" customHeight="1">
       <c r="A439" t="inlineStr">
         <is>
-          <t>AR9113</t>
+          <t>AR18865</t>
         </is>
       </c>
       <c r="B439" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C439" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D439" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E439" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F439" t="inlineStr"/>
       <c r="G439" s="2" t="inlineStr">
         <is>
-          <t>Motor 5,5 kW, 4-polig, 132S, B3, 50Hz, 353V, IE4 SuPremE</t>
+          <t>Motor 11 kW, 4-Polig, 160M, V1, 50Hz, 365Y, IE5, SuPremE C2</t>
         </is>
       </c>
       <c r="H439" t="inlineStr"/>
       <c r="I439" t="inlineStr"/>
       <c r="J439" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K439" t="inlineStr"/>
       <c r="L439" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M439" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
-      <c r="N439" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N439" t="inlineStr"/>
       <c r="O439" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="P439" t="inlineStr">
         <is>
-          <t>689.93 €</t>
+          <t>1320.03 €</t>
         </is>
       </c>
       <c r="Q439" t="inlineStr"/>
       <c r="R439" t="inlineStr">
         <is>
-          <t>67.00</t>
+          <t>107.00</t>
         </is>
       </c>
     </row>
     <row r="440" ht="30" customHeight="1">
       <c r="A440" t="inlineStr">
         <is>
-          <t>AR9114</t>
+          <t>AR18866</t>
         </is>
       </c>
       <c r="B440" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C440" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D440" t="inlineStr">
         <is>
           <t>7,5 kW</t>
         </is>
       </c>
       <c r="E440" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="F440" t="inlineStr"/>
       <c r="G440" s="2" t="inlineStr">
         <is>
-          <t>Motor 7,5 kW, 4-polig, 132M, V15, 50Hz, 366V, IE4 SuPremE</t>
+          <t>Motor 7,5 kW, 4-polig, 132M, V1, 50/60Hz, 355Y, IE5</t>
         </is>
       </c>
       <c r="H440" t="inlineStr"/>
       <c r="I440" t="inlineStr"/>
       <c r="J440" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K440" t="inlineStr"/>
       <c r="L440" t="inlineStr">
         <is>
-          <t>IE4</t>
+          <t>IE5</t>
         </is>
       </c>
       <c r="M440" t="inlineStr">
         <is>
-          <t>KSB</t>
-[...11 lines deleted...]
-      </c>
+          <t>Siemens</t>
+        </is>
+      </c>
+      <c r="N440" t="inlineStr"/>
+      <c r="O440" t="inlineStr"/>
       <c r="P440" t="inlineStr">
         <is>
-          <t>933.02 €</t>
+          <t>944.99 €</t>
         </is>
       </c>
       <c r="Q440" t="inlineStr"/>
       <c r="R440" t="inlineStr">
         <is>
-          <t>82.00</t>
+          <t>83.00</t>
         </is>
       </c>
     </row>
     <row r="441" ht="30" customHeight="1">
       <c r="A441" t="inlineStr">
         <is>
-          <t>AR9121</t>
+          <t>AR4918-01</t>
         </is>
       </c>
       <c r="B441" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C441" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D441" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>1,1 kW</t>
         </is>
       </c>
       <c r="E441" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F441" t="inlineStr"/>
       <c r="G441" s="2" t="inlineStr">
         <is>
-          <t>Motor 11 kW, 4-polig, 160M, B3, 50Hz, 400V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H441" t="inlineStr"/>
+          <t>Drivepack PD1 1,1 kW, 2-polig, 080M, B3, 100Hz, 400V, SuPremE IE4</t>
+        </is>
+      </c>
+      <c r="H441" t="inlineStr">
+        <is>
+          <t>50Hz 3x 380 V, 60Hz 3x 480 V</t>
+        </is>
+      </c>
       <c r="I441" t="inlineStr"/>
       <c r="J441" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K441" t="inlineStr"/>
       <c r="L441" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M441" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N441" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O441" t="inlineStr">
         <is>
-          <t>2015</t>
+          <t>2014</t>
         </is>
       </c>
       <c r="P441" t="inlineStr">
         <is>
-          <t>1195.42 €</t>
-[...6 lines deleted...]
-      </c>
+          <t>946.05 €</t>
+        </is>
+      </c>
+      <c r="Q441" t="inlineStr"/>
       <c r="R441" t="inlineStr">
         <is>
-          <t>129.00</t>
+          <t>14.00</t>
         </is>
       </c>
     </row>
     <row r="442" ht="30" customHeight="1">
       <c r="A442" t="inlineStr">
         <is>
-          <t>AR9126M</t>
+          <t>AR4918-02</t>
         </is>
       </c>
       <c r="B442" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C442" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D442" t="inlineStr">
         <is>
-          <t>4 kW</t>
+          <t>1,1 kW</t>
         </is>
       </c>
       <c r="E442" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F442" t="inlineStr"/>
       <c r="G442" s="2" t="inlineStr">
         <is>
-          <t>Motor 4 kW, 2-polig, 112M, V1, 50Hz, 355V, IE4 Klemmenkasten</t>
-[...2 lines deleted...]
-      <c r="H442" t="inlineStr"/>
+          <t>Drivepack PD1 1,1 kW, 2-polig, 080M, B3, 100Hz, 400V, SuPremE IE4</t>
+        </is>
+      </c>
+      <c r="H442" t="inlineStr">
+        <is>
+          <t>50Hz 3x 380 V, 60Hz 3x 480 V</t>
+        </is>
+      </c>
       <c r="I442" t="inlineStr"/>
       <c r="J442" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K442" t="inlineStr"/>
       <c r="L442" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M442" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N442" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O442" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2014</t>
         </is>
       </c>
       <c r="P442" t="inlineStr">
         <is>
-          <t>565.48 €</t>
+          <t>946.05 €</t>
         </is>
       </c>
       <c r="Q442" t="inlineStr"/>
       <c r="R442" t="inlineStr">
         <is>
-          <t>31.00</t>
+          <t>14.00</t>
         </is>
       </c>
     </row>
     <row r="443" ht="30" customHeight="1">
       <c r="A443" t="inlineStr">
         <is>
-          <t>AR9163</t>
+          <t>AR4918-03</t>
         </is>
       </c>
       <c r="B443" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C443" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D443" t="inlineStr">
         <is>
-          <t>1,5 kW</t>
+          <t>1,1 kW</t>
         </is>
       </c>
       <c r="E443" t="inlineStr">
         <is>
-          <t>V15</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F443" t="inlineStr"/>
       <c r="G443" s="2" t="inlineStr">
         <is>
-          <t>Motor 1,5 kW, 4-polig, 090L, V15, 50Hz, 365V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H443" t="inlineStr"/>
+          <t>Drivepack PD1 1,1 kW, 2-polig, 080M, B3, 100Hz, 400V, SuPremE IE4</t>
+        </is>
+      </c>
+      <c r="H443" t="inlineStr">
+        <is>
+          <t>50Hz 3x 380 V, 60Hz 3x 480 V</t>
+        </is>
+      </c>
       <c r="I443" t="inlineStr"/>
       <c r="J443" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K443" t="inlineStr"/>
       <c r="L443" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M443" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N443" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O443" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2014</t>
         </is>
       </c>
       <c r="P443" t="inlineStr">
         <is>
-          <t>350.36 €</t>
+          <t>946.05 €</t>
         </is>
       </c>
       <c r="Q443" t="inlineStr"/>
       <c r="R443" t="inlineStr">
         <is>
-          <t>20.00</t>
-[...3 lines deleted...]
-    <row r="444" ht="30" customHeight="1">
+          <t>14.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="444" ht="15" customHeight="1">
       <c r="A444" t="inlineStr">
         <is>
-          <t>AR9164</t>
+          <t>AR5353M</t>
         </is>
       </c>
       <c r="B444" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C444" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>3515</t>
         </is>
       </c>
       <c r="D444" t="inlineStr">
         <is>
-          <t>1,5 kW</t>
+          <t>3,7 kW</t>
         </is>
       </c>
       <c r="E444" t="inlineStr">
         <is>
-          <t>V15</t>
-[...2 lines deleted...]
-      <c r="F444" t="inlineStr"/>
+          <t>V1</t>
+        </is>
+      </c>
+      <c r="F444" t="inlineStr">
+        <is>
+          <t>040-125</t>
+        </is>
+      </c>
       <c r="G444" s="2" t="inlineStr">
         <is>
-          <t>Motor 1,5 kW, 2-polig, 090S, V15, 100Hz, 380V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H444" t="inlineStr"/>
+          <t>Siemens Motor 3,7kW, 60Hz, 460V, 100L,</t>
+        </is>
+      </c>
+      <c r="H444" t="inlineStr">
+        <is>
+          <t>60Hz 3x 460 V</t>
+        </is>
+      </c>
       <c r="I444" t="inlineStr"/>
       <c r="J444" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K444" t="inlineStr"/>
-      <c r="L444" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L444" t="inlineStr"/>
       <c r="M444" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N444" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O444" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2012</t>
         </is>
       </c>
       <c r="P444" t="inlineStr">
         <is>
-          <t>312.57 €</t>
-[...2 lines deleted...]
-      <c r="Q444" t="inlineStr"/>
+          <t>978.50 €</t>
+        </is>
+      </c>
+      <c r="Q444" t="inlineStr">
+        <is>
+          <t>Ja</t>
+        </is>
+      </c>
       <c r="R444" t="inlineStr">
         <is>
-          <t>14.00</t>
+          <t>29.00</t>
         </is>
       </c>
     </row>
     <row r="445" ht="30" customHeight="1">
       <c r="A445" t="inlineStr">
         <is>
-          <t>AR9165</t>
+          <t>AR5386DP</t>
         </is>
       </c>
       <c r="B445" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C445" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D445" t="inlineStr">
         <is>
-          <t>15 kW</t>
+          <t>2,2 kW</t>
         </is>
       </c>
       <c r="E445" t="inlineStr">
         <is>
           <t>V1</t>
         </is>
       </c>
       <c r="F445" t="inlineStr"/>
       <c r="G445" s="2" t="inlineStr">
         <is>
-          <t>Motor 15 kW, 2-polig, 160M, V1, 100Hz, 365V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H445" t="inlineStr"/>
+          <t>Drivepack 2,2 kW, 4-polig, 100L, V1, IE4, 50Hz, 400V und PumpDrive-I 2,2 kW, PD1_002K20</t>
+        </is>
+      </c>
+      <c r="H445" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I445" t="inlineStr"/>
       <c r="J445" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K445" t="inlineStr"/>
       <c r="L445" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M445" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N445" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O445" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2014</t>
         </is>
       </c>
       <c r="P445" t="inlineStr">
         <is>
-          <t>1695.39 €</t>
+          <t>2335.89 €</t>
         </is>
       </c>
       <c r="Q445" t="inlineStr"/>
       <c r="R445" t="inlineStr">
         <is>
-          <t>110.00</t>
+          <t>53.00</t>
         </is>
       </c>
     </row>
     <row r="446" ht="30" customHeight="1">
       <c r="A446" t="inlineStr">
         <is>
-          <t>AR9231</t>
+          <t>AR5468</t>
         </is>
       </c>
       <c r="B446" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C446" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D446" t="inlineStr">
         <is>
-          <t>7,5 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="E446" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F446" t="inlineStr"/>
       <c r="G446" s="2" t="inlineStr">
         <is>
-          <t>Motor 7,5 kW, 4-polig, 132M, V1, 50Hz, 355V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H446" t="inlineStr"/>
+          <t>Motor 18,5 kW, 4-polig, 180M, B3, 50Hz, 361V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H446" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I446" t="inlineStr"/>
       <c r="J446" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K446" t="inlineStr"/>
       <c r="L446" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M446" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N446" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O446" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2014</t>
         </is>
       </c>
       <c r="P446" t="inlineStr">
         <is>
-          <t>1049.65 €</t>
+          <t>1232.20 €</t>
         </is>
       </c>
       <c r="Q446" t="inlineStr"/>
       <c r="R446" t="inlineStr">
         <is>
-          <t>146.00</t>
+          <t>173.00</t>
         </is>
       </c>
     </row>
     <row r="447" ht="30" customHeight="1">
       <c r="A447" t="inlineStr">
         <is>
-          <t>AR9232</t>
+          <t>AR5469</t>
         </is>
       </c>
       <c r="B447" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C447" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D447" t="inlineStr">
         <is>
           <t>7,5 kW</t>
         </is>
       </c>
       <c r="E447" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F447" t="inlineStr"/>
       <c r="G447" s="2" t="inlineStr">
         <is>
-          <t>Motor 7,5 kW, 4-polig, 132M, V1, 50Hz, 355V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H447" t="inlineStr"/>
+          <t>Motor 7,5 kW, 4-polig, 132M, B3, 50Hz, 400V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H447" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I447" t="inlineStr"/>
       <c r="J447" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K447" t="inlineStr"/>
       <c r="L447" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M447" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N447" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O447" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2014</t>
         </is>
       </c>
       <c r="P447" t="inlineStr">
         <is>
-          <t>1049.65 €</t>
+          <t>777.51 €</t>
         </is>
       </c>
       <c r="Q447" t="inlineStr"/>
       <c r="R447" t="inlineStr">
         <is>
-          <t>146.00</t>
+          <t>82.00</t>
         </is>
       </c>
     </row>
     <row r="448" ht="30" customHeight="1">
       <c r="A448" t="inlineStr">
         <is>
-          <t>AR9403-01</t>
+          <t>AR5721</t>
         </is>
       </c>
       <c r="B448" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C448" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D448" t="inlineStr">
         <is>
-          <t>7,5 kW</t>
+          <t>3 kW</t>
         </is>
       </c>
       <c r="E448" t="inlineStr">
         <is>
           <t>V1</t>
         </is>
       </c>
       <c r="F448" t="inlineStr"/>
       <c r="G448" s="2" t="inlineStr">
         <is>
-          <t>Motor 7,5 kW, 4-polig, 132M, V1, 50Hz, 355V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H448" t="inlineStr"/>
+          <t>Motor 3 kW, 4-polig, 100L, V1, 50Hz, 355V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H448" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I448" t="inlineStr"/>
       <c r="J448" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K448" t="inlineStr"/>
       <c r="L448" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M448" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N448" t="inlineStr">
         <is>
-          <t>B1: C: gebraucht / einsetzbar</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O448" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="P448" t="inlineStr">
         <is>
-          <t>513.16 €</t>
+          <t>542.74 €</t>
         </is>
       </c>
       <c r="Q448" t="inlineStr"/>
       <c r="R448" t="inlineStr">
         <is>
-          <t>84.00</t>
+          <t>52.00</t>
         </is>
       </c>
     </row>
     <row r="449" ht="30" customHeight="1">
       <c r="A449" t="inlineStr">
         <is>
-          <t>AR9403-02</t>
+          <t>AR6420Mo</t>
         </is>
       </c>
       <c r="B449" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C449" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>1470</t>
         </is>
       </c>
       <c r="D449" t="inlineStr">
         <is>
-          <t>7,5 kW</t>
+          <t>11 kW</t>
         </is>
       </c>
       <c r="E449" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>B35</t>
         </is>
       </c>
       <c r="F449" t="inlineStr"/>
       <c r="G449" s="2" t="inlineStr">
         <is>
-          <t>Motor 7,5 kW, 4-polig, 132M, V1, 50Hz, 355V, IE4 SuPremE C1</t>
+          <t>Motor 11 kW, 4-polig, 160M, B35, 50/60Hz, 3x 400/690V</t>
         </is>
       </c>
       <c r="H449" t="inlineStr"/>
       <c r="I449" t="inlineStr"/>
       <c r="J449" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K449" t="inlineStr"/>
-      <c r="L449" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L449" t="inlineStr"/>
       <c r="M449" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N449" t="inlineStr">
         <is>
-          <t>B1: C: gebraucht / einsetzbar</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O449" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="P449" t="inlineStr">
         <is>
-          <t>513.16 €</t>
-[...2 lines deleted...]
-      <c r="Q449" t="inlineStr"/>
+          <t>801.41 €</t>
+        </is>
+      </c>
+      <c r="Q449" t="inlineStr">
+        <is>
+          <t>Ja</t>
+        </is>
+      </c>
       <c r="R449" t="inlineStr">
         <is>
-          <t>84.00</t>
+          <t>112.00</t>
         </is>
       </c>
     </row>
     <row r="450" ht="30" customHeight="1">
       <c r="A450" t="inlineStr">
         <is>
-          <t>AR9422</t>
+          <t>AR6619A</t>
         </is>
       </c>
       <c r="B450" t="inlineStr">
         <is>
           <t>2-polig</t>
         </is>
       </c>
       <c r="C450" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D450" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>3 kW</t>
         </is>
       </c>
       <c r="E450" t="inlineStr">
         <is>
-          <t>V18</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="F450" t="inlineStr"/>
       <c r="G450" s="2" t="inlineStr">
         <is>
-          <t>Motor 2,2 kW, 2-polig, 090L, V18, 100Hz, 360V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H450" t="inlineStr"/>
+          <t>Motor 3 kW, 2-polig, 100L, B3, 100Hz, 360V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H450" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V</t>
+        </is>
+      </c>
       <c r="I450" t="inlineStr"/>
-      <c r="J450" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J450" t="inlineStr"/>
       <c r="K450" t="inlineStr"/>
       <c r="L450" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M450" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N450" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O450" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2014</t>
         </is>
       </c>
       <c r="P450" t="inlineStr">
         <is>
-          <t>302.27 €</t>
+          <t>367.60 €</t>
         </is>
       </c>
       <c r="Q450" t="inlineStr"/>
       <c r="R450" t="inlineStr">
         <is>
-          <t>21.00</t>
+          <t>12.00</t>
         </is>
       </c>
     </row>
     <row r="451" ht="30" customHeight="1">
       <c r="A451" t="inlineStr">
         <is>
-          <t>AR9468</t>
+          <t>AR6757</t>
         </is>
       </c>
       <c r="B451" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C451" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D451" t="inlineStr">
         <is>
-          <t>30 kW</t>
+          <t>18,5 kW</t>
         </is>
       </c>
       <c r="E451" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F451" t="inlineStr"/>
       <c r="G451" s="2" t="inlineStr">
         <is>
-          <t>Motor 30 kW, 2-polig, 200L, B3, 100Hz, 355V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H451" t="inlineStr"/>
+          <t>Motor 18,5 kW, 4-polig, 180M, B3, 50Hz, 361V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H451" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I451" t="inlineStr"/>
       <c r="J451" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K451" t="inlineStr"/>
       <c r="L451" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M451" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N451" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O451" t="inlineStr">
         <is>
-          <t>2011</t>
+          <t>2013</t>
         </is>
       </c>
       <c r="P451" t="inlineStr">
         <is>
-          <t>1333.20 €</t>
+          <t>1663.47 €</t>
         </is>
       </c>
       <c r="Q451" t="inlineStr"/>
       <c r="R451" t="inlineStr">
         <is>
-          <t>244.00</t>
+          <t>173.00</t>
         </is>
       </c>
     </row>
     <row r="452" ht="30" customHeight="1">
       <c r="A452" t="inlineStr">
         <is>
-          <t>AR9520</t>
+          <t>AR6758</t>
         </is>
       </c>
       <c r="B452" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C452" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D452" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>22 kW</t>
         </is>
       </c>
       <c r="E452" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F452" t="inlineStr"/>
       <c r="G452" s="2" t="inlineStr">
         <is>
-          <t>Motor 11 kW, 4-polig, 160M, B3, 50Hz, 400V, IE5 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H452" t="inlineStr"/>
+          <t>Motor 22 kW, 4-polig, 180L, B3, 50Hz, 361V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H452" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I452" t="inlineStr"/>
       <c r="J452" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K452" t="inlineStr"/>
       <c r="L452" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M452" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N452" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O452" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2013</t>
         </is>
       </c>
       <c r="P452" t="inlineStr">
         <is>
-          <t>664.12 €</t>
+          <t>1939.19 €</t>
         </is>
       </c>
       <c r="Q452" t="inlineStr"/>
       <c r="R452" t="inlineStr">
         <is>
-          <t>112.00</t>
+          <t>197.00</t>
         </is>
       </c>
     </row>
     <row r="453" ht="30" customHeight="1">
       <c r="A453" t="inlineStr">
         <is>
-          <t>AR9563</t>
+          <t>AR6759</t>
         </is>
       </c>
       <c r="B453" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C453" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D453" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>37 kW</t>
         </is>
       </c>
       <c r="E453" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="F453" t="inlineStr"/>
       <c r="G453" s="2" t="inlineStr">
         <is>
-          <t>Motor 11 kW, 4-polig, 160M, B3, 50Hz, 400V, IE5 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H453" t="inlineStr"/>
+          <t>Motor 37 kW, 2-polig, 200L, B3, 50Hz, 360V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H453" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I453" t="inlineStr"/>
       <c r="J453" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K453" t="inlineStr"/>
       <c r="L453" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M453" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N453" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O453" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2013</t>
         </is>
       </c>
       <c r="P453" t="inlineStr">
         <is>
-          <t>1051.97 €</t>
+          <t>3232.62 €</t>
         </is>
       </c>
       <c r="Q453" t="inlineStr"/>
       <c r="R453" t="inlineStr">
         <is>
-          <t>112.00</t>
+          <t>279.00</t>
         </is>
       </c>
     </row>
     <row r="454" ht="30" customHeight="1">
       <c r="A454" t="inlineStr">
         <is>
-          <t>AR9565</t>
+          <t>AR6760</t>
         </is>
       </c>
       <c r="B454" t="inlineStr">
         <is>
-          <t>4-polig</t>
+          <t>2-polig</t>
         </is>
       </c>
       <c r="C454" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="D454" t="inlineStr">
         <is>
-          <t>5,5 kW</t>
+          <t>22 kW</t>
         </is>
       </c>
       <c r="E454" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F454" t="inlineStr"/>
       <c r="G454" s="2" t="inlineStr">
         <is>
-          <t>Motor 5,5 kW, 4-polig, 132S, V1, 50Hz, 400V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H454" t="inlineStr"/>
+          <t>Motor 22 kW, 2-polig, 180M, V15, 100Hz, 355V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H454" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I454" t="inlineStr"/>
       <c r="J454" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K454" t="inlineStr"/>
       <c r="L454" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M454" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N454" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O454" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2013</t>
         </is>
       </c>
       <c r="P454" t="inlineStr">
         <is>
-          <t>686.07 €</t>
+          <t>2170.96 €</t>
         </is>
       </c>
       <c r="Q454" t="inlineStr"/>
       <c r="R454" t="inlineStr">
         <is>
-          <t>67.00</t>
+          <t>179.00</t>
         </is>
       </c>
     </row>
     <row r="455" ht="30" customHeight="1">
       <c r="A455" t="inlineStr">
         <is>
-          <t>AR9566</t>
+          <t>AR6761</t>
         </is>
       </c>
       <c r="B455" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C455" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D455" t="inlineStr">
         <is>
-          <t>2,2 kW</t>
+          <t>7,5 kW</t>
         </is>
       </c>
       <c r="E455" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F455" t="inlineStr"/>
       <c r="G455" s="2" t="inlineStr">
         <is>
-          <t>Motor 2,2 kW, 4-polig, 100L, V1, 50Hz, 365V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H455" t="inlineStr"/>
+          <t>Motor 7,5 kW, 4-polig, 132M, V15, 50Hz, 366V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H455" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I455" t="inlineStr"/>
       <c r="J455" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K455" t="inlineStr"/>
       <c r="L455" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M455" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N455" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O455" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2013</t>
         </is>
       </c>
       <c r="P455" t="inlineStr">
         <is>
-          <t>380.52 €</t>
+          <t>933.02 €</t>
         </is>
       </c>
       <c r="Q455" t="inlineStr"/>
       <c r="R455" t="inlineStr">
         <is>
-          <t>27.00</t>
+          <t>82.00</t>
         </is>
       </c>
     </row>
     <row r="456" ht="30" customHeight="1">
       <c r="A456" t="inlineStr">
         <is>
-          <t>AR9667</t>
+          <t>AR6762</t>
         </is>
       </c>
       <c r="B456" t="inlineStr">
         <is>
-          <t>2-polig</t>
+          <t>4-polig</t>
         </is>
       </c>
       <c r="C456" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="D456" t="inlineStr">
         <is>
-          <t>11 kW</t>
+          <t>7,5 kW</t>
         </is>
       </c>
       <c r="E456" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F456" t="inlineStr"/>
       <c r="G456" s="2" t="inlineStr">
         <is>
-          <t>Motor 11 kW, 2-polig, 160M, V1, 100Hz, 375V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
-[...2 lines deleted...]
-      <c r="H456" t="inlineStr"/>
+          <t>Motor 7,5 kW, 4-polig, 132M, V15, 50Hz, 366V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H456" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I456" t="inlineStr"/>
       <c r="J456" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K456" t="inlineStr"/>
       <c r="L456" t="inlineStr">
         <is>
-          <t>IE5</t>
+          <t>IE4</t>
         </is>
       </c>
       <c r="M456" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N456" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O456" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2013</t>
         </is>
       </c>
       <c r="P456" t="inlineStr">
         <is>
-          <t>1223.97 €</t>
+          <t>933.02 €</t>
         </is>
       </c>
       <c r="Q456" t="inlineStr"/>
       <c r="R456" t="inlineStr">
         <is>
-          <t>113.00</t>
+          <t>82.00</t>
         </is>
       </c>
     </row>
     <row r="457" ht="30" customHeight="1">
       <c r="A457" t="inlineStr">
         <is>
-          <t>AR9678</t>
+          <t>AR6763</t>
         </is>
       </c>
       <c r="B457" t="inlineStr">
         <is>
           <t>4-polig</t>
         </is>
       </c>
       <c r="C457" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D457" t="inlineStr">
         <is>
-          <t>22 kW</t>
+          <t>7,5 kW</t>
         </is>
       </c>
       <c r="E457" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>V15</t>
         </is>
       </c>
       <c r="F457" t="inlineStr"/>
       <c r="G457" s="2" t="inlineStr">
         <is>
-          <t>Motor 22 kW, 4-polig, 180L, V15, 50Hz, 361V, IE4 SuPremE</t>
-[...2 lines deleted...]
-      <c r="H457" t="inlineStr"/>
+          <t>Motor 7,5 kW, 4-polig, 132M, V15, 50Hz, 366V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H457" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
       <c r="I457" t="inlineStr"/>
       <c r="J457" t="inlineStr">
         <is>
           <t>IP55</t>
         </is>
       </c>
       <c r="K457" t="inlineStr"/>
       <c r="L457" t="inlineStr">
         <is>
           <t>IE4</t>
         </is>
       </c>
       <c r="M457" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="N457" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="O457" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
       <c r="P457" t="inlineStr">
         <is>
-          <t>2275.32 €</t>
+          <t>933.02 €</t>
         </is>
       </c>
       <c r="Q457" t="inlineStr"/>
       <c r="R457" t="inlineStr">
+        <is>
+          <t>82.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="458" ht="30" customHeight="1">
+      <c r="A458" t="inlineStr">
+        <is>
+          <t>AR6764</t>
+        </is>
+      </c>
+      <c r="B458" t="inlineStr">
+        <is>
+          <t>4-polig</t>
+        </is>
+      </c>
+      <c r="C458" t="inlineStr">
+        <is>
+          <t>1500</t>
+        </is>
+      </c>
+      <c r="D458" t="inlineStr">
+        <is>
+          <t>7,5 kW</t>
+        </is>
+      </c>
+      <c r="E458" t="inlineStr">
+        <is>
+          <t>V15</t>
+        </is>
+      </c>
+      <c r="F458" t="inlineStr"/>
+      <c r="G458" s="2" t="inlineStr">
+        <is>
+          <t>Motor 7,5 kW, 4-polig, 132M, V15, 50Hz, 366V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H458" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I458" t="inlineStr"/>
+      <c r="J458" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K458" t="inlineStr"/>
+      <c r="L458" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M458" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N458" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O458" t="inlineStr">
+        <is>
+          <t>2013</t>
+        </is>
+      </c>
+      <c r="P458" t="inlineStr">
+        <is>
+          <t>933.02 €</t>
+        </is>
+      </c>
+      <c r="Q458" t="inlineStr"/>
+      <c r="R458" t="inlineStr">
+        <is>
+          <t>82.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="459" ht="30" customHeight="1">
+      <c r="A459" t="inlineStr">
+        <is>
+          <t>AR6765</t>
+        </is>
+      </c>
+      <c r="B459" t="inlineStr">
+        <is>
+          <t>2-polig</t>
+        </is>
+      </c>
+      <c r="C459" t="inlineStr">
+        <is>
+          <t>3000</t>
+        </is>
+      </c>
+      <c r="D459" t="inlineStr">
+        <is>
+          <t>37 kW</t>
+        </is>
+      </c>
+      <c r="E459" t="inlineStr">
+        <is>
+          <t>V15</t>
+        </is>
+      </c>
+      <c r="F459" t="inlineStr"/>
+      <c r="G459" s="2" t="inlineStr">
+        <is>
+          <t>Motor 37 kW, 2-polig, 200L, V15, 50Hz, 400V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H459" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I459" t="inlineStr"/>
+      <c r="J459" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K459" t="inlineStr"/>
+      <c r="L459" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M459" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N459" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O459" t="inlineStr">
+        <is>
+          <t>2013</t>
+        </is>
+      </c>
+      <c r="P459" t="inlineStr">
+        <is>
+          <t>3879.14 €</t>
+        </is>
+      </c>
+      <c r="Q459" t="inlineStr"/>
+      <c r="R459" t="inlineStr">
+        <is>
+          <t>279.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="460" ht="30" customHeight="1">
+      <c r="A460" t="inlineStr">
+        <is>
+          <t>AR6768</t>
+        </is>
+      </c>
+      <c r="B460" t="inlineStr">
+        <is>
+          <t>2-polig</t>
+        </is>
+      </c>
+      <c r="C460" t="inlineStr">
+        <is>
+          <t>3000</t>
+        </is>
+      </c>
+      <c r="D460" t="inlineStr">
+        <is>
+          <t>11 kW</t>
+        </is>
+      </c>
+      <c r="E460" t="inlineStr">
+        <is>
+          <t>B3</t>
+        </is>
+      </c>
+      <c r="F460" t="inlineStr"/>
+      <c r="G460" s="2" t="inlineStr">
+        <is>
+          <t>Motor 11 kW, 2-polig, 160M, B3, 100Hz, 358V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H460" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I460" t="inlineStr"/>
+      <c r="J460" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K460" t="inlineStr"/>
+      <c r="L460" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M460" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N460" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O460" t="inlineStr">
+        <is>
+          <t>2013</t>
+        </is>
+      </c>
+      <c r="P460" t="inlineStr">
+        <is>
+          <t>981.20 €</t>
+        </is>
+      </c>
+      <c r="Q460" t="inlineStr"/>
+      <c r="R460" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="461" ht="30" customHeight="1">
+      <c r="A461" t="inlineStr">
+        <is>
+          <t>AR6772</t>
+        </is>
+      </c>
+      <c r="B461" t="inlineStr">
+        <is>
+          <t>2-polig</t>
+        </is>
+      </c>
+      <c r="C461" t="inlineStr">
+        <is>
+          <t>3000</t>
+        </is>
+      </c>
+      <c r="D461" t="inlineStr">
+        <is>
+          <t>7,5 kW</t>
+        </is>
+      </c>
+      <c r="E461" t="inlineStr">
+        <is>
+          <t>B3</t>
+        </is>
+      </c>
+      <c r="F461" t="inlineStr"/>
+      <c r="G461" s="2" t="inlineStr">
+        <is>
+          <t>Motor 7,5 kW, 2-polig, 132S, B3, 100Hz, 366V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H461" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I461" t="inlineStr"/>
+      <c r="J461" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K461" t="inlineStr"/>
+      <c r="L461" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M461" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N461" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O461" t="inlineStr">
+        <is>
+          <t>2013</t>
+        </is>
+      </c>
+      <c r="P461" t="inlineStr">
+        <is>
+          <t>713.94 €</t>
+        </is>
+      </c>
+      <c r="Q461" t="inlineStr"/>
+      <c r="R461" t="inlineStr">
+        <is>
+          <t>78.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="462" ht="30" customHeight="1">
+      <c r="A462" t="inlineStr">
+        <is>
+          <t>AR6773</t>
+        </is>
+      </c>
+      <c r="B462" t="inlineStr">
+        <is>
+          <t>2-polig</t>
+        </is>
+      </c>
+      <c r="C462" t="inlineStr">
+        <is>
+          <t>3000</t>
+        </is>
+      </c>
+      <c r="D462" t="inlineStr">
+        <is>
+          <t>7,5 kW</t>
+        </is>
+      </c>
+      <c r="E462" t="inlineStr">
+        <is>
+          <t>B3</t>
+        </is>
+      </c>
+      <c r="F462" t="inlineStr"/>
+      <c r="G462" s="2" t="inlineStr">
+        <is>
+          <t>Motor 7,5 kW, 2-polig, 132S, B3, 100Hz, 366V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H462" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I462" t="inlineStr"/>
+      <c r="J462" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K462" t="inlineStr"/>
+      <c r="L462" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M462" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N462" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O462" t="inlineStr">
+        <is>
+          <t>2013</t>
+        </is>
+      </c>
+      <c r="P462" t="inlineStr">
+        <is>
+          <t>713.94 €</t>
+        </is>
+      </c>
+      <c r="Q462" t="inlineStr"/>
+      <c r="R462" t="inlineStr">
+        <is>
+          <t>78.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="463" ht="30" customHeight="1">
+      <c r="A463" t="inlineStr">
+        <is>
+          <t>AR6774</t>
+        </is>
+      </c>
+      <c r="B463" t="inlineStr">
+        <is>
+          <t>4-polig</t>
+        </is>
+      </c>
+      <c r="C463" t="inlineStr">
+        <is>
+          <t>1500</t>
+        </is>
+      </c>
+      <c r="D463" t="inlineStr">
+        <is>
+          <t>7,5 kW</t>
+        </is>
+      </c>
+      <c r="E463" t="inlineStr">
+        <is>
+          <t>V15</t>
+        </is>
+      </c>
+      <c r="F463" t="inlineStr"/>
+      <c r="G463" s="2" t="inlineStr">
+        <is>
+          <t>Motor 7,5 kW, 4-polig, 132M, V15, 50Hz, 366V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H463" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I463" t="inlineStr"/>
+      <c r="J463" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K463" t="inlineStr"/>
+      <c r="L463" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M463" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N463" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O463" t="inlineStr">
+        <is>
+          <t>2013</t>
+        </is>
+      </c>
+      <c r="P463" t="inlineStr">
+        <is>
+          <t>933.02 €</t>
+        </is>
+      </c>
+      <c r="Q463" t="inlineStr"/>
+      <c r="R463" t="inlineStr">
+        <is>
+          <t>82.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="464" ht="30" customHeight="1">
+      <c r="A464" t="inlineStr">
+        <is>
+          <t>AR6776</t>
+        </is>
+      </c>
+      <c r="B464" t="inlineStr">
+        <is>
+          <t>4-polig</t>
+        </is>
+      </c>
+      <c r="C464" t="inlineStr">
+        <is>
+          <t>1500</t>
+        </is>
+      </c>
+      <c r="D464" t="inlineStr">
+        <is>
+          <t>15 kW</t>
+        </is>
+      </c>
+      <c r="E464" t="inlineStr">
+        <is>
+          <t>V15</t>
+        </is>
+      </c>
+      <c r="F464" t="inlineStr"/>
+      <c r="G464" s="2" t="inlineStr">
+        <is>
+          <t>Motor 15 kW, 4-polig, 160L, V15, 50Hz, 358V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H464" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I464" t="inlineStr"/>
+      <c r="J464" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K464" t="inlineStr"/>
+      <c r="L464" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M464" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N464" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O464" t="inlineStr">
+        <is>
+          <t>2013</t>
+        </is>
+      </c>
+      <c r="P464" t="inlineStr">
+        <is>
+          <t>1661.71 €</t>
+        </is>
+      </c>
+      <c r="Q464" t="inlineStr"/>
+      <c r="R464" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="465" ht="30" customHeight="1">
+      <c r="A465" t="inlineStr">
+        <is>
+          <t>AR6778</t>
+        </is>
+      </c>
+      <c r="B465" t="inlineStr">
+        <is>
+          <t>2-polig</t>
+        </is>
+      </c>
+      <c r="C465" t="inlineStr">
+        <is>
+          <t>3000</t>
+        </is>
+      </c>
+      <c r="D465" t="inlineStr">
+        <is>
+          <t>22 kW</t>
+        </is>
+      </c>
+      <c r="E465" t="inlineStr">
+        <is>
+          <t>V15</t>
+        </is>
+      </c>
+      <c r="F465" t="inlineStr"/>
+      <c r="G465" s="2" t="inlineStr">
+        <is>
+          <t>Motor 22 kW, 2-polig, 180M, V15, 50Hz, 400V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H465" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I465" t="inlineStr"/>
+      <c r="J465" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K465" t="inlineStr"/>
+      <c r="L465" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M465" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N465" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O465" t="inlineStr">
+        <is>
+          <t>2013</t>
+        </is>
+      </c>
+      <c r="P465" t="inlineStr">
+        <is>
+          <t>2170.96 €</t>
+        </is>
+      </c>
+      <c r="Q465" t="inlineStr"/>
+      <c r="R465" t="inlineStr">
+        <is>
+          <t>179.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="466" ht="30" customHeight="1">
+      <c r="A466" t="inlineStr">
+        <is>
+          <t>AR6784</t>
+        </is>
+      </c>
+      <c r="B466" t="inlineStr">
+        <is>
+          <t>4-polig</t>
+        </is>
+      </c>
+      <c r="C466" t="inlineStr">
+        <is>
+          <t>1500</t>
+        </is>
+      </c>
+      <c r="D466" t="inlineStr">
+        <is>
+          <t>22 kW</t>
+        </is>
+      </c>
+      <c r="E466" t="inlineStr">
+        <is>
+          <t>V15</t>
+        </is>
+      </c>
+      <c r="F466" t="inlineStr"/>
+      <c r="G466" s="2" t="inlineStr">
+        <is>
+          <t>Motor 22 kW, 4-polig, 180L, V15, 50Hz, 361V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H466" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I466" t="inlineStr"/>
+      <c r="J466" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K466" t="inlineStr"/>
+      <c r="L466" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M466" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N466" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O466" t="inlineStr">
+        <is>
+          <t>2013</t>
+        </is>
+      </c>
+      <c r="P466" t="inlineStr">
+        <is>
+          <t>2327.03 €</t>
+        </is>
+      </c>
+      <c r="Q466" t="inlineStr"/>
+      <c r="R466" t="inlineStr">
+        <is>
+          <t>197.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="467" ht="30" customHeight="1">
+      <c r="A467" t="inlineStr">
+        <is>
+          <t>AR6785</t>
+        </is>
+      </c>
+      <c r="B467" t="inlineStr">
+        <is>
+          <t>4-polig</t>
+        </is>
+      </c>
+      <c r="C467" t="inlineStr">
+        <is>
+          <t>1500</t>
+        </is>
+      </c>
+      <c r="D467" t="inlineStr">
+        <is>
+          <t>7,5 kW</t>
+        </is>
+      </c>
+      <c r="E467" t="inlineStr">
+        <is>
+          <t>B3</t>
+        </is>
+      </c>
+      <c r="F467" t="inlineStr"/>
+      <c r="G467" s="2" t="inlineStr">
+        <is>
+          <t>Motor 7,5 kW, 4-polig, 132M, B3, 50Hz, 366V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H467" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I467" t="inlineStr"/>
+      <c r="J467" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K467" t="inlineStr"/>
+      <c r="L467" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M467" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N467" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O467" t="inlineStr">
+        <is>
+          <t>2013</t>
+        </is>
+      </c>
+      <c r="P467" t="inlineStr">
+        <is>
+          <t>777.51 €</t>
+        </is>
+      </c>
+      <c r="Q467" t="inlineStr"/>
+      <c r="R467" t="inlineStr">
+        <is>
+          <t>82.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="468" ht="30" customHeight="1">
+      <c r="A468" t="inlineStr">
+        <is>
+          <t>AR6788</t>
+        </is>
+      </c>
+      <c r="B468" t="inlineStr">
+        <is>
+          <t>4-polig</t>
+        </is>
+      </c>
+      <c r="C468" t="inlineStr">
+        <is>
+          <t>1500</t>
+        </is>
+      </c>
+      <c r="D468" t="inlineStr">
+        <is>
+          <t>30 kW</t>
+        </is>
+      </c>
+      <c r="E468" t="inlineStr">
+        <is>
+          <t>B3</t>
+        </is>
+      </c>
+      <c r="F468" t="inlineStr"/>
+      <c r="G468" s="2" t="inlineStr">
+        <is>
+          <t>Motor 30 kW, 4-polig, 200L, B3, 50Hz, 351V, IE4 SuPremE A</t>
+        </is>
+      </c>
+      <c r="H468" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I468" t="inlineStr"/>
+      <c r="J468" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K468" t="inlineStr"/>
+      <c r="L468" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M468" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N468" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O468" t="inlineStr">
+        <is>
+          <t>2013</t>
+        </is>
+      </c>
+      <c r="P468" t="inlineStr">
+        <is>
+          <t>2558.25 €</t>
+        </is>
+      </c>
+      <c r="Q468" t="inlineStr"/>
+      <c r="R468" t="inlineStr">
+        <is>
+          <t>261.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="469" ht="30" customHeight="1">
+      <c r="A469" t="inlineStr">
+        <is>
+          <t>AR6789</t>
+        </is>
+      </c>
+      <c r="B469" t="inlineStr">
+        <is>
+          <t>4-polig</t>
+        </is>
+      </c>
+      <c r="C469" t="inlineStr">
+        <is>
+          <t>1500</t>
+        </is>
+      </c>
+      <c r="D469" t="inlineStr">
+        <is>
+          <t>5,5 kW</t>
+        </is>
+      </c>
+      <c r="E469" t="inlineStr">
+        <is>
+          <t>B3</t>
+        </is>
+      </c>
+      <c r="F469" t="inlineStr"/>
+      <c r="G469" s="2" t="inlineStr">
+        <is>
+          <t>Motor 5,5 kW, 4-polig, 132S, B3, 50Hz, 353V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H469" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I469" t="inlineStr"/>
+      <c r="J469" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K469" t="inlineStr"/>
+      <c r="L469" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M469" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N469" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O469" t="inlineStr">
+        <is>
+          <t>2013</t>
+        </is>
+      </c>
+      <c r="P469" t="inlineStr">
+        <is>
+          <t>613.27 €</t>
+        </is>
+      </c>
+      <c r="Q469" t="inlineStr"/>
+      <c r="R469" t="inlineStr">
+        <is>
+          <t>67.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="470" ht="30" customHeight="1">
+      <c r="A470" t="inlineStr">
+        <is>
+          <t>AR6790</t>
+        </is>
+      </c>
+      <c r="B470" t="inlineStr">
+        <is>
+          <t>2-polig</t>
+        </is>
+      </c>
+      <c r="C470" t="inlineStr">
+        <is>
+          <t>3000</t>
+        </is>
+      </c>
+      <c r="D470" t="inlineStr">
+        <is>
+          <t>18,5 kW</t>
+        </is>
+      </c>
+      <c r="E470" t="inlineStr">
+        <is>
+          <t>B3</t>
+        </is>
+      </c>
+      <c r="F470" t="inlineStr"/>
+      <c r="G470" s="2" t="inlineStr">
+        <is>
+          <t>Motor 18,5 kW, 2-polig, 160L, B3, 100Hz, 362V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H470" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I470" t="inlineStr"/>
+      <c r="J470" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K470" t="inlineStr"/>
+      <c r="L470" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M470" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N470" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O470" t="inlineStr">
+        <is>
+          <t>2013</t>
+        </is>
+      </c>
+      <c r="P470" t="inlineStr">
+        <is>
+          <t>1547.68 €</t>
+        </is>
+      </c>
+      <c r="Q470" t="inlineStr"/>
+      <c r="R470" t="inlineStr">
+        <is>
+          <t>144.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="471" ht="30" customHeight="1">
+      <c r="A471" t="inlineStr">
+        <is>
+          <t>AR6795</t>
+        </is>
+      </c>
+      <c r="B471" t="inlineStr">
+        <is>
+          <t>4-polig</t>
+        </is>
+      </c>
+      <c r="C471" t="inlineStr">
+        <is>
+          <t>1500</t>
+        </is>
+      </c>
+      <c r="D471" t="inlineStr">
+        <is>
+          <t>5,5 kW</t>
+        </is>
+      </c>
+      <c r="E471" t="inlineStr">
+        <is>
+          <t>V15</t>
+        </is>
+      </c>
+      <c r="F471" t="inlineStr"/>
+      <c r="G471" s="2" t="inlineStr">
+        <is>
+          <t>Motor 5,5 kW, 4-polig, 132S, V15, 50Hz, 353V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H471" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I471" t="inlineStr"/>
+      <c r="J471" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K471" t="inlineStr"/>
+      <c r="L471" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M471" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N471" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O471" t="inlineStr">
+        <is>
+          <t>2013</t>
+        </is>
+      </c>
+      <c r="P471" t="inlineStr">
+        <is>
+          <t>692.99 €</t>
+        </is>
+      </c>
+      <c r="Q471" t="inlineStr"/>
+      <c r="R471" t="inlineStr">
+        <is>
+          <t>67.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="472" ht="30" customHeight="1">
+      <c r="A472" t="inlineStr">
+        <is>
+          <t>AR6796</t>
+        </is>
+      </c>
+      <c r="B472" t="inlineStr">
+        <is>
+          <t>4-polig</t>
+        </is>
+      </c>
+      <c r="C472" t="inlineStr">
+        <is>
+          <t>1500</t>
+        </is>
+      </c>
+      <c r="D472" t="inlineStr">
+        <is>
+          <t>5,5 kW</t>
+        </is>
+      </c>
+      <c r="E472" t="inlineStr">
+        <is>
+          <t>V15</t>
+        </is>
+      </c>
+      <c r="F472" t="inlineStr"/>
+      <c r="G472" s="2" t="inlineStr">
+        <is>
+          <t>Motor 5,5 kW, 4-polig, 132S, V15, 50Hz, 353V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H472" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I472" t="inlineStr"/>
+      <c r="J472" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K472" t="inlineStr"/>
+      <c r="L472" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M472" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N472" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O472" t="inlineStr">
+        <is>
+          <t>2013</t>
+        </is>
+      </c>
+      <c r="P472" t="inlineStr">
+        <is>
+          <t>692.99 €</t>
+        </is>
+      </c>
+      <c r="Q472" t="inlineStr"/>
+      <c r="R472" t="inlineStr">
+        <is>
+          <t>67.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="473" ht="30" customHeight="1">
+      <c r="A473" t="inlineStr">
+        <is>
+          <t>AR6797</t>
+        </is>
+      </c>
+      <c r="B473" t="inlineStr">
+        <is>
+          <t>4-polig</t>
+        </is>
+      </c>
+      <c r="C473" t="inlineStr">
+        <is>
+          <t>1500</t>
+        </is>
+      </c>
+      <c r="D473" t="inlineStr">
+        <is>
+          <t>5,5 kW</t>
+        </is>
+      </c>
+      <c r="E473" t="inlineStr">
+        <is>
+          <t>V15</t>
+        </is>
+      </c>
+      <c r="F473" t="inlineStr"/>
+      <c r="G473" s="2" t="inlineStr">
+        <is>
+          <t>Motor 5,5 kW, 4-polig, 132S, V15, 50Hz, 353V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H473" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I473" t="inlineStr"/>
+      <c r="J473" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K473" t="inlineStr"/>
+      <c r="L473" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M473" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N473" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O473" t="inlineStr">
+        <is>
+          <t>2013</t>
+        </is>
+      </c>
+      <c r="P473" t="inlineStr">
+        <is>
+          <t>692.99 €</t>
+        </is>
+      </c>
+      <c r="Q473" t="inlineStr"/>
+      <c r="R473" t="inlineStr">
+        <is>
+          <t>67.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="474" ht="30" customHeight="1">
+      <c r="A474" t="inlineStr">
+        <is>
+          <t>AR6846-01</t>
+        </is>
+      </c>
+      <c r="B474" t="inlineStr">
+        <is>
+          <t>4-polig</t>
+        </is>
+      </c>
+      <c r="C474" t="inlineStr">
+        <is>
+          <t>1500</t>
+        </is>
+      </c>
+      <c r="D474" t="inlineStr">
+        <is>
+          <t>1,1 kW</t>
+        </is>
+      </c>
+      <c r="E474" t="inlineStr">
+        <is>
+          <t>V15</t>
+        </is>
+      </c>
+      <c r="F474" t="inlineStr"/>
+      <c r="G474" s="2" t="inlineStr">
+        <is>
+          <t>Motor 1,1 kW, 4-polig, 090S, V15, 50Hz, 360V, IE4 SuPremE C1</t>
+        </is>
+      </c>
+      <c r="H474" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I474" t="inlineStr"/>
+      <c r="J474" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K474" t="inlineStr"/>
+      <c r="L474" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M474" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N474" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O474" t="inlineStr">
+        <is>
+          <t>2015</t>
+        </is>
+      </c>
+      <c r="P474" t="inlineStr">
+        <is>
+          <t>315.94 €</t>
+        </is>
+      </c>
+      <c r="Q474" t="inlineStr"/>
+      <c r="R474" t="inlineStr">
+        <is>
+          <t>17.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="475" ht="30" customHeight="1">
+      <c r="A475" t="inlineStr">
+        <is>
+          <t>AR6846-02</t>
+        </is>
+      </c>
+      <c r="B475" t="inlineStr">
+        <is>
+          <t>4-polig</t>
+        </is>
+      </c>
+      <c r="C475" t="inlineStr">
+        <is>
+          <t>1500</t>
+        </is>
+      </c>
+      <c r="D475" t="inlineStr">
+        <is>
+          <t>1,1 kW</t>
+        </is>
+      </c>
+      <c r="E475" t="inlineStr">
+        <is>
+          <t>V15</t>
+        </is>
+      </c>
+      <c r="F475" t="inlineStr"/>
+      <c r="G475" s="2" t="inlineStr">
+        <is>
+          <t>Motor 1,1 kW, 4-polig, 090S, V15, 50Hz, 360V, IE4 SuPremE C1</t>
+        </is>
+      </c>
+      <c r="H475" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I475" t="inlineStr"/>
+      <c r="J475" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K475" t="inlineStr"/>
+      <c r="L475" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M475" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N475" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O475" t="inlineStr">
+        <is>
+          <t>2015</t>
+        </is>
+      </c>
+      <c r="P475" t="inlineStr">
+        <is>
+          <t>315.94 €</t>
+        </is>
+      </c>
+      <c r="Q475" t="inlineStr"/>
+      <c r="R475" t="inlineStr">
+        <is>
+          <t>17.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="476" ht="30" customHeight="1">
+      <c r="A476" t="inlineStr">
+        <is>
+          <t>AR6994M</t>
+        </is>
+      </c>
+      <c r="B476" t="inlineStr">
+        <is>
+          <t>4-polig</t>
+        </is>
+      </c>
+      <c r="C476" t="inlineStr">
+        <is>
+          <t>1395</t>
+        </is>
+      </c>
+      <c r="D476" t="inlineStr">
+        <is>
+          <t>0,55 kW</t>
+        </is>
+      </c>
+      <c r="E476" t="inlineStr">
+        <is>
+          <t>V1</t>
+        </is>
+      </c>
+      <c r="F476" t="inlineStr"/>
+      <c r="G476" s="2" t="inlineStr">
+        <is>
+          <t>Motor 0,55 kW, 4-polig, 080M, V1, 50/60Hz, 230/400V, IE1</t>
+        </is>
+      </c>
+      <c r="H476" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V</t>
+        </is>
+      </c>
+      <c r="I476" t="inlineStr"/>
+      <c r="J476" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K476" t="inlineStr"/>
+      <c r="L476" t="inlineStr">
+        <is>
+          <t>IE1</t>
+        </is>
+      </c>
+      <c r="M476" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N476" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O476" t="inlineStr">
+        <is>
+          <t>2015</t>
+        </is>
+      </c>
+      <c r="P476" t="inlineStr">
+        <is>
+          <t>155.30 €</t>
+        </is>
+      </c>
+      <c r="Q476" t="inlineStr"/>
+      <c r="R476" t="inlineStr">
+        <is>
+          <t>12.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="477" ht="30" customHeight="1">
+      <c r="A477" t="inlineStr">
+        <is>
+          <t>AR7182</t>
+        </is>
+      </c>
+      <c r="B477" t="inlineStr">
+        <is>
+          <t>2-polig</t>
+        </is>
+      </c>
+      <c r="C477" t="inlineStr">
+        <is>
+          <t>3000</t>
+        </is>
+      </c>
+      <c r="D477" t="inlineStr">
+        <is>
+          <t>22 kW</t>
+        </is>
+      </c>
+      <c r="E477" t="inlineStr">
+        <is>
+          <t>V15</t>
+        </is>
+      </c>
+      <c r="F477" t="inlineStr"/>
+      <c r="G477" s="2" t="inlineStr">
+        <is>
+          <t>Motor 22 kW, 2-polig, 180M, V15, 100Hz, 355V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H477" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I477" t="inlineStr"/>
+      <c r="J477" t="inlineStr">
+        <is>
+          <t>IP44</t>
+        </is>
+      </c>
+      <c r="K477" t="inlineStr"/>
+      <c r="L477" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M477" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N477" t="inlineStr">
+        <is>
+          <t>B1: B2: gebraucht / wie neu</t>
+        </is>
+      </c>
+      <c r="O477" t="inlineStr">
+        <is>
+          <t>2015</t>
+        </is>
+      </c>
+      <c r="P477" t="inlineStr">
+        <is>
+          <t>1831.74 €</t>
+        </is>
+      </c>
+      <c r="Q477" t="inlineStr"/>
+      <c r="R477" t="inlineStr">
+        <is>
+          <t>179.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="478" ht="30" customHeight="1">
+      <c r="A478" t="inlineStr">
+        <is>
+          <t>AR7200</t>
+        </is>
+      </c>
+      <c r="B478" t="inlineStr">
+        <is>
+          <t>4-polig</t>
+        </is>
+      </c>
+      <c r="C478" t="inlineStr">
+        <is>
+          <t>1500</t>
+        </is>
+      </c>
+      <c r="D478" t="inlineStr">
+        <is>
+          <t>11 kW</t>
+        </is>
+      </c>
+      <c r="E478" t="inlineStr">
+        <is>
+          <t>B3</t>
+        </is>
+      </c>
+      <c r="F478" t="inlineStr"/>
+      <c r="G478" s="2" t="inlineStr">
+        <is>
+          <t>Motor 11 kW, 4-polig, 160M, B3, 50Hz, 365V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H478" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I478" t="inlineStr"/>
+      <c r="J478" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K478" t="inlineStr"/>
+      <c r="L478" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M478" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N478" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O478" t="inlineStr">
+        <is>
+          <t>2015</t>
+        </is>
+      </c>
+      <c r="P478" t="inlineStr">
+        <is>
+          <t>1195.42 €</t>
+        </is>
+      </c>
+      <c r="Q478" t="inlineStr"/>
+      <c r="R478" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="479" ht="30" customHeight="1">
+      <c r="A479" t="inlineStr">
+        <is>
+          <t>AR7332</t>
+        </is>
+      </c>
+      <c r="B479" t="inlineStr">
+        <is>
+          <t>4-polig</t>
+        </is>
+      </c>
+      <c r="C479" t="inlineStr">
+        <is>
+          <t>1500</t>
+        </is>
+      </c>
+      <c r="D479" t="inlineStr">
+        <is>
+          <t>15 kW</t>
+        </is>
+      </c>
+      <c r="E479" t="inlineStr">
+        <is>
+          <t>B3</t>
+        </is>
+      </c>
+      <c r="F479" t="inlineStr"/>
+      <c r="G479" s="2" t="inlineStr">
+        <is>
+          <t>Motor 15 kW, 4-polig, 160L, B3, 50Hz, 355V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H479" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I479" t="inlineStr"/>
+      <c r="J479" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K479" t="inlineStr"/>
+      <c r="L479" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M479" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N479" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O479" t="inlineStr">
+        <is>
+          <t>2016</t>
+        </is>
+      </c>
+      <c r="P479" t="inlineStr">
+        <is>
+          <t>1557.85 €</t>
+        </is>
+      </c>
+      <c r="Q479" t="inlineStr"/>
+      <c r="R479" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="480" ht="30" customHeight="1">
+      <c r="A480" t="inlineStr">
+        <is>
+          <t>AR7333-01</t>
+        </is>
+      </c>
+      <c r="B480" t="inlineStr">
+        <is>
+          <t>4-polig</t>
+        </is>
+      </c>
+      <c r="C480" t="inlineStr">
+        <is>
+          <t>1500</t>
+        </is>
+      </c>
+      <c r="D480" t="inlineStr">
+        <is>
+          <t>30 kW</t>
+        </is>
+      </c>
+      <c r="E480" t="inlineStr">
+        <is>
+          <t>B3</t>
+        </is>
+      </c>
+      <c r="F480" t="inlineStr"/>
+      <c r="G480" s="2" t="inlineStr">
+        <is>
+          <t>Motor 30 kW, 4-polig, 200L, B3, 50Hz, 365V, IE4 SuPremE B1</t>
+        </is>
+      </c>
+      <c r="H480" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I480" t="inlineStr"/>
+      <c r="J480" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K480" t="inlineStr"/>
+      <c r="L480" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M480" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N480" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O480" t="inlineStr">
+        <is>
+          <t>2016</t>
+        </is>
+      </c>
+      <c r="P480" t="inlineStr">
+        <is>
+          <t>2878.03 €</t>
+        </is>
+      </c>
+      <c r="Q480" t="inlineStr"/>
+      <c r="R480" t="inlineStr">
+        <is>
+          <t>261.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="481" ht="30" customHeight="1">
+      <c r="A481" t="inlineStr">
+        <is>
+          <t>AR7333-02</t>
+        </is>
+      </c>
+      <c r="B481" t="inlineStr">
+        <is>
+          <t>4-polig</t>
+        </is>
+      </c>
+      <c r="C481" t="inlineStr">
+        <is>
+          <t>1500</t>
+        </is>
+      </c>
+      <c r="D481" t="inlineStr">
+        <is>
+          <t>30 kW</t>
+        </is>
+      </c>
+      <c r="E481" t="inlineStr">
+        <is>
+          <t>B3</t>
+        </is>
+      </c>
+      <c r="F481" t="inlineStr"/>
+      <c r="G481" s="2" t="inlineStr">
+        <is>
+          <t>Motor 30 kW, 4-polig, 200L, B3, 50Hz, 365V, IE4 SuPremE B1</t>
+        </is>
+      </c>
+      <c r="H481" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I481" t="inlineStr"/>
+      <c r="J481" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K481" t="inlineStr"/>
+      <c r="L481" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M481" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N481" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O481" t="inlineStr">
+        <is>
+          <t>2016</t>
+        </is>
+      </c>
+      <c r="P481" t="inlineStr">
+        <is>
+          <t>2878.03 €</t>
+        </is>
+      </c>
+      <c r="Q481" t="inlineStr"/>
+      <c r="R481" t="inlineStr">
+        <is>
+          <t>261.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="482" ht="30" customHeight="1">
+      <c r="A482" t="inlineStr">
+        <is>
+          <t>AR7334</t>
+        </is>
+      </c>
+      <c r="B482" t="inlineStr">
+        <is>
+          <t>2-polig</t>
+        </is>
+      </c>
+      <c r="C482" t="inlineStr">
+        <is>
+          <t>3000</t>
+        </is>
+      </c>
+      <c r="D482" t="inlineStr">
+        <is>
+          <t>11 kW</t>
+        </is>
+      </c>
+      <c r="E482" t="inlineStr">
+        <is>
+          <t>B3</t>
+        </is>
+      </c>
+      <c r="F482" t="inlineStr"/>
+      <c r="G482" s="2" t="inlineStr">
+        <is>
+          <t>Motor 11 kW, 2-polig, 160M, B3, 100Hz, 375V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H482" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I482" t="inlineStr"/>
+      <c r="J482" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K482" t="inlineStr"/>
+      <c r="L482" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M482" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N482" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O482" t="inlineStr">
+        <is>
+          <t>2016</t>
+        </is>
+      </c>
+      <c r="P482" t="inlineStr">
+        <is>
+          <t>1103.86 €</t>
+        </is>
+      </c>
+      <c r="Q482" t="inlineStr"/>
+      <c r="R482" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="483" ht="30" customHeight="1">
+      <c r="A483" t="inlineStr">
+        <is>
+          <t>AR7335-02</t>
+        </is>
+      </c>
+      <c r="B483" t="inlineStr">
+        <is>
+          <t>2-polig</t>
+        </is>
+      </c>
+      <c r="C483" t="inlineStr">
+        <is>
+          <t>3000</t>
+        </is>
+      </c>
+      <c r="D483" t="inlineStr">
+        <is>
+          <t>22 kW</t>
+        </is>
+      </c>
+      <c r="E483" t="inlineStr">
+        <is>
+          <t>B3</t>
+        </is>
+      </c>
+      <c r="F483" t="inlineStr"/>
+      <c r="G483" s="2" t="inlineStr">
+        <is>
+          <t>Motor 22 kW, 2-polig, 180M, B3, 100Hz, 35 V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H483" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I483" t="inlineStr"/>
+      <c r="J483" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K483" t="inlineStr"/>
+      <c r="L483" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M483" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N483" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O483" t="inlineStr">
+        <is>
+          <t>2016</t>
+        </is>
+      </c>
+      <c r="P483" t="inlineStr">
+        <is>
+          <t>2035.27 €</t>
+        </is>
+      </c>
+      <c r="Q483" t="inlineStr"/>
+      <c r="R483" t="inlineStr">
+        <is>
+          <t>179.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="484" ht="30" customHeight="1">
+      <c r="A484" t="inlineStr">
+        <is>
+          <t>AR7430</t>
+        </is>
+      </c>
+      <c r="B484" t="inlineStr">
+        <is>
+          <t>2-polig</t>
+        </is>
+      </c>
+      <c r="C484" t="inlineStr">
+        <is>
+          <t>3000</t>
+        </is>
+      </c>
+      <c r="D484" t="inlineStr">
+        <is>
+          <t>7,5 kW</t>
+        </is>
+      </c>
+      <c r="E484" t="inlineStr">
+        <is>
+          <t>B3</t>
+        </is>
+      </c>
+      <c r="F484" t="inlineStr"/>
+      <c r="G484" s="2" t="inlineStr">
+        <is>
+          <t>Motor 7,5 kW, 2-polig, 132S, B3, 100Hz, 370V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H484" t="inlineStr">
+        <is>
+          <t>50Hz 3x 380 V, 60Hz 3x 480 V</t>
+        </is>
+      </c>
+      <c r="I484" t="inlineStr"/>
+      <c r="J484" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K484" t="inlineStr"/>
+      <c r="L484" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M484" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N484" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O484" t="inlineStr">
+        <is>
+          <t>2015</t>
+        </is>
+      </c>
+      <c r="P484" t="inlineStr">
+        <is>
+          <t>803.19 €</t>
+        </is>
+      </c>
+      <c r="Q484" t="inlineStr"/>
+      <c r="R484" t="inlineStr">
+        <is>
+          <t>78.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="485" ht="30" customHeight="1">
+      <c r="A485" t="inlineStr">
+        <is>
+          <t>AR8049</t>
+        </is>
+      </c>
+      <c r="B485" t="inlineStr">
+        <is>
+          <t>2-polig</t>
+        </is>
+      </c>
+      <c r="C485" t="inlineStr">
+        <is>
+          <t>3000</t>
+        </is>
+      </c>
+      <c r="D485" t="inlineStr">
+        <is>
+          <t>37 kW</t>
+        </is>
+      </c>
+      <c r="E485" t="inlineStr">
+        <is>
+          <t>B3</t>
+        </is>
+      </c>
+      <c r="F485" t="inlineStr"/>
+      <c r="G485" s="2" t="inlineStr">
+        <is>
+          <t>Motor 37 kW, 2-polig, 200L, B3, 50Hz, 400V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H485" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I485" t="inlineStr"/>
+      <c r="J485" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K485" t="inlineStr"/>
+      <c r="L485" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M485" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N485" t="inlineStr">
+        <is>
+          <t>B1: B2: gebraucht / wie neu</t>
+        </is>
+      </c>
+      <c r="O485" t="inlineStr">
+        <is>
+          <t>2015</t>
+        </is>
+      </c>
+      <c r="P485" t="inlineStr">
+        <is>
+          <t>2863.90 €</t>
+        </is>
+      </c>
+      <c r="Q485" t="inlineStr"/>
+      <c r="R485" t="inlineStr">
+        <is>
+          <t>273.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="486" ht="30" customHeight="1">
+      <c r="A486" t="inlineStr">
+        <is>
+          <t>AR8270</t>
+        </is>
+      </c>
+      <c r="B486" t="inlineStr">
+        <is>
+          <t>4-polig</t>
+        </is>
+      </c>
+      <c r="C486" t="inlineStr">
+        <is>
+          <t>1500</t>
+        </is>
+      </c>
+      <c r="D486" t="inlineStr">
+        <is>
+          <t>11 kW</t>
+        </is>
+      </c>
+      <c r="E486" t="inlineStr">
+        <is>
+          <t>B3</t>
+        </is>
+      </c>
+      <c r="F486" t="inlineStr"/>
+      <c r="G486" s="2" t="inlineStr">
+        <is>
+          <t>Motor 11 kW, 4-polig, 160M, B3, 50Hz, 365V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H486" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I486" t="inlineStr"/>
+      <c r="J486" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K486" t="inlineStr"/>
+      <c r="L486" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M486" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N486" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O486" t="inlineStr">
+        <is>
+          <t>2016</t>
+        </is>
+      </c>
+      <c r="P486" t="inlineStr">
+        <is>
+          <t>1195.42 €</t>
+        </is>
+      </c>
+      <c r="Q486" t="inlineStr"/>
+      <c r="R486" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="487" ht="30" customHeight="1">
+      <c r="A487" t="inlineStr">
+        <is>
+          <t>AR8532</t>
+        </is>
+      </c>
+      <c r="B487" t="inlineStr">
+        <is>
+          <t>4-polig</t>
+        </is>
+      </c>
+      <c r="C487" t="inlineStr">
+        <is>
+          <t>1500</t>
+        </is>
+      </c>
+      <c r="D487" t="inlineStr">
+        <is>
+          <t>11 kW</t>
+        </is>
+      </c>
+      <c r="E487" t="inlineStr">
+        <is>
+          <t>B3</t>
+        </is>
+      </c>
+      <c r="F487" t="inlineStr"/>
+      <c r="G487" s="2" t="inlineStr">
+        <is>
+          <t>Motor 11 kW, 4-polig, 160M, B3, 50Hz, 400V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H487" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I487" t="inlineStr"/>
+      <c r="J487" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K487" t="inlineStr"/>
+      <c r="L487" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M487" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N487" t="inlineStr">
+        <is>
+          <t>B1: C: gebraucht / einsetzbar</t>
+        </is>
+      </c>
+      <c r="O487" t="inlineStr">
+        <is>
+          <t>2016</t>
+        </is>
+      </c>
+      <c r="P487" t="inlineStr">
+        <is>
+          <t>442.75 €</t>
+        </is>
+      </c>
+      <c r="Q487" t="inlineStr"/>
+      <c r="R487" t="inlineStr">
+        <is>
+          <t>119.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="488" ht="30" customHeight="1">
+      <c r="A488" t="inlineStr">
+        <is>
+          <t>AR8663</t>
+        </is>
+      </c>
+      <c r="B488" t="inlineStr">
+        <is>
+          <t>4-polig</t>
+        </is>
+      </c>
+      <c r="C488" t="inlineStr">
+        <is>
+          <t>1500</t>
+        </is>
+      </c>
+      <c r="D488" t="inlineStr">
+        <is>
+          <t>15 kW</t>
+        </is>
+      </c>
+      <c r="E488" t="inlineStr">
+        <is>
+          <t>V1</t>
+        </is>
+      </c>
+      <c r="F488" t="inlineStr"/>
+      <c r="G488" s="2" t="inlineStr">
+        <is>
+          <t>Motor 15 kW, 4-polig, 160L, V1, 50Hz, 400V, IE4 SuPremE B1 mit Klemmenkasten</t>
+        </is>
+      </c>
+      <c r="H488" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I488" t="inlineStr"/>
+      <c r="J488" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K488" t="inlineStr"/>
+      <c r="L488" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M488" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N488" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O488" t="inlineStr">
+        <is>
+          <t>2016</t>
+        </is>
+      </c>
+      <c r="P488" t="inlineStr">
+        <is>
+          <t>1246.29 €</t>
+        </is>
+      </c>
+      <c r="Q488" t="inlineStr"/>
+      <c r="R488" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="489" ht="30" customHeight="1">
+      <c r="A489" t="inlineStr">
+        <is>
+          <t>AR8664</t>
+        </is>
+      </c>
+      <c r="B489" t="inlineStr">
+        <is>
+          <t>2-polig</t>
+        </is>
+      </c>
+      <c r="C489" t="inlineStr">
+        <is>
+          <t>3000</t>
+        </is>
+      </c>
+      <c r="D489" t="inlineStr">
+        <is>
+          <t>22 kW</t>
+        </is>
+      </c>
+      <c r="E489" t="inlineStr">
+        <is>
+          <t>V15</t>
+        </is>
+      </c>
+      <c r="F489" t="inlineStr"/>
+      <c r="G489" s="2" t="inlineStr">
+        <is>
+          <t>Motor 22 kW, 2-polig, 180M, V15, 100Hz, 355V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H489" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I489" t="inlineStr"/>
+      <c r="J489" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K489" t="inlineStr"/>
+      <c r="L489" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M489" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N489" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O489" t="inlineStr">
+        <is>
+          <t>2016</t>
+        </is>
+      </c>
+      <c r="P489" t="inlineStr">
+        <is>
+          <t>1809.13 €</t>
+        </is>
+      </c>
+      <c r="Q489" t="inlineStr"/>
+      <c r="R489" t="inlineStr">
+        <is>
+          <t>179.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="490" ht="30" customHeight="1">
+      <c r="A490" t="inlineStr">
+        <is>
+          <t>AR8666</t>
+        </is>
+      </c>
+      <c r="B490" t="inlineStr">
+        <is>
+          <t>4-polig</t>
+        </is>
+      </c>
+      <c r="C490" t="inlineStr">
+        <is>
+          <t>1500</t>
+        </is>
+      </c>
+      <c r="D490" t="inlineStr">
+        <is>
+          <t>15 kW</t>
+        </is>
+      </c>
+      <c r="E490" t="inlineStr">
+        <is>
+          <t>V1</t>
+        </is>
+      </c>
+      <c r="F490" t="inlineStr"/>
+      <c r="G490" s="2" t="inlineStr">
+        <is>
+          <t>Motor 15 kW, 4-polig, 160L, V1, 50Hz, 400V, IE4 SuPremE B1 mit Klemmenkasten</t>
+        </is>
+      </c>
+      <c r="H490" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I490" t="inlineStr"/>
+      <c r="J490" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K490" t="inlineStr"/>
+      <c r="L490" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M490" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N490" t="inlineStr">
+        <is>
+          <t>B1: B2: gebraucht / wie neu</t>
+        </is>
+      </c>
+      <c r="O490" t="inlineStr">
+        <is>
+          <t>2016</t>
+        </is>
+      </c>
+      <c r="P490" t="inlineStr">
+        <is>
+          <t>1038.57 €</t>
+        </is>
+      </c>
+      <c r="Q490" t="inlineStr"/>
+      <c r="R490" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="491" ht="30" customHeight="1">
+      <c r="A491" t="inlineStr">
+        <is>
+          <t>AR9022</t>
+        </is>
+      </c>
+      <c r="B491" t="inlineStr">
+        <is>
+          <t>2-polig</t>
+        </is>
+      </c>
+      <c r="C491" t="inlineStr">
+        <is>
+          <t>3000</t>
+        </is>
+      </c>
+      <c r="D491" t="inlineStr">
+        <is>
+          <t>5,5 kW</t>
+        </is>
+      </c>
+      <c r="E491" t="inlineStr">
+        <is>
+          <t>V15</t>
+        </is>
+      </c>
+      <c r="F491" t="inlineStr"/>
+      <c r="G491" s="2" t="inlineStr">
+        <is>
+          <t>Motor 5,5 kW, 2-polig, 132S, V15, 100Hz, 365V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H491" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I491" t="inlineStr"/>
+      <c r="J491" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K491" t="inlineStr"/>
+      <c r="L491" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M491" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N491" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O491" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="P491" t="inlineStr">
+        <is>
+          <t>696.56 €</t>
+        </is>
+      </c>
+      <c r="Q491" t="inlineStr"/>
+      <c r="R491" t="inlineStr">
+        <is>
+          <t>65.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="492" ht="30" customHeight="1">
+      <c r="A492" t="inlineStr">
+        <is>
+          <t>AR9111</t>
+        </is>
+      </c>
+      <c r="B492" t="inlineStr">
+        <is>
+          <t>2-polig</t>
+        </is>
+      </c>
+      <c r="C492" t="inlineStr">
+        <is>
+          <t>3000</t>
+        </is>
+      </c>
+      <c r="D492" t="inlineStr">
+        <is>
+          <t>15 kW</t>
+        </is>
+      </c>
+      <c r="E492" t="inlineStr">
+        <is>
+          <t>V15</t>
+        </is>
+      </c>
+      <c r="F492" t="inlineStr"/>
+      <c r="G492" s="2" t="inlineStr">
+        <is>
+          <t>Motor 15 kW, 2-polig, 160M, V15, 100Hz, 355V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H492" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I492" t="inlineStr"/>
+      <c r="J492" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K492" t="inlineStr"/>
+      <c r="L492" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M492" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N492" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O492" t="inlineStr">
+        <is>
+          <t>2016</t>
+        </is>
+      </c>
+      <c r="P492" t="inlineStr">
+        <is>
+          <t>1733.92 €</t>
+        </is>
+      </c>
+      <c r="Q492" t="inlineStr"/>
+      <c r="R492" t="inlineStr">
+        <is>
+          <t>120.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="493" ht="30" customHeight="1">
+      <c r="A493" t="inlineStr">
+        <is>
+          <t>AR9113</t>
+        </is>
+      </c>
+      <c r="B493" t="inlineStr">
+        <is>
+          <t>4-polig</t>
+        </is>
+      </c>
+      <c r="C493" t="inlineStr">
+        <is>
+          <t>1500</t>
+        </is>
+      </c>
+      <c r="D493" t="inlineStr">
+        <is>
+          <t>5,5 kW</t>
+        </is>
+      </c>
+      <c r="E493" t="inlineStr">
+        <is>
+          <t>B3</t>
+        </is>
+      </c>
+      <c r="F493" t="inlineStr"/>
+      <c r="G493" s="2" t="inlineStr">
+        <is>
+          <t>Motor 5,5 kW, 4-polig, 132S, B3, 50Hz, 353V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H493" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I493" t="inlineStr"/>
+      <c r="J493" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K493" t="inlineStr"/>
+      <c r="L493" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M493" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N493" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O493" t="inlineStr">
+        <is>
+          <t>2016</t>
+        </is>
+      </c>
+      <c r="P493" t="inlineStr">
+        <is>
+          <t>689.93 €</t>
+        </is>
+      </c>
+      <c r="Q493" t="inlineStr"/>
+      <c r="R493" t="inlineStr">
+        <is>
+          <t>67.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="494" ht="30" customHeight="1">
+      <c r="A494" t="inlineStr">
+        <is>
+          <t>AR9114</t>
+        </is>
+      </c>
+      <c r="B494" t="inlineStr">
+        <is>
+          <t>4-polig</t>
+        </is>
+      </c>
+      <c r="C494" t="inlineStr">
+        <is>
+          <t>1500</t>
+        </is>
+      </c>
+      <c r="D494" t="inlineStr">
+        <is>
+          <t>7,5 kW</t>
+        </is>
+      </c>
+      <c r="E494" t="inlineStr">
+        <is>
+          <t>V15</t>
+        </is>
+      </c>
+      <c r="F494" t="inlineStr"/>
+      <c r="G494" s="2" t="inlineStr">
+        <is>
+          <t>Motor 7,5 kW, 4-polig, 132M, V15, 50Hz, 366V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H494" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I494" t="inlineStr"/>
+      <c r="J494" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K494" t="inlineStr"/>
+      <c r="L494" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M494" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N494" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O494" t="inlineStr">
+        <is>
+          <t>2016</t>
+        </is>
+      </c>
+      <c r="P494" t="inlineStr">
+        <is>
+          <t>933.02 €</t>
+        </is>
+      </c>
+      <c r="Q494" t="inlineStr"/>
+      <c r="R494" t="inlineStr">
+        <is>
+          <t>82.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="495" ht="30" customHeight="1">
+      <c r="A495" t="inlineStr">
+        <is>
+          <t>AR9121</t>
+        </is>
+      </c>
+      <c r="B495" t="inlineStr">
+        <is>
+          <t>4-polig</t>
+        </is>
+      </c>
+      <c r="C495" t="inlineStr">
+        <is>
+          <t>1500</t>
+        </is>
+      </c>
+      <c r="D495" t="inlineStr">
+        <is>
+          <t>11 kW</t>
+        </is>
+      </c>
+      <c r="E495" t="inlineStr">
+        <is>
+          <t>B3</t>
+        </is>
+      </c>
+      <c r="F495" t="inlineStr"/>
+      <c r="G495" s="2" t="inlineStr">
+        <is>
+          <t>Motor 11 kW, 4-polig, 160M, B3, 50Hz, 400V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H495" t="inlineStr">
+        <is>
+          <t>50Hz 3x 400 V</t>
+        </is>
+      </c>
+      <c r="I495" t="inlineStr"/>
+      <c r="J495" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K495" t="inlineStr"/>
+      <c r="L495" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M495" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N495" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O495" t="inlineStr">
+        <is>
+          <t>2015</t>
+        </is>
+      </c>
+      <c r="P495" t="inlineStr">
+        <is>
+          <t>1195.42 €</t>
+        </is>
+      </c>
+      <c r="Q495" t="inlineStr">
+        <is>
+          <t>Ja</t>
+        </is>
+      </c>
+      <c r="R495" t="inlineStr">
+        <is>
+          <t>129.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="496" ht="30" customHeight="1">
+      <c r="A496" t="inlineStr">
+        <is>
+          <t>AR9126M</t>
+        </is>
+      </c>
+      <c r="B496" t="inlineStr">
+        <is>
+          <t>2-polig</t>
+        </is>
+      </c>
+      <c r="C496" t="inlineStr">
+        <is>
+          <t>3000</t>
+        </is>
+      </c>
+      <c r="D496" t="inlineStr">
+        <is>
+          <t>4 kW</t>
+        </is>
+      </c>
+      <c r="E496" t="inlineStr">
+        <is>
+          <t>V1</t>
+        </is>
+      </c>
+      <c r="F496" t="inlineStr"/>
+      <c r="G496" s="2" t="inlineStr">
+        <is>
+          <t>Motor 4 kW, 2-polig, 112M, V1, 50Hz, 355V, IE4 Klemmenkasten</t>
+        </is>
+      </c>
+      <c r="H496" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I496" t="inlineStr"/>
+      <c r="J496" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K496" t="inlineStr"/>
+      <c r="L496" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M496" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N496" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O496" t="inlineStr">
+        <is>
+          <t>2016</t>
+        </is>
+      </c>
+      <c r="P496" t="inlineStr">
+        <is>
+          <t>565.48 €</t>
+        </is>
+      </c>
+      <c r="Q496" t="inlineStr"/>
+      <c r="R496" t="inlineStr">
+        <is>
+          <t>31.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="497" ht="30" customHeight="1">
+      <c r="A497" t="inlineStr">
+        <is>
+          <t>AR9163</t>
+        </is>
+      </c>
+      <c r="B497" t="inlineStr">
+        <is>
+          <t>4-polig</t>
+        </is>
+      </c>
+      <c r="C497" t="inlineStr">
+        <is>
+          <t>1500</t>
+        </is>
+      </c>
+      <c r="D497" t="inlineStr">
+        <is>
+          <t>1,5 kW</t>
+        </is>
+      </c>
+      <c r="E497" t="inlineStr">
+        <is>
+          <t>V15</t>
+        </is>
+      </c>
+      <c r="F497" t="inlineStr"/>
+      <c r="G497" s="2" t="inlineStr">
+        <is>
+          <t>Motor 1,5 kW, 4-polig, 090L, V15, 50Hz, 365V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H497" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I497" t="inlineStr"/>
+      <c r="J497" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K497" t="inlineStr"/>
+      <c r="L497" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M497" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N497" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O497" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="P497" t="inlineStr">
+        <is>
+          <t>350.36 €</t>
+        </is>
+      </c>
+      <c r="Q497" t="inlineStr"/>
+      <c r="R497" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="498" ht="30" customHeight="1">
+      <c r="A498" t="inlineStr">
+        <is>
+          <t>AR9164</t>
+        </is>
+      </c>
+      <c r="B498" t="inlineStr">
+        <is>
+          <t>2-polig</t>
+        </is>
+      </c>
+      <c r="C498" t="inlineStr">
+        <is>
+          <t>3000</t>
+        </is>
+      </c>
+      <c r="D498" t="inlineStr">
+        <is>
+          <t>1,5 kW</t>
+        </is>
+      </c>
+      <c r="E498" t="inlineStr">
+        <is>
+          <t>V15</t>
+        </is>
+      </c>
+      <c r="F498" t="inlineStr"/>
+      <c r="G498" s="2" t="inlineStr">
+        <is>
+          <t>Motor 1,5 kW, 2-polig, 090S, V15, 100Hz, 380V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H498" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I498" t="inlineStr"/>
+      <c r="J498" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K498" t="inlineStr"/>
+      <c r="L498" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M498" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N498" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O498" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="P498" t="inlineStr">
+        <is>
+          <t>312.57 €</t>
+        </is>
+      </c>
+      <c r="Q498" t="inlineStr"/>
+      <c r="R498" t="inlineStr">
+        <is>
+          <t>14.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="499" ht="30" customHeight="1">
+      <c r="A499" t="inlineStr">
+        <is>
+          <t>AR9165</t>
+        </is>
+      </c>
+      <c r="B499" t="inlineStr">
+        <is>
+          <t>2-polig</t>
+        </is>
+      </c>
+      <c r="C499" t="inlineStr">
+        <is>
+          <t>3000</t>
+        </is>
+      </c>
+      <c r="D499" t="inlineStr">
+        <is>
+          <t>15 kW</t>
+        </is>
+      </c>
+      <c r="E499" t="inlineStr">
+        <is>
+          <t>V1</t>
+        </is>
+      </c>
+      <c r="F499" t="inlineStr"/>
+      <c r="G499" s="2" t="inlineStr">
+        <is>
+          <t>Motor 15 kW, 2-polig, 160M, V1, 100Hz, 365V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H499" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I499" t="inlineStr"/>
+      <c r="J499" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K499" t="inlineStr"/>
+      <c r="L499" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M499" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N499" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O499" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="P499" t="inlineStr">
+        <is>
+          <t>1695.39 €</t>
+        </is>
+      </c>
+      <c r="Q499" t="inlineStr"/>
+      <c r="R499" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="500" ht="15" customHeight="1">
+      <c r="A500" t="inlineStr">
+        <is>
+          <t>AR9186M</t>
+        </is>
+      </c>
+      <c r="B500" t="inlineStr">
+        <is>
+          <t>2-polig</t>
+        </is>
+      </c>
+      <c r="C500" t="inlineStr">
+        <is>
+          <t>2930</t>
+        </is>
+      </c>
+      <c r="D500" t="inlineStr">
+        <is>
+          <t>5,5 kW</t>
+        </is>
+      </c>
+      <c r="E500" t="inlineStr">
+        <is>
+          <t>B3</t>
+        </is>
+      </c>
+      <c r="F500" t="inlineStr"/>
+      <c r="G500" s="2" t="inlineStr">
+        <is>
+          <t>MOTOR B3-0550-3000-IE3-KSB</t>
+        </is>
+      </c>
+      <c r="H500" t="inlineStr">
+        <is>
+          <t>50Hz 3x 690 V, 50Hz 3x 400 V, 60Hz 3x 400 V, 60Hz 3x 690 V</t>
+        </is>
+      </c>
+      <c r="I500" t="inlineStr"/>
+      <c r="J500" t="inlineStr"/>
+      <c r="K500" t="inlineStr"/>
+      <c r="L500" t="inlineStr">
+        <is>
+          <t>IE3</t>
+        </is>
+      </c>
+      <c r="M500" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N500" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O500" t="inlineStr"/>
+      <c r="P500" t="inlineStr">
+        <is>
+          <t>698.43 €</t>
+        </is>
+      </c>
+      <c r="Q500" t="inlineStr"/>
+      <c r="R500" t="inlineStr">
+        <is>
+          <t>66.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="501" ht="30" customHeight="1">
+      <c r="A501" t="inlineStr">
+        <is>
+          <t>AR9231</t>
+        </is>
+      </c>
+      <c r="B501" t="inlineStr">
+        <is>
+          <t>4-polig</t>
+        </is>
+      </c>
+      <c r="C501" t="inlineStr">
+        <is>
+          <t>1500</t>
+        </is>
+      </c>
+      <c r="D501" t="inlineStr">
+        <is>
+          <t>7,5 kW</t>
+        </is>
+      </c>
+      <c r="E501" t="inlineStr">
+        <is>
+          <t>V1</t>
+        </is>
+      </c>
+      <c r="F501" t="inlineStr"/>
+      <c r="G501" s="2" t="inlineStr">
+        <is>
+          <t>Motor 7,5 kW, 4-polig, 132M, V1, 50Hz, 355V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H501" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I501" t="inlineStr"/>
+      <c r="J501" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K501" t="inlineStr"/>
+      <c r="L501" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M501" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N501" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O501" t="inlineStr">
+        <is>
+          <t>2016</t>
+        </is>
+      </c>
+      <c r="P501" t="inlineStr">
+        <is>
+          <t>1049.65 €</t>
+        </is>
+      </c>
+      <c r="Q501" t="inlineStr"/>
+      <c r="R501" t="inlineStr">
+        <is>
+          <t>146.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="502" ht="30" customHeight="1">
+      <c r="A502" t="inlineStr">
+        <is>
+          <t>AR9232</t>
+        </is>
+      </c>
+      <c r="B502" t="inlineStr">
+        <is>
+          <t>4-polig</t>
+        </is>
+      </c>
+      <c r="C502" t="inlineStr">
+        <is>
+          <t>1500</t>
+        </is>
+      </c>
+      <c r="D502" t="inlineStr">
+        <is>
+          <t>7,5 kW</t>
+        </is>
+      </c>
+      <c r="E502" t="inlineStr">
+        <is>
+          <t>V1</t>
+        </is>
+      </c>
+      <c r="F502" t="inlineStr"/>
+      <c r="G502" s="2" t="inlineStr">
+        <is>
+          <t>Motor 7,5 kW, 4-polig, 132M, V1, 50Hz, 355V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H502" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I502" t="inlineStr"/>
+      <c r="J502" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K502" t="inlineStr"/>
+      <c r="L502" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M502" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N502" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O502" t="inlineStr">
+        <is>
+          <t>2016</t>
+        </is>
+      </c>
+      <c r="P502" t="inlineStr">
+        <is>
+          <t>1049.65 €</t>
+        </is>
+      </c>
+      <c r="Q502" t="inlineStr"/>
+      <c r="R502" t="inlineStr">
+        <is>
+          <t>146.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="503" ht="30" customHeight="1">
+      <c r="A503" t="inlineStr">
+        <is>
+          <t>AR9403-01</t>
+        </is>
+      </c>
+      <c r="B503" t="inlineStr">
+        <is>
+          <t>4-polig</t>
+        </is>
+      </c>
+      <c r="C503" t="inlineStr">
+        <is>
+          <t>1500</t>
+        </is>
+      </c>
+      <c r="D503" t="inlineStr">
+        <is>
+          <t>7,5 kW</t>
+        </is>
+      </c>
+      <c r="E503" t="inlineStr">
+        <is>
+          <t>V1</t>
+        </is>
+      </c>
+      <c r="F503" t="inlineStr"/>
+      <c r="G503" s="2" t="inlineStr">
+        <is>
+          <t>Motor 7,5 kW, 4-polig, 132M, V1, 50Hz, 355V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H503" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I503" t="inlineStr"/>
+      <c r="J503" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K503" t="inlineStr"/>
+      <c r="L503" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M503" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N503" t="inlineStr">
+        <is>
+          <t>B1: C: gebraucht / einsetzbar</t>
+        </is>
+      </c>
+      <c r="O503" t="inlineStr">
+        <is>
+          <t>2016</t>
+        </is>
+      </c>
+      <c r="P503" t="inlineStr">
+        <is>
+          <t>513.16 €</t>
+        </is>
+      </c>
+      <c r="Q503" t="inlineStr"/>
+      <c r="R503" t="inlineStr">
+        <is>
+          <t>84.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="504" ht="30" customHeight="1">
+      <c r="A504" t="inlineStr">
+        <is>
+          <t>AR9403-02</t>
+        </is>
+      </c>
+      <c r="B504" t="inlineStr">
+        <is>
+          <t>4-polig</t>
+        </is>
+      </c>
+      <c r="C504" t="inlineStr">
+        <is>
+          <t>1500</t>
+        </is>
+      </c>
+      <c r="D504" t="inlineStr">
+        <is>
+          <t>7,5 kW</t>
+        </is>
+      </c>
+      <c r="E504" t="inlineStr">
+        <is>
+          <t>V1</t>
+        </is>
+      </c>
+      <c r="F504" t="inlineStr"/>
+      <c r="G504" s="2" t="inlineStr">
+        <is>
+          <t>Motor 7,5 kW, 4-polig, 132M, V1, 50Hz, 355V, IE4 SuPremE C1</t>
+        </is>
+      </c>
+      <c r="H504" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I504" t="inlineStr"/>
+      <c r="J504" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K504" t="inlineStr"/>
+      <c r="L504" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M504" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N504" t="inlineStr">
+        <is>
+          <t>B1: C: gebraucht / einsetzbar</t>
+        </is>
+      </c>
+      <c r="O504" t="inlineStr">
+        <is>
+          <t>2016</t>
+        </is>
+      </c>
+      <c r="P504" t="inlineStr">
+        <is>
+          <t>513.16 €</t>
+        </is>
+      </c>
+      <c r="Q504" t="inlineStr"/>
+      <c r="R504" t="inlineStr">
+        <is>
+          <t>84.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="505" ht="15" customHeight="1">
+      <c r="A505" t="inlineStr">
+        <is>
+          <t>AR9414M</t>
+        </is>
+      </c>
+      <c r="B505" t="inlineStr">
+        <is>
+          <t>4-polig</t>
+        </is>
+      </c>
+      <c r="C505" t="inlineStr">
+        <is>
+          <t>1500</t>
+        </is>
+      </c>
+      <c r="D505" t="inlineStr">
+        <is>
+          <t>11 kW</t>
+        </is>
+      </c>
+      <c r="E505" t="inlineStr">
+        <is>
+          <t>B35</t>
+        </is>
+      </c>
+      <c r="F505" t="inlineStr"/>
+      <c r="G505" s="2" t="inlineStr">
+        <is>
+          <t>MOTOR B35-1100-1500-IE4-KSB SuPremE</t>
+        </is>
+      </c>
+      <c r="H505" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I505" t="inlineStr"/>
+      <c r="J505" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K505" t="inlineStr"/>
+      <c r="L505" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M505" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N505" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O505" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="P505" t="inlineStr">
+        <is>
+          <t>1395.62 €</t>
+        </is>
+      </c>
+      <c r="Q505" t="inlineStr"/>
+      <c r="R505" t="inlineStr">
+        <is>
+          <t>213.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="506" ht="30" customHeight="1">
+      <c r="A506" t="inlineStr">
+        <is>
+          <t>AR9422</t>
+        </is>
+      </c>
+      <c r="B506" t="inlineStr">
+        <is>
+          <t>2-polig</t>
+        </is>
+      </c>
+      <c r="C506" t="inlineStr">
+        <is>
+          <t>3000</t>
+        </is>
+      </c>
+      <c r="D506" t="inlineStr">
+        <is>
+          <t>2,2 kW</t>
+        </is>
+      </c>
+      <c r="E506" t="inlineStr">
+        <is>
+          <t>V18</t>
+        </is>
+      </c>
+      <c r="F506" t="inlineStr"/>
+      <c r="G506" s="2" t="inlineStr">
+        <is>
+          <t>Motor 2,2 kW, 2-polig, 090L, V18, 100Hz, 360V, IE4 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H506" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I506" t="inlineStr"/>
+      <c r="J506" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K506" t="inlineStr"/>
+      <c r="L506" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M506" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N506" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O506" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="P506" t="inlineStr">
+        <is>
+          <t>302.27 €</t>
+        </is>
+      </c>
+      <c r="Q506" t="inlineStr"/>
+      <c r="R506" t="inlineStr">
+        <is>
+          <t>21.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="507" ht="30" customHeight="1">
+      <c r="A507" t="inlineStr">
+        <is>
+          <t>AR9468</t>
+        </is>
+      </c>
+      <c r="B507" t="inlineStr">
+        <is>
+          <t>2-polig</t>
+        </is>
+      </c>
+      <c r="C507" t="inlineStr">
+        <is>
+          <t>3000</t>
+        </is>
+      </c>
+      <c r="D507" t="inlineStr">
+        <is>
+          <t>30 kW</t>
+        </is>
+      </c>
+      <c r="E507" t="inlineStr">
+        <is>
+          <t>B3</t>
+        </is>
+      </c>
+      <c r="F507" t="inlineStr"/>
+      <c r="G507" s="2" t="inlineStr">
+        <is>
+          <t>Motor 30 kW, 2-polig, 200L, B3, 100Hz, 355V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H507" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I507" t="inlineStr"/>
+      <c r="J507" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K507" t="inlineStr"/>
+      <c r="L507" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M507" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N507" t="inlineStr">
+        <is>
+          <t>B1: B2: gebraucht / wie neu</t>
+        </is>
+      </c>
+      <c r="O507" t="inlineStr">
+        <is>
+          <t>2011</t>
+        </is>
+      </c>
+      <c r="P507" t="inlineStr">
+        <is>
+          <t>1333.20 €</t>
+        </is>
+      </c>
+      <c r="Q507" t="inlineStr"/>
+      <c r="R507" t="inlineStr">
+        <is>
+          <t>244.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="508" ht="30" customHeight="1">
+      <c r="A508" t="inlineStr">
+        <is>
+          <t>AR9520</t>
+        </is>
+      </c>
+      <c r="B508" t="inlineStr">
+        <is>
+          <t>4-polig</t>
+        </is>
+      </c>
+      <c r="C508" t="inlineStr">
+        <is>
+          <t>1500</t>
+        </is>
+      </c>
+      <c r="D508" t="inlineStr">
+        <is>
+          <t>11 kW</t>
+        </is>
+      </c>
+      <c r="E508" t="inlineStr">
+        <is>
+          <t>B3</t>
+        </is>
+      </c>
+      <c r="F508" t="inlineStr"/>
+      <c r="G508" s="2" t="inlineStr">
+        <is>
+          <t>Motor 11 kW, 4-polig, 160M, B3, 50Hz, 400V, IE5 SuPremE</t>
+        </is>
+      </c>
+      <c r="H508" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I508" t="inlineStr"/>
+      <c r="J508" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K508" t="inlineStr"/>
+      <c r="L508" t="inlineStr">
+        <is>
+          <t>IE5</t>
+        </is>
+      </c>
+      <c r="M508" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N508" t="inlineStr">
+        <is>
+          <t>B1: B2: gebraucht / wie neu</t>
+        </is>
+      </c>
+      <c r="O508" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="P508" t="inlineStr">
+        <is>
+          <t>664.12 €</t>
+        </is>
+      </c>
+      <c r="Q508" t="inlineStr"/>
+      <c r="R508" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="509" ht="30" customHeight="1">
+      <c r="A509" t="inlineStr">
+        <is>
+          <t>AR9563</t>
+        </is>
+      </c>
+      <c r="B509" t="inlineStr">
+        <is>
+          <t>4-polig</t>
+        </is>
+      </c>
+      <c r="C509" t="inlineStr">
+        <is>
+          <t>1500</t>
+        </is>
+      </c>
+      <c r="D509" t="inlineStr">
+        <is>
+          <t>11 kW</t>
+        </is>
+      </c>
+      <c r="E509" t="inlineStr">
+        <is>
+          <t>B3</t>
+        </is>
+      </c>
+      <c r="F509" t="inlineStr"/>
+      <c r="G509" s="2" t="inlineStr">
+        <is>
+          <t>Motor 11 kW, 4-polig, 160M, B3, 50Hz, 400V, IE5 SuPremE</t>
+        </is>
+      </c>
+      <c r="H509" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I509" t="inlineStr"/>
+      <c r="J509" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K509" t="inlineStr"/>
+      <c r="L509" t="inlineStr">
+        <is>
+          <t>IE5</t>
+        </is>
+      </c>
+      <c r="M509" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N509" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O509" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="P509" t="inlineStr">
+        <is>
+          <t>1051.97 €</t>
+        </is>
+      </c>
+      <c r="Q509" t="inlineStr"/>
+      <c r="R509" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="510" ht="30" customHeight="1">
+      <c r="A510" t="inlineStr">
+        <is>
+          <t>AR9565</t>
+        </is>
+      </c>
+      <c r="B510" t="inlineStr">
+        <is>
+          <t>4-polig</t>
+        </is>
+      </c>
+      <c r="C510" t="inlineStr">
+        <is>
+          <t>1500</t>
+        </is>
+      </c>
+      <c r="D510" t="inlineStr">
+        <is>
+          <t>5,5 kW</t>
+        </is>
+      </c>
+      <c r="E510" t="inlineStr">
+        <is>
+          <t>V1</t>
+        </is>
+      </c>
+      <c r="F510" t="inlineStr"/>
+      <c r="G510" s="2" t="inlineStr">
+        <is>
+          <t>Motor 5,5 kW, 4-polig, 132S, V1, 50Hz, 400V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H510" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I510" t="inlineStr"/>
+      <c r="J510" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K510" t="inlineStr"/>
+      <c r="L510" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M510" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N510" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O510" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="P510" t="inlineStr">
+        <is>
+          <t>686.07 €</t>
+        </is>
+      </c>
+      <c r="Q510" t="inlineStr"/>
+      <c r="R510" t="inlineStr">
+        <is>
+          <t>67.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="511" ht="30" customHeight="1">
+      <c r="A511" t="inlineStr">
+        <is>
+          <t>AR9566</t>
+        </is>
+      </c>
+      <c r="B511" t="inlineStr">
+        <is>
+          <t>4-polig</t>
+        </is>
+      </c>
+      <c r="C511" t="inlineStr">
+        <is>
+          <t>1500</t>
+        </is>
+      </c>
+      <c r="D511" t="inlineStr">
+        <is>
+          <t>2,2 kW</t>
+        </is>
+      </c>
+      <c r="E511" t="inlineStr">
+        <is>
+          <t>V1</t>
+        </is>
+      </c>
+      <c r="F511" t="inlineStr"/>
+      <c r="G511" s="2" t="inlineStr">
+        <is>
+          <t>Motor 2,2 kW, 4-polig, 100L, V1, 50Hz, 365V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H511" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I511" t="inlineStr"/>
+      <c r="J511" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K511" t="inlineStr"/>
+      <c r="L511" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M511" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N511" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O511" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="P511" t="inlineStr">
+        <is>
+          <t>380.52 €</t>
+        </is>
+      </c>
+      <c r="Q511" t="inlineStr"/>
+      <c r="R511" t="inlineStr">
+        <is>
+          <t>27.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="512" ht="30" customHeight="1">
+      <c r="A512" t="inlineStr">
+        <is>
+          <t>AR9636M</t>
+        </is>
+      </c>
+      <c r="B512" t="inlineStr">
+        <is>
+          <t>2-polig</t>
+        </is>
+      </c>
+      <c r="C512" t="inlineStr">
+        <is>
+          <t>2950</t>
+        </is>
+      </c>
+      <c r="D512" t="inlineStr">
+        <is>
+          <t>5,5 kW</t>
+        </is>
+      </c>
+      <c r="E512" t="inlineStr">
+        <is>
+          <t>V1</t>
+        </is>
+      </c>
+      <c r="F512" t="inlineStr"/>
+      <c r="G512" s="2" t="inlineStr">
+        <is>
+          <t>Motor 5,5 kW, 2-polig, 132S, V1, 50/60Hz, 400/690V, IE2</t>
+        </is>
+      </c>
+      <c r="H512" t="inlineStr"/>
+      <c r="I512" t="inlineStr"/>
+      <c r="J512" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K512" t="inlineStr"/>
+      <c r="L512" t="inlineStr">
+        <is>
+          <t>IE2</t>
+        </is>
+      </c>
+      <c r="M512" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N512" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O512" t="inlineStr">
+        <is>
+          <t>2014</t>
+        </is>
+      </c>
+      <c r="P512" t="inlineStr">
+        <is>
+          <t>830.91 €</t>
+        </is>
+      </c>
+      <c r="Q512" t="inlineStr"/>
+      <c r="R512" t="inlineStr">
+        <is>
+          <t>67.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="513" ht="30" customHeight="1">
+      <c r="A513" t="inlineStr">
+        <is>
+          <t>AR9667</t>
+        </is>
+      </c>
+      <c r="B513" t="inlineStr">
+        <is>
+          <t>2-polig</t>
+        </is>
+      </c>
+      <c r="C513" t="inlineStr">
+        <is>
+          <t>3000</t>
+        </is>
+      </c>
+      <c r="D513" t="inlineStr">
+        <is>
+          <t>11 kW</t>
+        </is>
+      </c>
+      <c r="E513" t="inlineStr">
+        <is>
+          <t>V1</t>
+        </is>
+      </c>
+      <c r="F513" t="inlineStr"/>
+      <c r="G513" s="2" t="inlineStr">
+        <is>
+          <t>Motor 11 kW, 2-polig, 160M, V1, 100Hz, 375V, IE5 SuPremE mit Adapterplatte für PDRV2</t>
+        </is>
+      </c>
+      <c r="H513" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I513" t="inlineStr"/>
+      <c r="J513" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K513" t="inlineStr"/>
+      <c r="L513" t="inlineStr">
+        <is>
+          <t>IE5</t>
+        </is>
+      </c>
+      <c r="M513" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N513" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O513" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="P513" t="inlineStr">
+        <is>
+          <t>1223.97 €</t>
+        </is>
+      </c>
+      <c r="Q513" t="inlineStr"/>
+      <c r="R513" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="514" ht="30" customHeight="1">
+      <c r="A514" t="inlineStr">
+        <is>
+          <t>AR9678</t>
+        </is>
+      </c>
+      <c r="B514" t="inlineStr">
+        <is>
+          <t>4-polig</t>
+        </is>
+      </c>
+      <c r="C514" t="inlineStr">
+        <is>
+          <t>1500</t>
+        </is>
+      </c>
+      <c r="D514" t="inlineStr">
+        <is>
+          <t>22 kW</t>
+        </is>
+      </c>
+      <c r="E514" t="inlineStr">
+        <is>
+          <t>V1</t>
+        </is>
+      </c>
+      <c r="F514" t="inlineStr"/>
+      <c r="G514" s="2" t="inlineStr">
+        <is>
+          <t>Motor 22 kW, 4-polig, 180L, V15, 50Hz, 361V, IE4 SuPremE</t>
+        </is>
+      </c>
+      <c r="H514" t="inlineStr">
+        <is>
+          <t>50/60Hz 3x 380-480 V mit Umrichterbetrieb</t>
+        </is>
+      </c>
+      <c r="I514" t="inlineStr"/>
+      <c r="J514" t="inlineStr">
+        <is>
+          <t>IP55</t>
+        </is>
+      </c>
+      <c r="K514" t="inlineStr"/>
+      <c r="L514" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="M514" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="N514" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="O514" t="inlineStr">
+        <is>
+          <t>2013</t>
+        </is>
+      </c>
+      <c r="P514" t="inlineStr">
+        <is>
+          <t>2275.32 €</t>
+        </is>
+      </c>
+      <c r="Q514" t="inlineStr"/>
+      <c r="R514" t="inlineStr">
         <is>
           <t>197.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>