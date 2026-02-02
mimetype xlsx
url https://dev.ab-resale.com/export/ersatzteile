--- v0 (2025-12-16)
+++ v1 (2026-02-02)
@@ -427,51 +427,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:I341"/>
+  <dimension ref="A1:I357"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="15" customWidth="1" min="1" max="1"/>
     <col width="20" customWidth="1" min="2" max="2"/>
     <col width="50" customWidth="1" min="3" max="3"/>
     <col width="20" customWidth="1" min="4" max="4"/>
     <col width="15" customWidth="1" min="5" max="5"/>
     <col width="20" customWidth="1" min="6" max="6"/>
     <col width="20" customWidth="1" min="7" max="7"/>
     <col width="15" customWidth="1" min="8" max="8"/>
     <col width="18" customWidth="1" min="9" max="9"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Ref. Nr. / Ref. No.</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
@@ -528,13213 +528,13789 @@
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>SPALTRING bronze 160/180X12 CC495K-GS TArtNr. 502.1</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>["Etabloc", "Etaline", "Etaline-Z", "Etanorm", "Etanorm-F", "Etanorm-V", "MegaCPK"]</t>
         </is>
       </c>
       <c r="E2" t="inlineStr"/>
       <c r="F2" t="inlineStr">
         <is>
           <t>Spaltringe</t>
         </is>
       </c>
       <c r="G2" t="inlineStr"/>
       <c r="H2" t="inlineStr">
         <is>
           <t>2.00</t>
         </is>
       </c>
       <c r="I2" t="inlineStr">
         <is>
-          <t>242.00 €</t>
+          <t>290.00 €</t>
         </is>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1">
       <c r="A3" t="inlineStr">
         <is>
           <t>00271627</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Spaltring 260/280X20 Grauguss TArtNr.1502</t>
         </is>
       </c>
       <c r="D3" t="inlineStr"/>
       <c r="E3" t="inlineStr"/>
       <c r="F3" t="inlineStr">
         <is>
           <t>Spaltringe</t>
         </is>
       </c>
       <c r="G3" t="inlineStr"/>
       <c r="H3" t="inlineStr">
         <is>
           <t>2.00</t>
         </is>
       </c>
       <c r="I3" t="inlineStr">
         <is>
-          <t>387.90 €</t>
-[...3 lines deleted...]
-    <row r="4" ht="30" customHeight="1">
+          <t>425.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" ht="15" customHeight="1">
       <c r="A4" t="inlineStr">
         <is>
-          <t>01389698</t>
+          <t>00420562</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>LAGERSCHALE 85/125X 85 ST-SNSB12CU6PB UG1373405 für HGC 6/5</t>
+          <t>Oelstandregler AR 1/4</t>
         </is>
       </c>
       <c r="D4" t="inlineStr"/>
       <c r="E4" t="inlineStr"/>
-      <c r="F4" t="inlineStr"/>
+      <c r="F4" t="inlineStr">
+        <is>
+          <t>Dichtungsteile</t>
+        </is>
+      </c>
       <c r="G4" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H4" t="inlineStr">
         <is>
-          <t>0.04</t>
+          <t>0.01</t>
         </is>
       </c>
       <c r="I4" t="inlineStr">
         <is>
-          <t>1200.75 €</t>
+          <t>114.00 €</t>
         </is>
       </c>
     </row>
     <row r="5" ht="15" customHeight="1">
       <c r="A5" t="inlineStr">
         <is>
-          <t>01496561</t>
+          <t>00421291</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Zusatzmodul PDRV2-Profibus</t>
+          <t>Entlüftungsstopfen B 20 ZN4234</t>
         </is>
       </c>
       <c r="D5" t="inlineStr"/>
       <c r="E5" t="inlineStr"/>
-      <c r="F5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F5" t="inlineStr"/>
       <c r="G5" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H5" t="inlineStr">
         <is>
-          <t>0.50</t>
+          <t>2.00</t>
         </is>
       </c>
       <c r="I5" t="inlineStr">
         <is>
-          <t>840.00 €</t>
-[...3 lines deleted...]
-    <row r="6" ht="15" customHeight="1">
+          <t>27.40 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" ht="30" customHeight="1">
       <c r="A6" t="inlineStr">
         <is>
-          <t>01496563</t>
+          <t>01389698</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>KSB Feldbusmodul Modbus-RTU-Modul PDRV2_PDRV2E</t>
+          <t>LAGERSCHALE 85/125X 85 ST-SNSB12CU6PB UG1373405 für HGC 6/5</t>
         </is>
       </c>
       <c r="D6" t="inlineStr"/>
       <c r="E6" t="inlineStr"/>
-      <c r="F6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F6" t="inlineStr"/>
       <c r="G6" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H6" t="inlineStr">
         <is>
-          <t>3.00</t>
+          <t>0.04</t>
         </is>
       </c>
       <c r="I6" t="inlineStr">
         <is>
-          <t>386.00 €</t>
+          <t>1921.00 €</t>
         </is>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
       <c r="A7" t="inlineStr">
         <is>
-          <t>01544428</t>
+          <t>01496561</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Antriebslaterne WS25-132 WS25-160/180</t>
-[...12 lines deleted...]
-      <c r="F7" t="inlineStr"/>
+          <t>Zusatzmodul PDRV2-Profibus</t>
+        </is>
+      </c>
+      <c r="D7" t="inlineStr"/>
+      <c r="E7" t="inlineStr"/>
+      <c r="F7" t="inlineStr">
+        <is>
+          <t>Zubehör</t>
+        </is>
+      </c>
       <c r="G7" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H7" t="inlineStr">
         <is>
-          <t>14.50</t>
+          <t>0.50</t>
         </is>
       </c>
       <c r="I7" t="inlineStr">
         <is>
-          <t>1033.69 €</t>
+          <t>840.00 €</t>
         </is>
       </c>
     </row>
     <row r="8" ht="15" customHeight="1">
       <c r="A8" t="inlineStr">
         <is>
-          <t>05046259</t>
+          <t>01496563</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>KIT Halterung 65 1B/C/E NBR</t>
+          <t>KSB Feldbusmodul Modbus-RTU-Modul PDRV2_PDRV2E</t>
         </is>
       </c>
       <c r="D8" t="inlineStr"/>
       <c r="E8" t="inlineStr"/>
-      <c r="F8" t="inlineStr"/>
+      <c r="F8" t="inlineStr">
+        <is>
+          <t>Zubehör</t>
+        </is>
+      </c>
       <c r="G8" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H8" t="inlineStr">
         <is>
-          <t>8.00</t>
+          <t>3.00</t>
         </is>
       </c>
       <c r="I8" t="inlineStr">
         <is>
-          <t>193.57 €</t>
-[...3 lines deleted...]
-    <row r="9" ht="30" customHeight="1">
+          <t>386.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
       <c r="A9" t="inlineStr">
         <is>
-          <t>05046270</t>
+          <t>01544428</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>KIT Halterung Seil- / 1-Stangen- / Bügelführung DN 65 Viton 65 1B/C/E FKM</t>
+          <t>Antriebslaterne WS25-132 WS25-160/180</t>
         </is>
       </c>
       <c r="D9" t="inlineStr"/>
       <c r="E9" t="inlineStr"/>
       <c r="F9" t="inlineStr"/>
       <c r="G9" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H9" t="inlineStr">
         <is>
-          <t>8.00</t>
+          <t>14.50</t>
         </is>
       </c>
       <c r="I9" t="inlineStr">
         <is>
-          <t>216.52 €</t>
+          <t>1033.69 €</t>
         </is>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" t="inlineStr">
         <is>
-          <t>11302310</t>
+          <t>05046259</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>Stecker Gisma 12-Polig</t>
+          <t>KIT Halterung 65 1B/C/E NBR</t>
         </is>
       </c>
       <c r="D10" t="inlineStr"/>
       <c r="E10" t="inlineStr"/>
-      <c r="F10" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F10" t="inlineStr"/>
       <c r="G10" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H10" t="inlineStr">
         <is>
-          <t>0.50</t>
+          <t>8.00</t>
         </is>
       </c>
       <c r="I10" t="inlineStr">
         <is>
-          <t>16.50 €</t>
+          <t>193.57 €</t>
         </is>
       </c>
     </row>
     <row r="11" ht="30" customHeight="1">
       <c r="A11" t="inlineStr">
         <is>
-          <t>18040642</t>
+          <t>05046270</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>Höhenausgleichstück (PE-HD) H=200mm f. Ama-Drainer-box Unterflur</t>
-[...6 lines deleted...]
-      </c>
+          <t>KIT Halterung Seil- / 1-Stangen- / Bügelführung DN 65 Viton 65 1B/C/E FKM</t>
+        </is>
+      </c>
+      <c r="D11" t="inlineStr"/>
       <c r="E11" t="inlineStr"/>
-      <c r="F11" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F11" t="inlineStr"/>
       <c r="G11" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H11" t="inlineStr">
         <is>
-          <t>1.70</t>
+          <t>8.00</t>
         </is>
       </c>
       <c r="I11" t="inlineStr">
         <is>
-          <t>326.63 €</t>
+          <t>216.52 €</t>
         </is>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" t="inlineStr">
         <is>
-          <t>39020268</t>
+          <t>11302310</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>Konsole DN50/65/80/100</t>
+          <t>Stecker Gisma 12-Polig</t>
         </is>
       </c>
       <c r="D12" t="inlineStr"/>
       <c r="E12" t="inlineStr"/>
       <c r="F12" t="inlineStr">
         <is>
-          <t>Ersatzteile (NW)</t>
+          <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G12" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H12" t="inlineStr">
         <is>
-          <t>3.00</t>
+          <t>0.50</t>
         </is>
       </c>
       <c r="I12" t="inlineStr">
         <is>
-          <t>47.91 €</t>
-[...3 lines deleted...]
-    <row r="13" ht="15" customHeight="1">
+          <t>16.50 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" ht="30" customHeight="1">
       <c r="A13" t="inlineStr">
         <is>
-          <t>39300101</t>
+          <t>18040642</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>Saugglocke  Kit Ama-Drainer N</t>
-[...2 lines deleted...]
-      <c r="D13" t="inlineStr"/>
+          <t>Höhenausgleichstück (PE-HD) H=200mm f. Ama-Drainer-box Unterflur</t>
+        </is>
+      </c>
+      <c r="D13" t="inlineStr">
+        <is>
+          <t>["Ama-Drainer-Box"]</t>
+        </is>
+      </c>
       <c r="E13" t="inlineStr"/>
       <c r="F13" t="inlineStr">
         <is>
-          <t>Tauchmotorpumpen</t>
+          <t>Hebeanlagen</t>
         </is>
       </c>
       <c r="G13" t="inlineStr">
         <is>
-          <t>B1: A: neu / standard</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H13" t="inlineStr">
         <is>
-          <t>0.20</t>
+          <t>1.70</t>
         </is>
       </c>
       <c r="I13" t="inlineStr">
         <is>
-          <t>35.48 €</t>
+          <t>326.63 €</t>
         </is>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" t="inlineStr">
         <is>
-          <t>3RW5055-6TB14</t>
+          <t>39020268</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>Siemens</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
-          <t>Siemens Sanftanlauf  3RW5055-6TB14</t>
+          <t>Konsole DN50/65/80/100</t>
         </is>
       </c>
       <c r="D14" t="inlineStr"/>
       <c r="E14" t="inlineStr"/>
       <c r="F14" t="inlineStr">
         <is>
-          <t>Zubehör</t>
-[...2 lines deleted...]
-      <c r="G14" t="inlineStr"/>
+          <t>Ersatzteile (NW)</t>
+        </is>
+      </c>
+      <c r="G14" t="inlineStr">
+        <is>
+          <t>B1: A: neu / standard</t>
+        </is>
+      </c>
       <c r="H14" t="inlineStr">
         <is>
-          <t>6.00</t>
+          <t>3.00</t>
         </is>
       </c>
       <c r="I14" t="inlineStr">
         <is>
-          <t>1957.81 €</t>
+          <t>47.91 €</t>
         </is>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" t="inlineStr">
         <is>
-          <t>47088585</t>
+          <t>39300101</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>Lapp Kabel</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
-          <t>Flachdichtung zu BOA-S DN150 PN6/16 206X190x1</t>
+          <t>Saugglocke  Kit Ama-Drainer N</t>
         </is>
       </c>
       <c r="D15" t="inlineStr"/>
       <c r="E15" t="inlineStr"/>
       <c r="F15" t="inlineStr">
         <is>
-          <t>Zubehör &amp; Ersatzteile</t>
-[...3 lines deleted...]
-      <c r="H15" t="inlineStr"/>
+          <t>Tauchmotorpumpen</t>
+        </is>
+      </c>
+      <c r="G15" t="inlineStr">
+        <is>
+          <t>B1: A: neu / standard</t>
+        </is>
+      </c>
+      <c r="H15" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
       <c r="I15" t="inlineStr">
         <is>
-          <t>23.19 €</t>
+          <t>35.48 €</t>
         </is>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" t="inlineStr">
         <is>
-          <t>47106600</t>
+          <t>3RW5055-6TB14</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Siemens</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>Zusatzmodul LON PD1</t>
+          <t>Siemens Sanftanlauf  3RW5055-6TB14</t>
         </is>
       </c>
       <c r="D16" t="inlineStr"/>
       <c r="E16" t="inlineStr"/>
       <c r="F16" t="inlineStr">
         <is>
           <t>Zubehör</t>
         </is>
       </c>
-      <c r="G16" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G16" t="inlineStr"/>
       <c r="H16" t="inlineStr">
         <is>
-          <t>0.50</t>
+          <t>6.00</t>
         </is>
       </c>
       <c r="I16" t="inlineStr">
         <is>
-          <t>381.63 €</t>
+          <t>1957.81 €</t>
         </is>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" t="inlineStr">
         <is>
-          <t>47106601</t>
+          <t>40991800</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>Profibus-Modul für PumpDrive PD1</t>
+          <t>Pumpenmantel KIT Multi Eco 35</t>
         </is>
       </c>
       <c r="D17" t="inlineStr"/>
       <c r="E17" t="inlineStr"/>
-      <c r="F17" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F17" t="inlineStr"/>
       <c r="G17" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H17" t="inlineStr">
         <is>
-          <t>0.50</t>
+          <t>3.25</t>
         </is>
       </c>
       <c r="I17" t="inlineStr">
         <is>
-          <t>677.26 €</t>
+          <t>81.47 €</t>
         </is>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" t="inlineStr">
         <is>
-          <t>47106619</t>
+          <t>47088585</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Lapp Kabel</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>Aufrüstsatz Blinddeckel PD1</t>
+          <t>Flachdichtung zu BOA-S DN150 PN6/16 206X190x1</t>
         </is>
       </c>
       <c r="D18" t="inlineStr"/>
       <c r="E18" t="inlineStr"/>
       <c r="F18" t="inlineStr">
         <is>
-          <t>Ersatzteile</t>
-[...11 lines deleted...]
-      </c>
+          <t>Zubehör &amp; Ersatzteile</t>
+        </is>
+      </c>
+      <c r="G18" t="inlineStr"/>
+      <c r="H18" t="inlineStr"/>
       <c r="I18" t="inlineStr">
         <is>
-          <t>41.39 €</t>
+          <t>23.19 €</t>
         </is>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" t="inlineStr">
         <is>
-          <t>47106620</t>
+          <t>47106600</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>Bedieneinheit BASIC-Graphik HMI PD1</t>
+          <t>Zusatzmodul LON PD1</t>
         </is>
       </c>
       <c r="D19" t="inlineStr"/>
       <c r="E19" t="inlineStr"/>
       <c r="F19" t="inlineStr">
         <is>
-          <t>Ersatzteile</t>
+          <t>Zubehör</t>
         </is>
       </c>
       <c r="G19" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H19" t="inlineStr">
         <is>
-          <t>2.00</t>
+          <t>0.50</t>
         </is>
       </c>
       <c r="I19" t="inlineStr">
         <is>
-          <t>424.73 €</t>
+          <t>381.63 €</t>
         </is>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" t="inlineStr">
         <is>
-          <t>47106620_used</t>
+          <t>47106601</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>Bedieneinheit BASIC-Graphik HMI PD1</t>
+          <t>Profibus-Modul für PumpDrive PD1</t>
         </is>
       </c>
       <c r="D20" t="inlineStr"/>
       <c r="E20" t="inlineStr"/>
       <c r="F20" t="inlineStr">
         <is>
-          <t>Ersatzteile</t>
+          <t>Zubehör</t>
         </is>
       </c>
       <c r="G20" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H20" t="inlineStr">
         <is>
-          <t>0.30</t>
+          <t>0.50</t>
         </is>
       </c>
       <c r="I20" t="inlineStr">
         <is>
-          <t>283.15 €</t>
+          <t>677.26 €</t>
         </is>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" t="inlineStr">
         <is>
-          <t>47106621_used</t>
+          <t>47106619</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>Bedieneinheit Advanced HMI PD1</t>
+          <t>Aufrüstsatz Blinddeckel PD1</t>
         </is>
       </c>
       <c r="D21" t="inlineStr"/>
       <c r="E21" t="inlineStr"/>
       <c r="F21" t="inlineStr">
         <is>
-          <t>Frequenzumrichter</t>
+          <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G21" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H21" t="inlineStr">
         <is>
-          <t>0.50</t>
+          <t>0.20</t>
         </is>
       </c>
       <c r="I21" t="inlineStr">
         <is>
-          <t>762.76 €</t>
+          <t>41.39 €</t>
         </is>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" t="inlineStr">
         <is>
-          <t>47115397</t>
+          <t>47106620</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>Scheibe Dist. Stück D (30-45 kW) PD1</t>
+          <t>Bedieneinheit BASIC-Graphik HMI PD1</t>
         </is>
       </c>
       <c r="D22" t="inlineStr"/>
       <c r="E22" t="inlineStr"/>
       <c r="F22" t="inlineStr">
         <is>
           <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G22" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H22" t="inlineStr">
         <is>
-          <t>0.03</t>
+          <t>2.00</t>
         </is>
       </c>
       <c r="I22" t="inlineStr">
         <is>
-          <t>1.85 €</t>
+          <t>424.73 €</t>
         </is>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" t="inlineStr">
         <is>
-          <t>47115398</t>
+          <t>47106620_used</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
-          <t>Scheibe Dist. Stück A+B (0,55-7,5 kW) PD1</t>
+          <t>Bedieneinheit BASIC-Graphik HMI PD1</t>
         </is>
       </c>
       <c r="D23" t="inlineStr"/>
       <c r="E23" t="inlineStr"/>
       <c r="F23" t="inlineStr">
         <is>
           <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G23" t="inlineStr">
         <is>
-          <t>B1: A: neu / standard</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="H23" t="inlineStr">
         <is>
-          <t>1.00</t>
+          <t>0.30</t>
         </is>
       </c>
       <c r="I23" t="inlineStr">
         <is>
-          <t>0.40 €</t>
+          <t>283.15 €</t>
         </is>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" t="inlineStr">
         <is>
-          <t>47115399</t>
+          <t>47106621_used</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>Scheibe Dist. Stück C (11-22 kW) PD1</t>
+          <t>Bedieneinheit Advanced HMI PD1</t>
         </is>
       </c>
       <c r="D24" t="inlineStr"/>
       <c r="E24" t="inlineStr"/>
       <c r="F24" t="inlineStr">
         <is>
-          <t>Ersatzteile</t>
+          <t>Frequenzumrichter</t>
         </is>
       </c>
       <c r="G24" t="inlineStr">
         <is>
-          <t>B1: A: neu / standard</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="H24" t="inlineStr">
         <is>
-          <t>0.02</t>
+          <t>0.50</t>
         </is>
       </c>
       <c r="I24" t="inlineStr">
         <is>
-          <t>0.85 €</t>
+          <t>762.76 €</t>
         </is>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" t="inlineStr">
         <is>
-          <t>47117950</t>
+          <t>47115397</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
-          <t>Kabel D SUB 9- 3,0M PD1</t>
+          <t>Scheibe Dist. Stück D (30-45 kW) PD1</t>
         </is>
       </c>
       <c r="D25" t="inlineStr"/>
       <c r="E25" t="inlineStr"/>
       <c r="F25" t="inlineStr">
         <is>
-          <t>Zubehör</t>
+          <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G25" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H25" t="inlineStr">
         <is>
-          <t>0.30</t>
+          <t>0.03</t>
         </is>
       </c>
       <c r="I25" t="inlineStr">
         <is>
-          <t>26.01 €</t>
+          <t>1.85 €</t>
         </is>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" t="inlineStr">
         <is>
-          <t>47121257</t>
+          <t>47115398</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>Doppelpumpenmodul (DPM-Modul) PD1</t>
+          <t>Scheibe Dist. Stück A+B (0,55-7,5 kW) PD1</t>
         </is>
       </c>
       <c r="D26" t="inlineStr"/>
       <c r="E26" t="inlineStr"/>
       <c r="F26" t="inlineStr">
         <is>
-          <t>Zubehör</t>
+          <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G26" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H26" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
       <c r="I26" t="inlineStr">
         <is>
-          <t>238.95 €</t>
-[...3 lines deleted...]
-    <row r="27" ht="30" customHeight="1">
+          <t>0.40 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" ht="15" customHeight="1">
       <c r="A27" t="inlineStr">
         <is>
-          <t>47121274_used</t>
+          <t>47115399</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>Bedieneinheit BASIC-Standard ohne Klartextanzeige PD1</t>
+          <t>Scheibe Dist. Stück C (11-22 kW) PD1</t>
         </is>
       </c>
       <c r="D27" t="inlineStr"/>
       <c r="E27" t="inlineStr"/>
       <c r="F27" t="inlineStr">
         <is>
           <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G27" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H27" t="inlineStr">
         <is>
-          <t>0.50</t>
+          <t>0.02</t>
         </is>
       </c>
       <c r="I27" t="inlineStr">
         <is>
-          <t>119.23 €</t>
+          <t>0.85 €</t>
         </is>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" t="inlineStr">
         <is>
-          <t>48220588</t>
+          <t>47117950</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
-          <t>Zubehörsatz Modbus PD1 ohne Betriebsanleitung</t>
+          <t>Kabel D SUB 9- 3,0M PD1</t>
         </is>
       </c>
       <c r="D28" t="inlineStr"/>
       <c r="E28" t="inlineStr"/>
       <c r="F28" t="inlineStr">
         <is>
           <t>Zubehör</t>
         </is>
       </c>
       <c r="G28" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H28" t="inlineStr">
         <is>
-          <t>0.05</t>
+          <t>0.30</t>
         </is>
       </c>
       <c r="I28" t="inlineStr">
         <is>
-          <t>468.89 €</t>
+          <t>26.01 €</t>
         </is>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" t="inlineStr">
         <is>
-          <t>48220589</t>
+          <t>47121257</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
-          <t>Zubehörsatz Modbus PD1 mit Betriebsanleitung</t>
+          <t>Doppelpumpenmodul (DPM-Modul) PD1</t>
         </is>
       </c>
       <c r="D29" t="inlineStr"/>
       <c r="E29" t="inlineStr"/>
       <c r="F29" t="inlineStr">
         <is>
           <t>Zubehör</t>
         </is>
       </c>
       <c r="G29" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H29" t="inlineStr">
         <is>
-          <t>0.05</t>
+          <t>1.00</t>
         </is>
       </c>
       <c r="I29" t="inlineStr">
         <is>
-          <t>532.68 €</t>
+          <t>238.95 €</t>
         </is>
       </c>
     </row>
     <row r="30" ht="30" customHeight="1">
       <c r="A30" t="inlineStr">
         <is>
-          <t>525235</t>
+          <t>47121274_used</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
-          <t>Dämmschalenset für Calio V2/V3 40-80/40-100 &amp; 50-60/50-80</t>
-[...11 lines deleted...]
-      </c>
+          <t>Bedieneinheit BASIC-Standard ohne Klartextanzeige PD1</t>
+        </is>
+      </c>
+      <c r="D30" t="inlineStr"/>
+      <c r="E30" t="inlineStr"/>
       <c r="F30" t="inlineStr">
         <is>
-          <t>Nassläuferpumpen</t>
+          <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G30" t="inlineStr">
         <is>
-          <t>B1: A: neu / standard</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="H30" t="inlineStr">
         <is>
-          <t>1.05</t>
+          <t>0.50</t>
         </is>
       </c>
       <c r="I30" t="inlineStr">
         <is>
-          <t>37.82 €</t>
+          <t>119.23 €</t>
         </is>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" t="inlineStr">
         <is>
-          <t>AR10053</t>
+          <t>48220588</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
-          <t>Schaltschrank Fabrikat Rittal</t>
+          <t>Zubehörsatz Modbus PD1 ohne Betriebsanleitung</t>
         </is>
       </c>
       <c r="D31" t="inlineStr"/>
       <c r="E31" t="inlineStr"/>
       <c r="F31" t="inlineStr">
         <is>
           <t>Zubehör</t>
         </is>
       </c>
-      <c r="G31" t="inlineStr"/>
-      <c r="H31" t="inlineStr"/>
+      <c r="G31" t="inlineStr">
+        <is>
+          <t>B1: A: neu / standard</t>
+        </is>
+      </c>
+      <c r="H31" t="inlineStr">
+        <is>
+          <t>0.05</t>
+        </is>
+      </c>
       <c r="I31" t="inlineStr">
         <is>
-          <t>1.00 €</t>
+          <t>468.89 €</t>
         </is>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" t="inlineStr">
         <is>
-          <t>AR10070</t>
+          <t>48220589</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>Bollfilter</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
-          <t>FILTER 6.18 DN150</t>
+          <t>Zubehörsatz Modbus PD1 mit Betriebsanleitung</t>
         </is>
       </c>
       <c r="D32" t="inlineStr"/>
       <c r="E32" t="inlineStr"/>
       <c r="F32" t="inlineStr">
         <is>
           <t>Zubehör</t>
         </is>
       </c>
       <c r="G32" t="inlineStr">
         <is>
-          <t>B1: C: gebraucht / einsetzbar</t>
-[...2 lines deleted...]
-      <c r="H32" t="inlineStr"/>
+          <t>B1: A: neu / standard</t>
+        </is>
+      </c>
+      <c r="H32" t="inlineStr">
+        <is>
+          <t>0.05</t>
+        </is>
+      </c>
       <c r="I32" t="inlineStr">
         <is>
-          <t>1.00 €</t>
+          <t>532.68 €</t>
         </is>
       </c>
     </row>
     <row r="33" ht="30" customHeight="1">
       <c r="A33" t="inlineStr">
         <is>
-          <t>AR10244</t>
+          <t>525235</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
-          <t>Kommunikationsmodul  / Wandler BACnet MS/TP u.a. für Calio</t>
+          <t>Dämmschalenset für Calio V2/V3 40-80/40-100 &amp; 50-60/50-80</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
           <t>["Calio"]</t>
         </is>
       </c>
-      <c r="E33" t="inlineStr"/>
+      <c r="E33" t="inlineStr">
+        <is>
+          <t>["040-080", "040-100", "050-060", "050-080"]</t>
+        </is>
+      </c>
       <c r="F33" t="inlineStr">
         <is>
           <t>Nassläuferpumpen</t>
         </is>
       </c>
       <c r="G33" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H33" t="inlineStr">
         <is>
-          <t>2.00</t>
+          <t>1.05</t>
         </is>
       </c>
       <c r="I33" t="inlineStr">
         <is>
-          <t>190.16 €</t>
+          <t>37.82 €</t>
         </is>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" t="inlineStr">
         <is>
-          <t>AR10316LRD</t>
+          <t>AR10053</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
-          <t>Laufrad 200/F 80-216/2X3, 200mm</t>
+          <t>Schaltschrank Fabrikat Rittal</t>
         </is>
       </c>
       <c r="D34" t="inlineStr"/>
       <c r="E34" t="inlineStr"/>
       <c r="F34" t="inlineStr">
         <is>
-          <t>Laufradteile</t>
-[...11 lines deleted...]
-      </c>
+          <t>Zubehör</t>
+        </is>
+      </c>
+      <c r="G34" t="inlineStr"/>
+      <c r="H34" t="inlineStr"/>
       <c r="I34" t="inlineStr">
         <is>
-          <t>1246.00 €</t>
-[...3 lines deleted...]
-    <row r="35" ht="30" customHeight="1">
+          <t>1.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" ht="15" customHeight="1">
       <c r="A35" t="inlineStr">
         <is>
-          <t>AR10669</t>
+          <t>AR10070</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Bollfilter</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
-          <t>Lüfterhaube für Motor 18,5 kW, 2-polig, 160L, B3, 100Hz, 3x 380-480V, IE4 (01635799)</t>
+          <t>FILTER 6.18 DN150</t>
         </is>
       </c>
       <c r="D35" t="inlineStr"/>
       <c r="E35" t="inlineStr"/>
       <c r="F35" t="inlineStr">
         <is>
-          <t>Ersatzteile</t>
+          <t>Zubehör</t>
         </is>
       </c>
       <c r="G35" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
-[...6 lines deleted...]
-      </c>
+          <t>B1: C: gebraucht / einsetzbar</t>
+        </is>
+      </c>
+      <c r="H35" t="inlineStr"/>
       <c r="I35" t="inlineStr">
         <is>
-          <t>156.48 €</t>
+          <t>1.00 €</t>
         </is>
       </c>
     </row>
     <row r="36" ht="30" customHeight="1">
       <c r="A36" t="inlineStr">
         <is>
-          <t>AR10670</t>
+          <t>AR10244</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
-          <t>Lüfterhaube für Motor 18,5 kW, 2-polig, 160L, B3, 100Hz, 3x 380-480V, IE4 (01635799)</t>
-[...2 lines deleted...]
-      <c r="D36" t="inlineStr"/>
+          <t>Kommunikationsmodul  / Wandler BACnet MS/TP u.a. für Calio</t>
+        </is>
+      </c>
+      <c r="D36" t="inlineStr">
+        <is>
+          <t>["Calio"]</t>
+        </is>
+      </c>
       <c r="E36" t="inlineStr"/>
       <c r="F36" t="inlineStr">
         <is>
-          <t>Ersatzteile</t>
+          <t>Nassläuferpumpen</t>
         </is>
       </c>
       <c r="G36" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H36" t="inlineStr">
         <is>
-          <t>3.00</t>
+          <t>2.00</t>
         </is>
       </c>
       <c r="I36" t="inlineStr">
         <is>
-          <t>156.48 €</t>
-[...3 lines deleted...]
-    <row r="37" ht="30" customHeight="1">
+          <t>190.16 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" ht="15" customHeight="1">
       <c r="A37" t="inlineStr">
         <is>
-          <t>AR10671</t>
+          <t>AR10316LRD</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
-          <t>Lüfterhaube für Motor 15 kW, 2-polig, 160M, V1, 100Hz, 3x 380-480V, IE5 (01635830)</t>
+          <t>Laufrad 200/F 80-216/2X3, 200mm</t>
         </is>
       </c>
       <c r="D37" t="inlineStr"/>
       <c r="E37" t="inlineStr"/>
       <c r="F37" t="inlineStr">
         <is>
-          <t>Ersatzteile</t>
+          <t>Laufradteile</t>
         </is>
       </c>
       <c r="G37" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H37" t="inlineStr">
         <is>
-          <t>3.00</t>
+          <t>6.75</t>
         </is>
       </c>
       <c r="I37" t="inlineStr">
         <is>
-          <t>156.48 €</t>
+          <t>1246.00 €</t>
         </is>
       </c>
     </row>
     <row r="38" ht="30" customHeight="1">
       <c r="A38" t="inlineStr">
         <is>
-          <t>AR10680</t>
+          <t>AR10669</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
-          <t>Lüfterhaube für Motor 3 kW, 4-polig, 100L, V1, 50Hz, 400V, IE4 (01635809)</t>
+          <t>Lüfterhaube für Motor 18,5 kW, 2-polig, 160L, B3, 100Hz, 3x 380-480V, IE4 (01635799)</t>
         </is>
       </c>
       <c r="D38" t="inlineStr"/>
       <c r="E38" t="inlineStr"/>
       <c r="F38" t="inlineStr">
         <is>
           <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G38" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="H38" t="inlineStr">
         <is>
           <t>3.00</t>
         </is>
       </c>
       <c r="I38" t="inlineStr">
         <is>
           <t>156.48 €</t>
         </is>
       </c>
     </row>
     <row r="39" ht="30" customHeight="1">
       <c r="A39" t="inlineStr">
         <is>
-          <t>AR10681</t>
+          <t>AR10670</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
-          <t>Lüfterhaube für Motor 15 kW, 4-polig, 160L, V1, 50Hz, 400V, IE5 (01635814)</t>
+          <t>Lüfterhaube für Motor 18,5 kW, 2-polig, 160L, B3, 100Hz, 3x 380-480V, IE4 (01635799)</t>
         </is>
       </c>
       <c r="D39" t="inlineStr"/>
       <c r="E39" t="inlineStr"/>
       <c r="F39" t="inlineStr">
         <is>
           <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G39" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="H39" t="inlineStr">
         <is>
           <t>3.00</t>
         </is>
       </c>
       <c r="I39" t="inlineStr">
         <is>
           <t>156.48 €</t>
         </is>
       </c>
     </row>
     <row r="40" ht="30" customHeight="1">
       <c r="A40" t="inlineStr">
         <is>
-          <t>AR10682</t>
+          <t>AR10671</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
-          <t>Lüfterhaube für Motor 37 kW, 4-polig, 225S, B3, 50Hz, 400V, IE4 (01562180)</t>
+          <t>Lüfterhaube für Motor 15 kW, 2-polig, 160M, V1, 100Hz, 3x 380-480V, IE5 (01635830)</t>
         </is>
       </c>
       <c r="D40" t="inlineStr"/>
       <c r="E40" t="inlineStr"/>
       <c r="F40" t="inlineStr">
         <is>
           <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G40" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="H40" t="inlineStr">
         <is>
           <t>3.00</t>
         </is>
       </c>
       <c r="I40" t="inlineStr">
         <is>
           <t>156.48 €</t>
         </is>
       </c>
     </row>
-    <row r="41" ht="15" customHeight="1">
+    <row r="41" ht="30" customHeight="1">
       <c r="A41" t="inlineStr">
         <is>
-          <t>AR10683</t>
+          <t>AR10680</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
-          <t>Platte für PumpDrive Size B (UG1470444)</t>
+          <t>Lüfterhaube für Motor 3 kW, 4-polig, 100L, V1, 50Hz, 400V, IE4 (01635809)</t>
         </is>
       </c>
       <c r="D41" t="inlineStr"/>
       <c r="E41" t="inlineStr"/>
       <c r="F41" t="inlineStr">
         <is>
-          <t>Zubehör</t>
+          <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G41" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="H41" t="inlineStr">
         <is>
           <t>3.00</t>
         </is>
       </c>
       <c r="I41" t="inlineStr">
         <is>
           <t>156.48 €</t>
         </is>
       </c>
     </row>
-    <row r="42" ht="15" customHeight="1">
+    <row r="42" ht="30" customHeight="1">
       <c r="A42" t="inlineStr">
         <is>
-          <t>AR10684</t>
+          <t>AR10681</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
-          <t>Platte für PumpDrive Size D (UG1514582)</t>
+          <t>Lüfterhaube für Motor 15 kW, 4-polig, 160L, V1, 50Hz, 400V, IE5 (01635814)</t>
         </is>
       </c>
       <c r="D42" t="inlineStr"/>
       <c r="E42" t="inlineStr"/>
       <c r="F42" t="inlineStr">
         <is>
-          <t>Zubehör</t>
+          <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G42" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="H42" t="inlineStr">
         <is>
           <t>3.00</t>
         </is>
       </c>
       <c r="I42" t="inlineStr">
         <is>
-          <t>222.48 €</t>
-[...3 lines deleted...]
-    <row r="43" ht="15" customHeight="1">
+          <t>156.48 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" ht="30" customHeight="1">
       <c r="A43" t="inlineStr">
         <is>
-          <t>AR10685</t>
+          <t>AR10682</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
-          <t>John Deere</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
-          <t>Platte für PDRV Size E ( 37-55  kW )</t>
+          <t>Lüfterhaube für Motor 37 kW, 4-polig, 225S, B3, 50Hz, 400V, IE4 (01562180)</t>
         </is>
       </c>
       <c r="D43" t="inlineStr"/>
       <c r="E43" t="inlineStr"/>
       <c r="F43" t="inlineStr">
         <is>
           <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G43" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="H43" t="inlineStr">
         <is>
           <t>3.00</t>
         </is>
       </c>
       <c r="I43" t="inlineStr">
         <is>
           <t>156.48 €</t>
         </is>
       </c>
     </row>
-    <row r="44" ht="30" customHeight="1">
+    <row r="44" ht="15" customHeight="1">
       <c r="A44" t="inlineStr">
         <is>
-          <t>AR10688</t>
+          <t>AR10683</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
-          <t>Lüfterhaube für Motor 11 kW, 2-polig, 160M, V1, 50/60Hz, 3x 380 - 480V, IE5 (01635829)</t>
+          <t>Platte für PumpDrive Size B (UG1470444)</t>
         </is>
       </c>
       <c r="D44" t="inlineStr"/>
       <c r="E44" t="inlineStr"/>
       <c r="F44" t="inlineStr">
         <is>
-          <t>Ersatzteile</t>
+          <t>Zubehör</t>
         </is>
       </c>
       <c r="G44" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="H44" t="inlineStr">
         <is>
           <t>3.00</t>
         </is>
       </c>
       <c r="I44" t="inlineStr">
         <is>
-          <t>118.55 €</t>
-[...3 lines deleted...]
-    <row r="45" ht="30" customHeight="1">
+          <t>156.48 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" ht="15" customHeight="1">
       <c r="A45" t="inlineStr">
         <is>
-          <t>AR10689</t>
+          <t>AR10684</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
-          <t>Lüfterhaube für Motor 22 kW, 2-polig, 180M, V15, 100Hz, 3x 380 - 480V, IE4 (01634404)</t>
+          <t>Platte für PumpDrive Size D (UG1514582)</t>
         </is>
       </c>
       <c r="D45" t="inlineStr"/>
       <c r="E45" t="inlineStr"/>
       <c r="F45" t="inlineStr">
         <is>
-          <t>Ersatzteile</t>
+          <t>Zubehör</t>
         </is>
       </c>
       <c r="G45" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="H45" t="inlineStr">
         <is>
           <t>3.00</t>
         </is>
       </c>
       <c r="I45" t="inlineStr">
         <is>
-          <t>156.48 €</t>
-[...3 lines deleted...]
-    <row r="46" ht="30" customHeight="1">
+          <t>222.48 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" ht="15" customHeight="1">
       <c r="A46" t="inlineStr">
         <is>
-          <t>AR10696</t>
+          <t>AR10685</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>John Deere</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
-          <t>Lüfterhaube für Motor 7,5 kW, 2-polig, 132S, V1, 100Hz, 3x 380-480V, IE4 (01635828)</t>
+          <t>Platte für PDRV Size E ( 37-55  kW )</t>
         </is>
       </c>
       <c r="D46" t="inlineStr"/>
       <c r="E46" t="inlineStr"/>
       <c r="F46" t="inlineStr">
         <is>
           <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G46" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="H46" t="inlineStr">
         <is>
           <t>3.00</t>
         </is>
       </c>
       <c r="I46" t="inlineStr">
         <is>
-          <t>118.55 €</t>
+          <t>156.48 €</t>
         </is>
       </c>
     </row>
     <row r="47" ht="30" customHeight="1">
       <c r="A47" t="inlineStr">
         <is>
-          <t>AR11086</t>
+          <t>AR10688</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
-          <t>Booster Control Advanced 1.5.0 ADV. 3PP, neue Ausführung</t>
+          <t>Lüfterhaube für Motor 11 kW, 2-polig, 160M, V1, 50/60Hz, 3x 380 - 480V, IE5 (01635829)</t>
         </is>
       </c>
       <c r="D47" t="inlineStr"/>
       <c r="E47" t="inlineStr"/>
       <c r="F47" t="inlineStr">
         <is>
-          <t>Zubehör</t>
+          <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G47" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="H47" t="inlineStr">
         <is>
-          <t>3.10</t>
+          <t>3.00</t>
         </is>
       </c>
       <c r="I47" t="inlineStr">
         <is>
-          <t>392.75 €</t>
+          <t>118.55 €</t>
         </is>
       </c>
     </row>
     <row r="48" ht="30" customHeight="1">
       <c r="A48" t="inlineStr">
         <is>
-          <t>AR11094</t>
+          <t>AR10689</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
-          <t>Sunon</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
-          <t>Externer Lüfter 24v PDRV2_ Size D EEC0382B2-000U-AB9</t>
+          <t>Lüfterhaube für Motor 22 kW, 2-polig, 180M, V15, 100Hz, 3x 380 - 480V, IE4 (01634404)</t>
         </is>
       </c>
       <c r="D48" t="inlineStr"/>
       <c r="E48" t="inlineStr"/>
       <c r="F48" t="inlineStr">
         <is>
           <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G48" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
-      <c r="H48" t="inlineStr"/>
+      <c r="H48" t="inlineStr">
+        <is>
+          <t>3.00</t>
+        </is>
+      </c>
       <c r="I48" t="inlineStr">
         <is>
-          <t>151.84 €</t>
+          <t>156.48 €</t>
         </is>
       </c>
     </row>
     <row r="49" ht="30" customHeight="1">
       <c r="A49" t="inlineStr">
         <is>
-          <t>AR11122</t>
+          <t>AR10696</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
-          <t>Motoradapterkit PumpDrive-II PDRV2_ Gr D, BG180, 1LE1, 1PC3</t>
+          <t>Lüfterhaube für Motor 7,5 kW, 2-polig, 132S, V1, 100Hz, 3x 380-480V, IE4 (01635828)</t>
         </is>
       </c>
       <c r="D49" t="inlineStr"/>
       <c r="E49" t="inlineStr"/>
       <c r="F49" t="inlineStr">
         <is>
-          <t>Zubehör</t>
+          <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G49" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H49" t="inlineStr">
         <is>
-          <t>12.00</t>
+          <t>3.00</t>
         </is>
       </c>
       <c r="I49" t="inlineStr">
         <is>
-          <t>471.78 €</t>
-[...3 lines deleted...]
-    <row r="50" ht="15" customHeight="1">
+          <t>118.55 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" ht="30" customHeight="1">
       <c r="A50" t="inlineStr">
         <is>
-          <t>AR11132</t>
+          <t>AR11086</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
-          <t>Schwimmerschalter mit 10m Kabel 10A 250V IP68</t>
+          <t>Booster Control Advanced 1.5.0 ADV. 3PP, neue Ausführung</t>
         </is>
       </c>
       <c r="D50" t="inlineStr"/>
       <c r="E50" t="inlineStr"/>
       <c r="F50" t="inlineStr">
         <is>
-          <t>Tauchmotorpumpen</t>
+          <t>Zubehör</t>
         </is>
       </c>
       <c r="G50" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="H50" t="inlineStr">
         <is>
-          <t>2.60</t>
+          <t>3.10</t>
         </is>
       </c>
       <c r="I50" t="inlineStr">
         <is>
-          <t>57.30 €</t>
-[...3 lines deleted...]
-    <row r="51" ht="15" customHeight="1">
+          <t>392.75 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" ht="30" customHeight="1">
       <c r="A51" t="inlineStr">
         <is>
-          <t>AR11173</t>
+          <t>AR11094</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Sunon</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
-          <t>Schleißwand für KWP-K 400-400-533</t>
+          <t>Externer Lüfter 24v PDRV2_ Size D EEC0382B2-000U-AB9</t>
         </is>
       </c>
       <c r="D51" t="inlineStr"/>
       <c r="E51" t="inlineStr"/>
       <c r="F51" t="inlineStr">
         <is>
-          <t>Mixed Flow Pumpen</t>
+          <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G51" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
-[...6 lines deleted...]
-      </c>
+          <t>B1: B2: gebraucht / wie neu</t>
+        </is>
+      </c>
+      <c r="H51" t="inlineStr"/>
       <c r="I51" t="inlineStr">
         <is>
-          <t>6360.22 €</t>
-[...3 lines deleted...]
-    <row r="52" ht="15" customHeight="1">
+          <t>151.84 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" ht="30" customHeight="1">
       <c r="A52" t="inlineStr">
         <is>
-          <t>AR11386A</t>
+          <t>AR11122</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
-          <t>Antriebslaterne WS25-100/112</t>
+          <t>Motoradapterkit PumpDrive-II PDRV2_ Gr D, BG180, 1LE1, 1PC3</t>
         </is>
       </c>
       <c r="D52" t="inlineStr"/>
       <c r="E52" t="inlineStr"/>
-      <c r="F52" t="inlineStr"/>
+      <c r="F52" t="inlineStr">
+        <is>
+          <t>Zubehör</t>
+        </is>
+      </c>
       <c r="G52" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H52" t="inlineStr">
         <is>
-          <t>7.70</t>
+          <t>12.00</t>
         </is>
       </c>
       <c r="I52" t="inlineStr">
         <is>
-          <t>691.00 €</t>
+          <t>471.78 €</t>
         </is>
       </c>
     </row>
     <row r="53" ht="15" customHeight="1">
       <c r="A53" t="inlineStr">
         <is>
-          <t>AR11386LFRD</t>
+          <t>AR11132</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
-          <t>Laufrad 32-200.1 SP, 169mm</t>
+          <t>Schwimmerschalter mit 10m Kabel 10A 250V IP68</t>
         </is>
       </c>
       <c r="D53" t="inlineStr"/>
       <c r="E53" t="inlineStr"/>
-      <c r="F53" t="inlineStr"/>
+      <c r="F53" t="inlineStr">
+        <is>
+          <t>Tauchmotorpumpen</t>
+        </is>
+      </c>
       <c r="G53" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H53" t="inlineStr">
         <is>
-          <t>4.70</t>
+          <t>2.60</t>
         </is>
       </c>
       <c r="I53" t="inlineStr">
         <is>
-          <t>1115.00 €</t>
+          <t>57.30 €</t>
         </is>
       </c>
     </row>
     <row r="54" ht="15" customHeight="1">
       <c r="A54" t="inlineStr">
         <is>
-          <t>AR11512</t>
+          <t>AR11173</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
-          <t>Motorschutzstecker für Ama-Drainer</t>
+          <t>Schleißwand für KWP-K 400-400-533</t>
         </is>
       </c>
       <c r="D54" t="inlineStr"/>
       <c r="E54" t="inlineStr"/>
       <c r="F54" t="inlineStr">
         <is>
-          <t>Tauchmotorpumpen</t>
+          <t>Mixed Flow Pumpen</t>
         </is>
       </c>
       <c r="G54" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H54" t="inlineStr">
         <is>
-          <t>1.50</t>
+          <t>85.00</t>
         </is>
       </c>
       <c r="I54" t="inlineStr">
         <is>
-          <t>126.64 €</t>
-[...3 lines deleted...]
-    <row r="55" ht="30" customHeight="1">
+          <t>6360.22 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" ht="15" customHeight="1">
       <c r="A55" t="inlineStr">
         <is>
-          <t>AR12133-01</t>
+          <t>AR11386A</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
-          <t>REFLEX</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
-          <t>Reflex Refix DE 500L 10 bar Druckausdehnungsgefäß Wasserversorgungsanlage 1 1/4" zoll</t>
+          <t>Antriebslaterne WS25-100/112</t>
         </is>
       </c>
       <c r="D55" t="inlineStr"/>
       <c r="E55" t="inlineStr"/>
-      <c r="F55" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F55" t="inlineStr"/>
       <c r="G55" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H55" t="inlineStr">
         <is>
-          <t>101.00</t>
+          <t>7.70</t>
         </is>
       </c>
       <c r="I55" t="inlineStr">
         <is>
-          <t>651.91 €</t>
+          <t>691.00 €</t>
         </is>
       </c>
     </row>
     <row r="56" ht="15" customHeight="1">
       <c r="A56" t="inlineStr">
         <is>
-          <t>AR12261</t>
+          <t>AR11386LFRD</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
-          <t>FLANSCHUEBERGANG DN100</t>
+          <t>Laufrad 32-200.1 SP, 169mm</t>
         </is>
       </c>
       <c r="D56" t="inlineStr"/>
       <c r="E56" t="inlineStr"/>
       <c r="F56" t="inlineStr"/>
       <c r="G56" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H56" t="inlineStr">
         <is>
-          <t>18.80</t>
+          <t>4.70</t>
         </is>
       </c>
       <c r="I56" t="inlineStr">
         <is>
-          <t>206.83 €</t>
+          <t>1115.00 €</t>
         </is>
       </c>
     </row>
     <row r="57" ht="15" customHeight="1">
       <c r="A57" t="inlineStr">
         <is>
-          <t>AR12332</t>
+          <t>AR11512</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
-          <t>Unbekannt</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
-          <t>MESSGEBER SALTEC SENSE M</t>
+          <t>Motorschutzstecker für Ama-Drainer</t>
         </is>
       </c>
       <c r="D57" t="inlineStr"/>
       <c r="E57" t="inlineStr"/>
       <c r="F57" t="inlineStr">
         <is>
-          <t>Zubehör</t>
-[...3 lines deleted...]
-      <c r="H57" t="inlineStr"/>
+          <t>Tauchmotorpumpen</t>
+        </is>
+      </c>
+      <c r="G57" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="H57" t="inlineStr">
+        <is>
+          <t>1.50</t>
+        </is>
+      </c>
       <c r="I57" t="inlineStr">
         <is>
-          <t>1.00 €</t>
-[...3 lines deleted...]
-    <row r="58" ht="15" customHeight="1">
+          <t>126.64 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" ht="30" customHeight="1">
       <c r="A58" t="inlineStr">
         <is>
-          <t>AR12390</t>
+          <t>AR11959-02GKM</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
-          <t>Schwimmschalter Compacta U7/C - KS1 s-M</t>
-[...3 lines deleted...]
-      <c r="E58" t="inlineStr"/>
+          <t>Grundplatte, Kupplung, Motor f. ETNY 065-050-160b SGXDB08LD20053, 415V</t>
+        </is>
+      </c>
+      <c r="D58" t="inlineStr">
+        <is>
+          <t>["Etanorm"]</t>
+        </is>
+      </c>
+      <c r="E58" t="inlineStr">
+        <is>
+          <t>["050-160"]</t>
+        </is>
+      </c>
       <c r="F58" t="inlineStr"/>
       <c r="G58" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H58" t="inlineStr">
         <is>
-          <t>1.20</t>
+          <t>114.00</t>
         </is>
       </c>
       <c r="I58" t="inlineStr">
         <is>
-          <t>118.00 €</t>
-[...3 lines deleted...]
-    <row r="59" ht="15" customHeight="1">
+          <t>1743.26 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" ht="30" customHeight="1">
       <c r="A59" t="inlineStr">
         <is>
-          <t>AR12391</t>
+          <t>AR12133-01</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>REFLEX</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
-          <t>Halterung/Klaue 50 für Stangenführung 2 Stangen</t>
+          <t>Reflex Refix DE 500L 10 bar Druckausdehnungsgefäß Wasserversorgungsanlage 1 1/4" zoll</t>
         </is>
       </c>
       <c r="D59" t="inlineStr"/>
       <c r="E59" t="inlineStr"/>
-      <c r="F59" t="inlineStr"/>
+      <c r="F59" t="inlineStr">
+        <is>
+          <t>Druckerhoehungsanlagen Zubehoer</t>
+        </is>
+      </c>
       <c r="G59" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H59" t="inlineStr">
         <is>
-          <t>6.50</t>
+          <t>101.00</t>
         </is>
       </c>
       <c r="I59" t="inlineStr">
         <is>
-          <t>66.14 €</t>
+          <t>651.91 €</t>
         </is>
       </c>
     </row>
     <row r="60" ht="15" customHeight="1">
       <c r="A60" t="inlineStr">
         <is>
-          <t>AR12395</t>
+          <t>AR12261</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
-          <t>Halterung/Klaue 40/50 für Ama-Porter/Amarex-N DN50</t>
+          <t>FLANSCHUEBERGANG DN100</t>
         </is>
       </c>
       <c r="D60" t="inlineStr"/>
       <c r="E60" t="inlineStr"/>
       <c r="F60" t="inlineStr"/>
       <c r="G60" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H60" t="inlineStr">
         <is>
-          <t>5.00</t>
+          <t>18.80</t>
         </is>
       </c>
       <c r="I60" t="inlineStr">
         <is>
-          <t>52.61 €</t>
+          <t>206.83 €</t>
         </is>
       </c>
     </row>
     <row r="61" ht="15" customHeight="1">
       <c r="A61" t="inlineStr">
         <is>
-          <t>AR12399</t>
+          <t>AR12332</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>-</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
-          <t>Halterung/Klaue 40/50 für KRT DN40/ ERT DN50</t>
+          <t>MESSGEBER SALTEC SENSE M</t>
         </is>
       </c>
       <c r="D61" t="inlineStr"/>
       <c r="E61" t="inlineStr"/>
-      <c r="F61" t="inlineStr"/>
-[...9 lines deleted...]
-      </c>
+      <c r="F61" t="inlineStr">
+        <is>
+          <t>Zubehör</t>
+        </is>
+      </c>
+      <c r="G61" t="inlineStr"/>
+      <c r="H61" t="inlineStr"/>
       <c r="I61" t="inlineStr">
         <is>
-          <t>18.41 €</t>
+          <t>1.00 €</t>
         </is>
       </c>
     </row>
     <row r="62" ht="15" customHeight="1">
       <c r="A62" t="inlineStr">
         <is>
-          <t>AR12400</t>
+          <t>AR12390</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
-          <t>Auslaufkrümmer DN80</t>
+          <t>Schwimmschalter Compacta U7/C - KS1 s-M</t>
         </is>
       </c>
       <c r="D62" t="inlineStr"/>
       <c r="E62" t="inlineStr"/>
       <c r="F62" t="inlineStr"/>
       <c r="G62" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H62" t="inlineStr">
         <is>
-          <t>6.60</t>
+          <t>1.20</t>
         </is>
       </c>
       <c r="I62" t="inlineStr">
         <is>
-          <t>75.53 €</t>
-[...3 lines deleted...]
-    <row r="63" ht="30" customHeight="1">
+          <t>118.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" ht="15" customHeight="1">
       <c r="A63" t="inlineStr">
         <is>
-          <t>AR12739GP</t>
+          <t>AR12391</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
-          <t>Grundplatte 1954x745x140 geschweißt  von Multitec MTC A 100/02-8.1 10.68</t>
-[...16 lines deleted...]
-      </c>
+          <t>Halterung/Klaue 50 für Stangenführung 2 Stangen</t>
+        </is>
+      </c>
+      <c r="D63" t="inlineStr"/>
+      <c r="E63" t="inlineStr"/>
+      <c r="F63" t="inlineStr"/>
       <c r="G63" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H63" t="inlineStr">
         <is>
-          <t>68.00</t>
+          <t>6.50</t>
         </is>
       </c>
       <c r="I63" t="inlineStr">
         <is>
-          <t>824.20 €</t>
+          <t>66.14 €</t>
         </is>
       </c>
     </row>
     <row r="64" ht="30" customHeight="1">
       <c r="A64" t="inlineStr">
         <is>
-          <t>AR12739KS</t>
+          <t>AR12393</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
-          <t>Kupplungsschutz  BS 189X130- 220 von Multitec MTC A 100/02-8.1 10.68</t>
-[...16 lines deleted...]
-      </c>
+          <t>2/2 Wege Magnetventil Servomembran 25,0 NBR G1 PN0-16 Bar 24V AC/DC 9W ID No 00053675</t>
+        </is>
+      </c>
+      <c r="D64" t="inlineStr"/>
+      <c r="E64" t="inlineStr"/>
+      <c r="F64" t="inlineStr"/>
       <c r="G64" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H64" t="inlineStr">
         <is>
-          <t>2.50</t>
+          <t>2.00</t>
         </is>
       </c>
       <c r="I64" t="inlineStr">
         <is>
-          <t>98.23 €</t>
-[...3 lines deleted...]
-    <row r="65" ht="30" customHeight="1">
+          <t>282.81 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" ht="15" customHeight="1">
       <c r="A65" t="inlineStr">
         <is>
-          <t>AR12739KT</t>
+          <t>AR12395</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
-          <t>Klauenteil N-160x65 von Multitec MTC A 100/02-8.1 10.68</t>
-[...16 lines deleted...]
-      </c>
+          <t>Halterung/Klaue 40/50 für Ama-Porter/Amarex-N DN50</t>
+        </is>
+      </c>
+      <c r="D65" t="inlineStr"/>
+      <c r="E65" t="inlineStr"/>
+      <c r="F65" t="inlineStr"/>
       <c r="G65" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H65" t="inlineStr">
         <is>
           <t>5.00</t>
         </is>
       </c>
       <c r="I65" t="inlineStr">
         <is>
-          <t>121.29 €</t>
-[...3 lines deleted...]
-    <row r="66" ht="30" customHeight="1">
+          <t>52.61 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" ht="15" customHeight="1">
       <c r="A66" t="inlineStr">
         <is>
-          <t>AR12739PT</t>
+          <t>AR12399</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
-          <t>Paketeil N.-160x40 von Multitec MTC A 100/02-8.1 10.68</t>
-[...16 lines deleted...]
-      </c>
+          <t>Halterung/Klaue 40/50 für KRT DN40/ ERT DN50</t>
+        </is>
+      </c>
+      <c r="D66" t="inlineStr"/>
+      <c r="E66" t="inlineStr"/>
+      <c r="F66" t="inlineStr"/>
       <c r="G66" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H66" t="inlineStr">
         <is>
-          <t>6.00</t>
+          <t>2.00</t>
         </is>
       </c>
       <c r="I66" t="inlineStr">
         <is>
-          <t>116.25 €</t>
+          <t>18.41 €</t>
         </is>
       </c>
     </row>
     <row r="67" ht="15" customHeight="1">
       <c r="A67" t="inlineStr">
         <is>
-          <t>AR12905-01</t>
+          <t>AR12400</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
-          <t>AUSGANGSFILTER      DU/DT FILTER-IP00-130B2838</t>
+          <t>Auslaufkrümmer DN80</t>
         </is>
       </c>
       <c r="D67" t="inlineStr"/>
       <c r="E67" t="inlineStr"/>
       <c r="F67" t="inlineStr"/>
       <c r="G67" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H67" t="inlineStr">
         <is>
-          <t>14.00</t>
+          <t>6.60</t>
         </is>
       </c>
       <c r="I67" t="inlineStr">
         <is>
-          <t>1561.00 €</t>
-[...3 lines deleted...]
-    <row r="68" ht="15" customHeight="1">
+          <t>75.53 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" ht="30" customHeight="1">
       <c r="A68" t="inlineStr">
         <is>
-          <t>AR12905-02</t>
+          <t>AR12688</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
-          <t>AUSGANGSFILTER      DU/DT FILTER-IP00-130B2838</t>
+          <t>KSB Flansch R 1 1/2" mit Schrauben und Scheiben, VA 1.4541</t>
         </is>
       </c>
       <c r="D68" t="inlineStr"/>
       <c r="E68" t="inlineStr"/>
-      <c r="F68" t="inlineStr"/>
+      <c r="F68" t="inlineStr">
+        <is>
+          <t>Zubehör &amp; Ersatzteile</t>
+        </is>
+      </c>
       <c r="G68" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H68" t="inlineStr">
         <is>
-          <t>14.00</t>
+          <t>6.50</t>
         </is>
       </c>
       <c r="I68" t="inlineStr">
         <is>
-          <t>1561.00 €</t>
+          <t>124.63 €</t>
         </is>
       </c>
     </row>
     <row r="69" ht="30" customHeight="1">
       <c r="A69" t="inlineStr">
         <is>
-          <t>AR12952</t>
+          <t>AR12739PT</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
-          <t>WILO</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
-          <t>WILO Wärmedämmschale für die Serie Stratos Pico Art. Nr.:  4147206</t>
+          <t>Paketeil N.-160x40 von Multitec MTC A 100/02-8.1 10.68</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
-          <t>["Wilo Stratos"]</t>
-[...2 lines deleted...]
-      <c r="E69" t="inlineStr"/>
+          <t>["Multitec A-D"]</t>
+        </is>
+      </c>
+      <c r="E69" t="inlineStr">
+        <is>
+          <t>["100/002"]</t>
+        </is>
+      </c>
       <c r="F69" t="inlineStr">
         <is>
-          <t>Nassläuferpumpen</t>
-[...2 lines deleted...]
-      <c r="G69" t="inlineStr"/>
+          <t>Mehrstufige Pumpen</t>
+        </is>
+      </c>
+      <c r="G69" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
       <c r="H69" t="inlineStr">
         <is>
-          <t>2.00</t>
+          <t>6.00</t>
         </is>
       </c>
       <c r="I69" t="inlineStr">
         <is>
-          <t>9.01 €</t>
-[...3 lines deleted...]
-    <row r="70" ht="30" customHeight="1">
+          <t>116.25 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" ht="15" customHeight="1">
       <c r="A70" t="inlineStr">
         <is>
-          <t>AR12954</t>
+          <t>AR12905-01</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
-          <t>WILO</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
-          <t>WILO Zubehör für Pumpen TOP-D 14,0 muF/280VDB (für TOP-D 80)  Art. Nr.:  2081831</t>
+          <t>AUSGANGSFILTER      DU/DT FILTER-IP00-130B2838</t>
         </is>
       </c>
       <c r="D70" t="inlineStr"/>
       <c r="E70" t="inlineStr"/>
-      <c r="F70" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F70" t="inlineStr"/>
       <c r="G70" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H70" t="inlineStr">
         <is>
-          <t>2.00</t>
+          <t>14.00</t>
         </is>
       </c>
       <c r="I70" t="inlineStr">
         <is>
-          <t>61.69 €</t>
-[...3 lines deleted...]
-    <row r="71" ht="30" customHeight="1">
+          <t>1561.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" ht="15" customHeight="1">
       <c r="A71" t="inlineStr">
         <is>
-          <t>AR12955</t>
+          <t>AR12905-02</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
-          <t>WILO</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
-          <t>WILO Pumpensteuerung/Zubehör VR-HVAC-System EBM/ESM 1-4  Art. Nr.: 2022277</t>
+          <t>AUSGANGSFILTER      DU/DT FILTER-IP00-130B2838</t>
         </is>
       </c>
       <c r="D71" t="inlineStr"/>
       <c r="E71" t="inlineStr"/>
-      <c r="F71" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F71" t="inlineStr"/>
       <c r="G71" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H71" t="inlineStr">
         <is>
-          <t>2.00</t>
+          <t>14.00</t>
         </is>
       </c>
       <c r="I71" t="inlineStr">
         <is>
-          <t>101.46 €</t>
+          <t>1561.00 €</t>
         </is>
       </c>
     </row>
     <row r="72" ht="30" customHeight="1">
       <c r="A72" t="inlineStr">
         <is>
-          <t>AR12957</t>
+          <t>AR12952</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>WILO</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
-          <t>WILO Wärmedämmschalen für Stratos Yonos PICO 15/1-6 Art. Nr.:  4206066</t>
+          <t>WILO Wärmedämmschale für die Serie Stratos Pico Art. Nr.:  4147206</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
           <t>["Wilo Stratos"]</t>
         </is>
       </c>
       <c r="E72" t="inlineStr"/>
       <c r="F72" t="inlineStr">
         <is>
           <t>Nassläuferpumpen</t>
         </is>
       </c>
       <c r="G72" t="inlineStr"/>
       <c r="H72" t="inlineStr">
         <is>
           <t>2.00</t>
         </is>
       </c>
       <c r="I72" t="inlineStr">
         <is>
-          <t>15.00 €</t>
+          <t>24.33 €</t>
         </is>
       </c>
     </row>
     <row r="73" ht="30" customHeight="1">
       <c r="A73" t="inlineStr">
         <is>
-          <t>AR12984</t>
+          <t>AR12954</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>WILO</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
-          <t>Ausgangsfilter Sinus Filter-IP54-19  für PumpDrive-R 4.0 kW oder 5,5 kW</t>
+          <t>WILO Zubehör für Pumpen TOP-D 14,0 muF/280VDB (für TOP-D 80)  Art. Nr.:  2081831</t>
         </is>
       </c>
       <c r="D73" t="inlineStr"/>
       <c r="E73" t="inlineStr"/>
-      <c r="F73" t="inlineStr"/>
+      <c r="F73" t="inlineStr">
+        <is>
+          <t>Nassläuferpumpen</t>
+        </is>
+      </c>
       <c r="G73" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H73" t="inlineStr">
         <is>
-          <t>51.00</t>
+          <t>2.00</t>
         </is>
       </c>
       <c r="I73" t="inlineStr">
         <is>
-          <t>2078.74 €</t>
-[...3 lines deleted...]
-    <row r="74" ht="15" customHeight="1">
+          <t>61.69 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" ht="30" customHeight="1">
       <c r="A74" t="inlineStr">
         <is>
-          <t>AR13026</t>
+          <t>AR12955</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>WILO</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
-          <t>MOTORFUSS IEC 132M SUPRB 1036</t>
+          <t>WILO Pumpensteuerung/Zubehör VR-HVAC-System EBM/ESM 1-4  Art. Nr.: 2022277</t>
         </is>
       </c>
       <c r="D74" t="inlineStr"/>
       <c r="E74" t="inlineStr"/>
       <c r="F74" t="inlineStr">
         <is>
-          <t>Zubehör</t>
+          <t>Inline-Umwälzpumpen</t>
         </is>
       </c>
       <c r="G74" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H74" t="inlineStr">
         <is>
-          <t>2.50</t>
+          <t>2.00</t>
         </is>
       </c>
       <c r="I74" t="inlineStr">
         <is>
-          <t>48.73 €</t>
-[...3 lines deleted...]
-    <row r="75" ht="15" customHeight="1">
+          <t>101.46 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="75" ht="30" customHeight="1">
       <c r="A75" t="inlineStr">
         <is>
-          <t>AR13027</t>
+          <t>AR12957</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>WILO</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
-          <t>MOTORFUSS  SPE-VOLT IEC132M1036</t>
-[...2 lines deleted...]
-      <c r="D75" t="inlineStr"/>
+          <t>WILO Wärmedämmschalen für Stratos Yonos PICO 15/1-6 Art. Nr.:  4206066</t>
+        </is>
+      </c>
+      <c r="D75" t="inlineStr">
+        <is>
+          <t>["Wilo Stratos"]</t>
+        </is>
+      </c>
       <c r="E75" t="inlineStr"/>
       <c r="F75" t="inlineStr">
         <is>
-          <t>Zubehör</t>
-[...6 lines deleted...]
-      </c>
+          <t>Nassläuferpumpen</t>
+        </is>
+      </c>
+      <c r="G75" t="inlineStr"/>
       <c r="H75" t="inlineStr">
         <is>
-          <t>2.50</t>
+          <t>2.00</t>
         </is>
       </c>
       <c r="I75" t="inlineStr">
         <is>
-          <t>34.76 €</t>
-[...3 lines deleted...]
-    <row r="76" ht="15" customHeight="1">
+          <t>25.17 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" ht="30" customHeight="1">
       <c r="A76" t="inlineStr">
         <is>
-          <t>AR13028</t>
+          <t>AR12984</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
-          <t>MOTORFUSS  SPE-VOLT IEC100 1036</t>
+          <t>Ausgangsfilter Sinus Filter-IP54-19  für PumpDrive-R 4.0 kW oder 5,5 kW</t>
         </is>
       </c>
       <c r="D76" t="inlineStr"/>
       <c r="E76" t="inlineStr"/>
-      <c r="F76" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F76" t="inlineStr"/>
       <c r="G76" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H76" t="inlineStr">
         <is>
-          <t>2.50</t>
+          <t>51.00</t>
         </is>
       </c>
       <c r="I76" t="inlineStr">
         <is>
-          <t>17.80 €</t>
+          <t>2078.74 €</t>
         </is>
       </c>
     </row>
     <row r="77" ht="15" customHeight="1">
       <c r="A77" t="inlineStr">
         <is>
-          <t>AR13029</t>
+          <t>AR13026</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
-          <t>MOTORFUSS  IEC 71 SUPREME 1036</t>
+          <t>MOTORFUSS IEC 132M SUPRB 1036</t>
         </is>
       </c>
       <c r="D77" t="inlineStr"/>
       <c r="E77" t="inlineStr"/>
       <c r="F77" t="inlineStr">
         <is>
           <t>Zubehör</t>
         </is>
       </c>
       <c r="G77" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H77" t="inlineStr">
         <is>
           <t>2.50</t>
         </is>
       </c>
       <c r="I77" t="inlineStr">
         <is>
-          <t>24.36 €</t>
+          <t>48.73 €</t>
         </is>
       </c>
     </row>
     <row r="78" ht="15" customHeight="1">
       <c r="A78" t="inlineStr">
         <is>
-          <t>AR13030</t>
+          <t>AR13027</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
-          <t>MOTORFUSS   SPE-VOLT IEC90S 1036</t>
+          <t>MOTORFUSS  SPE-VOLT IEC132M1036</t>
         </is>
       </c>
       <c r="D78" t="inlineStr"/>
       <c r="E78" t="inlineStr"/>
       <c r="F78" t="inlineStr">
         <is>
           <t>Zubehör</t>
         </is>
       </c>
       <c r="G78" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H78" t="inlineStr">
         <is>
           <t>2.50</t>
         </is>
       </c>
       <c r="I78" t="inlineStr">
         <is>
-          <t>15.65 €</t>
+          <t>34.76 €</t>
         </is>
       </c>
     </row>
     <row r="79" ht="15" customHeight="1">
       <c r="A79" t="inlineStr">
         <is>
-          <t>AR13031</t>
+          <t>AR13028</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
-          <t>MOTORFUSS SPE-VOLT IEC112 1036</t>
+          <t>MOTORFUSS  SPE-VOLT IEC100 1036</t>
         </is>
       </c>
       <c r="D79" t="inlineStr"/>
       <c r="E79" t="inlineStr"/>
       <c r="F79" t="inlineStr">
         <is>
           <t>Zubehör</t>
         </is>
       </c>
       <c r="G79" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H79" t="inlineStr">
         <is>
           <t>2.50</t>
         </is>
       </c>
       <c r="I79" t="inlineStr">
         <is>
-          <t>21.25 €</t>
+          <t>17.80 €</t>
         </is>
       </c>
     </row>
     <row r="80" ht="15" customHeight="1">
       <c r="A80" t="inlineStr">
         <is>
-          <t>AR13032</t>
+          <t>AR13029</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
-          <t>MOTORFUSS SPE-VOLT IEC71M 5002</t>
+          <t>MOTORFUSS  IEC 71 SUPREME 1036</t>
         </is>
       </c>
       <c r="D80" t="inlineStr"/>
       <c r="E80" t="inlineStr"/>
       <c r="F80" t="inlineStr">
         <is>
           <t>Zubehör</t>
         </is>
       </c>
       <c r="G80" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H80" t="inlineStr">
         <is>
           <t>2.50</t>
         </is>
       </c>
       <c r="I80" t="inlineStr">
         <is>
-          <t>9.24 €</t>
+          <t>24.36 €</t>
         </is>
       </c>
     </row>
     <row r="81" ht="15" customHeight="1">
       <c r="A81" t="inlineStr">
         <is>
-          <t>AR13033</t>
+          <t>AR13030</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
-          <t>MOTORFUSS SPE-VOLT IEC71 1036</t>
+          <t>MOTORFUSS   SPE-VOLT IEC90S 1036</t>
         </is>
       </c>
       <c r="D81" t="inlineStr"/>
       <c r="E81" t="inlineStr"/>
       <c r="F81" t="inlineStr">
         <is>
           <t>Zubehör</t>
         </is>
       </c>
       <c r="G81" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H81" t="inlineStr">
         <is>
           <t>2.50</t>
         </is>
       </c>
       <c r="I81" t="inlineStr">
         <is>
-          <t>10.66 €</t>
+          <t>15.65 €</t>
         </is>
       </c>
     </row>
     <row r="82" ht="15" customHeight="1">
       <c r="A82" t="inlineStr">
         <is>
-          <t>AR13034</t>
+          <t>AR13031</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
-          <t>MOTORFUSS SPE-VOLT IEC80 1036</t>
+          <t>MOTORFUSS SPE-VOLT IEC112 1036</t>
         </is>
       </c>
       <c r="D82" t="inlineStr"/>
       <c r="E82" t="inlineStr"/>
       <c r="F82" t="inlineStr">
         <is>
           <t>Zubehör</t>
         </is>
       </c>
       <c r="G82" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H82" t="inlineStr">
         <is>
           <t>2.50</t>
         </is>
       </c>
       <c r="I82" t="inlineStr">
         <is>
-          <t>13.58 €</t>
+          <t>21.25 €</t>
         </is>
       </c>
     </row>
     <row r="83" ht="15" customHeight="1">
       <c r="A83" t="inlineStr">
         <is>
-          <t>AR13401</t>
+          <t>AR13032</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
-          <t>Reel</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
-          <t>Membrandruckbehälter DT 80-PN10 DN 50</t>
+          <t>MOTORFUSS SPE-VOLT IEC71M 5002</t>
         </is>
       </c>
       <c r="D83" t="inlineStr"/>
       <c r="E83" t="inlineStr"/>
       <c r="F83" t="inlineStr">
         <is>
-          <t>Druckerhoehungsanlagen Zubehoer</t>
+          <t>Zubehör</t>
         </is>
       </c>
       <c r="G83" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H83" t="inlineStr">
         <is>
-          <t>48.70</t>
+          <t>2.50</t>
         </is>
       </c>
       <c r="I83" t="inlineStr">
         <is>
-          <t>647.92 €</t>
+          <t>9.24 €</t>
         </is>
       </c>
     </row>
     <row r="84" ht="15" customHeight="1">
       <c r="A84" t="inlineStr">
         <is>
-          <t>AR13461</t>
+          <t>AR13033</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
-          <t>KIT Flanschkrümmer INST 50 ISO C NBR</t>
+          <t>MOTORFUSS SPE-VOLT IEC71 1036</t>
         </is>
       </c>
       <c r="D84" t="inlineStr"/>
       <c r="E84" t="inlineStr"/>
-      <c r="F84" t="inlineStr"/>
+      <c r="F84" t="inlineStr">
+        <is>
+          <t>Zubehör</t>
+        </is>
+      </c>
       <c r="G84" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H84" t="inlineStr">
         <is>
-          <t>17.00</t>
+          <t>2.50</t>
         </is>
       </c>
       <c r="I84" t="inlineStr">
         <is>
-          <t>531.42 €</t>
+          <t>10.66 €</t>
         </is>
       </c>
     </row>
     <row r="85" ht="15" customHeight="1">
       <c r="A85" t="inlineStr">
         <is>
-          <t>AR13772</t>
+          <t>AR13034</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
-          <t>Halterung DN200 EN-GJS-400-15-NBR KRT</t>
+          <t>MOTORFUSS SPE-VOLT IEC80 1036</t>
         </is>
       </c>
       <c r="D85" t="inlineStr"/>
       <c r="E85" t="inlineStr"/>
-      <c r="F85" t="inlineStr"/>
-[...1 lines deleted...]
-      <c r="H85" t="inlineStr"/>
+      <c r="F85" t="inlineStr">
+        <is>
+          <t>Zubehör</t>
+        </is>
+      </c>
+      <c r="G85" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="H85" t="inlineStr">
+        <is>
+          <t>2.50</t>
+        </is>
+      </c>
       <c r="I85" t="inlineStr">
         <is>
-          <t>738.72 €</t>
-[...3 lines deleted...]
-    <row r="86" ht="30" customHeight="1">
+          <t>13.58 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="86" ht="15" customHeight="1">
       <c r="A86" t="inlineStr">
         <is>
-          <t>AR13903</t>
+          <t>AR13401</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Reel</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
-          <t>Ersatzlaufteil 1,65KW 1PH. US1.040 (Mini) Compacta US1.40E 230V</t>
+          <t>Membrandruckbehälter DT 80-PN10 DN 50</t>
         </is>
       </c>
       <c r="D86" t="inlineStr"/>
       <c r="E86" t="inlineStr"/>
       <c r="F86" t="inlineStr">
         <is>
-          <t>Hebeanlagen</t>
+          <t>Druckerhoehungsanlagen Zubehoer</t>
         </is>
       </c>
       <c r="G86" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H86" t="inlineStr">
         <is>
-          <t>43.00</t>
+          <t>48.70</t>
         </is>
       </c>
       <c r="I86" t="inlineStr">
         <is>
-          <t>1078.88 €</t>
+          <t>647.92 €</t>
         </is>
       </c>
     </row>
     <row r="87" ht="15" customHeight="1">
       <c r="A87" t="inlineStr">
         <is>
-          <t>AR14136A</t>
+          <t>AR13461</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
-          <t>Behälter 8L 16 BAR Grün</t>
+          <t>KIT Flanschkrümmer INST 50 ISO C NBR</t>
         </is>
       </c>
       <c r="D87" t="inlineStr"/>
       <c r="E87" t="inlineStr"/>
-      <c r="F87" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F87" t="inlineStr"/>
       <c r="G87" t="inlineStr">
         <is>
-          <t>B1: A: neu / standard</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H87" t="inlineStr">
         <is>
-          <t>3.00</t>
+          <t>17.00</t>
         </is>
       </c>
       <c r="I87" t="inlineStr">
         <is>
-          <t>109.71 €</t>
+          <t>531.42 €</t>
         </is>
       </c>
     </row>
     <row r="88" ht="15" customHeight="1">
       <c r="A88" t="inlineStr">
         <is>
-          <t>AR14136B</t>
+          <t>AR13772</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
-          <t>Behälter 8L 16 BAR Grün</t>
+          <t>Halterung DN200 EN-GJS-400-15-NBR KRT</t>
         </is>
       </c>
       <c r="D88" t="inlineStr"/>
       <c r="E88" t="inlineStr"/>
-      <c r="F88" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="F88" t="inlineStr"/>
+      <c r="G88" t="inlineStr"/>
+      <c r="H88" t="inlineStr"/>
       <c r="I88" t="inlineStr">
         <is>
-          <t>109.71 €</t>
-[...3 lines deleted...]
-    <row r="89" ht="15" customHeight="1">
+          <t>738.72 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="89" ht="30" customHeight="1">
       <c r="A89" t="inlineStr">
         <is>
-          <t>AR14136C</t>
+          <t>AR13903</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
-          <t>Behälter 8L 16 BAR Grün</t>
+          <t>Ersatzlaufteil 1,65KW 1PH. US1.040 (Mini) Compacta US1.40E 230V</t>
         </is>
       </c>
       <c r="D89" t="inlineStr"/>
       <c r="E89" t="inlineStr"/>
       <c r="F89" t="inlineStr">
         <is>
-          <t>Druckerhoehungsanlagen Zubehoer</t>
+          <t>Hebeanlagen</t>
         </is>
       </c>
       <c r="G89" t="inlineStr">
         <is>
-          <t>B1: A: neu / standard</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H89" t="inlineStr">
         <is>
-          <t>3.00</t>
+          <t>43.00</t>
         </is>
       </c>
       <c r="I89" t="inlineStr">
         <is>
-          <t>109.71 €</t>
+          <t>1078.88 €</t>
         </is>
       </c>
     </row>
     <row r="90" ht="15" customHeight="1">
       <c r="A90" t="inlineStr">
         <is>
-          <t>AR14136D</t>
+          <t>AR14136A</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
-          <t>Behälter DD 8-PN 16-G 3/4 Blau</t>
+          <t>Behälter 8L 16 BAR Grün</t>
         </is>
       </c>
       <c r="D90" t="inlineStr"/>
       <c r="E90" t="inlineStr"/>
       <c r="F90" t="inlineStr">
         <is>
           <t>Druckerhoehungsanlagen Zubehoer</t>
         </is>
       </c>
       <c r="G90" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H90" t="inlineStr">
         <is>
           <t>3.00</t>
         </is>
       </c>
       <c r="I90" t="inlineStr">
         <is>
           <t>109.71 €</t>
         </is>
       </c>
     </row>
     <row r="91" ht="15" customHeight="1">
       <c r="A91" t="inlineStr">
         <is>
-          <t>AR14221</t>
+          <t>AR14136B</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
-          <t>BEFESTIGUNGSSATZ PDRV2_  DISPLAY WANDH.</t>
+          <t>Behälter 8L 16 BAR Grün</t>
         </is>
       </c>
       <c r="D91" t="inlineStr"/>
       <c r="E91" t="inlineStr"/>
       <c r="F91" t="inlineStr">
         <is>
-          <t>Zubehör (NW)</t>
+          <t>Druckerhoehungsanlagen Zubehoer</t>
         </is>
       </c>
       <c r="G91" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H91" t="inlineStr">
         <is>
-          <t>0.50</t>
+          <t>3.00</t>
         </is>
       </c>
       <c r="I91" t="inlineStr">
         <is>
-          <t>27.31 €</t>
+          <t>109.71 €</t>
         </is>
       </c>
     </row>
     <row r="92" ht="15" customHeight="1">
       <c r="A92" t="inlineStr">
         <is>
-          <t>AR14264</t>
+          <t>AR14136C</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
-          <t>HALTERUNG        ZUB.15/45/60/75GRD</t>
+          <t>Behälter 8L 16 BAR Grün</t>
         </is>
       </c>
       <c r="D92" t="inlineStr"/>
       <c r="E92" t="inlineStr"/>
-      <c r="F92" t="inlineStr"/>
+      <c r="F92" t="inlineStr">
+        <is>
+          <t>Druckerhoehungsanlagen Zubehoer</t>
+        </is>
+      </c>
       <c r="G92" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H92" t="inlineStr">
         <is>
-          <t>10.00</t>
+          <t>3.00</t>
         </is>
       </c>
       <c r="I92" t="inlineStr">
         <is>
-          <t>359.42 €</t>
+          <t>109.71 €</t>
         </is>
       </c>
     </row>
     <row r="93" ht="15" customHeight="1">
       <c r="A93" t="inlineStr">
         <is>
-          <t>AR14269</t>
+          <t>AR14136D</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
-          <t>Halterung DN200 EN-GJS-400-15-NBR KRT</t>
+          <t>Behälter DD 8-PN 16-G 3/4 Blau</t>
         </is>
       </c>
       <c r="D93" t="inlineStr"/>
       <c r="E93" t="inlineStr"/>
-      <c r="F93" t="inlineStr"/>
-      <c r="G93" t="inlineStr"/>
+      <c r="F93" t="inlineStr">
+        <is>
+          <t>Druckerhoehungsanlagen Zubehoer</t>
+        </is>
+      </c>
+      <c r="G93" t="inlineStr">
+        <is>
+          <t>B1: A: neu / standard</t>
+        </is>
+      </c>
       <c r="H93" t="inlineStr">
         <is>
-          <t>41.00</t>
+          <t>3.00</t>
         </is>
       </c>
       <c r="I93" t="inlineStr">
         <is>
-          <t>761.27 €</t>
+          <t>109.71 €</t>
         </is>
       </c>
     </row>
     <row r="94" ht="15" customHeight="1">
       <c r="A94" t="inlineStr">
         <is>
-          <t>AR14270</t>
+          <t>AR14221</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
-          <t>HALTERUNG        DN100</t>
+          <t>BEFESTIGUNGSSATZ PDRV2_  DISPLAY WANDH.</t>
         </is>
       </c>
       <c r="D94" t="inlineStr"/>
       <c r="E94" t="inlineStr"/>
-      <c r="F94" t="inlineStr"/>
+      <c r="F94" t="inlineStr">
+        <is>
+          <t>Zubehör (NW)</t>
+        </is>
+      </c>
       <c r="G94" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H94" t="inlineStr">
         <is>
-          <t>16.00</t>
+          <t>0.50</t>
         </is>
       </c>
       <c r="I94" t="inlineStr">
         <is>
-          <t>414.20 €</t>
+          <t>27.31 €</t>
         </is>
       </c>
     </row>
     <row r="95" ht="15" customHeight="1">
       <c r="A95" t="inlineStr">
         <is>
-          <t>AR14272</t>
+          <t>AR14264</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
-          <t>LAUFRAD AMAREX  S, DURCHM. 160</t>
+          <t>HALTERUNG        ZUB.15/45/60/75GRD</t>
         </is>
       </c>
       <c r="D95" t="inlineStr"/>
       <c r="E95" t="inlineStr"/>
-      <c r="F95" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F95" t="inlineStr"/>
       <c r="G95" t="inlineStr">
         <is>
-          <t>B1: A: neu / standard</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H95" t="inlineStr">
         <is>
-          <t>2.00</t>
+          <t>10.00</t>
         </is>
       </c>
       <c r="I95" t="inlineStr">
         <is>
-          <t>308.20 €</t>
+          <t>359.42 €</t>
         </is>
       </c>
     </row>
     <row r="96" ht="15" customHeight="1">
       <c r="A96" t="inlineStr">
         <is>
-          <t>AR14310</t>
+          <t>AR14269</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
-          <t>KIT-LAUFRADKOERPER DILACERA f. Amarex-N50-172/222</t>
+          <t>Halterung DN200 EN-GJS-400-15-NBR KRT</t>
         </is>
       </c>
       <c r="D96" t="inlineStr"/>
       <c r="E96" t="inlineStr"/>
-      <c r="F96" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F96" t="inlineStr"/>
+      <c r="G96" t="inlineStr"/>
       <c r="H96" t="inlineStr">
         <is>
-          <t>1.00</t>
+          <t>41.00</t>
         </is>
       </c>
       <c r="I96" t="inlineStr">
         <is>
-          <t>288.99 €</t>
+          <t>761.27 €</t>
         </is>
       </c>
     </row>
     <row r="97" ht="15" customHeight="1">
       <c r="A97" t="inlineStr">
         <is>
-          <t>AR14313</t>
+          <t>AR14270</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
-          <t>AMAREX N AUFSTELLTEILE DN50</t>
+          <t>HALTERUNG        DN100</t>
         </is>
       </c>
       <c r="D97" t="inlineStr"/>
       <c r="E97" t="inlineStr"/>
-      <c r="F97" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F97" t="inlineStr"/>
       <c r="G97" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H97" t="inlineStr">
         <is>
-          <t>4.00</t>
+          <t>16.00</t>
         </is>
       </c>
       <c r="I97" t="inlineStr">
         <is>
-          <t>1.00 €</t>
+          <t>414.20 €</t>
         </is>
       </c>
     </row>
     <row r="98" ht="15" customHeight="1">
       <c r="A98" t="inlineStr">
         <is>
-          <t>AR14314</t>
+          <t>AR14272</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
-          <t>Zubehör KIT 65/80 ISO 2 Stangen blau f. Amarex N</t>
+          <t>LAUFRAD AMAREX  S, DURCHM. 160</t>
         </is>
       </c>
       <c r="D98" t="inlineStr"/>
       <c r="E98" t="inlineStr"/>
       <c r="F98" t="inlineStr">
         <is>
           <t>Tauchmotorpumpen</t>
         </is>
       </c>
       <c r="G98" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H98" t="inlineStr">
         <is>
-          <t>26.00</t>
+          <t>2.00</t>
         </is>
       </c>
       <c r="I98" t="inlineStr">
         <is>
-          <t>445.93 €</t>
+          <t>308.20 €</t>
         </is>
       </c>
     </row>
     <row r="99" ht="15" customHeight="1">
       <c r="A99" t="inlineStr">
         <is>
-          <t>AR14316</t>
+          <t>AR14310</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
-          <t>LFRD für Sewatec D 150-401G H 412mm</t>
+          <t>KIT-LAUFRADKOERPER DILACERA f. Amarex-N50-172/222</t>
         </is>
       </c>
       <c r="D99" t="inlineStr"/>
       <c r="E99" t="inlineStr"/>
       <c r="F99" t="inlineStr">
         <is>
-          <t>Ersatzteile &amp; Zubehör</t>
+          <t>Tauchmotorpumpen</t>
         </is>
       </c>
       <c r="G99" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H99" t="inlineStr">
         <is>
-          <t>69.00</t>
+          <t>1.00</t>
         </is>
       </c>
       <c r="I99" t="inlineStr">
         <is>
-          <t>4102.90 €</t>
+          <t>288.99 €</t>
         </is>
       </c>
     </row>
     <row r="100" ht="15" customHeight="1">
       <c r="A100" t="inlineStr">
         <is>
-          <t>AR14338</t>
+          <t>AR14313</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
-          <t>ERSATZTEILKIT EN-WE25 G4</t>
+          <t>AMAREX N AUFSTELLTEILE DN50</t>
         </is>
       </c>
       <c r="D100" t="inlineStr"/>
       <c r="E100" t="inlineStr"/>
       <c r="F100" t="inlineStr">
         <is>
-          <t>Ersatzteile</t>
+          <t>Tauchmotorpumpen</t>
         </is>
       </c>
       <c r="G100" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H100" t="inlineStr">
         <is>
-          <t>0.50</t>
+          <t>4.00</t>
         </is>
       </c>
       <c r="I100" t="inlineStr">
         <is>
-          <t>321.97 €</t>
+          <t>1.00 €</t>
         </is>
       </c>
     </row>
     <row r="101" ht="15" customHeight="1">
       <c r="A101" t="inlineStr">
         <is>
-          <t>AR14344</t>
+          <t>AR14314</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
-          <t>Abdeckung Size D (Set) ohne Schrauben</t>
+          <t>Zubehör KIT 65/80 ISO 2 Stangen blau f. Amarex N</t>
         </is>
       </c>
       <c r="D101" t="inlineStr"/>
       <c r="E101" t="inlineStr"/>
       <c r="F101" t="inlineStr">
         <is>
-          <t>Ersatzteile</t>
+          <t>Tauchmotorpumpen</t>
         </is>
       </c>
       <c r="G101" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
-      <c r="H101" t="inlineStr"/>
+      <c r="H101" t="inlineStr">
+        <is>
+          <t>26.00</t>
+        </is>
+      </c>
       <c r="I101" t="inlineStr">
         <is>
-          <t>336.00 €</t>
+          <t>445.93 €</t>
         </is>
       </c>
     </row>
     <row r="102" ht="15" customHeight="1">
       <c r="A102" t="inlineStr">
         <is>
-          <t>AR14345</t>
+          <t>AR14316</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
-          <t>Abdeckung Size A (Set) ohne Schrauben</t>
+          <t>LFRD für Sewatec D 150-401G H 412mm</t>
         </is>
       </c>
       <c r="D102" t="inlineStr"/>
       <c r="E102" t="inlineStr"/>
       <c r="F102" t="inlineStr">
         <is>
-          <t>Ersatzteile</t>
+          <t>Ersatzteile &amp; Zubehör</t>
         </is>
       </c>
       <c r="G102" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
-      <c r="H102" t="inlineStr"/>
+      <c r="H102" t="inlineStr">
+        <is>
+          <t>69.00</t>
+        </is>
+      </c>
       <c r="I102" t="inlineStr">
         <is>
-          <t>260.05 €</t>
+          <t>4102.90 €</t>
         </is>
       </c>
     </row>
     <row r="103" ht="15" customHeight="1">
       <c r="A103" t="inlineStr">
         <is>
-          <t>AR14346</t>
+          <t>AR14338</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
-          <t>Abdeckung Size B (Set) ohne Schrauben</t>
+          <t>ERSATZTEILKIT EN-WE25 G4</t>
         </is>
       </c>
       <c r="D103" t="inlineStr"/>
       <c r="E103" t="inlineStr"/>
       <c r="F103" t="inlineStr">
         <is>
           <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G103" t="inlineStr">
         <is>
-          <t>B1: A: neu / standard</t>
-[...2 lines deleted...]
-      <c r="H103" t="inlineStr"/>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="H103" t="inlineStr">
+        <is>
+          <t>0.50</t>
+        </is>
+      </c>
       <c r="I103" t="inlineStr">
         <is>
-          <t>317.89 €</t>
+          <t>321.97 €</t>
         </is>
       </c>
     </row>
     <row r="104" ht="15" customHeight="1">
       <c r="A104" t="inlineStr">
         <is>
-          <t>AR14347</t>
+          <t>AR14344</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
-          <t>Abdeckung Size C (Set) ohne Schrauben</t>
+          <t>Abdeckung Size D (Set) ohne Schrauben</t>
         </is>
       </c>
       <c r="D104" t="inlineStr"/>
       <c r="E104" t="inlineStr"/>
       <c r="F104" t="inlineStr">
         <is>
           <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G104" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H104" t="inlineStr"/>
       <c r="I104" t="inlineStr">
         <is>
-          <t>313.72 €</t>
-[...3 lines deleted...]
-    <row r="105" ht="30" customHeight="1">
+          <t>336.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="105" ht="15" customHeight="1">
       <c r="A105" t="inlineStr">
         <is>
-          <t>AR14631</t>
+          <t>AR14345</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
-          <t>Booster Control Advanced 1.5.0 ADV. 3PP, alte Ausführung</t>
+          <t>Abdeckung Size A (Set) ohne Schrauben</t>
         </is>
       </c>
       <c r="D105" t="inlineStr"/>
       <c r="E105" t="inlineStr"/>
       <c r="F105" t="inlineStr">
         <is>
-          <t>Zubehör</t>
+          <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G105" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
-[...6 lines deleted...]
-      </c>
+          <t>B1: A: neu / standard</t>
+        </is>
+      </c>
+      <c r="H105" t="inlineStr"/>
       <c r="I105" t="inlineStr">
         <is>
-          <t>392.75 €</t>
-[...3 lines deleted...]
-    <row r="106" ht="30" customHeight="1">
+          <t>260.05 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="106" ht="15" customHeight="1">
       <c r="A106" t="inlineStr">
         <is>
-          <t>AR14633</t>
+          <t>AR14346</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
-          <t>Platte für PumpDrive Size C (UG1507255) + Motor BG 132</t>
+          <t>Abdeckung Size B (Set) ohne Schrauben</t>
         </is>
       </c>
       <c r="D106" t="inlineStr"/>
       <c r="E106" t="inlineStr"/>
       <c r="F106" t="inlineStr">
         <is>
-          <t>Zubehör</t>
-[...7 lines deleted...]
-      </c>
+          <t>Ersatzteile</t>
+        </is>
+      </c>
+      <c r="G106" t="inlineStr">
+        <is>
+          <t>B1: A: neu / standard</t>
+        </is>
+      </c>
+      <c r="H106" t="inlineStr"/>
       <c r="I106" t="inlineStr">
         <is>
-          <t>198.42 €</t>
+          <t>317.89 €</t>
         </is>
       </c>
     </row>
     <row r="107" ht="15" customHeight="1">
       <c r="A107" t="inlineStr">
         <is>
-          <t>AR14982-01A</t>
+          <t>AR14347</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
-          <t>Antriebslaterne WS25-132 EN-GJL-250/A48 CL 35B</t>
+          <t>Abdeckung Size C (Set) ohne Schrauben</t>
         </is>
       </c>
       <c r="D107" t="inlineStr"/>
       <c r="E107" t="inlineStr"/>
-      <c r="F107" t="inlineStr"/>
+      <c r="F107" t="inlineStr">
+        <is>
+          <t>Ersatzteile</t>
+        </is>
+      </c>
       <c r="G107" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
-[...6 lines deleted...]
-      </c>
+          <t>B1: A: neu / standard</t>
+        </is>
+      </c>
+      <c r="H107" t="inlineStr"/>
       <c r="I107" t="inlineStr">
         <is>
-          <t>778.94 €</t>
-[...3 lines deleted...]
-    <row r="108" ht="15" customHeight="1">
+          <t>313.72 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" ht="30" customHeight="1">
       <c r="A108" t="inlineStr">
         <is>
-          <t>AR15111</t>
+          <t>AR14631</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
-          <t>Stopfen für Sereviceschnittstelle PD1</t>
+          <t>Booster Control Advanced 1.5.0 ADV. 3PP, alte Ausführung</t>
         </is>
       </c>
       <c r="D108" t="inlineStr"/>
       <c r="E108" t="inlineStr"/>
       <c r="F108" t="inlineStr">
         <is>
-          <t>Ersatzteile</t>
+          <t>Zubehör</t>
         </is>
       </c>
       <c r="G108" t="inlineStr">
         <is>
-          <t>B1: A: neu / standard</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="H108" t="inlineStr">
         <is>
-          <t>0.20</t>
+          <t>3.10</t>
         </is>
       </c>
       <c r="I108" t="inlineStr">
         <is>
-          <t>6.17 €</t>
-[...3 lines deleted...]
-    <row r="109" ht="15" customHeight="1">
+          <t>392.75 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="109" ht="30" customHeight="1">
       <c r="A109" t="inlineStr">
         <is>
-          <t>AR15112</t>
+          <t>AR14633</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
-          <t>Abdeckplatte CM PD1</t>
+          <t>Platte für PumpDrive Size C (UG1507255) + Motor BG 132</t>
         </is>
       </c>
       <c r="D109" t="inlineStr"/>
       <c r="E109" t="inlineStr"/>
       <c r="F109" t="inlineStr">
         <is>
-          <t>Ersatzteile</t>
-[...6 lines deleted...]
-      </c>
+          <t>Zubehör</t>
+        </is>
+      </c>
+      <c r="G109" t="inlineStr"/>
       <c r="H109" t="inlineStr">
         <is>
-          <t>1.00</t>
+          <t>3.00</t>
         </is>
       </c>
       <c r="I109" t="inlineStr">
         <is>
-          <t>123.71 €</t>
+          <t>198.42 €</t>
         </is>
       </c>
     </row>
     <row r="110" ht="15" customHeight="1">
       <c r="A110" t="inlineStr">
         <is>
-          <t>AR15113</t>
+          <t>AR14982-01A</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
-          <t>Elektroteil PDR-Drahtbrücke PD1</t>
+          <t>Antriebslaterne WS25-132 EN-GJL-250/A48 CL 35B</t>
         </is>
       </c>
       <c r="D110" t="inlineStr"/>
       <c r="E110" t="inlineStr"/>
-      <c r="F110" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F110" t="inlineStr"/>
       <c r="G110" t="inlineStr">
         <is>
-          <t>B1: A: neu / standard</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H110" t="inlineStr">
         <is>
-          <t>0.03</t>
+          <t>9.40</t>
         </is>
       </c>
       <c r="I110" t="inlineStr">
         <is>
-          <t>0.98 €</t>
+          <t>778.94 €</t>
         </is>
       </c>
     </row>
     <row r="111" ht="15" customHeight="1">
       <c r="A111" t="inlineStr">
         <is>
-          <t>AR15114</t>
+          <t>AR15111</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
-          <t>Gehäuse Size B (4-7,5 kW) PD1</t>
+          <t>Stopfen für Sereviceschnittstelle PD1</t>
         </is>
       </c>
       <c r="D111" t="inlineStr"/>
       <c r="E111" t="inlineStr"/>
       <c r="F111" t="inlineStr">
         <is>
           <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G111" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H111" t="inlineStr">
         <is>
-          <t>1.00</t>
+          <t>0.20</t>
         </is>
       </c>
       <c r="I111" t="inlineStr">
         <is>
-          <t>130.68 €</t>
+          <t>6.17 €</t>
         </is>
       </c>
     </row>
     <row r="112" ht="15" customHeight="1">
       <c r="A112" t="inlineStr">
         <is>
-          <t>AR15115</t>
+          <t>AR15112</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
-          <t>Gehäuse Size D (30-45 kW) PD1</t>
+          <t>Abdeckplatte CM PD1</t>
         </is>
       </c>
       <c r="D112" t="inlineStr"/>
       <c r="E112" t="inlineStr"/>
       <c r="F112" t="inlineStr">
         <is>
           <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G112" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H112" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
       <c r="I112" t="inlineStr">
         <is>
-          <t>671.22 €</t>
-[...3 lines deleted...]
-    <row r="113" ht="30" customHeight="1">
+          <t>123.71 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="113" ht="15" customHeight="1">
       <c r="A113" t="inlineStr">
         <is>
-          <t>AR15116</t>
+          <t>AR15113</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
-          <t>Dichtungseinsatz Kabeleinführ.für 4 Signalleitungen PD1</t>
+          <t>Elektroteil PDR-Drahtbrücke PD1</t>
         </is>
       </c>
       <c r="D113" t="inlineStr"/>
       <c r="E113" t="inlineStr"/>
       <c r="F113" t="inlineStr">
         <is>
           <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G113" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H113" t="inlineStr">
         <is>
-          <t>1.00</t>
+          <t>0.03</t>
         </is>
       </c>
       <c r="I113" t="inlineStr">
         <is>
-          <t>12.35 €</t>
+          <t>0.98 €</t>
         </is>
       </c>
     </row>
     <row r="114" ht="15" customHeight="1">
       <c r="A114" t="inlineStr">
         <is>
-          <t>AR15117</t>
+          <t>AR15114</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
-          <t>Dichtungssatz HMI PD1</t>
+          <t>Gehäuse Size B (4-7,5 kW) PD1</t>
         </is>
       </c>
       <c r="D114" t="inlineStr"/>
       <c r="E114" t="inlineStr"/>
       <c r="F114" t="inlineStr">
         <is>
           <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G114" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H114" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
       <c r="I114" t="inlineStr">
         <is>
-          <t>59.06 €</t>
+          <t>130.68 €</t>
         </is>
       </c>
     </row>
     <row r="115" ht="15" customHeight="1">
       <c r="A115" t="inlineStr">
         <is>
-          <t>AR15118</t>
+          <t>AR15115</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
-          <t>Klemmenleiste REEL FU PD1</t>
+          <t>Gehäuse Size D (30-45 kW) PD1</t>
         </is>
       </c>
       <c r="D115" t="inlineStr"/>
       <c r="E115" t="inlineStr"/>
       <c r="F115" t="inlineStr">
         <is>
           <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G115" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H115" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
       <c r="I115" t="inlineStr">
         <is>
-          <t>38.70 €</t>
-[...3 lines deleted...]
-    <row r="116" ht="15" customHeight="1">
+          <t>671.22 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="116" ht="30" customHeight="1">
       <c r="A116" t="inlineStr">
         <is>
-          <t>AR15119</t>
+          <t>AR15116</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
-          <t>Abacus Resale GmbH</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
-          <t>Externer Lüfter für PD1 (1,5-3kW) Size A</t>
+          <t>Dichtungseinsatz Kabeleinführ.für 4 Signalleitungen PD1</t>
         </is>
       </c>
       <c r="D116" t="inlineStr"/>
       <c r="E116" t="inlineStr"/>
       <c r="F116" t="inlineStr">
         <is>
-          <t>Lüfter ganz</t>
+          <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G116" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
-      <c r="H116" t="inlineStr"/>
+      <c r="H116" t="inlineStr">
+        <is>
+          <t>1.00</t>
+        </is>
+      </c>
       <c r="I116" t="inlineStr">
         <is>
-          <t>89.77 €</t>
+          <t>12.35 €</t>
         </is>
       </c>
     </row>
     <row r="117" ht="15" customHeight="1">
       <c r="A117" t="inlineStr">
         <is>
-          <t>AR15121</t>
+          <t>AR15117</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
-          <t>Dichtungssatz Gehäuse Size D (30-45 kW) PD1</t>
+          <t>Dichtungssatz HMI PD1</t>
         </is>
       </c>
       <c r="D117" t="inlineStr"/>
       <c r="E117" t="inlineStr"/>
       <c r="F117" t="inlineStr">
         <is>
           <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G117" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H117" t="inlineStr">
         <is>
-          <t>0.20</t>
+          <t>1.00</t>
         </is>
       </c>
       <c r="I117" t="inlineStr">
         <is>
-          <t>20.28 €</t>
+          <t>59.06 €</t>
         </is>
       </c>
     </row>
     <row r="118" ht="15" customHeight="1">
       <c r="A118" t="inlineStr">
         <is>
-          <t>AR15122</t>
+          <t>AR15118</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
-          <t>Elektroteil DSP-BOARD PD1</t>
+          <t>Klemmenleiste REEL FU PD1</t>
         </is>
       </c>
       <c r="D118" t="inlineStr"/>
       <c r="E118" t="inlineStr"/>
       <c r="F118" t="inlineStr">
         <is>
           <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G118" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H118" t="inlineStr">
         <is>
-          <t>0.50</t>
+          <t>1.00</t>
         </is>
       </c>
       <c r="I118" t="inlineStr">
         <is>
-          <t>833.93 €</t>
+          <t>38.70 €</t>
         </is>
       </c>
     </row>
     <row r="119" ht="15" customHeight="1">
       <c r="A119" t="inlineStr">
         <is>
-          <t>AR15123</t>
+          <t>AR15119</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Abacus Resale GmbH</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
-          <t>Elektroteil DSP-KAB.-ERD A</t>
+          <t>Externer Lüfter für PD1 (1,5-3kW) Size A</t>
         </is>
       </c>
       <c r="D119" t="inlineStr"/>
       <c r="E119" t="inlineStr"/>
       <c r="F119" t="inlineStr">
         <is>
-          <t>Zubehör</t>
+          <t>Lüfter ganz</t>
         </is>
       </c>
       <c r="G119" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
-      <c r="H119" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H119" t="inlineStr"/>
       <c r="I119" t="inlineStr">
         <is>
-          <t>119.14 €</t>
+          <t>89.77 €</t>
         </is>
       </c>
     </row>
     <row r="120" ht="15" customHeight="1">
       <c r="A120" t="inlineStr">
         <is>
-          <t>AR15124</t>
+          <t>AR15121</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
-          <t>Elektroteil DSP-KAB.-ERD B (4-7,5 kW) PD1</t>
+          <t>Dichtungssatz Gehäuse Size D (30-45 kW) PD1</t>
         </is>
       </c>
       <c r="D120" t="inlineStr"/>
       <c r="E120" t="inlineStr"/>
       <c r="F120" t="inlineStr">
         <is>
           <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G120" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H120" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
       <c r="I120" t="inlineStr">
         <is>
-          <t>119.14 €</t>
+          <t>20.28 €</t>
         </is>
       </c>
     </row>
     <row r="121" ht="15" customHeight="1">
       <c r="A121" t="inlineStr">
         <is>
-          <t>AR15125</t>
+          <t>AR15122</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
-          <t>Elektroteil DSP-KAB.-ERD C (11-22 kW) PD1</t>
+          <t>Elektroteil DSP-BOARD PD1</t>
         </is>
       </c>
       <c r="D121" t="inlineStr"/>
       <c r="E121" t="inlineStr"/>
       <c r="F121" t="inlineStr">
         <is>
           <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G121" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H121" t="inlineStr">
         <is>
-          <t>0.20</t>
+          <t>0.50</t>
         </is>
       </c>
       <c r="I121" t="inlineStr">
         <is>
-          <t>119.14 €</t>
+          <t>833.93 €</t>
         </is>
       </c>
     </row>
     <row r="122" ht="15" customHeight="1">
       <c r="A122" t="inlineStr">
         <is>
-          <t>AR15126</t>
+          <t>AR15123</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
-          <t>Elektroteil DSP-KAB.-ERD D (30-45 kW) PD1</t>
+          <t>Elektroteil DSP-KAB.-ERD A</t>
         </is>
       </c>
       <c r="D122" t="inlineStr"/>
       <c r="E122" t="inlineStr"/>
       <c r="F122" t="inlineStr">
         <is>
-          <t>Ersatzteile</t>
+          <t>Zubehör</t>
         </is>
       </c>
       <c r="G122" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H122" t="inlineStr">
         <is>
-          <t>0.20</t>
+          <t>0.40</t>
         </is>
       </c>
       <c r="I122" t="inlineStr">
         <is>
-          <t>128.97 €</t>
+          <t>119.14 €</t>
         </is>
       </c>
     </row>
     <row r="123" ht="15" customHeight="1">
       <c r="A123" t="inlineStr">
         <is>
-          <t>AR15127</t>
+          <t>AR15124</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
-          <t>Abacus Resale GmbH</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
-          <t>Externer Lüfter für PD1 (4,0-7,5 kW) Size B</t>
+          <t>Elektroteil DSP-KAB.-ERD B (4-7,5 kW) PD1</t>
         </is>
       </c>
       <c r="D123" t="inlineStr"/>
       <c r="E123" t="inlineStr"/>
       <c r="F123" t="inlineStr">
         <is>
-          <t>Lüfter ganz</t>
+          <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G123" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
-      <c r="H123" t="inlineStr"/>
+      <c r="H123" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
       <c r="I123" t="inlineStr">
         <is>
-          <t>102.43 €</t>
+          <t>119.14 €</t>
         </is>
       </c>
     </row>
     <row r="124" ht="15" customHeight="1">
       <c r="A124" t="inlineStr">
         <is>
-          <t>AR15129</t>
+          <t>AR15125</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
-          <t>Abacus Resale GmbH</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
-          <t>Externer Lüfter für PD1 (11-22 kW) Size C</t>
+          <t>Elektroteil DSP-KAB.-ERD C (11-22 kW) PD1</t>
         </is>
       </c>
       <c r="D124" t="inlineStr"/>
       <c r="E124" t="inlineStr"/>
       <c r="F124" t="inlineStr">
         <is>
-          <t>Lüfter ganz</t>
+          <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G124" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
-      <c r="H124" t="inlineStr"/>
+      <c r="H124" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
       <c r="I124" t="inlineStr">
         <is>
-          <t>217.78 €</t>
+          <t>119.14 €</t>
         </is>
       </c>
     </row>
     <row r="125" ht="15" customHeight="1">
       <c r="A125" t="inlineStr">
         <is>
-          <t>AR15130</t>
+          <t>AR15126</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
-          <t>Abacus Resale GmbH</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
-          <t>Externer Lüfter für PD1 (30-45 kW) Size D</t>
+          <t>Elektroteil DSP-KAB.-ERD D (30-45 kW) PD1</t>
         </is>
       </c>
       <c r="D125" t="inlineStr"/>
       <c r="E125" t="inlineStr"/>
       <c r="F125" t="inlineStr">
         <is>
-          <t>Lüfter ganz</t>
+          <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G125" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
-      <c r="H125" t="inlineStr"/>
+      <c r="H125" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
       <c r="I125" t="inlineStr">
         <is>
-          <t>248.50 €</t>
+          <t>128.97 €</t>
         </is>
       </c>
     </row>
     <row r="126" ht="15" customHeight="1">
       <c r="A126" t="inlineStr">
         <is>
-          <t>AR15131</t>
+          <t>AR15127</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Abacus Resale GmbH</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
-          <t>Abdeckblech 160X108X0,5 mm PD1</t>
+          <t>Externer Lüfter für PD1 (4,0-7,5 kW) Size B</t>
         </is>
       </c>
       <c r="D126" t="inlineStr"/>
       <c r="E126" t="inlineStr"/>
       <c r="F126" t="inlineStr">
         <is>
-          <t>Ersatzteile</t>
+          <t>Lüfter ganz</t>
         </is>
       </c>
       <c r="G126" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
-      <c r="H126" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H126" t="inlineStr"/>
       <c r="I126" t="inlineStr">
         <is>
-          <t>17.73 €</t>
+          <t>102.43 €</t>
         </is>
       </c>
     </row>
     <row r="127" ht="15" customHeight="1">
       <c r="A127" t="inlineStr">
         <is>
-          <t>AR15132</t>
+          <t>AR15129</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Abacus Resale GmbH</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
-          <t>Dichtungssatz Size A (0,55-3 kW) PD1</t>
+          <t>Externer Lüfter für PD1 (11-22 kW) Size C</t>
         </is>
       </c>
       <c r="D127" t="inlineStr"/>
       <c r="E127" t="inlineStr"/>
       <c r="F127" t="inlineStr">
         <is>
-          <t>Ersatzteile</t>
+          <t>Lüfter ganz</t>
         </is>
       </c>
       <c r="G127" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
-      <c r="H127" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H127" t="inlineStr"/>
       <c r="I127" t="inlineStr">
         <is>
-          <t>1.01 €</t>
+          <t>217.78 €</t>
         </is>
       </c>
     </row>
     <row r="128" ht="15" customHeight="1">
       <c r="A128" t="inlineStr">
         <is>
-          <t>AR15134</t>
+          <t>AR15130</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Abacus Resale GmbH</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
-          <t>Dichtungssatz Size B (4-7,5 kW) PD1</t>
+          <t>Externer Lüfter für PD1 (30-45 kW) Size D</t>
         </is>
       </c>
       <c r="D128" t="inlineStr"/>
       <c r="E128" t="inlineStr"/>
       <c r="F128" t="inlineStr">
         <is>
-          <t>Ersatzteile</t>
+          <t>Lüfter ganz</t>
         </is>
       </c>
       <c r="G128" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
-      <c r="H128" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H128" t="inlineStr"/>
       <c r="I128" t="inlineStr">
         <is>
-          <t>5.00 €</t>
+          <t>248.50 €</t>
         </is>
       </c>
     </row>
     <row r="129" ht="15" customHeight="1">
       <c r="A129" t="inlineStr">
         <is>
-          <t>AR15135</t>
+          <t>AR15131</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
-          <t>Dichtungssatz Size C (11-22 kW) PD1</t>
+          <t>Abdeckblech 160X108X0,5 mm PD1</t>
         </is>
       </c>
       <c r="D129" t="inlineStr"/>
       <c r="E129" t="inlineStr"/>
       <c r="F129" t="inlineStr">
         <is>
           <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G129" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H129" t="inlineStr">
         <is>
-          <t>0.04</t>
+          <t>0.30</t>
         </is>
       </c>
       <c r="I129" t="inlineStr">
         <is>
-          <t>2.65 €</t>
+          <t>17.73 €</t>
         </is>
       </c>
     </row>
     <row r="130" ht="15" customHeight="1">
       <c r="A130" t="inlineStr">
         <is>
-          <t>AR15136</t>
+          <t>AR15132</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
-          <t>Dichtungssatz Size D (30-45 kW) PD1</t>
+          <t>Dichtungssatz Size A (0,55-3 kW) PD1</t>
         </is>
       </c>
       <c r="D130" t="inlineStr"/>
       <c r="E130" t="inlineStr"/>
       <c r="F130" t="inlineStr">
         <is>
           <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G130" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H130" t="inlineStr">
         <is>
-          <t>0.05</t>
+          <t>0.01</t>
         </is>
       </c>
       <c r="I130" t="inlineStr">
         <is>
-          <t>6.26 €</t>
+          <t>1.01 €</t>
         </is>
       </c>
     </row>
     <row r="131" ht="15" customHeight="1">
       <c r="A131" t="inlineStr">
         <is>
-          <t>AR15137</t>
+          <t>AR15134</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
-          <t>Profibus-Weiche für PD1</t>
+          <t>Dichtungssatz Size B (4-7,5 kW) PD1</t>
         </is>
       </c>
       <c r="D131" t="inlineStr"/>
       <c r="E131" t="inlineStr"/>
       <c r="F131" t="inlineStr">
         <is>
           <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G131" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H131" t="inlineStr">
         <is>
-          <t>3.00</t>
+          <t>0.02</t>
         </is>
       </c>
       <c r="I131" t="inlineStr">
         <is>
-          <t>330.84 €</t>
+          <t>5.00 €</t>
         </is>
       </c>
     </row>
     <row r="132" ht="15" customHeight="1">
       <c r="A132" t="inlineStr">
         <is>
-          <t>AR15138</t>
+          <t>AR15135</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
-          <t>Kondensator Modular Size A (0,55-3 kW) PD1</t>
+          <t>Dichtungssatz Size C (11-22 kW) PD1</t>
         </is>
       </c>
       <c r="D132" t="inlineStr"/>
       <c r="E132" t="inlineStr"/>
       <c r="F132" t="inlineStr">
         <is>
           <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G132" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H132" t="inlineStr">
         <is>
-          <t>3.00</t>
+          <t>0.04</t>
         </is>
       </c>
       <c r="I132" t="inlineStr">
         <is>
-          <t>593.05 €</t>
+          <t>2.65 €</t>
         </is>
       </c>
     </row>
     <row r="133" ht="15" customHeight="1">
       <c r="A133" t="inlineStr">
         <is>
-          <t>AR15139</t>
+          <t>AR15136</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
-          <t>Kondensator Modular Size B (4-7,5 kW) PD1</t>
+          <t>Dichtungssatz Size D (30-45 kW) PD1</t>
         </is>
       </c>
       <c r="D133" t="inlineStr"/>
       <c r="E133" t="inlineStr"/>
       <c r="F133" t="inlineStr">
         <is>
           <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G133" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H133" t="inlineStr">
         <is>
-          <t>3.00</t>
+          <t>0.05</t>
         </is>
       </c>
       <c r="I133" t="inlineStr">
         <is>
-          <t>600.85 €</t>
+          <t>6.26 €</t>
         </is>
       </c>
     </row>
     <row r="134" ht="15" customHeight="1">
       <c r="A134" t="inlineStr">
         <is>
-          <t>AR15141</t>
+          <t>AR15137</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
-          <t>Klemmenleiste Size A (0,55-3 kW) PD1</t>
+          <t>Profibus-Weiche für PD1</t>
         </is>
       </c>
       <c r="D134" t="inlineStr"/>
       <c r="E134" t="inlineStr"/>
       <c r="F134" t="inlineStr">
         <is>
           <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G134" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H134" t="inlineStr">
         <is>
-          <t>1.00</t>
+          <t>3.00</t>
         </is>
       </c>
       <c r="I134" t="inlineStr">
         <is>
-          <t>38.81 €</t>
+          <t>330.84 €</t>
         </is>
       </c>
     </row>
     <row r="135" ht="15" customHeight="1">
       <c r="A135" t="inlineStr">
         <is>
-          <t>AR15142</t>
+          <t>AR15138</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
-          <t>Schraube selbstsichernd PD1</t>
+          <t>Kondensator Modular Size A (0,55-3 kW) PD1</t>
         </is>
       </c>
       <c r="D135" t="inlineStr"/>
       <c r="E135" t="inlineStr"/>
       <c r="F135" t="inlineStr">
         <is>
           <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G135" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
-      <c r="H135" t="inlineStr"/>
+      <c r="H135" t="inlineStr">
+        <is>
+          <t>3.00</t>
+        </is>
+      </c>
       <c r="I135" t="inlineStr">
         <is>
-          <t>2.00 €</t>
+          <t>593.05 €</t>
         </is>
       </c>
     </row>
     <row r="136" ht="15" customHeight="1">
       <c r="A136" t="inlineStr">
         <is>
-          <t>AR15143</t>
+          <t>AR15139</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
-          <t>Dichtungssatz Gehäuse Size A (0,55-3 kW) PD1</t>
+          <t>Kondensator Modular Size B (4-7,5 kW) PD1</t>
         </is>
       </c>
       <c r="D136" t="inlineStr"/>
       <c r="E136" t="inlineStr"/>
       <c r="F136" t="inlineStr">
         <is>
           <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G136" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H136" t="inlineStr">
         <is>
-          <t>0.10</t>
+          <t>3.00</t>
         </is>
       </c>
       <c r="I136" t="inlineStr">
         <is>
-          <t>8.27 €</t>
+          <t>600.85 €</t>
         </is>
       </c>
     </row>
     <row r="137" ht="15" customHeight="1">
       <c r="A137" t="inlineStr">
         <is>
-          <t>AR15144</t>
+          <t>AR15141</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
-          <t>Dichtungssatz Gehäuse Size B (4-7,5 kW) PD1</t>
+          <t>Klemmenleiste Size A (0,55-3 kW) PD1</t>
         </is>
       </c>
       <c r="D137" t="inlineStr"/>
       <c r="E137" t="inlineStr"/>
       <c r="F137" t="inlineStr">
         <is>
           <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G137" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H137" t="inlineStr">
         <is>
-          <t>0.12</t>
+          <t>1.00</t>
         </is>
       </c>
       <c r="I137" t="inlineStr">
         <is>
-          <t>8.57 €</t>
+          <t>38.81 €</t>
         </is>
       </c>
     </row>
     <row r="138" ht="15" customHeight="1">
       <c r="A138" t="inlineStr">
         <is>
-          <t>AR15145</t>
+          <t>AR15142</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
-          <t>Dichtungssatz Gehäuse Size C (11-22 kW) PD1</t>
+          <t>Schraube selbstsichernd PD1</t>
         </is>
       </c>
       <c r="D138" t="inlineStr"/>
       <c r="E138" t="inlineStr"/>
       <c r="F138" t="inlineStr">
         <is>
           <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G138" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
-      <c r="H138" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H138" t="inlineStr"/>
       <c r="I138" t="inlineStr">
         <is>
-          <t>18.47 €</t>
+          <t>2.00 €</t>
         </is>
       </c>
     </row>
     <row r="139" ht="15" customHeight="1">
       <c r="A139" t="inlineStr">
         <is>
-          <t>AR15146</t>
+          <t>AR15143</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
-          <t>Kondensator Modular Size C (11-22 kW) PD1</t>
+          <t>Dichtungssatz Gehäuse Size A (0,55-3 kW) PD1</t>
         </is>
       </c>
       <c r="D139" t="inlineStr"/>
       <c r="E139" t="inlineStr"/>
       <c r="F139" t="inlineStr">
         <is>
           <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G139" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H139" t="inlineStr">
         <is>
-          <t>1.50</t>
+          <t>0.10</t>
         </is>
       </c>
       <c r="I139" t="inlineStr">
         <is>
-          <t>350.91 €</t>
+          <t>8.27 €</t>
         </is>
       </c>
     </row>
     <row r="140" ht="15" customHeight="1">
       <c r="A140" t="inlineStr">
         <is>
-          <t>AR15147</t>
+          <t>AR15144</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
-          <t>Kondensator Modular Size D (30-45 kW) PD1</t>
+          <t>Dichtungssatz Gehäuse Size B (4-7,5 kW) PD1</t>
         </is>
       </c>
       <c r="D140" t="inlineStr"/>
       <c r="E140" t="inlineStr"/>
       <c r="F140" t="inlineStr">
         <is>
           <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G140" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H140" t="inlineStr">
         <is>
-          <t>3.00</t>
+          <t>0.12</t>
         </is>
       </c>
       <c r="I140" t="inlineStr">
         <is>
-          <t>1293.39 €</t>
+          <t>8.57 €</t>
         </is>
       </c>
     </row>
     <row r="141" ht="15" customHeight="1">
       <c r="A141" t="inlineStr">
         <is>
-          <t>AR15148</t>
+          <t>AR15145</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
-          <t>Halterung Size C-D (11-45 kW) PD1</t>
+          <t>Dichtungssatz Gehäuse Size C (11-22 kW) PD1</t>
         </is>
       </c>
       <c r="D141" t="inlineStr"/>
       <c r="E141" t="inlineStr"/>
       <c r="F141" t="inlineStr">
         <is>
-          <t>Zubehör</t>
+          <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G141" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
-      <c r="H141" t="inlineStr"/>
+      <c r="H141" t="inlineStr">
+        <is>
+          <t>0.14</t>
+        </is>
+      </c>
       <c r="I141" t="inlineStr">
         <is>
-          <t>76.32 €</t>
+          <t>18.47 €</t>
         </is>
       </c>
     </row>
     <row r="142" ht="15" customHeight="1">
       <c r="A142" t="inlineStr">
         <is>
-          <t>AR15149</t>
+          <t>AR15146</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
-          <t>Halterung Size A-B (0,55-7,5 kW) PD1</t>
+          <t>Kondensator Modular Size C (11-22 kW) PD1</t>
         </is>
       </c>
       <c r="D142" t="inlineStr"/>
       <c r="E142" t="inlineStr"/>
       <c r="F142" t="inlineStr">
         <is>
-          <t>Zubehör</t>
+          <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G142" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
-      <c r="H142" t="inlineStr"/>
+      <c r="H142" t="inlineStr">
+        <is>
+          <t>1.50</t>
+        </is>
+      </c>
       <c r="I142" t="inlineStr">
         <is>
-          <t>64.20 €</t>
+          <t>350.91 €</t>
         </is>
       </c>
     </row>
     <row r="143" ht="15" customHeight="1">
       <c r="A143" t="inlineStr">
         <is>
-          <t>AR15151</t>
+          <t>AR15147</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
-          <t>Gehäuseteil V-Abdeckung D (30-45 kW) PD1</t>
+          <t>Kondensator Modular Size D (30-45 kW) PD1</t>
         </is>
       </c>
       <c r="D143" t="inlineStr"/>
       <c r="E143" t="inlineStr"/>
       <c r="F143" t="inlineStr">
         <is>
-          <t>Zubehör</t>
+          <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G143" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H143" t="inlineStr">
         <is>
-          <t>2.00</t>
+          <t>3.00</t>
         </is>
       </c>
       <c r="I143" t="inlineStr">
         <is>
-          <t>65.88 €</t>
+          <t>1293.39 €</t>
         </is>
       </c>
     </row>
     <row r="144" ht="15" customHeight="1">
       <c r="A144" t="inlineStr">
         <is>
-          <t>AR15153</t>
+          <t>AR15148</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
-          <t>Gehäuseteil V-Abdeckung A (0,55-3 kW) PD1</t>
+          <t>Halterung Size C-D (11-45 kW) PD1</t>
         </is>
       </c>
       <c r="D144" t="inlineStr"/>
       <c r="E144" t="inlineStr"/>
       <c r="F144" t="inlineStr">
         <is>
           <t>Zubehör</t>
         </is>
       </c>
       <c r="G144" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
-      <c r="H144" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H144" t="inlineStr"/>
       <c r="I144" t="inlineStr">
         <is>
-          <t>33.08 €</t>
+          <t>76.32 €</t>
         </is>
       </c>
     </row>
     <row r="145" ht="15" customHeight="1">
       <c r="A145" t="inlineStr">
         <is>
-          <t>AR15155</t>
+          <t>AR15149</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
-          <t>Gehäuseteil L-Abdeckung B (4-7,5 kW) PD1</t>
+          <t>Halterung Size A-B (0,55-7,5 kW) PD1</t>
         </is>
       </c>
       <c r="D145" t="inlineStr"/>
       <c r="E145" t="inlineStr"/>
       <c r="F145" t="inlineStr">
         <is>
           <t>Zubehör</t>
         </is>
       </c>
       <c r="G145" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
-      <c r="H145" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H145" t="inlineStr"/>
       <c r="I145" t="inlineStr">
         <is>
-          <t>41.17 €</t>
+          <t>64.20 €</t>
         </is>
       </c>
     </row>
     <row r="146" ht="15" customHeight="1">
       <c r="A146" t="inlineStr">
         <is>
-          <t>AR15156</t>
+          <t>AR15151</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
-          <t>Gehäuseteil L-Abdeckung A (0,55-3 kW) PD1</t>
+          <t>Gehäuseteil V-Abdeckung D (30-45 kW) PD1</t>
         </is>
       </c>
       <c r="D146" t="inlineStr"/>
       <c r="E146" t="inlineStr"/>
       <c r="F146" t="inlineStr">
         <is>
           <t>Zubehör</t>
         </is>
       </c>
       <c r="G146" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H146" t="inlineStr">
         <is>
           <t>2.00</t>
         </is>
       </c>
       <c r="I146" t="inlineStr">
         <is>
-          <t>41.17 €</t>
+          <t>65.88 €</t>
         </is>
       </c>
     </row>
     <row r="147" ht="15" customHeight="1">
       <c r="A147" t="inlineStr">
         <is>
-          <t>AR15157</t>
+          <t>AR15153</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
-          <t>Zubehörsatz Parametriereinheit PumpDrive-I PD1</t>
+          <t>Gehäuseteil V-Abdeckung A (0,55-3 kW) PD1</t>
         </is>
       </c>
       <c r="D147" t="inlineStr"/>
       <c r="E147" t="inlineStr"/>
       <c r="F147" t="inlineStr">
         <is>
           <t>Zubehör</t>
         </is>
       </c>
       <c r="G147" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H147" t="inlineStr">
         <is>
-          <t>0.30</t>
+          <t>2.00</t>
         </is>
       </c>
       <c r="I147" t="inlineStr">
         <is>
-          <t>361.68 €</t>
+          <t>33.08 €</t>
         </is>
       </c>
     </row>
     <row r="148" ht="15" customHeight="1">
       <c r="A148" t="inlineStr">
         <is>
-          <t>AR15159</t>
+          <t>AR15155</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
-          <t>Zubehörsatz Doppelpumpenmodul (DPM) PD1</t>
+          <t>Gehäuseteil L-Abdeckung B (4-7,5 kW) PD1</t>
         </is>
       </c>
       <c r="D148" t="inlineStr"/>
       <c r="E148" t="inlineStr"/>
       <c r="F148" t="inlineStr">
         <is>
           <t>Zubehör</t>
         </is>
       </c>
       <c r="G148" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H148" t="inlineStr">
         <is>
-          <t>0.80</t>
+          <t>2.00</t>
         </is>
       </c>
       <c r="I148" t="inlineStr">
         <is>
-          <t>545.77 €</t>
-[...3 lines deleted...]
-    <row r="149" ht="30" customHeight="1">
+          <t>41.17 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="149" ht="15" customHeight="1">
       <c r="A149" t="inlineStr">
         <is>
-          <t>AR15160</t>
+          <t>AR15156</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
-          <t>Montagekit für Doppel- Mehrpumpenbetrieb PumpDrive-I PD1</t>
+          <t>Gehäuseteil L-Abdeckung A (0,55-3 kW) PD1</t>
         </is>
       </c>
       <c r="D149" t="inlineStr"/>
       <c r="E149" t="inlineStr"/>
       <c r="F149" t="inlineStr">
         <is>
           <t>Zubehör</t>
         </is>
       </c>
       <c r="G149" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H149" t="inlineStr">
         <is>
-          <t>3.00</t>
+          <t>2.00</t>
         </is>
       </c>
       <c r="I149" t="inlineStr">
         <is>
-          <t>345.65 €</t>
+          <t>41.17 €</t>
         </is>
       </c>
     </row>
     <row r="150" ht="15" customHeight="1">
       <c r="A150" t="inlineStr">
         <is>
-          <t>AR15161</t>
+          <t>AR15157</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
-          <t>Abacus Resale GmbH</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
-          <t>Interner Lüfter für PD1 (4,0-7,5 kW) Size B</t>
+          <t>Zubehörsatz Parametriereinheit PumpDrive-I PD1</t>
         </is>
       </c>
       <c r="D150" t="inlineStr"/>
       <c r="E150" t="inlineStr"/>
       <c r="F150" t="inlineStr">
         <is>
           <t>Zubehör</t>
         </is>
       </c>
       <c r="G150" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
-      <c r="H150" t="inlineStr"/>
+      <c r="H150" t="inlineStr">
+        <is>
+          <t>0.30</t>
+        </is>
+      </c>
       <c r="I150" t="inlineStr">
         <is>
-          <t>91.34 €</t>
+          <t>361.68 €</t>
         </is>
       </c>
     </row>
     <row r="151" ht="15" customHeight="1">
       <c r="A151" t="inlineStr">
         <is>
-          <t>AR15162</t>
+          <t>AR15159</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
-          <t>Abacus Resale GmbH</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
-          <t>Interner Lüfter für PD1 (11-22 kW) Size C</t>
+          <t>Zubehörsatz Doppelpumpenmodul (DPM) PD1</t>
         </is>
       </c>
       <c r="D151" t="inlineStr"/>
       <c r="E151" t="inlineStr"/>
       <c r="F151" t="inlineStr">
         <is>
-          <t>Lüfter ganz</t>
+          <t>Zubehör</t>
         </is>
       </c>
       <c r="G151" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
-      <c r="H151" t="inlineStr"/>
+      <c r="H151" t="inlineStr">
+        <is>
+          <t>0.80</t>
+        </is>
+      </c>
       <c r="I151" t="inlineStr">
         <is>
-          <t>104.23 €</t>
-[...3 lines deleted...]
-    <row r="152" ht="15" customHeight="1">
+          <t>545.77 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="152" ht="30" customHeight="1">
       <c r="A152" t="inlineStr">
         <is>
-          <t>AR15163</t>
+          <t>AR15160</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
-          <t>Abacus Resale GmbH</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
-          <t>Interner Lüfter für PD1 (30-45 kW) Size D</t>
+          <t>Montagekit für Doppel- Mehrpumpenbetrieb PumpDrive-I PD1</t>
         </is>
       </c>
       <c r="D152" t="inlineStr"/>
       <c r="E152" t="inlineStr"/>
       <c r="F152" t="inlineStr">
         <is>
-          <t>Lüfter ganz</t>
+          <t>Zubehör</t>
         </is>
       </c>
       <c r="G152" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
-      <c r="H152" t="inlineStr"/>
+      <c r="H152" t="inlineStr">
+        <is>
+          <t>3.00</t>
+        </is>
+      </c>
       <c r="I152" t="inlineStr">
         <is>
-          <t>123.12 €</t>
+          <t>345.65 €</t>
         </is>
       </c>
     </row>
     <row r="153" ht="15" customHeight="1">
       <c r="A153" t="inlineStr">
         <is>
-          <t>AR15164</t>
+          <t>AR15161</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Abacus Resale GmbH</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
-          <t>EMV-Zubehör Ferrit 0431177081 PD1</t>
+          <t>Interner Lüfter für PD1 (4,0-7,5 kW) Size B</t>
         </is>
       </c>
       <c r="D153" t="inlineStr"/>
       <c r="E153" t="inlineStr"/>
       <c r="F153" t="inlineStr">
         <is>
           <t>Zubehör</t>
         </is>
       </c>
       <c r="G153" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
-      <c r="H153" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H153" t="inlineStr"/>
       <c r="I153" t="inlineStr">
         <is>
-          <t>50.62 €</t>
+          <t>91.34 €</t>
         </is>
       </c>
     </row>
     <row r="154" ht="15" customHeight="1">
       <c r="A154" t="inlineStr">
         <is>
-          <t>AR15165</t>
+          <t>AR15162</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Abacus Resale GmbH</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
-          <t>EMV-Zubehör Ferrit 28A5131-0A2 PD1</t>
+          <t>Interner Lüfter für PD1 (11-22 kW) Size C</t>
         </is>
       </c>
       <c r="D154" t="inlineStr"/>
       <c r="E154" t="inlineStr"/>
       <c r="F154" t="inlineStr">
         <is>
-          <t>Zubehör</t>
+          <t>Lüfter ganz</t>
         </is>
       </c>
       <c r="G154" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
-      <c r="H154" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H154" t="inlineStr"/>
       <c r="I154" t="inlineStr">
         <is>
-          <t>31.31 €</t>
+          <t>104.23 €</t>
         </is>
       </c>
     </row>
     <row r="155" ht="15" customHeight="1">
       <c r="A155" t="inlineStr">
         <is>
-          <t>AR15166</t>
+          <t>AR15163</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Abacus Resale GmbH</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
-          <t>EMV-Zubehör Ferrit ZJ-44925-TC PD1</t>
+          <t>Interner Lüfter für PD1 (30-45 kW) Size D</t>
         </is>
       </c>
       <c r="D155" t="inlineStr"/>
       <c r="E155" t="inlineStr"/>
       <c r="F155" t="inlineStr">
         <is>
-          <t>Zubehör</t>
+          <t>Lüfter ganz</t>
         </is>
       </c>
       <c r="G155" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
-      <c r="H155" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H155" t="inlineStr"/>
       <c r="I155" t="inlineStr">
         <is>
-          <t>17.00 €</t>
-[...3 lines deleted...]
-    <row r="156" ht="30" customHeight="1">
+          <t>123.12 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="156" ht="15" customHeight="1">
       <c r="A156" t="inlineStr">
         <is>
-          <t>AR15168</t>
+          <t>AR15164</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
-          <t>Blinddeckel zum Verschließen PumpDrive-II Einschubfach PDRV2_PDRV2E</t>
+          <t>EMV-Zubehör Ferrit 0431177081 PD1</t>
         </is>
       </c>
       <c r="D156" t="inlineStr"/>
       <c r="E156" t="inlineStr"/>
       <c r="F156" t="inlineStr">
         <is>
-          <t>Ersatzteile</t>
+          <t>Zubehör</t>
         </is>
       </c>
       <c r="G156" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H156" t="inlineStr">
         <is>
-          <t>0.20</t>
+          <t>0.50</t>
         </is>
       </c>
       <c r="I156" t="inlineStr">
         <is>
-          <t>9.74 €</t>
-[...3 lines deleted...]
-    <row r="157" ht="30" customHeight="1">
+          <t>50.62 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="157" ht="15" customHeight="1">
       <c r="A157" t="inlineStr">
         <is>
-          <t>AR15169</t>
+          <t>AR15165</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
-          <t>Blindabdeckung PumpDrive-II Motorkonnektor PDRV2_PDRV2E</t>
+          <t>EMV-Zubehör Ferrit 28A5131-0A2 PD1</t>
         </is>
       </c>
       <c r="D157" t="inlineStr"/>
       <c r="E157" t="inlineStr"/>
       <c r="F157" t="inlineStr">
         <is>
-          <t>Ersatzteile</t>
+          <t>Zubehör</t>
         </is>
       </c>
       <c r="G157" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H157" t="inlineStr">
         <is>
-          <t>0.20</t>
+          <t>0.50</t>
         </is>
       </c>
       <c r="I157" t="inlineStr">
         <is>
-          <t>12.89 €</t>
+          <t>31.31 €</t>
         </is>
       </c>
     </row>
     <row r="158" ht="15" customHeight="1">
       <c r="A158" t="inlineStr">
         <is>
-          <t>AR15170</t>
+          <t>AR15166</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II HMI PDRV2</t>
+          <t>EMV-Zubehör Ferrit ZJ-44925-TC PD1</t>
         </is>
       </c>
       <c r="D158" t="inlineStr"/>
       <c r="E158" t="inlineStr"/>
       <c r="F158" t="inlineStr">
         <is>
-          <t>Ersatzteile</t>
+          <t>Zubehör</t>
         </is>
       </c>
       <c r="G158" t="inlineStr">
         <is>
-          <t>B1: B3: gebraucht / werksüberholt</t>
-[...2 lines deleted...]
-      <c r="H158" t="inlineStr"/>
+          <t>B1: A: neu / standard</t>
+        </is>
+      </c>
+      <c r="H158" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
       <c r="I158" t="inlineStr">
         <is>
-          <t>189.54 €</t>
-[...3 lines deleted...]
-    <row r="159" ht="15" customHeight="1">
+          <t>17.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="159" ht="30" customHeight="1">
       <c r="A159" t="inlineStr">
         <is>
-          <t>AR15171</t>
+          <t>AR15168</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
-          <t>PumpDrive-II Eco HMI PDRV2E</t>
+          <t>Blinddeckel zum Verschließen PumpDrive-II Einschubfach PDRV2_PDRV2E</t>
         </is>
       </c>
       <c r="D159" t="inlineStr"/>
       <c r="E159" t="inlineStr"/>
       <c r="F159" t="inlineStr">
         <is>
           <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G159" t="inlineStr">
         <is>
-          <t>B1: B3: gebraucht / werksüberholt</t>
-[...2 lines deleted...]
-      <c r="H159" t="inlineStr"/>
+          <t>B1: A: neu / standard</t>
+        </is>
+      </c>
+      <c r="H159" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
       <c r="I159" t="inlineStr">
         <is>
-          <t>189.54 €</t>
+          <t>9.74 €</t>
         </is>
       </c>
     </row>
     <row r="160" ht="30" customHeight="1">
       <c r="A160" t="inlineStr">
         <is>
-          <t>AR15172</t>
+          <t>AR15169</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
-          <t>Membran-Druckbeh.Stahl, Typ 80, 60 l Nutzinhalt, PN 16, H=750 mm, D=480mm, DN 50, Lackschäden</t>
+          <t>Blindabdeckung PumpDrive-II Motorkonnektor PDRV2_PDRV2E</t>
         </is>
       </c>
       <c r="D160" t="inlineStr"/>
       <c r="E160" t="inlineStr"/>
       <c r="F160" t="inlineStr">
         <is>
-          <t>Ersatzteile &amp; Zubehör</t>
+          <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G160" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H160" t="inlineStr">
         <is>
-          <t>34.00</t>
+          <t>0.20</t>
         </is>
       </c>
       <c r="I160" t="inlineStr">
         <is>
-          <t>398.62 €</t>
-[...3 lines deleted...]
-    <row r="161" ht="30" customHeight="1">
+          <t>12.89 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="161" ht="15" customHeight="1">
       <c r="A161" t="inlineStr">
         <is>
-          <t>AR15174</t>
+          <t>AR15170</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
-          <t>M12-Modul PumpDrive-II/Eco Mehrpumpenbetrieb PDRV2_PDRV2E</t>
+          <t>PumpDrive-II HMI PDRV2</t>
         </is>
       </c>
       <c r="D161" t="inlineStr"/>
       <c r="E161" t="inlineStr"/>
       <c r="F161" t="inlineStr">
         <is>
-          <t>Zubehör</t>
+          <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G161" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
-[...6 lines deleted...]
-      </c>
+          <t>B1: B3: gebraucht / werksüberholt</t>
+        </is>
+      </c>
+      <c r="H161" t="inlineStr"/>
       <c r="I161" t="inlineStr">
         <is>
-          <t>87.82 €</t>
+          <t>189.54 €</t>
         </is>
       </c>
     </row>
     <row r="162" ht="15" customHeight="1">
       <c r="A162" t="inlineStr">
         <is>
-          <t>AR15177</t>
+          <t>AR15171</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
-          <t>KSB Feldbusmodul Modbus-RTU-Modul PDRV2_PDRV2E</t>
+          <t>PumpDrive-II Eco HMI PDRV2E</t>
         </is>
       </c>
       <c r="D162" t="inlineStr"/>
       <c r="E162" t="inlineStr"/>
       <c r="F162" t="inlineStr">
         <is>
-          <t>Zubehör</t>
+          <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G162" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
-[...6 lines deleted...]
-      </c>
+          <t>B1: B3: gebraucht / werksüberholt</t>
+        </is>
+      </c>
+      <c r="H162" t="inlineStr"/>
       <c r="I162" t="inlineStr">
         <is>
-          <t>171.20 €</t>
-[...3 lines deleted...]
-    <row r="163" ht="15" customHeight="1">
+          <t>189.54 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="163" ht="30" customHeight="1">
       <c r="A163" t="inlineStr">
         <is>
-          <t>AR15178</t>
+          <t>AR15172</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
-          <t>KSB Feldbusmodul Profibus-Modul PDRV2</t>
+          <t>Membran-Druckbeh.Stahl, Typ 80, 60 l Nutzinhalt, PN 16, H=750 mm, D=480mm, DN 50, Lackschäden</t>
         </is>
       </c>
       <c r="D163" t="inlineStr"/>
       <c r="E163" t="inlineStr"/>
       <c r="F163" t="inlineStr">
         <is>
-          <t>Zubehör</t>
+          <t>Ersatzteile &amp; Zubehör</t>
         </is>
       </c>
       <c r="G163" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H163" t="inlineStr">
         <is>
-          <t>3.00</t>
+          <t>34.00</t>
         </is>
       </c>
       <c r="I163" t="inlineStr">
         <is>
-          <t>305.93 €</t>
-[...3 lines deleted...]
-    <row r="164" ht="15" customHeight="1">
+          <t>398.62 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="164" ht="30" customHeight="1">
       <c r="A164" t="inlineStr">
         <is>
-          <t>AR15209</t>
+          <t>AR15174</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
-          <t>Unbekannt</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
-          <t>LAUFRAD   80-200  EN-GJL-250 196mm ETN/ETB</t>
-[...6 lines deleted...]
-      </c>
+          <t>M12-Modul PumpDrive-II/Eco Mehrpumpenbetrieb PDRV2_PDRV2E</t>
+        </is>
+      </c>
+      <c r="D164" t="inlineStr"/>
       <c r="E164" t="inlineStr"/>
       <c r="F164" t="inlineStr">
         <is>
-          <t>Laufradteile</t>
-[...3 lines deleted...]
-      <c r="H164" t="inlineStr"/>
+          <t>Zubehör</t>
+        </is>
+      </c>
+      <c r="G164" t="inlineStr">
+        <is>
+          <t>B1: B2: gebraucht / wie neu</t>
+        </is>
+      </c>
+      <c r="H164" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
       <c r="I164" t="inlineStr">
         <is>
-          <t>1233.01 €</t>
+          <t>87.82 €</t>
         </is>
       </c>
     </row>
     <row r="165" ht="15" customHeight="1">
       <c r="A165" t="inlineStr">
         <is>
-          <t>AR15256</t>
+          <t>AR15178</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
-          <t>Befestigungssatz Wandmontage PDRV2 Gr D</t>
-[...6 lines deleted...]
-      </c>
+          <t>KSB Feldbusmodul Profibus-Modul PDRV2</t>
+        </is>
+      </c>
+      <c r="D165" t="inlineStr"/>
       <c r="E165" t="inlineStr"/>
       <c r="F165" t="inlineStr">
         <is>
           <t>Zubehör</t>
         </is>
       </c>
-      <c r="G165" t="inlineStr"/>
+      <c r="G165" t="inlineStr">
+        <is>
+          <t>B1: B2: gebraucht / wie neu</t>
+        </is>
+      </c>
       <c r="H165" t="inlineStr">
         <is>
-          <t>5.00</t>
+          <t>3.00</t>
         </is>
       </c>
       <c r="I165" t="inlineStr">
         <is>
-          <t>93.80 €</t>
+          <t>305.93 €</t>
         </is>
       </c>
     </row>
     <row r="166" ht="15" customHeight="1">
       <c r="A166" t="inlineStr">
         <is>
-          <t>AR15257</t>
+          <t>AR15209</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>-</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
-          <t>Befestigungssatz Wandmontage PDRV2/Eco Gr B</t>
+          <t>LAUFRAD   80-200  EN-GJL-250 196mm ETN/ETB</t>
         </is>
       </c>
       <c r="D166" t="inlineStr">
         <is>
-          <t>["PumpDrive2"]</t>
+          <t>["Etabloc", "Etabloc-SYT", "Etanorm", "Etanorm-F", "Etanorm-SYT"]</t>
         </is>
       </c>
       <c r="E166" t="inlineStr"/>
       <c r="F166" t="inlineStr">
         <is>
-          <t>Zubehör</t>
+          <t>Laufradteile</t>
         </is>
       </c>
       <c r="G166" t="inlineStr"/>
-      <c r="H166" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H166" t="inlineStr"/>
       <c r="I166" t="inlineStr">
         <is>
-          <t>51.23 €</t>
-[...3 lines deleted...]
-    <row r="167" ht="45" customHeight="1">
+          <t>1233.01 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="167" ht="15" customHeight="1">
       <c r="A167" t="inlineStr">
         <is>
-          <t>AR15260</t>
+          <t>AR15256</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
-          <t>Motoradapterkit PDRV2/Eco gr. B an &lt;KSB/Siemens Motor 1LE1/1PC3, 2,4,6-polig IE2/IE3 Motor 2,2-4kW BG112</t>
-[...2 lines deleted...]
-      <c r="D167" t="inlineStr"/>
+          <t>Befestigungssatz Wandmontage PDRV2 Gr D</t>
+        </is>
+      </c>
+      <c r="D167" t="inlineStr">
+        <is>
+          <t>["PumpDrive2"]</t>
+        </is>
+      </c>
       <c r="E167" t="inlineStr"/>
       <c r="F167" t="inlineStr">
         <is>
           <t>Zubehör</t>
         </is>
       </c>
       <c r="G167" t="inlineStr"/>
       <c r="H167" t="inlineStr">
         <is>
           <t>5.00</t>
         </is>
       </c>
       <c r="I167" t="inlineStr">
         <is>
-          <t>263.18 €</t>
+          <t>93.80 €</t>
         </is>
       </c>
     </row>
     <row r="168" ht="15" customHeight="1">
       <c r="A168" t="inlineStr">
         <is>
-          <t>AR15262</t>
+          <t>AR15257</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
-          <t>Anschlusskabel Bedieneinheit Länge 3 m PDRV2</t>
-[...2 lines deleted...]
-      <c r="D168" t="inlineStr"/>
+          <t>Befestigungssatz Wandmontage PDRV2/Eco Gr B</t>
+        </is>
+      </c>
+      <c r="D168" t="inlineStr">
+        <is>
+          <t>["PumpDrive2"]</t>
+        </is>
+      </c>
       <c r="E168" t="inlineStr"/>
       <c r="F168" t="inlineStr">
         <is>
           <t>Zubehör</t>
         </is>
       </c>
       <c r="G168" t="inlineStr"/>
       <c r="H168" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
       <c r="I168" t="inlineStr">
         <is>
-          <t>109.16 €</t>
-[...3 lines deleted...]
-    <row r="169" ht="15" customHeight="1">
+          <t>51.23 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="169" ht="45" customHeight="1">
       <c r="A169" t="inlineStr">
         <is>
-          <t>AR15557</t>
+          <t>AR15260</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
-          <t>Ersatzteil Kit Actair NG80 Dynactair NG35</t>
-[...6 lines deleted...]
-      </c>
+          <t>Motoradapterkit PDRV2/Eco gr. B an &lt;KSB/Siemens Motor 1LE1/1PC3, 2,4,6-polig IE2/IE3 Motor 2,2-4kW BG112</t>
+        </is>
+      </c>
+      <c r="D169" t="inlineStr"/>
       <c r="E169" t="inlineStr"/>
-      <c r="F169" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="H169" t="inlineStr"/>
+      <c r="F169" t="inlineStr">
+        <is>
+          <t>Zubehör</t>
+        </is>
+      </c>
+      <c r="G169" t="inlineStr"/>
+      <c r="H169" t="inlineStr">
+        <is>
+          <t>5.00</t>
+        </is>
+      </c>
       <c r="I169" t="inlineStr">
         <is>
-          <t>212.95 €</t>
-[...3 lines deleted...]
-    <row r="170" ht="30" customHeight="1">
+          <t>263.18 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="170" ht="15" customHeight="1">
       <c r="A170" t="inlineStr">
         <is>
-          <t>AR15618</t>
+          <t>AR15262</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
-          <t>REFLEX</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
-          <t>Reflex Behälter refix DE 800 800l 16 bar G1 1/2", Lackschaden</t>
+          <t>Anschlusskabel Bedieneinheit Länge 3 m PDRV2</t>
         </is>
       </c>
       <c r="D170" t="inlineStr"/>
       <c r="E170" t="inlineStr"/>
       <c r="F170" t="inlineStr">
         <is>
-          <t>Druckerhoehungsanlagen Zubehoer</t>
-[...6 lines deleted...]
-      </c>
+          <t>Zubehör</t>
+        </is>
+      </c>
+      <c r="G170" t="inlineStr"/>
       <c r="H170" t="inlineStr">
         <is>
-          <t>101.00</t>
+          <t>1.00</t>
         </is>
       </c>
       <c r="I170" t="inlineStr">
         <is>
-          <t>3156.92 €</t>
-[...3 lines deleted...]
-    <row r="171" ht="30" customHeight="1">
+          <t>109.16 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="171" ht="15" customHeight="1">
       <c r="A171" t="inlineStr">
         <is>
-          <t>AR15693</t>
+          <t>AR15557</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
-          <t>Gehäuse für Etaline ETLZ 065-065-160 EN-GJL-250/A48 CL 35B</t>
+          <t>Ersatzteil Kit Actair NG80 Dynactair NG35</t>
         </is>
       </c>
       <c r="D171" t="inlineStr">
         <is>
-          <t>["Etaline-Z"]</t>
-[...11 lines deleted...]
-      </c>
+          <t>["ACTAIR", "DYNACTAIR"]</t>
+        </is>
+      </c>
+      <c r="E171" t="inlineStr"/>
+      <c r="F171" t="inlineStr"/>
       <c r="G171" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
-[...6 lines deleted...]
-      </c>
+          <t>B1: A: neu / standard</t>
+        </is>
+      </c>
+      <c r="H171" t="inlineStr"/>
       <c r="I171" t="inlineStr">
         <is>
-          <t>1283.00 €</t>
-[...3 lines deleted...]
-    <row r="172" ht="15" customHeight="1">
+          <t>212.95 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="172" ht="30" customHeight="1">
       <c r="A172" t="inlineStr">
         <is>
-          <t>AR15757</t>
+          <t>AR15618</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>REFLEX</t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
-          <t>Actair-NG 5 RO F05/07 DD14</t>
-[...6 lines deleted...]
-      </c>
+          <t>Reflex Behälter refix DE 800 800l 16 bar G1 1/2", Lackschaden</t>
+        </is>
+      </c>
+      <c r="D172" t="inlineStr"/>
       <c r="E172" t="inlineStr"/>
       <c r="F172" t="inlineStr">
         <is>
-          <t>Absperrklappen-Zubehör</t>
+          <t>Druckerhoehungsanlagen Zubehoer</t>
         </is>
       </c>
       <c r="G172" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H172" t="inlineStr">
         <is>
-          <t>7.80</t>
+          <t>101.00</t>
         </is>
       </c>
       <c r="I172" t="inlineStr">
         <is>
-          <t>175.26 €</t>
+          <t>3156.92 €</t>
         </is>
       </c>
     </row>
     <row r="173" ht="30" customHeight="1">
       <c r="A173" t="inlineStr">
         <is>
-          <t>AR15789</t>
+          <t>AR15693</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
-          <t>Sieb  für BOA-S PN6/16 DN200 grob ø 210 × 284 X6CrNiTi1810</t>
+          <t>Gehäuse für Etaline ETLZ 065-065-160 EN-GJL-250/A48 CL 35B</t>
         </is>
       </c>
       <c r="D173" t="inlineStr">
         <is>
-          <t>["BOA-S"]</t>
-[...2 lines deleted...]
-      <c r="E173" t="inlineStr"/>
+          <t>["Etaline-Z"]</t>
+        </is>
+      </c>
+      <c r="E173" t="inlineStr">
+        <is>
+          <t>["065-160"]</t>
+        </is>
+      </c>
       <c r="F173" t="inlineStr">
         <is>
-          <t>Schmutzfänger</t>
+          <t>Gehäuseteile</t>
         </is>
       </c>
       <c r="G173" t="inlineStr">
         <is>
-          <t>B1: A: neu / standard</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H173" t="inlineStr">
         <is>
-          <t>2.50</t>
+          <t>67.00</t>
         </is>
       </c>
       <c r="I173" t="inlineStr">
         <is>
-          <t>104.71 €</t>
-[...3 lines deleted...]
-    <row r="174" ht="30" customHeight="1">
+          <t>1283.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="174" ht="15" customHeight="1">
       <c r="A174" t="inlineStr">
         <is>
-          <t>AR15790</t>
+          <t>AR15757</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
-          <t>Sieb für BOA-S PN6/16 DN250 grob ø 258 × 434 X6CrNiTi1810</t>
+          <t>Actair-NG 5 RO F05/07 DD14</t>
         </is>
       </c>
       <c r="D174" t="inlineStr">
         <is>
-          <t>["BOA-S"]</t>
+          <t>["ACTAIR"]</t>
         </is>
       </c>
       <c r="E174" t="inlineStr"/>
       <c r="F174" t="inlineStr">
         <is>
-          <t>Schmutzfänger</t>
+          <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
       <c r="G174" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H174" t="inlineStr">
         <is>
-          <t>5.00</t>
+          <t>7.80</t>
         </is>
       </c>
       <c r="I174" t="inlineStr">
         <is>
-          <t>195.63 €</t>
+          <t>175.26 €</t>
         </is>
       </c>
     </row>
     <row r="175" ht="30" customHeight="1">
       <c r="A175" t="inlineStr">
         <is>
-          <t>AR15792</t>
+          <t>AR15789</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
-          <t>Sieb für BOA-S PN6/16 DN125 grob ø 137,5 × 199 X6CrNiTi1810</t>
+          <t>Sieb  für BOA-S PN6/16 DN200 grob ø 210 × 284 X6CrNiTi1810</t>
         </is>
       </c>
       <c r="D175" t="inlineStr">
         <is>
           <t>["BOA-S"]</t>
         </is>
       </c>
       <c r="E175" t="inlineStr"/>
       <c r="F175" t="inlineStr">
         <is>
           <t>Schmutzfänger</t>
         </is>
       </c>
       <c r="G175" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H175" t="inlineStr">
         <is>
-          <t>1.00</t>
+          <t>2.50</t>
         </is>
       </c>
       <c r="I175" t="inlineStr">
         <is>
-          <t>470.05 €</t>
+          <t>104.71 €</t>
         </is>
       </c>
     </row>
     <row r="176" ht="30" customHeight="1">
       <c r="A176" t="inlineStr">
         <is>
-          <t>AR15793</t>
+          <t>AR15790</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
-          <t>Sieb für BOA-S PN6/16 DN150 grob ø 160 × 224 X6CrNiTi1810</t>
+          <t>Sieb für BOA-S PN6/16 DN250 grob ø 258 × 434 X6CrNiTi1810</t>
         </is>
       </c>
       <c r="D176" t="inlineStr">
         <is>
           <t>["BOA-S"]</t>
         </is>
       </c>
       <c r="E176" t="inlineStr"/>
       <c r="F176" t="inlineStr">
         <is>
           <t>Schmutzfänger</t>
         </is>
       </c>
       <c r="G176" t="inlineStr">
         <is>
-          <t>B1: A: neu / standard</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H176" t="inlineStr">
         <is>
-          <t>1.20</t>
+          <t>5.00</t>
         </is>
       </c>
       <c r="I176" t="inlineStr">
         <is>
-          <t>54.48 €</t>
-[...3 lines deleted...]
-    <row r="177" ht="15" customHeight="1">
+          <t>195.63 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="177" ht="30" customHeight="1">
       <c r="A177" t="inlineStr">
         <is>
-          <t>AR15800</t>
+          <t>AR15792</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
-          <t>Kit de Base DN80/80 ISO 39020988 (ohne Drahtseil)</t>
-[...2 lines deleted...]
-      <c r="D177" t="inlineStr"/>
+          <t>Sieb für BOA-S PN6/16 DN125 grob ø 137,5 × 199 X6CrNiTi1810</t>
+        </is>
+      </c>
+      <c r="D177" t="inlineStr">
+        <is>
+          <t>["BOA-S"]</t>
+        </is>
+      </c>
       <c r="E177" t="inlineStr"/>
       <c r="F177" t="inlineStr">
         <is>
-          <t>Tauchmotorpumpen</t>
+          <t>Schmutzfänger</t>
         </is>
       </c>
       <c r="G177" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H177" t="inlineStr">
         <is>
-          <t>28.00</t>
+          <t>1.00</t>
         </is>
       </c>
       <c r="I177" t="inlineStr">
         <is>
-          <t>744.35 €</t>
-[...3 lines deleted...]
-    <row r="178" ht="15" customHeight="1">
+          <t>470.05 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="178" ht="30" customHeight="1">
       <c r="A178" t="inlineStr">
         <is>
-          <t>AR15870</t>
+          <t>AR15793</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
-          <t>Passstück R 8 DN 32 X G2 X R2 X 20mm PN 10</t>
-[...2 lines deleted...]
-      <c r="D178" t="inlineStr"/>
+          <t>Sieb für BOA-S PN6/16 DN150 grob ø 160 × 224 X6CrNiTi1810</t>
+        </is>
+      </c>
+      <c r="D178" t="inlineStr">
+        <is>
+          <t>["BOA-S"]</t>
+        </is>
+      </c>
       <c r="E178" t="inlineStr"/>
       <c r="F178" t="inlineStr">
         <is>
-          <t>Zubehör &amp; Ersatzteile</t>
+          <t>Schmutzfänger</t>
         </is>
       </c>
       <c r="G178" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H178" t="inlineStr">
         <is>
-          <t>2.00</t>
+          <t>1.20</t>
         </is>
       </c>
       <c r="I178" t="inlineStr">
         <is>
-          <t>43.27 €</t>
-[...3 lines deleted...]
-    <row r="179" ht="30" customHeight="1">
+          <t>54.48 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="179" ht="15" customHeight="1">
       <c r="A179" t="inlineStr">
         <is>
-          <t>AR15876</t>
+          <t>AR15800</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
-          <t>Deckel zu BOA-S DN20 PN16 in JL 1040 (inkl. Entleerungsschraube)</t>
-[...6 lines deleted...]
-      </c>
+          <t>Kit de Base DN80/80 ISO 39020988 (ohne Drahtseil)</t>
+        </is>
+      </c>
+      <c r="D179" t="inlineStr"/>
       <c r="E179" t="inlineStr"/>
       <c r="F179" t="inlineStr">
         <is>
-          <t>Schmutzfänger</t>
+          <t>Tauchmotorpumpen</t>
         </is>
       </c>
       <c r="G179" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H179" t="inlineStr">
         <is>
-          <t>1.00</t>
+          <t>28.00</t>
         </is>
       </c>
       <c r="I179" t="inlineStr">
         <is>
-          <t>27.30 €</t>
-[...3 lines deleted...]
-    <row r="180" ht="30" customHeight="1">
+          <t>744.35 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="180" ht="15" customHeight="1">
       <c r="A180" t="inlineStr">
         <is>
-          <t>AR15877</t>
+          <t>AR15870</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
-          <t>Deckel zu BOA-S DN65 PN6 in JL 1040 (inkl. Entleerungsschraube)</t>
-[...6 lines deleted...]
-      </c>
+          <t>Passstück R 8 DN 32 X G2 X R2 X 20mm PN 10</t>
+        </is>
+      </c>
+      <c r="D180" t="inlineStr"/>
       <c r="E180" t="inlineStr"/>
       <c r="F180" t="inlineStr">
         <is>
-          <t>Schmutzfänger</t>
+          <t>Zubehör &amp; Ersatzteile</t>
         </is>
       </c>
       <c r="G180" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H180" t="inlineStr">
         <is>
-          <t>4.50</t>
+          <t>2.00</t>
         </is>
       </c>
       <c r="I180" t="inlineStr">
         <is>
-          <t>71.39 €</t>
+          <t>43.27 €</t>
         </is>
       </c>
     </row>
     <row r="181" ht="30" customHeight="1">
       <c r="A181" t="inlineStr">
         <is>
-          <t>AR15878</t>
+          <t>AR15876</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
-          <t>Deckel zu BOA-S DN100 PN6 in JL 1040 (inkl. Entleerungsschraube)</t>
+          <t>Deckel zu BOA-S DN20 PN16 in JL 1040 (inkl. Entleerungsschraube)</t>
         </is>
       </c>
       <c r="D181" t="inlineStr">
         <is>
           <t>["BOA-S"]</t>
         </is>
       </c>
       <c r="E181" t="inlineStr"/>
       <c r="F181" t="inlineStr">
         <is>
           <t>Schmutzfänger</t>
         </is>
       </c>
       <c r="G181" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H181" t="inlineStr">
         <is>
-          <t>6.00</t>
+          <t>1.00</t>
         </is>
       </c>
       <c r="I181" t="inlineStr">
         <is>
-          <t>88.19 €</t>
+          <t>27.30 €</t>
         </is>
       </c>
     </row>
     <row r="182" ht="30" customHeight="1">
       <c r="A182" t="inlineStr">
         <is>
-          <t>AR15879</t>
+          <t>AR15877</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
-          <t>Deckel zu BOA-S DN125 PN6 in JL 1040 (inkl. Entleerungsschraube)</t>
+          <t>Deckel zu BOA-S DN65 PN6 in JL 1040 (inkl. Entleerungsschraube)</t>
         </is>
       </c>
       <c r="D182" t="inlineStr">
         <is>
           <t>["BOA-S"]</t>
         </is>
       </c>
       <c r="E182" t="inlineStr"/>
       <c r="F182" t="inlineStr">
         <is>
           <t>Schmutzfänger</t>
         </is>
       </c>
       <c r="G182" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H182" t="inlineStr">
         <is>
-          <t>8.00</t>
+          <t>4.50</t>
         </is>
       </c>
       <c r="I182" t="inlineStr">
         <is>
-          <t>131.04 €</t>
+          <t>71.39 €</t>
         </is>
       </c>
     </row>
     <row r="183" ht="30" customHeight="1">
       <c r="A183" t="inlineStr">
         <is>
-          <t>AR15906</t>
+          <t>AR15878</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C183" s="2" t="inlineStr">
         <is>
-          <t>Sendegerät Profinet-Gateway PD1 mit Betriebsanleitung</t>
-[...2 lines deleted...]
-      <c r="D183" t="inlineStr"/>
+          <t>Deckel zu BOA-S DN100 PN6 in JL 1040 (inkl. Entleerungsschraube)</t>
+        </is>
+      </c>
+      <c r="D183" t="inlineStr">
+        <is>
+          <t>["BOA-S"]</t>
+        </is>
+      </c>
       <c r="E183" t="inlineStr"/>
       <c r="F183" t="inlineStr">
         <is>
-          <t>Zubehör</t>
+          <t>Schmutzfänger</t>
         </is>
       </c>
       <c r="G183" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H183" t="inlineStr">
         <is>
-          <t>1.00</t>
+          <t>6.00</t>
         </is>
       </c>
       <c r="I183" t="inlineStr">
         <is>
-          <t>1129.00 €</t>
+          <t>88.19 €</t>
         </is>
       </c>
     </row>
     <row r="184" ht="30" customHeight="1">
       <c r="A184" t="inlineStr">
         <is>
-          <t>AR15908</t>
+          <t>AR15879</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C184" s="2" t="inlineStr">
         <is>
-          <t>Standardsieb (Grob) zu BOA-S DN 25 PN16/25  EN-GJS-400-18-LT (5.3103) bis 2020 Werkstoff: 1.4301</t>
+          <t>Deckel zu BOA-S DN125 PN6 in JL 1040 (inkl. Entleerungsschraube)</t>
         </is>
       </c>
       <c r="D184" t="inlineStr">
         <is>
           <t>["BOA-S"]</t>
         </is>
       </c>
       <c r="E184" t="inlineStr"/>
       <c r="F184" t="inlineStr">
         <is>
           <t>Schmutzfänger</t>
         </is>
       </c>
       <c r="G184" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H184" t="inlineStr">
         <is>
-          <t>0.50</t>
+          <t>8.00</t>
         </is>
       </c>
       <c r="I184" t="inlineStr">
         <is>
-          <t>18.32 €</t>
+          <t>131.04 €</t>
         </is>
       </c>
     </row>
     <row r="185" ht="30" customHeight="1">
       <c r="A185" t="inlineStr">
         <is>
-          <t>AR15909</t>
+          <t>AR15906</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C185" s="2" t="inlineStr">
         <is>
-          <t>Standardsieb (Grob) zu BOA-S DN 250 PN16 Werkstoff: 1.4301</t>
-[...6 lines deleted...]
-      </c>
+          <t>Sendegerät Profinet-Gateway PD1 mit Betriebsanleitung</t>
+        </is>
+      </c>
+      <c r="D185" t="inlineStr"/>
       <c r="E185" t="inlineStr"/>
       <c r="F185" t="inlineStr">
         <is>
-          <t>Schmutzfänger</t>
+          <t>Zubehör</t>
         </is>
       </c>
       <c r="G185" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H185" t="inlineStr">
         <is>
-          <t>2.00</t>
+          <t>1.00</t>
         </is>
       </c>
       <c r="I185" t="inlineStr">
         <is>
-          <t>517.60 €</t>
+          <t>1129.00 €</t>
         </is>
       </c>
     </row>
     <row r="186" ht="30" customHeight="1">
       <c r="A186" t="inlineStr">
         <is>
-          <t>AR15910</t>
+          <t>AR15908</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C186" s="2" t="inlineStr">
         <is>
-          <t>Standardsieb (Grob) zu BOA-S DN 300 PN16 Werkstoff: 1.4301</t>
+          <t>Standardsieb (Grob) zu BOA-S DN 25 PN16/25  EN-GJS-400-18-LT (5.3103) bis 2020 Werkstoff: 1.4301</t>
         </is>
       </c>
       <c r="D186" t="inlineStr">
         <is>
           <t>["BOA-S"]</t>
         </is>
       </c>
       <c r="E186" t="inlineStr"/>
       <c r="F186" t="inlineStr">
         <is>
           <t>Schmutzfänger</t>
         </is>
       </c>
       <c r="G186" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H186" t="inlineStr">
         <is>
-          <t>2.00</t>
+          <t>0.50</t>
         </is>
       </c>
       <c r="I186" t="inlineStr">
         <is>
-          <t>856.80 €</t>
-[...3 lines deleted...]
-    <row r="187" ht="45" customHeight="1">
+          <t>18.32 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="187" ht="30" customHeight="1">
       <c r="A187" t="inlineStr">
         <is>
-          <t>AR15912</t>
+          <t>AR15909</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C187" s="2" t="inlineStr">
         <is>
-          <t>Feinsieb zu BOA-S DN 32 PN 16/25 EN-GJS-400-18-LT (5.3103) bis 2020 D= 38mm L= 71mm Werkstoff : Edelstahl</t>
+          <t>Standardsieb (Grob) zu BOA-S DN 250 PN16 Werkstoff: 1.4301</t>
         </is>
       </c>
       <c r="D187" t="inlineStr">
         <is>
           <t>["BOA-S"]</t>
         </is>
       </c>
       <c r="E187" t="inlineStr"/>
       <c r="F187" t="inlineStr">
         <is>
           <t>Schmutzfänger</t>
         </is>
       </c>
       <c r="G187" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H187" t="inlineStr">
         <is>
           <t>2.00</t>
         </is>
       </c>
       <c r="I187" t="inlineStr">
         <is>
-          <t>9.10 €</t>
-[...3 lines deleted...]
-    <row r="188" ht="45" customHeight="1">
+          <t>517.60 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="188" ht="30" customHeight="1">
       <c r="A188" t="inlineStr">
         <is>
-          <t>AR15913</t>
+          <t>AR15910</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C188" s="2" t="inlineStr">
         <is>
-          <t>Grobsieb zu BOA-S DN 32 PN 16/25 EN-GJS-400-18-LT (5.3103) bis 2020 D= 38mm L= 71mm Werkstoff : Edelstahl bis 2020</t>
+          <t>Standardsieb (Grob) zu BOA-S DN 300 PN16 Werkstoff: 1.4301</t>
         </is>
       </c>
       <c r="D188" t="inlineStr">
         <is>
           <t>["BOA-S"]</t>
         </is>
       </c>
       <c r="E188" t="inlineStr"/>
       <c r="F188" t="inlineStr">
         <is>
           <t>Schmutzfänger</t>
         </is>
       </c>
       <c r="G188" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H188" t="inlineStr">
         <is>
           <t>2.00</t>
         </is>
       </c>
       <c r="I188" t="inlineStr">
         <is>
-          <t>17.65 €</t>
+          <t>856.80 €</t>
         </is>
       </c>
     </row>
     <row r="189" ht="45" customHeight="1">
       <c r="A189" t="inlineStr">
         <is>
-          <t>AR15914</t>
+          <t>AR15912</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C189" s="2" t="inlineStr">
         <is>
-          <t>Feinsieb zu BOA-S DN 150 PN 16/25 EN-GJS-400-18-LT (5.3103) bis 2020 D= 160mm L= 259,5mm Werkstoff : Edelstahl</t>
+          <t>Feinsieb zu BOA-S DN 32 PN 16/25 EN-GJS-400-18-LT (5.3103) bis 2020 D= 38mm L= 71mm Werkstoff : Edelstahl</t>
         </is>
       </c>
       <c r="D189" t="inlineStr">
         <is>
           <t>["BOA-S"]</t>
         </is>
       </c>
       <c r="E189" t="inlineStr"/>
       <c r="F189" t="inlineStr">
         <is>
           <t>Schmutzfänger</t>
         </is>
       </c>
       <c r="G189" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H189" t="inlineStr">
         <is>
           <t>2.00</t>
         </is>
       </c>
       <c r="I189" t="inlineStr">
         <is>
-          <t>163.30 €</t>
+          <t>9.10 €</t>
         </is>
       </c>
     </row>
     <row r="190" ht="45" customHeight="1">
       <c r="A190" t="inlineStr">
         <is>
-          <t>AR15916</t>
+          <t>AR15913</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C190" s="2" t="inlineStr">
         <is>
-          <t>Grobsieb zu BOA-S DN 150 PN 16/25 EN-GJS-400-18-LT (5.3103) bis 2020 D= 160mm L= 259,5mm Werkstoff : Edelstahl</t>
+          <t>Grobsieb zu BOA-S DN 32 PN 16/25 EN-GJS-400-18-LT (5.3103) bis 2020 D= 38mm L= 71mm Werkstoff : Edelstahl bis 2020</t>
         </is>
       </c>
       <c r="D190" t="inlineStr">
         <is>
           <t>["BOA-S"]</t>
         </is>
       </c>
       <c r="E190" t="inlineStr"/>
       <c r="F190" t="inlineStr">
         <is>
           <t>Schmutzfänger</t>
         </is>
       </c>
       <c r="G190" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H190" t="inlineStr">
         <is>
           <t>2.00</t>
         </is>
       </c>
       <c r="I190" t="inlineStr">
         <is>
-          <t>166.78 €</t>
-[...3 lines deleted...]
-    <row r="191" ht="15" customHeight="1">
+          <t>17.65 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="191" ht="45" customHeight="1">
       <c r="A191" t="inlineStr">
         <is>
-          <t>AR15917</t>
+          <t>AR15914</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C191" s="2" t="inlineStr">
         <is>
-          <t>Passstück R14 DN 32 X G2 X R2 X 40mm PN 10</t>
-[...2 lines deleted...]
-      <c r="D191" t="inlineStr"/>
+          <t>Feinsieb zu BOA-S DN 150 PN 16/25 EN-GJS-400-18-LT (5.3103) bis 2020 D= 160mm L= 259,5mm Werkstoff : Edelstahl</t>
+        </is>
+      </c>
+      <c r="D191" t="inlineStr">
+        <is>
+          <t>["BOA-S"]</t>
+        </is>
+      </c>
       <c r="E191" t="inlineStr"/>
       <c r="F191" t="inlineStr">
         <is>
-          <t>Zubehör &amp; Ersatzteile</t>
+          <t>Schmutzfänger</t>
         </is>
       </c>
       <c r="G191" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H191" t="inlineStr">
         <is>
-          <t>3.00</t>
+          <t>2.00</t>
         </is>
       </c>
       <c r="I191" t="inlineStr">
         <is>
-          <t>51.34 €</t>
+          <t>163.30 €</t>
         </is>
       </c>
     </row>
     <row r="192" ht="45" customHeight="1">
       <c r="A192" t="inlineStr">
         <is>
-          <t>AR15919</t>
+          <t>AR15916</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C192" s="2" t="inlineStr">
         <is>
-          <t>Feinsieb zu BOA-S DN 250 PN 16 EN-GJS-400-18-LT (5.3103) bis 2020, D=231mm L= 336mm Werkstoff : Edeldtahl</t>
+          <t>Grobsieb zu BOA-S DN 150 PN 16/25 EN-GJS-400-18-LT (5.3103) bis 2020 D= 160mm L= 259,5mm Werkstoff : Edelstahl</t>
         </is>
       </c>
       <c r="D192" t="inlineStr">
         <is>
           <t>["BOA-S"]</t>
         </is>
       </c>
       <c r="E192" t="inlineStr"/>
       <c r="F192" t="inlineStr">
         <is>
           <t>Schmutzfänger</t>
         </is>
       </c>
       <c r="G192" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H192" t="inlineStr">
         <is>
           <t>2.00</t>
         </is>
       </c>
       <c r="I192" t="inlineStr">
         <is>
-          <t>385.45 €</t>
-[...3 lines deleted...]
-    <row r="193" ht="45" customHeight="1">
+          <t>166.78 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="193" ht="15" customHeight="1">
       <c r="A193" t="inlineStr">
         <is>
-          <t>AR15920</t>
+          <t>AR15917</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C193" s="2" t="inlineStr">
         <is>
-          <t>Grobsieb zu BOA-S DN 250 PN 16 EN-GJS-400-18-LT (5.3103) bis 2020, D=231mm L= 336mm Werkstoff : Edeldtahl</t>
-[...6 lines deleted...]
-      </c>
+          <t>Passstück R14 DN 32 X G2 X R2 X 40mm PN 10</t>
+        </is>
+      </c>
+      <c r="D193" t="inlineStr"/>
       <c r="E193" t="inlineStr"/>
       <c r="F193" t="inlineStr">
         <is>
-          <t>Schmutzfänger</t>
+          <t>Zubehör &amp; Ersatzteile</t>
         </is>
       </c>
       <c r="G193" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H193" t="inlineStr">
         <is>
-          <t>2.00</t>
+          <t>3.00</t>
         </is>
       </c>
       <c r="I193" t="inlineStr">
         <is>
-          <t>472.18 €</t>
+          <t>51.34 €</t>
         </is>
       </c>
     </row>
     <row r="194" ht="45" customHeight="1">
       <c r="A194" t="inlineStr">
         <is>
-          <t>AR15921</t>
+          <t>AR15919</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C194" s="2" t="inlineStr">
         <is>
-          <t>Grobsieb zu BOA-S DN 300 PN 16 EN-GJS-400-18-LT (5.3103) bis 2020, D=281mm L= 384mm Werkstoff : Edelstahl</t>
+          <t>Feinsieb zu BOA-S DN 250 PN 16 EN-GJS-400-18-LT (5.3103) bis 2020, D=231mm L= 336mm Werkstoff : Edeldtahl</t>
         </is>
       </c>
       <c r="D194" t="inlineStr">
         <is>
           <t>["BOA-S"]</t>
         </is>
       </c>
       <c r="E194" t="inlineStr"/>
       <c r="F194" t="inlineStr">
         <is>
           <t>Schmutzfänger</t>
         </is>
       </c>
       <c r="G194" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H194" t="inlineStr">
         <is>
           <t>2.00</t>
         </is>
       </c>
       <c r="I194" t="inlineStr">
         <is>
-          <t>493.06 €</t>
-[...3 lines deleted...]
-    <row r="195" ht="30" customHeight="1">
+          <t>385.45 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="195" ht="45" customHeight="1">
       <c r="A195" t="inlineStr">
         <is>
-          <t>AR15922</t>
+          <t>AR15920</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C195" s="2" t="inlineStr">
         <is>
-          <t>Spindelverlängerung für Isoria L= 100mm Isoria10/16: DN 150, Isoria20: DN 125 - DN 150</t>
+          <t>Grobsieb zu BOA-S DN 250 PN 16 EN-GJS-400-18-LT (5.3103) bis 2020, D=231mm L= 336mm Werkstoff : Edeldtahl</t>
         </is>
       </c>
       <c r="D195" t="inlineStr">
         <is>
-          <t>["ISORIA 10", "ISORIA 16", "ISORIA 20"]</t>
+          <t>["BOA-S"]</t>
         </is>
       </c>
       <c r="E195" t="inlineStr"/>
       <c r="F195" t="inlineStr">
         <is>
-          <t>Absperrklappen-Zubehör</t>
+          <t>Schmutzfänger</t>
         </is>
       </c>
       <c r="G195" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H195" t="inlineStr">
         <is>
           <t>2.00</t>
         </is>
       </c>
       <c r="I195" t="inlineStr">
         <is>
-          <t>477.10 €</t>
-[...3 lines deleted...]
-    <row r="196" ht="30" customHeight="1">
+          <t>472.18 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="196" ht="45" customHeight="1">
       <c r="A196" t="inlineStr">
         <is>
-          <t>AR15923</t>
+          <t>AR15921</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C196" s="2" t="inlineStr">
         <is>
-          <t>Spindelverlängerung für Isoria L= 100mm Isoria10/16: DN 250, Isoria20: DN 200 - DN 250</t>
+          <t>Grobsieb zu BOA-S DN 300 PN 16 EN-GJS-400-18-LT (5.3103) bis 2020, D=281mm L= 384mm Werkstoff : Edelstahl</t>
         </is>
       </c>
       <c r="D196" t="inlineStr">
         <is>
-          <t>["ISORIA 10", "ISORIA 16", "ISORIA 20"]</t>
+          <t>["BOA-S"]</t>
         </is>
       </c>
       <c r="E196" t="inlineStr"/>
       <c r="F196" t="inlineStr">
         <is>
-          <t>Absperrklappen-Zubehör</t>
+          <t>Schmutzfänger</t>
         </is>
       </c>
       <c r="G196" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H196" t="inlineStr">
         <is>
-          <t>5.00</t>
+          <t>2.00</t>
         </is>
       </c>
       <c r="I196" t="inlineStr">
         <is>
-          <t>618.10 €</t>
+          <t>493.06 €</t>
         </is>
       </c>
     </row>
     <row r="197" ht="30" customHeight="1">
       <c r="A197" t="inlineStr">
         <is>
-          <t>AR15925</t>
+          <t>AR15922</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C197" s="2" t="inlineStr">
         <is>
-          <t>Spindelverlängerung für Isoria20: DN 500, BOAX-S-/ SF: DN600 ( alte Ausführung ), L= 150mm</t>
+          <t>Spindelverlängerung für Isoria L= 100mm Isoria10/16: DN 150, Isoria20: DN 125 - DN 150</t>
         </is>
       </c>
       <c r="D197" t="inlineStr">
         <is>
-          <t>["BOAX-S/SF", "ISORIA 20"]</t>
+          <t>["ISORIA 10", "ISORIA 16", "ISORIA 20"]</t>
         </is>
       </c>
       <c r="E197" t="inlineStr"/>
       <c r="F197" t="inlineStr">
         <is>
           <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
       <c r="G197" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H197" t="inlineStr">
         <is>
-          <t>8.00</t>
+          <t>2.00</t>
         </is>
       </c>
       <c r="I197" t="inlineStr">
         <is>
-          <t>1079.33 €</t>
+          <t>477.10 €</t>
         </is>
       </c>
     </row>
     <row r="198" ht="30" customHeight="1">
       <c r="A198" t="inlineStr">
         <is>
-          <t>AR15926</t>
+          <t>AR15923</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C198" s="2" t="inlineStr">
         <is>
-          <t>Spindelverlängerung für Isoria 10/16/20: DN 600, BOAX-S-/ SF: DN600, L= 150mm</t>
+          <t>Spindelverlängerung für Isoria L= 100mm Isoria10/16: DN 250, Isoria20: DN 200 - DN 250</t>
         </is>
       </c>
       <c r="D198" t="inlineStr">
         <is>
-          <t>["BOAX-S/SF", "ISORIA 10", "ISORIA 16", "ISORIA 20"]</t>
+          <t>["ISORIA 10", "ISORIA 16", "ISORIA 20"]</t>
         </is>
       </c>
       <c r="E198" t="inlineStr"/>
       <c r="F198" t="inlineStr">
         <is>
           <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
       <c r="G198" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H198" t="inlineStr">
         <is>
-          <t>9.00</t>
+          <t>5.00</t>
         </is>
       </c>
       <c r="I198" t="inlineStr">
         <is>
-          <t>1079.33 €</t>
+          <t>618.10 €</t>
         </is>
       </c>
     </row>
     <row r="199" ht="30" customHeight="1">
       <c r="A199" t="inlineStr">
         <is>
-          <t>AR15927</t>
+          <t>AR15925</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C199" s="2" t="inlineStr">
         <is>
-          <t>Handradwellenverlängerung für MN Getriebe Gr. 25/40/80, L= 100mm, Incl. Spannhülse.</t>
-[...2 lines deleted...]
-      <c r="D199" t="inlineStr"/>
+          <t>Spindelverlängerung für Isoria20: DN 500, BOAX-S-/ SF: DN600 ( alte Ausführung ), L= 150mm</t>
+        </is>
+      </c>
+      <c r="D199" t="inlineStr">
+        <is>
+          <t>["BOAX-S/SF", "ISORIA 20"]</t>
+        </is>
+      </c>
       <c r="E199" t="inlineStr"/>
       <c r="F199" t="inlineStr">
         <is>
-          <t>Handräder</t>
+          <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
       <c r="G199" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H199" t="inlineStr">
         <is>
-          <t>2.00</t>
+          <t>8.00</t>
         </is>
       </c>
       <c r="I199" t="inlineStr">
         <is>
-          <t>78.35 €</t>
+          <t>1079.33 €</t>
         </is>
       </c>
     </row>
     <row r="200" ht="30" customHeight="1">
       <c r="A200" t="inlineStr">
         <is>
-          <t>AR15929</t>
+          <t>AR15926</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
-          <t>WILO</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C200" s="2" t="inlineStr">
         <is>
-          <t>Laengenausgleich von Flanschverbindungen Flansch-Zwischenstutzen F 10, DN 65x20mm, PN 10/16</t>
-[...2 lines deleted...]
-      <c r="D200" t="inlineStr"/>
+          <t>Spindelverlängerung für Isoria 10/16/20: DN 600, BOAX-S-/ SF: DN600, L= 150mm</t>
+        </is>
+      </c>
+      <c r="D200" t="inlineStr">
+        <is>
+          <t>["BOAX-S/SF", "ISORIA 10", "ISORIA 16", "ISORIA 20"]</t>
+        </is>
+      </c>
       <c r="E200" t="inlineStr"/>
       <c r="F200" t="inlineStr">
         <is>
-          <t>Inline-Umwälzpumpen</t>
+          <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
       <c r="G200" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H200" t="inlineStr">
         <is>
-          <t>5.00</t>
+          <t>9.00</t>
         </is>
       </c>
       <c r="I200" t="inlineStr">
         <is>
-          <t>72.42 €</t>
+          <t>1079.33 €</t>
         </is>
       </c>
     </row>
     <row r="201" ht="30" customHeight="1">
       <c r="A201" t="inlineStr">
         <is>
-          <t>AR15931</t>
+          <t>AR15927</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
-          <t>WILO</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C201" s="2" t="inlineStr">
         <is>
-          <t>Laengenausgleich von Flanschverbindungen Flansch-Zwischenstutzen F 1, DN 40x30mm, PN 10/16</t>
+          <t>Handradwellenverlängerung für MN Getriebe Gr. 25/40/80, L= 100mm, Incl. Spannhülse.</t>
         </is>
       </c>
       <c r="D201" t="inlineStr"/>
       <c r="E201" t="inlineStr"/>
       <c r="F201" t="inlineStr">
         <is>
-          <t>Inline-Umwälzpumpen</t>
+          <t>Handräder</t>
         </is>
       </c>
       <c r="G201" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H201" t="inlineStr">
         <is>
-          <t>5.00</t>
+          <t>2.00</t>
         </is>
       </c>
       <c r="I201" t="inlineStr">
         <is>
-          <t>65.36 €</t>
+          <t>78.35 €</t>
         </is>
       </c>
     </row>
     <row r="202" ht="30" customHeight="1">
       <c r="A202" t="inlineStr">
         <is>
-          <t>AR15932</t>
+          <t>AR15929</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
           <t>WILO</t>
         </is>
       </c>
       <c r="C202" s="2" t="inlineStr">
         <is>
-          <t>Laengenausgleich von Flanschverbindungen Flansch-Zwischenstutzen F 11, DN 65x30mm, PN 10/16</t>
+          <t>Laengenausgleich von Flanschverbindungen Flansch-Zwischenstutzen F 10, DN 65x20mm, PN 10/16</t>
         </is>
       </c>
       <c r="D202" t="inlineStr"/>
       <c r="E202" t="inlineStr"/>
       <c r="F202" t="inlineStr">
         <is>
           <t>Inline-Umwälzpumpen</t>
         </is>
       </c>
       <c r="G202" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H202" t="inlineStr">
         <is>
           <t>5.00</t>
         </is>
       </c>
       <c r="I202" t="inlineStr">
         <is>
           <t>72.42 €</t>
         </is>
       </c>
     </row>
     <row r="203" ht="30" customHeight="1">
       <c r="A203" t="inlineStr">
         <is>
-          <t>AR15933</t>
+          <t>AR15931</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
           <t>WILO</t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
-          <t>Laengenausgleich von Flanschverbindungen Flansch-Zwischenstutzen F 2, DN 50x10mm, PN 10/16</t>
+          <t>Laengenausgleich von Flanschverbindungen Flansch-Zwischenstutzen F 1, DN 40x30mm, PN 10/16</t>
         </is>
       </c>
       <c r="D203" t="inlineStr"/>
       <c r="E203" t="inlineStr"/>
       <c r="F203" t="inlineStr">
         <is>
           <t>Inline-Umwälzpumpen</t>
         </is>
       </c>
       <c r="G203" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H203" t="inlineStr">
         <is>
           <t>5.00</t>
         </is>
       </c>
       <c r="I203" t="inlineStr">
         <is>
-          <t>44.38 €</t>
+          <t>65.36 €</t>
         </is>
       </c>
     </row>
     <row r="204" ht="30" customHeight="1">
       <c r="A204" t="inlineStr">
         <is>
-          <t>AR15934</t>
+          <t>AR15932</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
           <t>WILO</t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
-          <t>Laengenausgleich von Flanschverbindungen Flansch-Zwischenstutzen F 4, DN 50x30mm, PN 10/16</t>
+          <t>Laengenausgleich von Flanschverbindungen Flansch-Zwischenstutzen F 11, DN 65x30mm, PN 10/16</t>
         </is>
       </c>
       <c r="D204" t="inlineStr"/>
       <c r="E204" t="inlineStr"/>
       <c r="F204" t="inlineStr">
         <is>
           <t>Inline-Umwälzpumpen</t>
         </is>
       </c>
       <c r="G204" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H204" t="inlineStr">
         <is>
           <t>5.00</t>
         </is>
       </c>
       <c r="I204" t="inlineStr">
         <is>
-          <t>107.00 €</t>
+          <t>72.42 €</t>
         </is>
       </c>
     </row>
     <row r="205" ht="30" customHeight="1">
       <c r="A205" t="inlineStr">
         <is>
-          <t>AR15935</t>
+          <t>AR15933</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
           <t>WILO</t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
-          <t>Laengenausgleich von Flanschverbindungen Flansch-Zwischenstutzen F 9, DN 65x10mm, PN 10/16</t>
+          <t>Laengenausgleich von Flanschverbindungen Flansch-Zwischenstutzen F 2, DN 50x10mm, PN 10/16</t>
         </is>
       </c>
       <c r="D205" t="inlineStr"/>
       <c r="E205" t="inlineStr"/>
       <c r="F205" t="inlineStr">
         <is>
           <t>Inline-Umwälzpumpen</t>
         </is>
       </c>
       <c r="G205" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H205" t="inlineStr">
         <is>
           <t>5.00</t>
         </is>
       </c>
       <c r="I205" t="inlineStr">
         <is>
-          <t>65.36 €</t>
+          <t>44.38 €</t>
         </is>
       </c>
     </row>
     <row r="206" ht="30" customHeight="1">
       <c r="A206" t="inlineStr">
         <is>
-          <t>AR15936</t>
+          <t>AR15934</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
           <t>WILO</t>
         </is>
       </c>
       <c r="C206" s="2" t="inlineStr">
         <is>
-          <t>Laengenausgleich von Flanschverbindungen Flansch-Zwischenstutzen F 18, DN 80x40mm, PN 6</t>
+          <t>Laengenausgleich von Flanschverbindungen Flansch-Zwischenstutzen F 4, DN 50x30mm, PN 10/16</t>
         </is>
       </c>
       <c r="D206" t="inlineStr"/>
       <c r="E206" t="inlineStr"/>
       <c r="F206" t="inlineStr">
         <is>
           <t>Inline-Umwälzpumpen</t>
         </is>
       </c>
       <c r="G206" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H206" t="inlineStr">
         <is>
           <t>5.00</t>
         </is>
       </c>
       <c r="I206" t="inlineStr">
         <is>
-          <t>100.37 €</t>
+          <t>107.00 €</t>
         </is>
       </c>
     </row>
     <row r="207" ht="30" customHeight="1">
       <c r="A207" t="inlineStr">
         <is>
-          <t>AR15937</t>
+          <t>AR15935</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
           <t>WILO</t>
         </is>
       </c>
       <c r="C207" s="2" t="inlineStr">
         <is>
-          <t>Laengenausgleich von Flanschverbindungen Flansch-Zwischenstutzen F 11, DN 65x30mm, PN 6</t>
+          <t>Laengenausgleich von Flanschverbindungen Flansch-Zwischenstutzen F 9, DN 65x10mm, PN 10/16</t>
         </is>
       </c>
       <c r="D207" t="inlineStr"/>
       <c r="E207" t="inlineStr"/>
       <c r="F207" t="inlineStr">
         <is>
           <t>Inline-Umwälzpumpen</t>
         </is>
       </c>
       <c r="G207" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H207" t="inlineStr">
         <is>
           <t>5.00</t>
         </is>
       </c>
       <c r="I207" t="inlineStr">
         <is>
-          <t>72.42 €</t>
+          <t>65.36 €</t>
         </is>
       </c>
     </row>
     <row r="208" ht="30" customHeight="1">
       <c r="A208" t="inlineStr">
         <is>
-          <t>AR15938</t>
+          <t>AR15936</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
           <t>WILO</t>
         </is>
       </c>
       <c r="C208" s="2" t="inlineStr">
         <is>
-          <t>Laengenausgleich von Flanschverbindungen Flansch-Zwischenstutzen F 2, DN 50x10mm, PN 6</t>
+          <t>Laengenausgleich von Flanschverbindungen Flansch-Zwischenstutzen F 18, DN 80x40mm, PN 6</t>
         </is>
       </c>
       <c r="D208" t="inlineStr"/>
       <c r="E208" t="inlineStr"/>
       <c r="F208" t="inlineStr">
         <is>
           <t>Inline-Umwälzpumpen</t>
         </is>
       </c>
       <c r="G208" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H208" t="inlineStr">
         <is>
           <t>5.00</t>
         </is>
       </c>
       <c r="I208" t="inlineStr">
         <is>
-          <t>44.38 €</t>
+          <t>100.37 €</t>
         </is>
       </c>
     </row>
     <row r="209" ht="30" customHeight="1">
       <c r="A209" t="inlineStr">
         <is>
-          <t>AR15939</t>
+          <t>AR15937</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
           <t>WILO</t>
         </is>
       </c>
       <c r="C209" s="2" t="inlineStr">
         <is>
-          <t>Laengenausgleich von Flanschverbindungen Flansch-Zwischenstutzen F 26, DN 40x50mm, PN 6</t>
+          <t>Laengenausgleich von Flanschverbindungen Flansch-Zwischenstutzen F 11, DN 65x30mm, PN 6</t>
         </is>
       </c>
       <c r="D209" t="inlineStr"/>
       <c r="E209" t="inlineStr"/>
       <c r="F209" t="inlineStr">
         <is>
           <t>Inline-Umwälzpumpen</t>
         </is>
       </c>
       <c r="G209" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H209" t="inlineStr">
         <is>
           <t>5.00</t>
         </is>
       </c>
       <c r="I209" t="inlineStr">
         <is>
-          <t>84.02 €</t>
+          <t>72.42 €</t>
         </is>
       </c>
     </row>
     <row r="210" ht="30" customHeight="1">
       <c r="A210" t="inlineStr">
         <is>
-          <t>AR15940</t>
+          <t>AR15938</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
           <t>WILO</t>
         </is>
       </c>
       <c r="C210" s="2" t="inlineStr">
         <is>
-          <t>Laengenausgleich von Flanschverbindungen Flansch-Zwischenstutzen F 9, DN 65x10mm, PN 6</t>
+          <t>Laengenausgleich von Flanschverbindungen Flansch-Zwischenstutzen F 2, DN 50x10mm, PN 6</t>
         </is>
       </c>
       <c r="D210" t="inlineStr"/>
       <c r="E210" t="inlineStr"/>
       <c r="F210" t="inlineStr">
         <is>
           <t>Inline-Umwälzpumpen</t>
         </is>
       </c>
       <c r="G210" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H210" t="inlineStr">
         <is>
           <t>5.00</t>
         </is>
       </c>
       <c r="I210" t="inlineStr">
         <is>
-          <t>53.75 €</t>
-[...3 lines deleted...]
-    <row r="211" ht="15" customHeight="1">
+          <t>44.38 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="211" ht="30" customHeight="1">
       <c r="A211" t="inlineStr">
         <is>
-          <t>AR15946</t>
+          <t>AR15939</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
-          <t>Unbekannt</t>
+          <t>WILO</t>
         </is>
       </c>
       <c r="C211" s="2" t="inlineStr">
         <is>
-          <t>Handradsicherungsring   36 X 1,75</t>
+          <t>Laengenausgleich von Flanschverbindungen Flansch-Zwischenstutzen F 26, DN 40x50mm, PN 6</t>
         </is>
       </c>
       <c r="D211" t="inlineStr"/>
       <c r="E211" t="inlineStr"/>
       <c r="F211" t="inlineStr">
         <is>
-          <t>Zubehör &amp; Ersatzteile</t>
+          <t>Inline-Umwälzpumpen</t>
         </is>
       </c>
       <c r="G211" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H211" t="inlineStr">
         <is>
-          <t>0.50</t>
+          <t>5.00</t>
         </is>
       </c>
       <c r="I211" t="inlineStr">
         <is>
-          <t>6.48 €</t>
+          <t>84.02 €</t>
         </is>
       </c>
     </row>
     <row r="212" ht="30" customHeight="1">
       <c r="A212" t="inlineStr">
         <is>
-          <t>AR15949</t>
+          <t>AR15940</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
-          <t>Unbekannt</t>
+          <t>WILO</t>
         </is>
       </c>
       <c r="C212" s="2" t="inlineStr">
         <is>
-          <t>Set A für Isolierung. Führungsrohr BOA-C IMS (Alt) 50mm</t>
-[...6 lines deleted...]
-      </c>
+          <t>Laengenausgleich von Flanschverbindungen Flansch-Zwischenstutzen F 9, DN 65x10mm, PN 6</t>
+        </is>
+      </c>
+      <c r="D212" t="inlineStr"/>
       <c r="E212" t="inlineStr"/>
       <c r="F212" t="inlineStr">
         <is>
-          <t>Regulierventile</t>
+          <t>Inline-Umwälzpumpen</t>
         </is>
       </c>
       <c r="G212" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H212" t="inlineStr">
         <is>
-          <t>0.50</t>
+          <t>5.00</t>
         </is>
       </c>
       <c r="I212" t="inlineStr">
         <is>
-          <t>6.48 €</t>
-[...3 lines deleted...]
-    <row r="213" ht="45" customHeight="1">
+          <t>53.75 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="213" ht="15" customHeight="1">
       <c r="A213" t="inlineStr">
         <is>
-          <t>AR15955</t>
+          <t>AR15946</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>-</t>
         </is>
       </c>
       <c r="C213" s="2" t="inlineStr">
         <is>
-          <t>Feinsieb zu BOA-S DN 200 PN 16/25 EN-GJS-400-18-LT (5.3103) bis 2020, D=208mm L= 360mm Werkstoff : Edeldtahl</t>
-[...6 lines deleted...]
-      </c>
+          <t>Handradsicherungsring   36 X 1,75</t>
+        </is>
+      </c>
+      <c r="D213" t="inlineStr"/>
       <c r="E213" t="inlineStr"/>
       <c r="F213" t="inlineStr">
         <is>
-          <t>Schmutzfänger</t>
+          <t>Zubehör &amp; Ersatzteile</t>
         </is>
       </c>
       <c r="G213" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H213" t="inlineStr">
         <is>
-          <t>2.00</t>
+          <t>0.50</t>
         </is>
       </c>
       <c r="I213" t="inlineStr">
         <is>
-          <t>388.76 €</t>
+          <t>6.48 €</t>
         </is>
       </c>
     </row>
     <row r="214" ht="30" customHeight="1">
       <c r="A214" t="inlineStr">
         <is>
-          <t>AR15959</t>
+          <t>AR15949</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>-</t>
         </is>
       </c>
       <c r="C214" s="2" t="inlineStr">
         <is>
-          <t>FIX Adapter Schweiz-Europa 3-polig Schukostecker/CH-Stecker T12</t>
-[...2 lines deleted...]
-      <c r="D214" t="inlineStr"/>
+          <t>Set A für Isolierung. Führungsrohr BOA-C IMS (Alt) 50mm</t>
+        </is>
+      </c>
+      <c r="D214" t="inlineStr">
+        <is>
+          <t>["BOA-Control"]</t>
+        </is>
+      </c>
       <c r="E214" t="inlineStr"/>
-      <c r="F214" t="inlineStr"/>
+      <c r="F214" t="inlineStr">
+        <is>
+          <t>Regulierventile</t>
+        </is>
+      </c>
       <c r="G214" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H214" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
       <c r="I214" t="inlineStr">
         <is>
-          <t>5.50 €</t>
-[...3 lines deleted...]
-    <row r="215" ht="30" customHeight="1">
+          <t>6.48 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="215" ht="45" customHeight="1">
       <c r="A215" t="inlineStr">
         <is>
-          <t>AR15960</t>
+          <t>AR15955</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C215" s="2" t="inlineStr">
         <is>
-          <t>Spindelverlängerung für Isoria L= 150mm, Isoria20: DN 350</t>
+          <t>Feinsieb zu BOA-S DN 200 PN 16/25 EN-GJS-400-18-LT (5.3103) bis 2020, D=208mm L= 360mm Werkstoff : Edeldtahl</t>
         </is>
       </c>
       <c r="D215" t="inlineStr">
         <is>
-          <t>["ISORIA 20"]</t>
+          <t>["BOA-S"]</t>
         </is>
       </c>
       <c r="E215" t="inlineStr"/>
       <c r="F215" t="inlineStr">
         <is>
-          <t>Absperrklappen-Zubehör</t>
+          <t>Schmutzfänger</t>
         </is>
       </c>
       <c r="G215" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H215" t="inlineStr">
         <is>
-          <t>6.00</t>
+          <t>2.00</t>
         </is>
       </c>
       <c r="I215" t="inlineStr">
         <is>
-          <t>789.30 €</t>
-[...3 lines deleted...]
-    <row r="216" ht="15" customHeight="1">
+          <t>388.76 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="216" ht="30" customHeight="1">
       <c r="A216" t="inlineStr">
         <is>
-          <t>AR15975</t>
+          <t>AR15959</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C216" s="2" t="inlineStr">
         <is>
-          <t>KIT-Stopfbuchspackung HERA DN 150</t>
+          <t>FIX Adapter Schweiz-Europa 3-polig Schukostecker/CH-Stecker T12</t>
         </is>
       </c>
       <c r="D216" t="inlineStr"/>
       <c r="E216" t="inlineStr"/>
-      <c r="F216" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F216" t="inlineStr"/>
       <c r="G216" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H216" t="inlineStr">
         <is>
-          <t>1.00</t>
+          <t>0.50</t>
         </is>
       </c>
       <c r="I216" t="inlineStr">
         <is>
-          <t>134.82 €</t>
+          <t>5.50 €</t>
         </is>
       </c>
     </row>
     <row r="217" ht="30" customHeight="1">
       <c r="A217" t="inlineStr">
         <is>
-          <t>AR15976</t>
+          <t>AR15960</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C217" s="2" t="inlineStr">
         <is>
-          <t>Set-Rundschnurr Flanschabdichtung aus EPDM   HERA BD DN 150</t>
-[...2 lines deleted...]
-      <c r="D217" t="inlineStr"/>
+          <t>Spindelverlängerung für Isoria L= 150mm, Isoria20: DN 350</t>
+        </is>
+      </c>
+      <c r="D217" t="inlineStr">
+        <is>
+          <t>["ISORIA 20"]</t>
+        </is>
+      </c>
       <c r="E217" t="inlineStr"/>
       <c r="F217" t="inlineStr">
         <is>
-          <t>Plattenschieber</t>
+          <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
       <c r="G217" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H217" t="inlineStr">
         <is>
-          <t>1.00</t>
+          <t>6.00</t>
         </is>
       </c>
       <c r="I217" t="inlineStr">
         <is>
-          <t>80.13 €</t>
-[...3 lines deleted...]
-    <row r="218" ht="30" customHeight="1">
+          <t>789.30 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="218" ht="15" customHeight="1">
       <c r="A218" t="inlineStr">
         <is>
-          <t>AR15978</t>
+          <t>AR15975</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C218" s="2" t="inlineStr">
         <is>
-          <t>Deckel zu BOA-S DN32 PN16 in JL1040 (inkl. Entleerungsschraube)</t>
-[...6 lines deleted...]
-      </c>
+          <t>KIT-Stopfbuchspackung HERA DN 150</t>
+        </is>
+      </c>
+      <c r="D218" t="inlineStr"/>
       <c r="E218" t="inlineStr"/>
       <c r="F218" t="inlineStr">
         <is>
-          <t>Schmutzfänger</t>
+          <t>Plattenschieber</t>
         </is>
       </c>
       <c r="G218" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H218" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
       <c r="I218" t="inlineStr">
         <is>
-          <t>50.65 €</t>
+          <t>134.82 €</t>
         </is>
       </c>
     </row>
     <row r="219" ht="30" customHeight="1">
       <c r="A219" t="inlineStr">
         <is>
-          <t>AR15980</t>
+          <t>AR15976</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C219" s="2" t="inlineStr">
         <is>
-          <t>U-Bügeldichtung aus EPDM mit Stahlkern  HERA BD DN 150</t>
+          <t>Set-Rundschnurr Flanschabdichtung aus EPDM   HERA BD DN 150</t>
         </is>
       </c>
       <c r="D219" t="inlineStr"/>
       <c r="E219" t="inlineStr"/>
       <c r="F219" t="inlineStr">
         <is>
           <t>Plattenschieber</t>
         </is>
       </c>
       <c r="G219" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H219" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
       <c r="I219" t="inlineStr">
         <is>
-          <t>102.40 €</t>
+          <t>80.13 €</t>
         </is>
       </c>
     </row>
     <row r="220" ht="30" customHeight="1">
       <c r="A220" t="inlineStr">
         <is>
-          <t>AR16155</t>
+          <t>AR15978</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C220" s="2" t="inlineStr">
         <is>
-          <t>Feinsieb zu BOA-S DN100 D= 109,5mm L= 169mm Werkstoff : Edelstahl</t>
+          <t>Deckel zu BOA-S DN32 PN16 in JL1040 (inkl. Entleerungsschraube)</t>
         </is>
       </c>
       <c r="D220" t="inlineStr">
         <is>
           <t>["BOA-S"]</t>
         </is>
       </c>
       <c r="E220" t="inlineStr"/>
       <c r="F220" t="inlineStr">
         <is>
           <t>Schmutzfänger</t>
         </is>
       </c>
       <c r="G220" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
-      <c r="H220" t="inlineStr"/>
+      <c r="H220" t="inlineStr">
+        <is>
+          <t>1.00</t>
+        </is>
+      </c>
       <c r="I220" t="inlineStr">
         <is>
-          <t>91.63 €</t>
+          <t>50.65 €</t>
         </is>
       </c>
     </row>
     <row r="221" ht="30" customHeight="1">
       <c r="A221" t="inlineStr">
         <is>
-          <t>AR16156</t>
+          <t>AR15980</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C221" s="2" t="inlineStr">
         <is>
-          <t>Grobsieb zu BOA-S DN 65 D= 78,5mm L= 134mm Werkstoff : Edelstahl</t>
-[...6 lines deleted...]
-      </c>
+          <t>U-Bügeldichtung aus EPDM mit Stahlkern  HERA BD DN 150</t>
+        </is>
+      </c>
+      <c r="D221" t="inlineStr"/>
       <c r="E221" t="inlineStr"/>
       <c r="F221" t="inlineStr">
         <is>
-          <t>Schmutzfänger</t>
+          <t>Plattenschieber</t>
         </is>
       </c>
       <c r="G221" t="inlineStr">
         <is>
-          <t>B1: A: neu / standard</t>
-[...2 lines deleted...]
-      <c r="H221" t="inlineStr"/>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="H221" t="inlineStr">
+        <is>
+          <t>1.00</t>
+        </is>
+      </c>
       <c r="I221" t="inlineStr">
         <is>
-          <t>45.23 €</t>
+          <t>102.40 €</t>
         </is>
       </c>
     </row>
     <row r="222" ht="30" customHeight="1">
       <c r="A222" t="inlineStr">
         <is>
-          <t>AR16157</t>
+          <t>AR16155</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C222" s="2" t="inlineStr">
         <is>
-          <t>Grobsieb zu BOA-S DN125 D= 137,5mm L= 199mm Werkstoff : Edelstahl</t>
+          <t>Feinsieb zu BOA-S DN100 D= 109,5mm L= 169mm Werkstoff : Edelstahl</t>
         </is>
       </c>
       <c r="D222" t="inlineStr">
         <is>
           <t>["BOA-S"]</t>
         </is>
       </c>
       <c r="E222" t="inlineStr"/>
       <c r="F222" t="inlineStr">
         <is>
           <t>Schmutzfänger</t>
         </is>
       </c>
       <c r="G222" t="inlineStr">
         <is>
-          <t>B1: A: neu / standard</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H222" t="inlineStr"/>
       <c r="I222" t="inlineStr">
         <is>
-          <t>56.97 €</t>
-[...3 lines deleted...]
-    <row r="223" ht="15" customHeight="1">
+          <t>91.63 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="223" ht="30" customHeight="1">
       <c r="A223" t="inlineStr">
         <is>
-          <t>AR16246</t>
+          <t>AR16156</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C223" s="2" t="inlineStr">
         <is>
-          <t>Motoradapterkit PDRV2/E-1LE1, 1LG6 BG225S/M</t>
-[...2 lines deleted...]
-      <c r="D223" t="inlineStr"/>
+          <t>Grobsieb zu BOA-S DN 65 D= 78,5mm L= 134mm Werkstoff : Edelstahl</t>
+        </is>
+      </c>
+      <c r="D223" t="inlineStr">
+        <is>
+          <t>["BOA-S"]</t>
+        </is>
+      </c>
       <c r="E223" t="inlineStr"/>
       <c r="F223" t="inlineStr">
         <is>
-          <t>Zubehör</t>
+          <t>Schmutzfänger</t>
         </is>
       </c>
       <c r="G223" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
-[...6 lines deleted...]
-      </c>
+          <t>B1: A: neu / standard</t>
+        </is>
+      </c>
+      <c r="H223" t="inlineStr"/>
       <c r="I223" t="inlineStr">
         <is>
-          <t>1293.96 €</t>
+          <t>45.23 €</t>
         </is>
       </c>
     </row>
     <row r="224" ht="30" customHeight="1">
       <c r="A224" t="inlineStr">
         <is>
-          <t>AR16354</t>
+          <t>AR16157</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C224" s="2" t="inlineStr">
         <is>
-          <t>Aufstellteile DN50 für u.a.Amarex NS 50-172/012ULG-160</t>
-[...2 lines deleted...]
-      <c r="D224" t="inlineStr"/>
+          <t>Grobsieb zu BOA-S DN125 D= 137,5mm L= 199mm Werkstoff : Edelstahl</t>
+        </is>
+      </c>
+      <c r="D224" t="inlineStr">
+        <is>
+          <t>["BOA-S"]</t>
+        </is>
+      </c>
       <c r="E224" t="inlineStr"/>
-      <c r="F224" t="inlineStr"/>
+      <c r="F224" t="inlineStr">
+        <is>
+          <t>Schmutzfänger</t>
+        </is>
+      </c>
       <c r="G224" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
-[...6 lines deleted...]
-      </c>
+          <t>B1: A: neu / standard</t>
+        </is>
+      </c>
+      <c r="H224" t="inlineStr"/>
       <c r="I224" t="inlineStr">
         <is>
-          <t>167.35 €</t>
-[...3 lines deleted...]
-    <row r="225" ht="30" customHeight="1">
+          <t>56.97 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="225" ht="15" customHeight="1">
       <c r="A225" t="inlineStr">
         <is>
-          <t>AR16373</t>
+          <t>AR16246</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
-          <t>John Crane GmbH</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C225" s="2" t="inlineStr">
         <is>
-          <t>Gleitringdichtung EagleBurgmann 38 mm Type 58U / Q1Q1K9GG - BD Code: 15</t>
-[...6 lines deleted...]
-      </c>
+          <t>Motoradapterkit PDRV2/E-1LE1, 1LG6 BG225S/M</t>
+        </is>
+      </c>
+      <c r="D225" t="inlineStr"/>
       <c r="E225" t="inlineStr"/>
       <c r="F225" t="inlineStr">
         <is>
-          <t>Gleitringdichtungen</t>
+          <t>Zubehör</t>
         </is>
       </c>
       <c r="G225" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H225" t="inlineStr">
         <is>
-          <t>0.35</t>
+          <t>20.00</t>
         </is>
       </c>
       <c r="I225" t="inlineStr">
         <is>
-          <t>1480.38 €</t>
+          <t>1293.96 €</t>
         </is>
       </c>
     </row>
     <row r="226" ht="15" customHeight="1">
       <c r="A226" t="inlineStr">
         <is>
-          <t>AR16389</t>
+          <t>AR16354</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C226" s="2" t="inlineStr">
         <is>
-          <t>Aufstellteile KIT-Konsole DN32/50 BAR INC BL</t>
-[...6 lines deleted...]
-      </c>
+          <t>Aufstellteile DN50 für u.a.Amarex NS 50-172</t>
+        </is>
+      </c>
+      <c r="D226" t="inlineStr"/>
       <c r="E226" t="inlineStr"/>
       <c r="F226" t="inlineStr"/>
       <c r="G226" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H226" t="inlineStr">
         <is>
-          <t>20.50</t>
+          <t>10.00</t>
         </is>
       </c>
       <c r="I226" t="inlineStr">
         <is>
-          <t>598.07 €</t>
+          <t>488.63 €</t>
         </is>
       </c>
     </row>
     <row r="227" ht="30" customHeight="1">
       <c r="A227" t="inlineStr">
         <is>
-          <t>AR16511</t>
+          <t>AR16373</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>John Crane GmbH</t>
         </is>
       </c>
       <c r="C227" s="2" t="inlineStr">
         <is>
-          <t>Kommunikationsmodul  / Wandler BACnet MS/TP u.a. für Calio</t>
+          <t>Gleitringdichtung EagleBurgmann 38 mm Type 58U / Q1Q1K9GG - BD Code: 15</t>
         </is>
       </c>
       <c r="D227" t="inlineStr">
         <is>
-          <t>["Calio"]</t>
+          <t>["Etanorm"]</t>
         </is>
       </c>
       <c r="E227" t="inlineStr"/>
       <c r="F227" t="inlineStr">
         <is>
-          <t>Nassläuferpumpen</t>
+          <t>Gleitringdichtungen</t>
         </is>
       </c>
       <c r="G227" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H227" t="inlineStr">
         <is>
-          <t>1.00</t>
+          <t>0.35</t>
         </is>
       </c>
       <c r="I227" t="inlineStr">
         <is>
-          <t>190.16 €</t>
+          <t>1480.38 €</t>
         </is>
       </c>
     </row>
     <row r="228" ht="15" customHeight="1">
       <c r="A228" t="inlineStr">
         <is>
-          <t>AR16709</t>
+          <t>AR16389</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C228" s="2" t="inlineStr">
         <is>
-          <t>Aufstellteile DN65 10M BL.AP</t>
-[...2 lines deleted...]
-      <c r="D228" t="inlineStr"/>
+          <t>Aufstellteile KIT-Konsole DN32/50 BAR INC BL</t>
+        </is>
+      </c>
+      <c r="D228" t="inlineStr">
+        <is>
+          <t>["Amarex-N"]</t>
+        </is>
+      </c>
       <c r="E228" t="inlineStr"/>
       <c r="F228" t="inlineStr"/>
       <c r="G228" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H228" t="inlineStr">
         <is>
-          <t>17.00</t>
+          <t>20.50</t>
         </is>
       </c>
       <c r="I228" t="inlineStr">
         <is>
-          <t>375.33 €</t>
-[...3 lines deleted...]
-    <row r="229" ht="15" customHeight="1">
+          <t>598.07 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="229" ht="30" customHeight="1">
       <c r="A229" t="inlineStr">
         <is>
-          <t>AR16823</t>
+          <t>AR16511</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
-          <t>Unbekannt</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C229" s="2" t="inlineStr">
         <is>
-          <t>Wellenhülse 70/98X59 HPK-LE 250-400</t>
+          <t>Kommunikationsmodul  / Wandler BACnet MS/TP u.a. für Calio</t>
         </is>
       </c>
       <c r="D229" t="inlineStr">
         <is>
-          <t>["HPK-L"]</t>
-[...6 lines deleted...]
-      </c>
+          <t>["Calio"]</t>
+        </is>
+      </c>
+      <c r="E229" t="inlineStr"/>
       <c r="F229" t="inlineStr">
         <is>
-          <t>Ersatzteile</t>
-[...2 lines deleted...]
-      <c r="G229" t="inlineStr"/>
+          <t>Nassläuferpumpen</t>
+        </is>
+      </c>
+      <c r="G229" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
       <c r="H229" t="inlineStr">
         <is>
-          <t>2.00</t>
+          <t>1.00</t>
         </is>
       </c>
       <c r="I229" t="inlineStr">
         <is>
-          <t>674.00 €</t>
+          <t>190.16 €</t>
         </is>
       </c>
     </row>
     <row r="230" ht="15" customHeight="1">
       <c r="A230" t="inlineStr">
         <is>
-          <t>AR16824</t>
+          <t>AR16709</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
-          <t>Unbekannt</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C230" s="2" t="inlineStr">
         <is>
-          <t>Welle HPK-L 250-400 LP06</t>
-[...17 lines deleted...]
-      <c r="G230" t="inlineStr"/>
+          <t>Aufstellteile DN65 10M BL.AP</t>
+        </is>
+      </c>
+      <c r="D230" t="inlineStr"/>
+      <c r="E230" t="inlineStr"/>
+      <c r="F230" t="inlineStr"/>
+      <c r="G230" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
       <c r="H230" t="inlineStr">
         <is>
-          <t>2.00</t>
+          <t>17.00</t>
         </is>
       </c>
       <c r="I230" t="inlineStr">
         <is>
-          <t>3983.00 €</t>
+          <t>375.33 €</t>
         </is>
       </c>
     </row>
     <row r="231" ht="15" customHeight="1">
       <c r="A231" t="inlineStr">
         <is>
-          <t>AR16825</t>
+          <t>AR16823</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
-          <t>Unbekannt</t>
+          <t>-</t>
         </is>
       </c>
       <c r="C231" s="2" t="inlineStr">
         <is>
-          <t>Lagerbuchse HPK-L 250-400 P06</t>
+          <t>Wellenhülse 70/98X59 HPK-LE 250-400</t>
         </is>
       </c>
       <c r="D231" t="inlineStr">
         <is>
           <t>["HPK-L"]</t>
         </is>
       </c>
       <c r="E231" t="inlineStr">
         <is>
           <t>["250-400"]</t>
         </is>
       </c>
       <c r="F231" t="inlineStr">
         <is>
           <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G231" t="inlineStr"/>
       <c r="H231" t="inlineStr">
         <is>
           <t>2.00</t>
         </is>
       </c>
       <c r="I231" t="inlineStr">
         <is>
-          <t>1378.00 €</t>
+          <t>674.00 €</t>
         </is>
       </c>
     </row>
     <row r="232" ht="15" customHeight="1">
       <c r="A232" t="inlineStr">
         <is>
-          <t>AR16826</t>
+          <t>AR16824</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
-          <t>Unbekannt</t>
+          <t>-</t>
         </is>
       </c>
       <c r="C232" s="2" t="inlineStr">
         <is>
-          <t>Sicherungsring  98 X 3</t>
-[...3 lines deleted...]
-      <c r="E232" t="inlineStr"/>
+          <t>Welle HPK-L 250-400 LP06</t>
+        </is>
+      </c>
+      <c r="D232" t="inlineStr">
+        <is>
+          <t>["HPK-L"]</t>
+        </is>
+      </c>
+      <c r="E232" t="inlineStr">
+        <is>
+          <t>["250-400"]</t>
+        </is>
+      </c>
       <c r="F232" t="inlineStr">
         <is>
           <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G232" t="inlineStr"/>
       <c r="H232" t="inlineStr">
         <is>
           <t>2.00</t>
         </is>
       </c>
       <c r="I232" t="inlineStr">
         <is>
-          <t>5.90 €</t>
+          <t>3983.00 €</t>
         </is>
       </c>
     </row>
     <row r="233" ht="15" customHeight="1">
       <c r="A233" t="inlineStr">
         <is>
-          <t>AR16827</t>
+          <t>AR16825</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
-          <t>Unbekannt</t>
+          <t>-</t>
         </is>
       </c>
       <c r="C233" s="2" t="inlineStr">
         <is>
-          <t>Laufrad 404-250-400 HPK-L 250-400</t>
+          <t>Lagerbuchse HPK-L 250-400 P06</t>
         </is>
       </c>
       <c r="D233" t="inlineStr">
         <is>
           <t>["HPK-L"]</t>
         </is>
       </c>
       <c r="E233" t="inlineStr">
         <is>
           <t>["250-400"]</t>
         </is>
       </c>
       <c r="F233" t="inlineStr">
         <is>
           <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G233" t="inlineStr"/>
       <c r="H233" t="inlineStr">
         <is>
           <t>2.00</t>
         </is>
       </c>
       <c r="I233" t="inlineStr">
         <is>
-          <t>6042.00 €</t>
+          <t>1378.00 €</t>
         </is>
       </c>
     </row>
     <row r="234" ht="15" customHeight="1">
       <c r="A234" t="inlineStr">
         <is>
-          <t>AR16828</t>
+          <t>AR16826</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
-          <t>Unbekannt</t>
+          <t>-</t>
         </is>
       </c>
       <c r="C234" s="2" t="inlineStr">
         <is>
-          <t>GLRD-BURGMANN KB070M-H75N</t>
+          <t>Sicherungsring  98 X 3</t>
         </is>
       </c>
       <c r="D234" t="inlineStr"/>
       <c r="E234" t="inlineStr"/>
       <c r="F234" t="inlineStr">
         <is>
           <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G234" t="inlineStr"/>
       <c r="H234" t="inlineStr">
         <is>
           <t>2.00</t>
         </is>
       </c>
       <c r="I234" t="inlineStr">
         <is>
-          <t>2685.90 €</t>
+          <t>5.90 €</t>
         </is>
       </c>
     </row>
     <row r="235" ht="15" customHeight="1">
       <c r="A235" t="inlineStr">
         <is>
-          <t>AR16829</t>
+          <t>AR16827</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
-          <t>Unbekannt</t>
+          <t>-</t>
         </is>
       </c>
       <c r="C235" s="2" t="inlineStr">
         <is>
-          <t>Gleitlager LP06 PPS HPK-L 250-400</t>
+          <t>Laufrad 404-250-400 HPK-L 250-400</t>
         </is>
       </c>
       <c r="D235" t="inlineStr">
         <is>
           <t>["HPK-L"]</t>
         </is>
       </c>
       <c r="E235" t="inlineStr">
         <is>
           <t>["250-400"]</t>
         </is>
       </c>
       <c r="F235" t="inlineStr">
         <is>
           <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G235" t="inlineStr"/>
       <c r="H235" t="inlineStr">
         <is>
           <t>2.00</t>
         </is>
       </c>
       <c r="I235" t="inlineStr">
         <is>
-          <t>2601.01 €</t>
+          <t>6042.00 €</t>
         </is>
       </c>
     </row>
     <row r="236" ht="15" customHeight="1">
       <c r="A236" t="inlineStr">
         <is>
-          <t>AR16830</t>
+          <t>AR16828</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
-          <t>Unbekannt</t>
+          <t>-</t>
         </is>
       </c>
       <c r="C236" s="2" t="inlineStr">
         <is>
-          <t>Schraegkugellager 7315B UA</t>
-[...11 lines deleted...]
-      </c>
+          <t>GLRD-BURGMANN KB070M-H75N</t>
+        </is>
+      </c>
+      <c r="D236" t="inlineStr"/>
+      <c r="E236" t="inlineStr"/>
       <c r="F236" t="inlineStr">
         <is>
           <t>Ersatzteile</t>
         </is>
       </c>
       <c r="G236" t="inlineStr"/>
       <c r="H236" t="inlineStr">
         <is>
           <t>2.00</t>
         </is>
       </c>
       <c r="I236" t="inlineStr">
         <is>
-          <t>189.09 €</t>
-[...3 lines deleted...]
-    <row r="237" ht="30" customHeight="1">
+          <t>2685.90 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="237" ht="15" customHeight="1">
       <c r="A237" t="inlineStr">
         <is>
-          <t>AR16913-02</t>
+          <t>AR16829</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>-</t>
         </is>
       </c>
       <c r="C237" s="2" t="inlineStr">
         <is>
-          <t>Ersatzlaufteil 1,5kW, f. Mini Compacta US1.100E+UZS1.150E mit Schneidwerk</t>
+          <t>Gleitlager LP06 PPS HPK-L 250-400</t>
         </is>
       </c>
       <c r="D237" t="inlineStr">
         <is>
-          <t>["Mini Compacta"]</t>
-[...2 lines deleted...]
-      <c r="E237" t="inlineStr"/>
+          <t>["HPK-L"]</t>
+        </is>
+      </c>
+      <c r="E237" t="inlineStr">
+        <is>
+          <t>["250-400"]</t>
+        </is>
+      </c>
       <c r="F237" t="inlineStr">
         <is>
-          <t>Hebeanlagen</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ersatzteile</t>
+        </is>
+      </c>
+      <c r="G237" t="inlineStr"/>
       <c r="H237" t="inlineStr">
         <is>
-          <t>43.00</t>
+          <t>2.00</t>
         </is>
       </c>
       <c r="I237" t="inlineStr">
         <is>
-          <t>1931.52 €</t>
+          <t>2601.01 €</t>
         </is>
       </c>
     </row>
     <row r="238" ht="15" customHeight="1">
       <c r="A238" t="inlineStr">
         <is>
+          <t>AR16830</t>
+        </is>
+      </c>
+      <c r="B238" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="C238" s="2" t="inlineStr">
+        <is>
+          <t>Schraegkugellager 7315B UA</t>
+        </is>
+      </c>
+      <c r="D238" t="inlineStr">
+        <is>
+          <t>["HPK-L"]</t>
+        </is>
+      </c>
+      <c r="E238" t="inlineStr">
+        <is>
+          <t>["250-400"]</t>
+        </is>
+      </c>
+      <c r="F238" t="inlineStr">
+        <is>
+          <t>Ersatzteile</t>
+        </is>
+      </c>
+      <c r="G238" t="inlineStr"/>
+      <c r="H238" t="inlineStr">
+        <is>
+          <t>2.00</t>
+        </is>
+      </c>
+      <c r="I238" t="inlineStr">
+        <is>
+          <t>189.09 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="239" ht="30" customHeight="1">
+      <c r="A239" t="inlineStr">
+        <is>
+          <t>AR16913-02</t>
+        </is>
+      </c>
+      <c r="B239" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="C239" s="2" t="inlineStr">
+        <is>
+          <t>Ersatzlaufteil 1,5kW, f. Mini Compacta US1.100E+UZS1.150E mit Schneidwerk</t>
+        </is>
+      </c>
+      <c r="D239" t="inlineStr">
+        <is>
+          <t>["Mini Compacta"]</t>
+        </is>
+      </c>
+      <c r="E239" t="inlineStr"/>
+      <c r="F239" t="inlineStr">
+        <is>
+          <t>Hebeanlagen</t>
+        </is>
+      </c>
+      <c r="G239" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="H239" t="inlineStr">
+        <is>
+          <t>43.00</t>
+        </is>
+      </c>
+      <c r="I239" t="inlineStr">
+        <is>
+          <t>1931.52 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="240" ht="15" customHeight="1">
+      <c r="A240" t="inlineStr">
+        <is>
           <t>AR16979</t>
         </is>
       </c>
-      <c r="B238" t="inlineStr">
+      <c r="B240" t="inlineStr">
         <is>
           <t>Reel</t>
         </is>
       </c>
-      <c r="C238" s="2" t="inlineStr">
+      <c r="C240" s="2" t="inlineStr">
         <is>
           <t>Behälter DT 80-PN10 DN 50</t>
         </is>
       </c>
-      <c r="D238" t="inlineStr"/>
-[...85 lines deleted...]
-      </c>
+      <c r="D240" t="inlineStr"/>
       <c r="E240" t="inlineStr"/>
       <c r="F240" t="inlineStr">
         <is>
-          <t>Hebeanlagen</t>
+          <t>Druckerhoehungsanlagen Zubehoer</t>
         </is>
       </c>
       <c r="G240" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H240" t="inlineStr">
         <is>
-          <t>43.00</t>
+          <t>71.00</t>
         </is>
       </c>
       <c r="I240" t="inlineStr">
         <is>
-          <t>1443.00 €</t>
+          <t>540.65 €</t>
         </is>
       </c>
     </row>
     <row r="241" ht="15" customHeight="1">
       <c r="A241" t="inlineStr">
         <is>
-          <t>AR17424</t>
+          <t>AR17178GKM</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C241" s="2" t="inlineStr">
         <is>
-          <t>Spiralgehäuse 125-250 JS1025 kompl.</t>
-[...3 lines deleted...]
-      <c r="E241" t="inlineStr"/>
+          <t>GKM für MegaCPK 040-025-160</t>
+        </is>
+      </c>
+      <c r="D241" t="inlineStr">
+        <is>
+          <t>["MegaCPK"]</t>
+        </is>
+      </c>
+      <c r="E241" t="inlineStr">
+        <is>
+          <t>["025-160"]</t>
+        </is>
+      </c>
       <c r="F241" t="inlineStr">
         <is>
-          <t>Gehäuseteile</t>
-[...6 lines deleted...]
-      </c>
+          <t>Drehstrommotoren IEC-Norm</t>
+        </is>
+      </c>
+      <c r="G241" t="inlineStr"/>
       <c r="H241" t="inlineStr">
         <is>
-          <t>96.00</t>
+          <t>179.00</t>
         </is>
       </c>
       <c r="I241" t="inlineStr">
         <is>
-          <t>6008.66 €</t>
-[...3 lines deleted...]
-    <row r="242" ht="15" customHeight="1">
+          <t>5126.47 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="242" ht="30" customHeight="1">
       <c r="A242" t="inlineStr">
         <is>
-          <t>AR17425</t>
+          <t>AR17416</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C242" s="2" t="inlineStr">
         <is>
-          <t>Spiralgehäuse 125-250 JS1025 kompl.</t>
-[...2 lines deleted...]
-      <c r="D242" t="inlineStr"/>
+          <t>Ersatzlaufteil 1,5kW, f. Mini Compacta US2.100D+UZS2.150D mit Schneidwerk LFRD ø 150</t>
+        </is>
+      </c>
+      <c r="D242" t="inlineStr">
+        <is>
+          <t>["Mini Compacta"]</t>
+        </is>
+      </c>
       <c r="E242" t="inlineStr"/>
       <c r="F242" t="inlineStr">
         <is>
-          <t>Gehäuseteile</t>
+          <t>Hebeanlagen</t>
         </is>
       </c>
       <c r="G242" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="H242" t="inlineStr">
         <is>
-          <t>96.00</t>
+          <t>43.00</t>
         </is>
       </c>
       <c r="I242" t="inlineStr">
         <is>
-          <t>6008.66 €</t>
+          <t>1443.00 €</t>
         </is>
       </c>
     </row>
     <row r="243" ht="15" customHeight="1">
       <c r="A243" t="inlineStr">
         <is>
-          <t>AR17473-02B</t>
+          <t>AR17424</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C243" s="2" t="inlineStr">
         <is>
-          <t>Zusatzmodul BACNET PDRV2</t>
+          <t>Spiralgehäuse 125-250 JS1025 kompl.</t>
         </is>
       </c>
       <c r="D243" t="inlineStr"/>
       <c r="E243" t="inlineStr"/>
       <c r="F243" t="inlineStr">
         <is>
-          <t>Zubehör</t>
+          <t>Gehäuseteile</t>
         </is>
       </c>
       <c r="G243" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H243" t="inlineStr">
         <is>
-          <t>0.70</t>
+          <t>96.00</t>
         </is>
       </c>
       <c r="I243" t="inlineStr">
         <is>
-          <t>223.27 €</t>
+          <t>6008.66 €</t>
         </is>
       </c>
     </row>
     <row r="244" ht="15" customHeight="1">
       <c r="A244" t="inlineStr">
         <is>
-          <t>AR17473-03B</t>
+          <t>AR17425</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C244" s="2" t="inlineStr">
         <is>
-          <t>Zusatzmodul BACNET PDRV2</t>
+          <t>Spiralgehäuse 125-250 JS1025 kompl.</t>
         </is>
       </c>
       <c r="D244" t="inlineStr"/>
       <c r="E244" t="inlineStr"/>
       <c r="F244" t="inlineStr">
         <is>
-          <t>Zubehör</t>
+          <t>Gehäuseteile</t>
         </is>
       </c>
       <c r="G244" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H244" t="inlineStr">
         <is>
-          <t>0.70</t>
+          <t>96.00</t>
         </is>
       </c>
       <c r="I244" t="inlineStr">
         <is>
-          <t>223.27 €</t>
+          <t>6008.66 €</t>
         </is>
       </c>
     </row>
     <row r="245" ht="15" customHeight="1">
       <c r="A245" t="inlineStr">
         <is>
-          <t>AR17537</t>
+          <t>AR17473-02B</t>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C245" s="2" t="inlineStr">
         <is>
-          <t>Befestigungssatz PDRV2 Display Wandhalterung</t>
+          <t>Zusatzmodul BACNET PDRV2</t>
         </is>
       </c>
       <c r="D245" t="inlineStr"/>
       <c r="E245" t="inlineStr"/>
       <c r="F245" t="inlineStr">
         <is>
           <t>Zubehör</t>
         </is>
       </c>
       <c r="G245" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H245" t="inlineStr">
         <is>
-          <t>0.50</t>
+          <t>0.70</t>
         </is>
       </c>
       <c r="I245" t="inlineStr">
         <is>
-          <t>38.83 €</t>
+          <t>223.27 €</t>
         </is>
       </c>
     </row>
     <row r="246" ht="15" customHeight="1">
       <c r="A246" t="inlineStr">
         <is>
-          <t>AR17538</t>
+          <t>AR17473-03B</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C246" s="2" t="inlineStr">
         <is>
-          <t>Kabel PDRV2-Displayverlängerung 20M</t>
+          <t>Zusatzmodul BACNET PDRV2</t>
         </is>
       </c>
       <c r="D246" t="inlineStr"/>
       <c r="E246" t="inlineStr"/>
       <c r="F246" t="inlineStr">
         <is>
           <t>Zubehör</t>
         </is>
       </c>
       <c r="G246" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H246" t="inlineStr">
         <is>
-          <t>2.00</t>
+          <t>0.70</t>
         </is>
       </c>
       <c r="I246" t="inlineStr">
         <is>
-          <t>321.51 €</t>
+          <t>223.27 €</t>
         </is>
       </c>
     </row>
     <row r="247" ht="15" customHeight="1">
       <c r="A247" t="inlineStr">
         <is>
-          <t>AR17539</t>
+          <t>AR17537</t>
         </is>
       </c>
       <c r="B247" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C247" s="2" t="inlineStr">
         <is>
-          <t>Abschlusswiderstand G-0M12-5B</t>
+          <t>Befestigungssatz PDRV2 Display Wandhalterung</t>
         </is>
       </c>
       <c r="D247" t="inlineStr"/>
       <c r="E247" t="inlineStr"/>
       <c r="F247" t="inlineStr">
         <is>
           <t>Zubehör</t>
         </is>
       </c>
       <c r="G247" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H247" t="inlineStr">
         <is>
-          <t>2.50</t>
+          <t>0.50</t>
         </is>
       </c>
       <c r="I247" t="inlineStr">
         <is>
-          <t>27.44 €</t>
-[...3 lines deleted...]
-    <row r="248" ht="30" customHeight="1">
+          <t>38.83 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="248" ht="15" customHeight="1">
       <c r="A248" t="inlineStr">
         <is>
-          <t>AR17563</t>
+          <t>AR17538</t>
         </is>
       </c>
       <c r="B248" t="inlineStr">
         <is>
-          <t>Unbekannt</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C248" s="2" t="inlineStr">
         <is>
-          <t>Sicherungsring 24X1.2 DIN471 FST+PHR BOA-C PN6/16-DN50+65</t>
+          <t>Kabel PDRV2-Displayverlängerung 20M</t>
         </is>
       </c>
       <c r="D248" t="inlineStr"/>
       <c r="E248" t="inlineStr"/>
       <c r="F248" t="inlineStr">
         <is>
-          <t>Zubehör &amp; Ersatzteile</t>
+          <t>Zubehör</t>
         </is>
       </c>
       <c r="G248" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H248" t="inlineStr">
         <is>
-          <t>0.50</t>
+          <t>2.00</t>
         </is>
       </c>
       <c r="I248" t="inlineStr">
         <is>
-          <t>6.48 €</t>
+          <t>321.51 €</t>
         </is>
       </c>
     </row>
     <row r="249" ht="15" customHeight="1">
       <c r="A249" t="inlineStr">
         <is>
-          <t>AR17574</t>
+          <t>AR17539</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C249" s="2" t="inlineStr">
         <is>
-          <t>Flanschring DN32 x G2 PN6</t>
+          <t>Abschlusswiderstand G-0M12-5B</t>
         </is>
       </c>
       <c r="D249" t="inlineStr"/>
       <c r="E249" t="inlineStr"/>
       <c r="F249" t="inlineStr">
         <is>
-          <t>Nassläuferpumpen</t>
+          <t>Zubehör</t>
         </is>
       </c>
       <c r="G249" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H249" t="inlineStr">
         <is>
-          <t>8.00</t>
+          <t>2.50</t>
         </is>
       </c>
       <c r="I249" t="inlineStr">
         <is>
-          <t>61.04 €</t>
-[...3 lines deleted...]
-    <row r="250" ht="15" customHeight="1">
+          <t>27.44 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="250" ht="30" customHeight="1">
       <c r="A250" t="inlineStr">
         <is>
-          <t>AR17686</t>
+          <t>AR17563</t>
         </is>
       </c>
       <c r="B250" t="inlineStr">
         <is>
-          <t>REFLEX</t>
+          <t>-</t>
         </is>
       </c>
       <c r="C250" s="2" t="inlineStr">
         <is>
-          <t>Behälter DT 200-PN 16-DN 50, Lackschaden</t>
+          <t>Sicherungsring 24X1.2 DIN471 FST+PHR BOA-C PN6/16-DN50+65</t>
         </is>
       </c>
       <c r="D250" t="inlineStr"/>
       <c r="E250" t="inlineStr"/>
       <c r="F250" t="inlineStr">
         <is>
-          <t>Druckerhoehungsanlagen Zubehoer</t>
+          <t>Zubehör &amp; Ersatzteile</t>
         </is>
       </c>
       <c r="G250" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H250" t="inlineStr">
         <is>
-          <t>108.00</t>
+          <t>0.50</t>
         </is>
       </c>
       <c r="I250" t="inlineStr">
         <is>
-          <t>1404.94 €</t>
+          <t>6.48 €</t>
         </is>
       </c>
     </row>
     <row r="251" ht="15" customHeight="1">
       <c r="A251" t="inlineStr">
         <is>
-          <t>AR17818</t>
+          <t>AR17574</t>
         </is>
       </c>
       <c r="B251" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C251" s="2" t="inlineStr">
         <is>
-          <t>KIT Halterung Amarex DN50</t>
+          <t>Flanschring DN32 x G2 PN6</t>
         </is>
       </c>
       <c r="D251" t="inlineStr"/>
       <c r="E251" t="inlineStr"/>
-      <c r="F251" t="inlineStr"/>
+      <c r="F251" t="inlineStr">
+        <is>
+          <t>Nassläuferpumpen</t>
+        </is>
+      </c>
       <c r="G251" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H251" t="inlineStr">
         <is>
-          <t>7.00</t>
+          <t>8.00</t>
         </is>
       </c>
       <c r="I251" t="inlineStr">
         <is>
-          <t>148.94 €</t>
+          <t>61.04 €</t>
         </is>
       </c>
     </row>
     <row r="252" ht="15" customHeight="1">
       <c r="A252" t="inlineStr">
         <is>
-          <t>AR17819</t>
+          <t>AR17686</t>
         </is>
       </c>
       <c r="B252" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>REFLEX</t>
         </is>
       </c>
       <c r="C252" s="2" t="inlineStr">
         <is>
-          <t>KIT Halterung Amarex DN50</t>
+          <t>Behälter DT 200-PN 16-DN 50, Lackschaden</t>
         </is>
       </c>
       <c r="D252" t="inlineStr"/>
       <c r="E252" t="inlineStr"/>
-      <c r="F252" t="inlineStr"/>
+      <c r="F252" t="inlineStr">
+        <is>
+          <t>Druckerhoehungsanlagen Zubehoer</t>
+        </is>
+      </c>
       <c r="G252" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H252" t="inlineStr">
         <is>
-          <t>7.00</t>
+          <t>108.00</t>
         </is>
       </c>
       <c r="I252" t="inlineStr">
         <is>
-          <t>148.94 €</t>
+          <t>1404.94 €</t>
         </is>
       </c>
     </row>
     <row r="253" ht="15" customHeight="1">
       <c r="A253" t="inlineStr">
         <is>
-          <t>AR17820</t>
+          <t>AR17818</t>
         </is>
       </c>
       <c r="B253" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C253" s="2" t="inlineStr">
         <is>
           <t>KIT Halterung Amarex DN50</t>
         </is>
       </c>
       <c r="D253" t="inlineStr"/>
       <c r="E253" t="inlineStr"/>
       <c r="F253" t="inlineStr"/>
       <c r="G253" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H253" t="inlineStr">
         <is>
           <t>7.00</t>
         </is>
       </c>
       <c r="I253" t="inlineStr">
         <is>
           <t>148.94 €</t>
         </is>
       </c>
     </row>
     <row r="254" ht="15" customHeight="1">
       <c r="A254" t="inlineStr">
         <is>
-          <t>AR17859</t>
+          <t>AR17819</t>
         </is>
       </c>
       <c r="B254" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C254" s="2" t="inlineStr">
         <is>
-          <t>SPIRALGEHAEUSE  80-50-160 für MegaCPK</t>
-[...16 lines deleted...]
-      </c>
+          <t>KIT Halterung Amarex DN50</t>
+        </is>
+      </c>
+      <c r="D254" t="inlineStr"/>
+      <c r="E254" t="inlineStr"/>
+      <c r="F254" t="inlineStr"/>
       <c r="G254" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H254" t="inlineStr">
         <is>
-          <t>20.00</t>
+          <t>7.00</t>
         </is>
       </c>
       <c r="I254" t="inlineStr">
         <is>
-          <t>1191.82 €</t>
+          <t>148.94 €</t>
         </is>
       </c>
     </row>
     <row r="255" ht="15" customHeight="1">
       <c r="A255" t="inlineStr">
         <is>
-          <t>AR17879</t>
+          <t>AR17820</t>
         </is>
       </c>
       <c r="B255" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C255" s="2" t="inlineStr">
         <is>
-          <t>KIT-FLANSCHKRUEMMER INST 80 ISO 2B NBR</t>
-[...6 lines deleted...]
-      </c>
+          <t>KIT Halterung Amarex DN50</t>
+        </is>
+      </c>
+      <c r="D255" t="inlineStr"/>
       <c r="E255" t="inlineStr"/>
-      <c r="F255" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F255" t="inlineStr"/>
       <c r="G255" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H255" t="inlineStr">
         <is>
-          <t>82.50</t>
+          <t>7.00</t>
         </is>
       </c>
       <c r="I255" t="inlineStr">
         <is>
-          <t>653.18 €</t>
+          <t>148.94 €</t>
         </is>
       </c>
     </row>
     <row r="256" ht="15" customHeight="1">
       <c r="A256" t="inlineStr">
         <is>
-          <t>AR17880</t>
+          <t>AR17859</t>
         </is>
       </c>
       <c r="B256" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C256" s="2" t="inlineStr">
         <is>
-          <t>LAUFRAD 32-125.1 abgedreht 125 @</t>
+          <t>SPIRALGEHAEUSE  80-50-160 für MegaCPK</t>
         </is>
       </c>
       <c r="D256" t="inlineStr">
         <is>
-          <t>["Etabloc", "Etabloc-SYT", "Etanorm", "Etanorm-SYT", "Etanorm-V"]</t>
-[...2 lines deleted...]
-      <c r="E256" t="inlineStr"/>
+          <t>["MegaCPK"]</t>
+        </is>
+      </c>
+      <c r="E256" t="inlineStr">
+        <is>
+          <t>["050-160"]</t>
+        </is>
+      </c>
       <c r="F256" t="inlineStr">
         <is>
-          <t>Laufradteile</t>
+          <t>Gehäuseteile</t>
         </is>
       </c>
       <c r="G256" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H256" t="inlineStr">
         <is>
-          <t>2.00</t>
+          <t>20.00</t>
         </is>
       </c>
       <c r="I256" t="inlineStr">
         <is>
-          <t>513.27 €</t>
+          <t>1191.82 €</t>
         </is>
       </c>
     </row>
     <row r="257" ht="15" customHeight="1">
       <c r="A257" t="inlineStr">
         <is>
-          <t>AR17886</t>
+          <t>AR17879</t>
         </is>
       </c>
       <c r="B257" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C257" s="2" t="inlineStr">
         <is>
-          <t>Kabel PDRV2-M12-CAN-KABEL 10M</t>
-[...2 lines deleted...]
-      <c r="D257" t="inlineStr"/>
+          <t>KIT-FLANSCHKRUEMMER INST 80 ISO 2B NBR</t>
+        </is>
+      </c>
+      <c r="D257" t="inlineStr">
+        <is>
+          <t>["Amarex"]</t>
+        </is>
+      </c>
       <c r="E257" t="inlineStr"/>
       <c r="F257" t="inlineStr">
         <is>
-          <t>Zubehör</t>
+          <t>Tauchmotorpumpen</t>
         </is>
       </c>
       <c r="G257" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H257" t="inlineStr">
         <is>
-          <t>1.40</t>
+          <t>82.50</t>
         </is>
       </c>
       <c r="I257" t="inlineStr">
         <is>
-          <t>115.94 €</t>
+          <t>653.18 €</t>
         </is>
       </c>
     </row>
     <row r="258" ht="15" customHeight="1">
       <c r="A258" t="inlineStr">
         <is>
-          <t>AR17890</t>
+          <t>AR17880</t>
         </is>
       </c>
       <c r="B258" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C258" s="2" t="inlineStr">
         <is>
-          <t>KABEL   PDRV2-DISPLAYVERLAENGERUNG 3M</t>
-[...2 lines deleted...]
-      <c r="D258" t="inlineStr"/>
+          <t>LAUFRAD 32-125.1 abgedreht 125 @</t>
+        </is>
+      </c>
+      <c r="D258" t="inlineStr">
+        <is>
+          <t>["Etabloc", "Etabloc-SYT", "Etanorm", "Etanorm-SYT", "Etanorm-V"]</t>
+        </is>
+      </c>
       <c r="E258" t="inlineStr"/>
       <c r="F258" t="inlineStr">
         <is>
-          <t>Zubehör</t>
+          <t>Laufradteile</t>
         </is>
       </c>
       <c r="G258" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H258" t="inlineStr">
         <is>
-          <t>0.50</t>
+          <t>2.00</t>
         </is>
       </c>
       <c r="I258" t="inlineStr">
         <is>
-          <t>62.19 €</t>
+          <t>513.27 €</t>
         </is>
       </c>
     </row>
     <row r="259" ht="15" customHeight="1">
       <c r="A259" t="inlineStr">
         <is>
-          <t>AR17931</t>
+          <t>AR17886</t>
         </is>
       </c>
       <c r="B259" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C259" s="2" t="inlineStr">
         <is>
-          <t>KABEL MIT STECKER   PUMPMETER 10M SENSOR</t>
+          <t>Kabel PDRV2-M12-CAN-KABEL 10M</t>
         </is>
       </c>
       <c r="D259" t="inlineStr"/>
       <c r="E259" t="inlineStr"/>
       <c r="F259" t="inlineStr">
         <is>
           <t>Zubehör</t>
         </is>
       </c>
       <c r="G259" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H259" t="inlineStr">
         <is>
-          <t>0.50</t>
+          <t>1.40</t>
         </is>
       </c>
       <c r="I259" t="inlineStr">
         <is>
-          <t>151.98 €</t>
+          <t>115.94 €</t>
         </is>
       </c>
     </row>
     <row r="260" ht="15" customHeight="1">
       <c r="A260" t="inlineStr">
         <is>
-          <t>AR17932</t>
+          <t>AR17890</t>
         </is>
       </c>
       <c r="B260" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C260" s="2" t="inlineStr">
         <is>
-          <t>SONDE               TYP LS-10  5M KABEL</t>
+          <t>KABEL   PDRV2-DISPLAYVERLAENGERUNG 3M</t>
         </is>
       </c>
       <c r="D260" t="inlineStr"/>
       <c r="E260" t="inlineStr"/>
-      <c r="F260" t="inlineStr"/>
+      <c r="F260" t="inlineStr">
+        <is>
+          <t>Zubehör</t>
+        </is>
+      </c>
       <c r="G260" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H260" t="inlineStr">
         <is>
-          <t>0.70</t>
+          <t>0.50</t>
         </is>
       </c>
       <c r="I260" t="inlineStr">
         <is>
-          <t>705.22 €</t>
+          <t>62.19 €</t>
         </is>
       </c>
     </row>
     <row r="261" ht="15" customHeight="1">
       <c r="A261" t="inlineStr">
         <is>
-          <t>AR17934</t>
+          <t>AR17931</t>
         </is>
       </c>
       <c r="B261" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C261" s="2" t="inlineStr">
         <is>
-          <t>BEHAELTER AD-BOX 1 B</t>
-[...6 lines deleted...]
-      </c>
+          <t>KABEL MIT STECKER   PUMPMETER 10M SENSOR</t>
+        </is>
+      </c>
+      <c r="D261" t="inlineStr"/>
       <c r="E261" t="inlineStr"/>
-      <c r="F261" t="inlineStr"/>
+      <c r="F261" t="inlineStr">
+        <is>
+          <t>Zubehör</t>
+        </is>
+      </c>
       <c r="G261" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H261" t="inlineStr">
         <is>
-          <t>10.00</t>
+          <t>0.50</t>
         </is>
       </c>
       <c r="I261" t="inlineStr">
         <is>
-          <t>1066.46 €</t>
+          <t>151.98 €</t>
         </is>
       </c>
     </row>
     <row r="262" ht="15" customHeight="1">
       <c r="A262" t="inlineStr">
         <is>
-          <t>AR17988</t>
+          <t>AR17932</t>
         </is>
       </c>
       <c r="B262" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C262" s="2" t="inlineStr">
         <is>
-          <t>KIT-FLANSCH         PPE DN80/PIED DN100</t>
+          <t>SONDE               TYP LS-10  5M KABEL</t>
         </is>
       </c>
       <c r="D262" t="inlineStr"/>
       <c r="E262" t="inlineStr"/>
       <c r="F262" t="inlineStr"/>
       <c r="G262" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H262" t="inlineStr">
         <is>
-          <t>15.30</t>
+          <t>0.70</t>
         </is>
       </c>
       <c r="I262" t="inlineStr">
         <is>
-          <t>468.54 €</t>
+          <t>705.22 €</t>
         </is>
       </c>
     </row>
     <row r="263" ht="15" customHeight="1">
       <c r="A263" t="inlineStr">
         <is>
-          <t>AR18050</t>
+          <t>AR17934</t>
         </is>
       </c>
       <c r="B263" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C263" s="2" t="inlineStr">
         <is>
-          <t>VENTILBAUSATZ    ENDSCHALTERSET 6</t>
-[...2 lines deleted...]
-      <c r="D263" t="inlineStr"/>
+          <t>BEHAELTER AD-BOX 1 B</t>
+        </is>
+      </c>
+      <c r="D263" t="inlineStr">
+        <is>
+          <t>["Ama-Drainer-Box"]</t>
+        </is>
+      </c>
       <c r="E263" t="inlineStr"/>
-      <c r="F263" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F263" t="inlineStr"/>
       <c r="G263" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H263" t="inlineStr">
         <is>
-          <t>2.50</t>
+          <t>10.00</t>
         </is>
       </c>
       <c r="I263" t="inlineStr">
         <is>
-          <t>337.08 €</t>
+          <t>1066.46 €</t>
         </is>
       </c>
     </row>
     <row r="264" ht="15" customHeight="1">
       <c r="A264" t="inlineStr">
         <is>
-          <t>AR18060</t>
+          <t>AR17988</t>
         </is>
       </c>
       <c r="B264" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C264" s="2" t="inlineStr">
         <is>
-          <t>ELEKTROTEIL          UPA3E+REL.5,5-8</t>
+          <t>KIT-FLANSCH         PPE DN80/PIED DN100</t>
         </is>
       </c>
       <c r="D264" t="inlineStr"/>
       <c r="E264" t="inlineStr"/>
-      <c r="F264" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F264" t="inlineStr"/>
       <c r="G264" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H264" t="inlineStr">
         <is>
-          <t>4.00</t>
+          <t>15.30</t>
         </is>
       </c>
       <c r="I264" t="inlineStr">
         <is>
-          <t>655.43 €</t>
+          <t>468.54 €</t>
         </is>
       </c>
     </row>
     <row r="265" ht="15" customHeight="1">
       <c r="A265" t="inlineStr">
         <is>
-          <t>AR18113</t>
+          <t>AR18050</t>
         </is>
       </c>
       <c r="B265" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C265" s="2" t="inlineStr">
         <is>
-          <t>KIT-FLANSCHKRUEMMER INST 80 ISO C NBR (ARX)</t>
-[...11 lines deleted...]
-      </c>
+          <t>VENTILBAUSATZ    ENDSCHALTERSET 6</t>
+        </is>
+      </c>
+      <c r="D265" t="inlineStr"/>
+      <c r="E265" t="inlineStr"/>
       <c r="F265" t="inlineStr">
         <is>
-          <t>Tauchmotorpumpen</t>
+          <t>Zubehör &amp; Ersatzteile</t>
         </is>
       </c>
       <c r="G265" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H265" t="inlineStr">
         <is>
-          <t>53.00</t>
+          <t>2.50</t>
         </is>
       </c>
       <c r="I265" t="inlineStr">
         <is>
-          <t>751.04 €</t>
+          <t>337.08 €</t>
         </is>
       </c>
     </row>
     <row r="266" ht="15" customHeight="1">
       <c r="A266" t="inlineStr">
         <is>
-          <t>AR18113-01</t>
+          <t>AR18060</t>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C266" s="2" t="inlineStr">
         <is>
-          <t>KIT-FLANSCHKRUEMMER INST 80 ISO C NBR (ARX)</t>
-[...11 lines deleted...]
-      </c>
+          <t>ELEKTROTEIL          UPA3E+REL.5,5-8</t>
+        </is>
+      </c>
+      <c r="D266" t="inlineStr"/>
+      <c r="E266" t="inlineStr"/>
       <c r="F266" t="inlineStr">
         <is>
-          <t>Tauchmotorpumpen</t>
+          <t>UPA-Zubehör</t>
         </is>
       </c>
       <c r="G266" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H266" t="inlineStr">
         <is>
-          <t>53.00</t>
+          <t>4.00</t>
         </is>
       </c>
       <c r="I266" t="inlineStr">
         <is>
-          <t>751.04 €</t>
+          <t>655.43 €</t>
         </is>
       </c>
     </row>
     <row r="267" ht="15" customHeight="1">
       <c r="A267" t="inlineStr">
         <is>
-          <t>AR18114</t>
+          <t>AR18113</t>
         </is>
       </c>
       <c r="B267" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C267" s="2" t="inlineStr">
         <is>
-          <t>KIT-HALTERUNG 100 2B/C NBR (ARX)</t>
-[...3 lines deleted...]
-      <c r="E267" t="inlineStr"/>
+          <t>KIT-FLANSCHKRUEMMER INST 80 ISO C NBR (ARX)</t>
+        </is>
+      </c>
+      <c r="D267" t="inlineStr">
+        <is>
+          <t>["Amarex"]</t>
+        </is>
+      </c>
+      <c r="E267" t="inlineStr">
+        <is>
+          <t>["080-080"]</t>
+        </is>
+      </c>
       <c r="F267" t="inlineStr">
         <is>
-          <t>Aufstellteile</t>
+          <t>Tauchmotorpumpen</t>
         </is>
       </c>
       <c r="G267" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H267" t="inlineStr">
         <is>
-          <t>16.00</t>
+          <t>53.00</t>
         </is>
       </c>
       <c r="I267" t="inlineStr">
         <is>
-          <t>414.20 €</t>
+          <t>751.04 €</t>
         </is>
       </c>
     </row>
     <row r="268" ht="15" customHeight="1">
       <c r="A268" t="inlineStr">
         <is>
-          <t>AR18115</t>
+          <t>AR18113-01</t>
         </is>
       </c>
       <c r="B268" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C268" s="2" t="inlineStr">
         <is>
-          <t>KIT-KETTE 4X12-5M-200KG 08-09</t>
-[...3 lines deleted...]
-      <c r="E268" t="inlineStr"/>
+          <t>KIT-FLANSCHKRUEMMER INST 80 ISO C NBR (ARX)</t>
+        </is>
+      </c>
+      <c r="D268" t="inlineStr">
+        <is>
+          <t>["Amarex"]</t>
+        </is>
+      </c>
+      <c r="E268" t="inlineStr">
+        <is>
+          <t>["080-080"]</t>
+        </is>
+      </c>
       <c r="F268" t="inlineStr">
         <is>
           <t>Tauchmotorpumpen</t>
         </is>
       </c>
       <c r="G268" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H268" t="inlineStr">
         <is>
-          <t>5.00</t>
+          <t>53.00</t>
         </is>
       </c>
       <c r="I268" t="inlineStr">
         <is>
-          <t>298.85 €</t>
+          <t>751.04 €</t>
         </is>
       </c>
     </row>
     <row r="269" ht="15" customHeight="1">
       <c r="A269" t="inlineStr">
         <is>
-          <t>AR18129</t>
+          <t>AR18114</t>
         </is>
       </c>
       <c r="B269" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C269" s="2" t="inlineStr">
         <is>
-          <t>Schwimmerschalter mit 10m Kabel 10A 250V IP68</t>
+          <t>KIT-HALTERUNG 100 2B/C NBR (ARX)</t>
         </is>
       </c>
       <c r="D269" t="inlineStr"/>
       <c r="E269" t="inlineStr"/>
       <c r="F269" t="inlineStr">
         <is>
-          <t>Tauchmotorpumpen</t>
+          <t>Aufstellteile</t>
         </is>
       </c>
       <c r="G269" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H269" t="inlineStr">
         <is>
-          <t>2.60</t>
+          <t>16.00</t>
         </is>
       </c>
       <c r="I269" t="inlineStr">
         <is>
-          <t>57.30 €</t>
+          <t>414.20 €</t>
         </is>
       </c>
     </row>
     <row r="270" ht="15" customHeight="1">
       <c r="A270" t="inlineStr">
         <is>
-          <t>AR18129-01</t>
+          <t>AR18115</t>
         </is>
       </c>
       <c r="B270" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C270" s="2" t="inlineStr">
         <is>
-          <t>Schwimmerschalter mit 10m Kabel 10A 250V IP68</t>
+          <t>KIT-KETTE 4X12-5M-200KG 08-09</t>
         </is>
       </c>
       <c r="D270" t="inlineStr"/>
       <c r="E270" t="inlineStr"/>
       <c r="F270" t="inlineStr">
         <is>
           <t>Tauchmotorpumpen</t>
         </is>
       </c>
       <c r="G270" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H270" t="inlineStr">
         <is>
-          <t>2.60</t>
+          <t>5.00</t>
         </is>
       </c>
       <c r="I270" t="inlineStr">
         <is>
-          <t>57.30 €</t>
-[...3 lines deleted...]
-    <row r="271" ht="30" customHeight="1">
+          <t>298.85 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="271" ht="15" customHeight="1">
       <c r="A271" t="inlineStr">
         <is>
-          <t>AR18133</t>
+          <t>AR18129</t>
         </is>
       </c>
       <c r="B271" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C271" s="2" t="inlineStr">
         <is>
-          <t>Zubehörsatz BRIDE DN50 RP 2 Gewindeflansch DN50 f. Amarex + Ama-Porter</t>
+          <t>Schwimmerschalter mit 10m Kabel 10A 250V IP68</t>
         </is>
       </c>
       <c r="D271" t="inlineStr"/>
       <c r="E271" t="inlineStr"/>
-      <c r="F271" t="inlineStr"/>
+      <c r="F271" t="inlineStr">
+        <is>
+          <t>Tauchmotorpumpen</t>
+        </is>
+      </c>
       <c r="G271" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H271" t="inlineStr">
         <is>
-          <t>5.00</t>
+          <t>2.60</t>
         </is>
       </c>
       <c r="I271" t="inlineStr">
         <is>
-          <t>85.52 €</t>
+          <t>57.30 €</t>
         </is>
       </c>
     </row>
     <row r="272" ht="15" customHeight="1">
       <c r="A272" t="inlineStr">
         <is>
-          <t>AR18134</t>
+          <t>AR18129-01</t>
         </is>
       </c>
       <c r="B272" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C272" s="2" t="inlineStr">
         <is>
-          <t>Zubehörsatz Gewindeflansch PN6 DN50 / RP2"</t>
+          <t>Schwimmerschalter mit 10m Kabel 10A 250V IP68</t>
         </is>
       </c>
       <c r="D272" t="inlineStr"/>
       <c r="E272" t="inlineStr"/>
-      <c r="F272" t="inlineStr"/>
+      <c r="F272" t="inlineStr">
+        <is>
+          <t>Tauchmotorpumpen</t>
+        </is>
+      </c>
       <c r="G272" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H272" t="inlineStr">
         <is>
-          <t>5.00</t>
+          <t>2.60</t>
         </is>
       </c>
       <c r="I272" t="inlineStr">
         <is>
-          <t>34.47 €</t>
+          <t>57.30 €</t>
         </is>
       </c>
     </row>
     <row r="273" ht="30" customHeight="1">
       <c r="A273" t="inlineStr">
         <is>
-          <t>AR18135</t>
+          <t>AR18133</t>
         </is>
       </c>
       <c r="B273" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C273" s="2" t="inlineStr">
         <is>
-          <t>Aufstellteile DN50 N 10M BLEU für Ama-Porter F 51 / 52</t>
+          <t>Zubehörsatz BRIDE DN50 RP 2 Gewindeflansch DN50 f. Amarex + Ama-Porter</t>
         </is>
       </c>
       <c r="D273" t="inlineStr"/>
       <c r="E273" t="inlineStr"/>
-      <c r="F273" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F273" t="inlineStr"/>
       <c r="G273" t="inlineStr">
         <is>
-          <t>B1: A: neu / standard</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H273" t="inlineStr">
         <is>
-          <t>12.50</t>
+          <t>5.00</t>
         </is>
       </c>
       <c r="I273" t="inlineStr">
         <is>
-          <t>436.60 €</t>
-[...3 lines deleted...]
-    <row r="274" ht="30" customHeight="1">
+          <t>85.52 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="274" ht="15" customHeight="1">
       <c r="A274" t="inlineStr">
         <is>
-          <t>AR18136</t>
+          <t>AR18134</t>
         </is>
       </c>
       <c r="B274" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C274" s="2" t="inlineStr">
         <is>
-          <t>Satz Montagezubehör f. Flansch DN80 mit Dichtung, Schrauben u. Muttern</t>
+          <t>Zubehörsatz Gewindeflansch PN6 DN50 / RP2"</t>
         </is>
       </c>
       <c r="D274" t="inlineStr"/>
       <c r="E274" t="inlineStr"/>
-      <c r="F274" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F274" t="inlineStr"/>
       <c r="G274" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H274" t="inlineStr">
         <is>
-          <t>3.00</t>
+          <t>5.00</t>
         </is>
       </c>
       <c r="I274" t="inlineStr">
         <is>
-          <t>19.03 €</t>
+          <t>34.47 €</t>
         </is>
       </c>
     </row>
     <row r="275" ht="30" customHeight="1">
       <c r="A275" t="inlineStr">
         <is>
-          <t>AR18144</t>
+          <t>AR18135</t>
         </is>
       </c>
       <c r="B275" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C275" s="2" t="inlineStr">
         <is>
-          <t>Schwimmerventil RSV O 2" mit CU-Schwimmer 2 1/2" Trinkwasserausführung mit Düse</t>
+          <t>Aufstellteile DN50 N 10M BLEU für Ama-Porter F 51 / 52</t>
         </is>
       </c>
       <c r="D275" t="inlineStr"/>
       <c r="E275" t="inlineStr"/>
-      <c r="F275" t="inlineStr"/>
+      <c r="F275" t="inlineStr">
+        <is>
+          <t>Aufstellteile</t>
+        </is>
+      </c>
       <c r="G275" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H275" t="inlineStr">
         <is>
-          <t>12.00</t>
+          <t>12.50</t>
         </is>
       </c>
       <c r="I275" t="inlineStr">
         <is>
-          <t>2390.26 €</t>
+          <t>436.60 €</t>
         </is>
       </c>
     </row>
     <row r="276" ht="30" customHeight="1">
       <c r="A276" t="inlineStr">
         <is>
-          <t>AR18193-01</t>
+          <t>AR18136</t>
         </is>
       </c>
       <c r="B276" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C276" s="2" t="inlineStr">
         <is>
-          <t>Aufstellteile komplett Bügelführung DN 50 für Ama-Porter F 50 / S 545</t>
+          <t>Satz Montagezubehör f. Flansch DN80 mit Dichtung, Schrauben u. Muttern</t>
         </is>
       </c>
       <c r="D276" t="inlineStr"/>
       <c r="E276" t="inlineStr"/>
-      <c r="F276" t="inlineStr"/>
+      <c r="F276" t="inlineStr">
+        <is>
+          <t>Zubehör &amp; Ersatzteile</t>
+        </is>
+      </c>
       <c r="G276" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H276" t="inlineStr">
         <is>
-          <t>17.00</t>
+          <t>3.00</t>
         </is>
       </c>
       <c r="I276" t="inlineStr">
         <is>
-          <t>353.77 €</t>
+          <t>19.03 €</t>
         </is>
       </c>
     </row>
     <row r="277" ht="30" customHeight="1">
       <c r="A277" t="inlineStr">
         <is>
-          <t>AR18193-02</t>
+          <t>AR18144</t>
         </is>
       </c>
       <c r="B277" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C277" s="2" t="inlineStr">
         <is>
-          <t>Aufstellteile komplett Bügelführung DN 50 für Ama-Porter F 50 / S 545</t>
+          <t>Schwimmerventil RSV O 2" mit CU-Schwimmer 2 1/2" Trinkwasserausführung mit Düse</t>
         </is>
       </c>
       <c r="D277" t="inlineStr"/>
       <c r="E277" t="inlineStr"/>
       <c r="F277" t="inlineStr"/>
       <c r="G277" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H277" t="inlineStr">
         <is>
-          <t>17.00</t>
+          <t>12.00</t>
         </is>
       </c>
       <c r="I277" t="inlineStr">
         <is>
-          <t>353.77 €</t>
-[...3 lines deleted...]
-    <row r="278" ht="15" customHeight="1">
+          <t>2390.26 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="278" ht="30" customHeight="1">
       <c r="A278" t="inlineStr">
         <is>
-          <t>AR18198</t>
+          <t>AR18193-01</t>
         </is>
       </c>
       <c r="B278" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C278" s="2" t="inlineStr">
         <is>
-          <t>SONDE D PS1  6 MWS 10M</t>
+          <t>Aufstellteile komplett Bügelführung DN 50 für Ama-Porter F 50 / S 545</t>
         </is>
       </c>
       <c r="D278" t="inlineStr"/>
       <c r="E278" t="inlineStr"/>
-      <c r="F278" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F278" t="inlineStr"/>
       <c r="G278" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H278" t="inlineStr">
         <is>
-          <t>3.00</t>
+          <t>17.00</t>
         </is>
       </c>
       <c r="I278" t="inlineStr">
         <is>
-          <t>446.05 €</t>
-[...3 lines deleted...]
-    <row r="279" ht="15" customHeight="1">
+          <t>353.77 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="279" ht="30" customHeight="1">
       <c r="A279" t="inlineStr">
         <is>
-          <t>AR18204</t>
+          <t>AR18193-02</t>
         </is>
       </c>
       <c r="B279" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C279" s="2" t="inlineStr">
         <is>
-          <t>Zugentlastung für SONDE TYP IL-10</t>
+          <t>Aufstellteile komplett Bügelführung DN 50 für Ama-Porter F 50 / S 545</t>
         </is>
       </c>
       <c r="D279" t="inlineStr"/>
       <c r="E279" t="inlineStr"/>
-      <c r="F279" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F279" t="inlineStr"/>
       <c r="G279" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H279" t="inlineStr">
         <is>
-          <t>3.00</t>
+          <t>17.00</t>
         </is>
       </c>
       <c r="I279" t="inlineStr">
         <is>
-          <t>38.30 €</t>
+          <t>353.77 €</t>
         </is>
       </c>
     </row>
     <row r="280" ht="15" customHeight="1">
       <c r="A280" t="inlineStr">
         <is>
-          <t>AR18212-01</t>
+          <t>AR18198</t>
         </is>
       </c>
       <c r="B280" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C280" s="2" t="inlineStr">
         <is>
-          <t>KIT-Konsole   CABLE ARX DN80/100</t>
-[...6 lines deleted...]
-      </c>
+          <t>SONDE D PS1  6 MWS 10M</t>
+        </is>
+      </c>
+      <c r="D280" t="inlineStr"/>
       <c r="E280" t="inlineStr"/>
-      <c r="F280" t="inlineStr"/>
+      <c r="F280" t="inlineStr">
+        <is>
+          <t>Tauchmotorpumpen</t>
+        </is>
+      </c>
       <c r="G280" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H280" t="inlineStr">
         <is>
-          <t>20.50</t>
+          <t>3.00</t>
         </is>
       </c>
       <c r="I280" t="inlineStr">
         <is>
-          <t>65.51 €</t>
-[...3 lines deleted...]
-    <row r="281" ht="30" customHeight="1">
+          <t>446.05 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="281" ht="15" customHeight="1">
       <c r="A281" t="inlineStr">
         <is>
-          <t>AR18225</t>
+          <t>AR18204</t>
         </is>
       </c>
       <c r="B281" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C281" s="2" t="inlineStr">
         <is>
-          <t>BEHAELTER AD-BOX Z2 B 200Liter - Überflur mit Deckel</t>
-[...6 lines deleted...]
-      </c>
+          <t>Zugentlastung für SONDE TYP IL-10</t>
+        </is>
+      </c>
+      <c r="D281" t="inlineStr"/>
       <c r="E281" t="inlineStr"/>
-      <c r="F281" t="inlineStr"/>
+      <c r="F281" t="inlineStr">
+        <is>
+          <t>Tauchmotorpumpen</t>
+        </is>
+      </c>
       <c r="G281" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H281" t="inlineStr">
         <is>
-          <t>10.00</t>
+          <t>3.00</t>
         </is>
       </c>
       <c r="I281" t="inlineStr">
         <is>
-          <t>1119.37 €</t>
+          <t>38.30 €</t>
         </is>
       </c>
     </row>
     <row r="282" ht="15" customHeight="1">
       <c r="A282" t="inlineStr">
         <is>
-          <t>AR18243</t>
+          <t>AR18212-01</t>
         </is>
       </c>
       <c r="B282" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C282" s="2" t="inlineStr">
         <is>
-          <t>KABEL PDRV2 CAN M12-ST./ST.1M</t>
-[...2 lines deleted...]
-      <c r="D282" t="inlineStr"/>
+          <t>KIT-Konsole   CABLE ARX DN80/100</t>
+        </is>
+      </c>
+      <c r="D282" t="inlineStr">
+        <is>
+          <t>["Amarex-N"]</t>
+        </is>
+      </c>
       <c r="E282" t="inlineStr"/>
-      <c r="F282" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F282" t="inlineStr"/>
       <c r="G282" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H282" t="inlineStr">
         <is>
-          <t>2.00</t>
+          <t>20.50</t>
         </is>
       </c>
       <c r="I282" t="inlineStr">
         <is>
-          <t>62.12 €</t>
-[...3 lines deleted...]
-    <row r="283" ht="15" customHeight="1">
+          <t>65.51 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="283" ht="30" customHeight="1">
       <c r="A283" t="inlineStr">
         <is>
-          <t>AR18244</t>
+          <t>AR18225</t>
         </is>
       </c>
       <c r="B283" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C283" s="2" t="inlineStr">
         <is>
-          <t>KABEL PDRV2 PM-SIGNAL M12-STE/STE 2M</t>
-[...2 lines deleted...]
-      <c r="D283" t="inlineStr"/>
+          <t>BEHAELTER AD-BOX Z2 B 200Liter - Überflur mit Deckel</t>
+        </is>
+      </c>
+      <c r="D283" t="inlineStr">
+        <is>
+          <t>["Ama-Drainer-Box"]</t>
+        </is>
+      </c>
       <c r="E283" t="inlineStr"/>
-      <c r="F283" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F283" t="inlineStr"/>
       <c r="G283" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H283" t="inlineStr">
         <is>
-          <t>2.00</t>
+          <t>10.00</t>
         </is>
       </c>
       <c r="I283" t="inlineStr">
         <is>
-          <t>72.04 €</t>
+          <t>1119.37 €</t>
         </is>
       </c>
     </row>
     <row r="284" ht="15" customHeight="1">
       <c r="A284" t="inlineStr">
         <is>
-          <t>AR18245</t>
+          <t>AR18243</t>
         </is>
       </c>
       <c r="B284" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C284" s="2" t="inlineStr">
         <is>
-          <t>KIT-DECKEL CK 800 KL.D 600MM</t>
-[...6 lines deleted...]
-      </c>
+          <t>KABEL PDRV2 CAN M12-ST./ST.1M</t>
+        </is>
+      </c>
+      <c r="D284" t="inlineStr"/>
       <c r="E284" t="inlineStr"/>
-      <c r="F284" t="inlineStr"/>
+      <c r="F284" t="inlineStr">
+        <is>
+          <t>Zubehör</t>
+        </is>
+      </c>
       <c r="G284" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H284" t="inlineStr">
         <is>
-          <t>350.00</t>
+          <t>2.00</t>
         </is>
       </c>
       <c r="I284" t="inlineStr">
         <is>
-          <t>2076.40 €</t>
-[...3 lines deleted...]
-    <row r="285" ht="30" customHeight="1">
+          <t>62.12 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="285" ht="15" customHeight="1">
       <c r="A285" t="inlineStr">
         <is>
-          <t>AR18252</t>
+          <t>AR18244</t>
         </is>
       </c>
       <c r="B285" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C285" s="2" t="inlineStr">
         <is>
-          <t>KIT-Druckmessgeraet D06F -G2X255 bestehend aus Druckmessgerät und Druckminderer              CUZN-K1</t>
+          <t>KABEL PDRV2 PM-SIGNAL M12-STE/STE 2M</t>
         </is>
       </c>
       <c r="D285" t="inlineStr"/>
       <c r="E285" t="inlineStr"/>
-      <c r="F285" t="inlineStr"/>
+      <c r="F285" t="inlineStr">
+        <is>
+          <t>Zubehör</t>
+        </is>
+      </c>
       <c r="G285" t="inlineStr">
         <is>
-          <t>B1: A: neu / standard</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H285" t="inlineStr">
         <is>
-          <t>7.00</t>
+          <t>2.00</t>
         </is>
       </c>
       <c r="I285" t="inlineStr">
         <is>
-          <t>502.45 €</t>
+          <t>72.04 €</t>
         </is>
       </c>
     </row>
     <row r="286" ht="15" customHeight="1">
       <c r="A286" t="inlineStr">
         <is>
-          <t>AR18254</t>
+          <t>AR18245</t>
         </is>
       </c>
       <c r="B286" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C286" s="2" t="inlineStr">
         <is>
-          <t>Zubehörsatz AKKU LC.2 BC</t>
-[...2 lines deleted...]
-      <c r="D286" t="inlineStr"/>
+          <t>KIT-DECKEL CK 800 KL.D 600MM</t>
+        </is>
+      </c>
+      <c r="D286" t="inlineStr">
+        <is>
+          <t>["CK- Pumpstation"]</t>
+        </is>
+      </c>
       <c r="E286" t="inlineStr"/>
-      <c r="F286" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F286" t="inlineStr"/>
       <c r="G286" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H286" t="inlineStr">
         <is>
-          <t>25.00</t>
+          <t>350.00</t>
         </is>
       </c>
       <c r="I286" t="inlineStr">
         <is>
-          <t>152.45 €</t>
-[...3 lines deleted...]
-    <row r="287" ht="15" customHeight="1">
+          <t>2076.40 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="287" ht="30" customHeight="1">
       <c r="A287" t="inlineStr">
         <is>
-          <t>AR18285</t>
+          <t>AR18252</t>
         </is>
       </c>
       <c r="B287" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C287" s="2" t="inlineStr">
         <is>
-          <t>SCHWIMM-SCHALTER 10000 P</t>
+          <t>KIT-Druckmessgeraet D06F -G2X255 bestehend aus Druckmessgerät und Druckminderer              CUZN-K1</t>
         </is>
       </c>
       <c r="D287" t="inlineStr"/>
       <c r="E287" t="inlineStr"/>
       <c r="F287" t="inlineStr"/>
       <c r="G287" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H287" t="inlineStr">
         <is>
-          <t>11.00</t>
+          <t>7.00</t>
         </is>
       </c>
       <c r="I287" t="inlineStr">
         <is>
-          <t>126.50 €</t>
-[...3 lines deleted...]
-    <row r="288" ht="30" customHeight="1">
+          <t>502.45 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="288" ht="15" customHeight="1">
       <c r="A288" t="inlineStr">
         <is>
-          <t>AR18287</t>
+          <t>AR18254</t>
         </is>
       </c>
       <c r="B288" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C288" s="2" t="inlineStr">
         <is>
-          <t>Ersatzlaufteil 3-400V 0,75KW 50Hz, f. Mini-Compacta U1.60D+U1.100D+UZ1.150D</t>
-[...6 lines deleted...]
-      </c>
+          <t>Zubehörsatz AKKU LC.2 BC</t>
+        </is>
+      </c>
+      <c r="D288" t="inlineStr"/>
       <c r="E288" t="inlineStr"/>
       <c r="F288" t="inlineStr">
         <is>
-          <t>Hebeanlagen</t>
+          <t>Einzelpumpenschaltgeräte</t>
         </is>
       </c>
       <c r="G288" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H288" t="inlineStr">
         <is>
-          <t>17.00</t>
+          <t>25.00</t>
         </is>
       </c>
       <c r="I288" t="inlineStr">
         <is>
-          <t>1102.00 €</t>
-[...3 lines deleted...]
-    <row r="289" ht="30" customHeight="1">
+          <t>152.45 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="289" ht="15" customHeight="1">
       <c r="A289" t="inlineStr">
         <is>
-          <t>AR18297</t>
+          <t>AR18285</t>
         </is>
       </c>
       <c r="B289" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C289" s="2" t="inlineStr">
         <is>
-          <t>Spüleinrichtung 1" inkl. Magnetventil, Digitalschaltuhr, 2,5 m Kabel +Schutzkontaktstecker</t>
+          <t>SCHWIMM-SCHALTER 10000 P</t>
         </is>
       </c>
       <c r="D289" t="inlineStr"/>
       <c r="E289" t="inlineStr"/>
       <c r="F289" t="inlineStr"/>
       <c r="G289" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H289" t="inlineStr">
         <is>
-          <t>3.00</t>
+          <t>11.00</t>
         </is>
       </c>
       <c r="I289" t="inlineStr">
         <is>
-          <t>860.97 €</t>
+          <t>126.50 €</t>
         </is>
       </c>
     </row>
     <row r="290" ht="30" customHeight="1">
       <c r="A290" t="inlineStr">
         <is>
-          <t>AR18302</t>
+          <t>AR18287</t>
         </is>
       </c>
       <c r="B290" t="inlineStr">
         <is>
-          <t>WILO</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C290" s="2" t="inlineStr">
         <is>
-          <t>WILO Wärmedämmschalen für Yonos MAXO Plus 25/0,5-10 Art. Nr.: 2123369</t>
-[...2 lines deleted...]
-      <c r="D290" t="inlineStr"/>
+          <t>Ersatzlaufteil 3-400V 0,75KW 50Hz, f. Mini-Compacta U1.60D+U1.100D+UZ1.150D</t>
+        </is>
+      </c>
+      <c r="D290" t="inlineStr">
+        <is>
+          <t>["Mini Compacta"]</t>
+        </is>
+      </c>
       <c r="E290" t="inlineStr"/>
       <c r="F290" t="inlineStr">
         <is>
-          <t>Nassläuferpumpen</t>
-[...3 lines deleted...]
-      <c r="H290" t="inlineStr"/>
+          <t>Hebeanlagen</t>
+        </is>
+      </c>
+      <c r="G290" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="H290" t="inlineStr">
+        <is>
+          <t>17.00</t>
+        </is>
+      </c>
       <c r="I290" t="inlineStr">
         <is>
-          <t>24.37 €</t>
-[...3 lines deleted...]
-    <row r="291" ht="15" customHeight="1">
+          <t>1102.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="291" ht="30" customHeight="1">
       <c r="A291" t="inlineStr">
         <is>
-          <t>AR18321-01</t>
+          <t>AR18297</t>
         </is>
       </c>
       <c r="B291" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C291" s="2" t="inlineStr">
         <is>
-          <t>Zahnkupplung LRLKN 90-200</t>
+          <t>Spüleinrichtung 1" inkl. Magnetventil, Digitalschaltuhr, 2,5 m Kabel +Schutzkontaktstecker</t>
         </is>
       </c>
       <c r="D291" t="inlineStr"/>
       <c r="E291" t="inlineStr"/>
-      <c r="F291" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F291" t="inlineStr"/>
       <c r="G291" t="inlineStr">
         <is>
-          <t>B1: A: neu / standard</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H291" t="inlineStr">
         <is>
-          <t>10.30</t>
+          <t>3.00</t>
         </is>
       </c>
       <c r="I291" t="inlineStr">
         <is>
-          <t>3139.80 €</t>
-[...3 lines deleted...]
-    <row r="292" ht="15" customHeight="1">
+          <t>860.97 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="292" ht="30" customHeight="1">
       <c r="A292" t="inlineStr">
         <is>
-          <t>AR18321-02</t>
+          <t>AR18302</t>
         </is>
       </c>
       <c r="B292" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>WILO</t>
         </is>
       </c>
       <c r="C292" s="2" t="inlineStr">
         <is>
-          <t>Zahnkupplung LRLKN 90-200</t>
+          <t>WILO Wärmedämmschalen für Yonos MAXO Plus 25/0,5-10 Art. Nr.: 2123369</t>
         </is>
       </c>
       <c r="D292" t="inlineStr"/>
       <c r="E292" t="inlineStr"/>
       <c r="F292" t="inlineStr">
         <is>
-          <t>Kupplungen</t>
-[...11 lines deleted...]
-      </c>
+          <t>Nassläuferpumpen</t>
+        </is>
+      </c>
+      <c r="G292" t="inlineStr"/>
+      <c r="H292" t="inlineStr"/>
       <c r="I292" t="inlineStr">
         <is>
-          <t>3139.80 €</t>
+          <t>24.37 €</t>
         </is>
       </c>
     </row>
     <row r="293" ht="15" customHeight="1">
       <c r="A293" t="inlineStr">
         <is>
-          <t>AR18401</t>
+          <t>AR18321-01</t>
         </is>
       </c>
       <c r="B293" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C293" s="2" t="inlineStr">
         <is>
-          <t>KIT-HALTERUNG 100 2B/C NBR (ARX)</t>
+          <t>Zahnkupplung LRLKN 90-200</t>
         </is>
       </c>
       <c r="D293" t="inlineStr"/>
       <c r="E293" t="inlineStr"/>
       <c r="F293" t="inlineStr">
         <is>
-          <t>Aufstellteile</t>
+          <t>Kupplungen</t>
         </is>
       </c>
       <c r="G293" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H293" t="inlineStr">
         <is>
-          <t>16.00</t>
+          <t>10.30</t>
         </is>
       </c>
       <c r="I293" t="inlineStr">
         <is>
-          <t>414.20 €</t>
-[...3 lines deleted...]
-    <row r="294" ht="30" customHeight="1">
+          <t>3139.80 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="294" ht="15" customHeight="1">
       <c r="A294" t="inlineStr">
         <is>
-          <t>AR18606</t>
+          <t>AR18321-02</t>
         </is>
       </c>
       <c r="B294" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C294" s="2" t="inlineStr">
         <is>
-          <t>Druckleitungsanschluss Klemmverbindung DN50 RP 2 PE-HD 63</t>
+          <t>Zahnkupplung LRLKN 90-200</t>
         </is>
       </c>
       <c r="D294" t="inlineStr"/>
       <c r="E294" t="inlineStr"/>
-      <c r="F294" t="inlineStr"/>
+      <c r="F294" t="inlineStr">
+        <is>
+          <t>Kupplungen</t>
+        </is>
+      </c>
       <c r="G294" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H294" t="inlineStr">
         <is>
-          <t>5.00</t>
+          <t>10.30</t>
         </is>
       </c>
       <c r="I294" t="inlineStr">
         <is>
-          <t>24.87 €</t>
-[...3 lines deleted...]
-    <row r="295" ht="30" customHeight="1">
+          <t>3139.80 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="295" ht="15" customHeight="1">
       <c r="A295" t="inlineStr">
         <is>
-          <t>AR18610</t>
+          <t>AR18401</t>
         </is>
       </c>
       <c r="B295" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C295" s="2" t="inlineStr">
         <is>
-          <t>Kette 2 m (1.4404), Tragkraft 160 kg, kurzgliedrig, RL2006/42/EG MRL</t>
+          <t>KIT-HALTERUNG 100 2B/C NBR (ARX)</t>
         </is>
       </c>
       <c r="D295" t="inlineStr"/>
       <c r="E295" t="inlineStr"/>
       <c r="F295" t="inlineStr">
         <is>
-          <t>Tauchmotorpumpen</t>
+          <t>Aufstellteile</t>
         </is>
       </c>
       <c r="G295" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H295" t="inlineStr">
         <is>
+          <t>16.00</t>
+        </is>
+      </c>
+      <c r="I295" t="inlineStr">
+        <is>
+          <t>414.20 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="296" ht="30" customHeight="1">
+      <c r="A296" t="inlineStr">
+        <is>
+          <t>AR18606</t>
+        </is>
+      </c>
+      <c r="B296" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="C296" s="2" t="inlineStr">
+        <is>
+          <t>Druckleitungsanschluss Klemmverbindung DN50 RP 2 PE-HD 63</t>
+        </is>
+      </c>
+      <c r="D296" t="inlineStr"/>
+      <c r="E296" t="inlineStr"/>
+      <c r="F296" t="inlineStr"/>
+      <c r="G296" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="H296" t="inlineStr">
+        <is>
           <t>5.00</t>
         </is>
       </c>
-      <c r="I295" t="inlineStr">
-[...45 lines deleted...]
-      </c>
       <c r="I296" t="inlineStr">
         <is>
-          <t>928.34 €</t>
+          <t>24.87 €</t>
         </is>
       </c>
     </row>
     <row r="297" ht="30" customHeight="1">
       <c r="A297" t="inlineStr">
         <is>
-          <t>AR18625</t>
+          <t>AR18610</t>
         </is>
       </c>
       <c r="B297" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C297" s="2" t="inlineStr">
         <is>
-          <t>KSB Mauerkragen mit Spannbädern EPDM/Edelstahl, MK 630, mit Ausgleichsstück</t>
-[...6 lines deleted...]
-      </c>
+          <t>Kette 2 m (1.4404), Tragkraft 160 kg, kurzgliedrig, RL2006/42/EG MRL</t>
+        </is>
+      </c>
+      <c r="D297" t="inlineStr"/>
       <c r="E297" t="inlineStr"/>
       <c r="F297" t="inlineStr">
         <is>
-          <t>Ersatzteile &amp; Zubehör</t>
+          <t>Tauchmotorpumpen</t>
         </is>
       </c>
       <c r="G297" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H297" t="inlineStr">
         <is>
-          <t>3.00</t>
+          <t>5.00</t>
         </is>
       </c>
       <c r="I297" t="inlineStr">
         <is>
-          <t>533.72 €</t>
+          <t>93.84 €</t>
         </is>
       </c>
     </row>
     <row r="298" ht="15" customHeight="1">
       <c r="A298" t="inlineStr">
         <is>
-          <t>AR18637</t>
+          <t>AR18612</t>
         </is>
       </c>
       <c r="B298" t="inlineStr">
         <is>
-          <t>Unbekannt</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C298" s="2" t="inlineStr">
         <is>
-          <t>Behälter AD-BOX 1 U</t>
+          <t>Blindflansch 30X285 DIA  S235JR</t>
         </is>
       </c>
       <c r="D298" t="inlineStr"/>
       <c r="E298" t="inlineStr"/>
       <c r="F298" t="inlineStr"/>
       <c r="G298" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H298" t="inlineStr">
         <is>
-          <t>15.70</t>
+          <t>17.00</t>
         </is>
       </c>
       <c r="I298" t="inlineStr">
         <is>
-          <t>530.40 €</t>
-[...3 lines deleted...]
-    <row r="299" ht="30" customHeight="1">
+          <t>214.34 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="299" ht="15" customHeight="1">
       <c r="A299" t="inlineStr">
         <is>
-          <t>AR18639</t>
+          <t>AR18614</t>
         </is>
       </c>
       <c r="B299" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C299" s="2" t="inlineStr">
         <is>
-          <t>ZUBEHOERSATZ  AMAREX DN80 8 Sechskantschreuben, 1 Dichtung</t>
-[...3 lines deleted...]
-      <c r="E299" t="inlineStr"/>
+          <t>KIT-FLANSCHKRUEMMER INST 100 ISO C NBR (ARX)</t>
+        </is>
+      </c>
+      <c r="D299" t="inlineStr">
+        <is>
+          <t>["Amarex"]</t>
+        </is>
+      </c>
+      <c r="E299" t="inlineStr">
+        <is>
+          <t>["080-080"]</t>
+        </is>
+      </c>
       <c r="F299" t="inlineStr">
         <is>
-          <t>Zubehör &amp; Ersatzteile</t>
+          <t>Tauchmotorpumpen</t>
         </is>
       </c>
       <c r="G299" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H299" t="inlineStr">
         <is>
-          <t>3.00</t>
+          <t>53.00</t>
         </is>
       </c>
       <c r="I299" t="inlineStr">
         <is>
-          <t>20.05 €</t>
+          <t>928.34 €</t>
         </is>
       </c>
     </row>
     <row r="300" ht="30" customHeight="1">
       <c r="A300" t="inlineStr">
         <is>
-          <t>AR18661</t>
+          <t>AR18625</t>
         </is>
       </c>
       <c r="B300" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C300" s="2" t="inlineStr">
         <is>
-          <t>Kit Halterung Seil- . 1-Stangen- . Bügelführung DN 50 für AmaPorter F 50/ S 545</t>
-[...2 lines deleted...]
-      <c r="D300" t="inlineStr"/>
+          <t>KSB Mauerkragen mit Spannbädern EPDM/Edelstahl, MK 630, mit Ausgleichsstück</t>
+        </is>
+      </c>
+      <c r="D300" t="inlineStr">
+        <is>
+          <t>["Ama-Drainer"]</t>
+        </is>
+      </c>
       <c r="E300" t="inlineStr"/>
-      <c r="F300" t="inlineStr"/>
+      <c r="F300" t="inlineStr">
+        <is>
+          <t>Ersatzteile &amp; Zubehör</t>
+        </is>
+      </c>
       <c r="G300" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H300" t="inlineStr">
         <is>
-          <t>7.00</t>
+          <t>3.00</t>
         </is>
       </c>
       <c r="I300" t="inlineStr">
         <is>
-          <t>59.54 €</t>
+          <t>533.72 €</t>
         </is>
       </c>
     </row>
     <row r="301" ht="15" customHeight="1">
       <c r="A301" t="inlineStr">
         <is>
-          <t>AR18662</t>
+          <t>AR18637</t>
         </is>
       </c>
       <c r="B301" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>-</t>
         </is>
       </c>
       <c r="C301" s="2" t="inlineStr">
         <is>
-          <t>Kit Seil Polypropylene 5m PP12</t>
+          <t>Behälter AD-BOX 1 U</t>
         </is>
       </c>
       <c r="D301" t="inlineStr"/>
       <c r="E301" t="inlineStr"/>
       <c r="F301" t="inlineStr"/>
       <c r="G301" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H301" t="inlineStr">
         <is>
-          <t>4.50</t>
+          <t>15.70</t>
         </is>
       </c>
       <c r="I301" t="inlineStr">
         <is>
-          <t>89.55 €</t>
-[...3 lines deleted...]
-    <row r="302" ht="15" customHeight="1">
+          <t>530.40 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="302" ht="30" customHeight="1">
       <c r="A302" t="inlineStr">
         <is>
-          <t>AR18730</t>
+          <t>AR18639</t>
         </is>
       </c>
       <c r="B302" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C302" s="2" t="inlineStr">
         <is>
-          <t>Positionsschalter B1/XCK P2110P16</t>
+          <t>ZUBEHOERSATZ  AMAREX DN80 8 Sechskantschreuben, 1 Dichtung</t>
         </is>
       </c>
       <c r="D302" t="inlineStr"/>
       <c r="E302" t="inlineStr"/>
       <c r="F302" t="inlineStr">
         <is>
           <t>Zubehör &amp; Ersatzteile</t>
         </is>
       </c>
       <c r="G302" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H302" t="inlineStr">
         <is>
-          <t>2.60</t>
+          <t>3.00</t>
         </is>
       </c>
       <c r="I302" t="inlineStr">
         <is>
-          <t>72.06 €</t>
+          <t>20.05 €</t>
         </is>
       </c>
     </row>
     <row r="303" ht="30" customHeight="1">
       <c r="A303" t="inlineStr">
         <is>
-          <t>AR18731</t>
+          <t>AR18661</t>
         </is>
       </c>
       <c r="B303" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C303" s="2" t="inlineStr">
         <is>
-          <t>Standardsieb (Grob) zu BOA-S DN 32 PN6/16/25 EN-GJL-250 (5.1301)EN-GJS-400-18-LT (5.3103) ab 2021</t>
-[...6 lines deleted...]
-      </c>
+          <t>Kit Halterung Seil- . 1-Stangen- . Bügelführung DN 50 für AmaPorter F 50/ S 545</t>
+        </is>
+      </c>
+      <c r="D303" t="inlineStr"/>
       <c r="E303" t="inlineStr"/>
-      <c r="F303" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F303" t="inlineStr"/>
       <c r="G303" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H303" t="inlineStr">
         <is>
-          <t>2.00</t>
+          <t>7.00</t>
         </is>
       </c>
       <c r="I303" t="inlineStr">
         <is>
-          <t>17.65 €</t>
-[...3 lines deleted...]
-    <row r="304" ht="30" customHeight="1">
+          <t>59.54 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="304" ht="15" customHeight="1">
       <c r="A304" t="inlineStr">
         <is>
-          <t>AR18732</t>
+          <t>AR18662</t>
         </is>
       </c>
       <c r="B304" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C304" s="2" t="inlineStr">
         <is>
-          <t>Standardsieb (Grob) zu BOA-S DN 40 PN6/16/25 EN-GJL-250 (5.1301)EN-GJS-400-18-LT (5.3103) ab 2021</t>
-[...6 lines deleted...]
-      </c>
+          <t>Kit Seil Polypropylene 5m PP12</t>
+        </is>
+      </c>
+      <c r="D304" t="inlineStr"/>
       <c r="E304" t="inlineStr"/>
-      <c r="F304" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F304" t="inlineStr"/>
       <c r="G304" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H304" t="inlineStr">
         <is>
-          <t>2.00</t>
+          <t>4.50</t>
         </is>
       </c>
       <c r="I304" t="inlineStr">
         <is>
-          <t>25.15 €</t>
-[...3 lines deleted...]
-    <row r="305" ht="30" customHeight="1">
+          <t>89.55 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="305" ht="15" customHeight="1">
       <c r="A305" t="inlineStr">
         <is>
-          <t>AR18733</t>
+          <t>AR18730</t>
         </is>
       </c>
       <c r="B305" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C305" s="2" t="inlineStr">
         <is>
-          <t>Standardsieb (Grob) zu BOA-S DN 50 PN6/16/25 EN-GJL-250 (5.1301)EN-GJS-400-18-LT (5.3103) ab 2021</t>
-[...6 lines deleted...]
-      </c>
+          <t>Positionsschalter B1/XCK P2110P16</t>
+        </is>
+      </c>
+      <c r="D305" t="inlineStr"/>
       <c r="E305" t="inlineStr"/>
       <c r="F305" t="inlineStr">
         <is>
-          <t>Schmutzfänger</t>
+          <t>Zubehör &amp; Ersatzteile</t>
         </is>
       </c>
       <c r="G305" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H305" t="inlineStr">
         <is>
-          <t>2.00</t>
+          <t>2.60</t>
         </is>
       </c>
       <c r="I305" t="inlineStr">
         <is>
-          <t>26.92 €</t>
-[...3 lines deleted...]
-    <row r="306" ht="45" customHeight="1">
+          <t>72.06 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="306" ht="30" customHeight="1">
       <c r="A306" t="inlineStr">
         <is>
-          <t>AR18735</t>
+          <t>AR18731</t>
         </is>
       </c>
       <c r="B306" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C306" s="2" t="inlineStr">
         <is>
-          <t>Flachdichtung zu BOA-S DN 32 PN 6/16/25 EN-GJL-250 (5.1301) EN-GJS-400-18-LT (5.3103) ab 2021 Abmessung: 46 / 68 x 1</t>
-[...2 lines deleted...]
-      <c r="D306" t="inlineStr"/>
+          <t>Standardsieb (Grob) zu BOA-S DN 32 PN6/16/25 EN-GJL-250 (5.1301)EN-GJS-400-18-LT (5.3103) ab 2021</t>
+        </is>
+      </c>
+      <c r="D306" t="inlineStr">
+        <is>
+          <t>["BOA-S"]</t>
+        </is>
+      </c>
       <c r="E306" t="inlineStr"/>
       <c r="F306" t="inlineStr">
         <is>
-          <t>Zubehör &amp; Ersatzteile</t>
+          <t>Schmutzfänger</t>
         </is>
       </c>
       <c r="G306" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
-      <c r="H306" t="inlineStr"/>
+      <c r="H306" t="inlineStr">
+        <is>
+          <t>2.00</t>
+        </is>
+      </c>
       <c r="I306" t="inlineStr">
         <is>
-          <t>8.18 €</t>
-[...3 lines deleted...]
-    <row r="307" ht="45" customHeight="1">
+          <t>17.65 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="307" ht="30" customHeight="1">
       <c r="A307" t="inlineStr">
         <is>
-          <t>AR18736</t>
+          <t>AR18732</t>
         </is>
       </c>
       <c r="B307" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C307" s="2" t="inlineStr">
         <is>
-          <t>Flachdichtung zu BOA-S DN 40 PN 6/16/25 EN-GJL-250 (5.1301) EN-GJS-400-18-LT (5.3103) ab 2021 Abmessung: 68 / 79 x 1</t>
-[...2 lines deleted...]
-      <c r="D307" t="inlineStr"/>
+          <t>Standardsieb (Grob) zu BOA-S DN 40 PN6/16/25 EN-GJL-250 (5.1301)EN-GJS-400-18-LT (5.3103) ab 2021</t>
+        </is>
+      </c>
+      <c r="D307" t="inlineStr">
+        <is>
+          <t>["BOA-S"]</t>
+        </is>
+      </c>
       <c r="E307" t="inlineStr"/>
       <c r="F307" t="inlineStr">
         <is>
-          <t>Zubehör &amp; Ersatzteile</t>
+          <t>Schmutzfänger</t>
         </is>
       </c>
       <c r="G307" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
-      <c r="H307" t="inlineStr"/>
+      <c r="H307" t="inlineStr">
+        <is>
+          <t>2.00</t>
+        </is>
+      </c>
       <c r="I307" t="inlineStr">
         <is>
-          <t>8.18 €</t>
-[...3 lines deleted...]
-    <row r="308" ht="45" customHeight="1">
+          <t>25.15 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="308" ht="30" customHeight="1">
       <c r="A308" t="inlineStr">
         <is>
-          <t>AR18737</t>
+          <t>AR18733</t>
         </is>
       </c>
       <c r="B308" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C308" s="2" t="inlineStr">
         <is>
-          <t>Flachdichtung zu BOA-S DN 50 PN 6/16/25 EN-GJL-250 (5.1301) EN-GJS-400-18-LT (5.3103) ab 2021 Abmessung: 75 / 87 x 1</t>
-[...2 lines deleted...]
-      <c r="D308" t="inlineStr"/>
+          <t>Standardsieb (Grob) zu BOA-S DN 50 PN6/16/25 EN-GJL-250 (5.1301)EN-GJS-400-18-LT (5.3103) ab 2021</t>
+        </is>
+      </c>
+      <c r="D308" t="inlineStr">
+        <is>
+          <t>["BOA-S"]</t>
+        </is>
+      </c>
       <c r="E308" t="inlineStr"/>
       <c r="F308" t="inlineStr">
         <is>
-          <t>Zubehör &amp; Ersatzteile</t>
+          <t>Schmutzfänger</t>
         </is>
       </c>
       <c r="G308" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
-      <c r="H308" t="inlineStr"/>
+      <c r="H308" t="inlineStr">
+        <is>
+          <t>2.00</t>
+        </is>
+      </c>
       <c r="I308" t="inlineStr">
         <is>
-          <t>8.18 €</t>
-[...3 lines deleted...]
-    <row r="309" ht="45" customHeight="1">
+          <t>26.92 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="309" ht="30" customHeight="1">
       <c r="A309" t="inlineStr">
         <is>
-          <t>AR18738</t>
+          <t>AR18734</t>
         </is>
       </c>
       <c r="B309" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C309" s="2" t="inlineStr">
         <is>
-          <t>Flachdichtung zu BOA-S DN 80 PN 6/16/25 EN-GJL-250 (5.1301) EN-GJS-400-18-LT (5.3103) ab 2021 Abmessung: 110 / 122 x 1</t>
+          <t>Standardsieb (Grob) zu BOA-S DN 80 PN6/16/25 EN-GJL-250 (5.1301) EN-GJS-400-18-LT (5.3103) ab 2021</t>
         </is>
       </c>
       <c r="D309" t="inlineStr"/>
       <c r="E309" t="inlineStr"/>
       <c r="F309" t="inlineStr">
         <is>
           <t>Zubehör &amp; Ersatzteile</t>
         </is>
       </c>
       <c r="G309" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
-      <c r="H309" t="inlineStr"/>
+      <c r="H309" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
       <c r="I309" t="inlineStr">
         <is>
-          <t>9.12 €</t>
-[...3 lines deleted...]
-    <row r="310" ht="15" customHeight="1">
+          <t>64.72 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="310" ht="45" customHeight="1">
       <c r="A310" t="inlineStr">
         <is>
-          <t>AR4888DD</t>
+          <t>AR18735</t>
         </is>
       </c>
       <c r="B310" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C310" s="2" t="inlineStr">
         <is>
-          <t>GEHAEUSEDECKEL   55/60-400 für MegaCPK 125-400</t>
-[...11 lines deleted...]
-      </c>
+          <t>Flachdichtung zu BOA-S DN 32 PN 6/16/25 EN-GJL-250 (5.1301) EN-GJS-400-18-LT (5.3103) ab 2021 Abmessung: 46 / 68 x 1</t>
+        </is>
+      </c>
+      <c r="D310" t="inlineStr"/>
+      <c r="E310" t="inlineStr"/>
       <c r="F310" t="inlineStr">
         <is>
-          <t>Ersatzteile</t>
+          <t>Zubehör &amp; Ersatzteile</t>
         </is>
       </c>
       <c r="G310" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
-      <c r="H310" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H310" t="inlineStr"/>
       <c r="I310" t="inlineStr">
         <is>
-          <t>2153.29 €</t>
-[...3 lines deleted...]
-    <row r="311" ht="30" customHeight="1">
+          <t>8.18 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="311" ht="45" customHeight="1">
       <c r="A311" t="inlineStr">
         <is>
-          <t>AR4888L</t>
+          <t>AR18736</t>
         </is>
       </c>
       <c r="B311" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C311" s="2" t="inlineStr">
         <is>
-          <t>Laufrad für MegaCPK 125-400 1.4408/A743 GR CF8M 330mm</t>
-[...11 lines deleted...]
-      </c>
+          <t>Flachdichtung zu BOA-S DN 40 PN 6/16/25 EN-GJL-250 (5.1301) EN-GJS-400-18-LT (5.3103) ab 2021 Abmessung: 68 / 79 x 1</t>
+        </is>
+      </c>
+      <c r="D311" t="inlineStr"/>
+      <c r="E311" t="inlineStr"/>
       <c r="F311" t="inlineStr">
         <is>
-          <t>Ersatzteile</t>
+          <t>Zubehör &amp; Ersatzteile</t>
         </is>
       </c>
       <c r="G311" t="inlineStr">
         <is>
-          <t>B1: A: neu / standard</t>
-[...6 lines deleted...]
-      </c>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="H311" t="inlineStr"/>
       <c r="I311" t="inlineStr">
         <is>
-          <t>5653.69 €</t>
-[...3 lines deleted...]
-    <row r="312" ht="15" customHeight="1">
+          <t>8.18 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="312" ht="45" customHeight="1">
       <c r="A312" t="inlineStr">
         <is>
-          <t>AR5303</t>
+          <t>AR18737</t>
         </is>
       </c>
       <c r="B312" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C312" s="2" t="inlineStr">
         <is>
-          <t>Kette 2M-B5x35</t>
+          <t>Flachdichtung zu BOA-S DN 50 PN 6/16/25 EN-GJL-250 (5.1301) EN-GJS-400-18-LT (5.3103) ab 2021 Abmessung: 75 / 87 x 1</t>
         </is>
       </c>
       <c r="D312" t="inlineStr"/>
       <c r="E312" t="inlineStr"/>
       <c r="F312" t="inlineStr">
         <is>
-          <t>Tauchmotorpumpen</t>
+          <t>Zubehör &amp; Ersatzteile</t>
         </is>
       </c>
       <c r="G312" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
-      <c r="H312" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H312" t="inlineStr"/>
       <c r="I312" t="inlineStr">
         <is>
-          <t>26.17 €</t>
-[...3 lines deleted...]
-    <row r="313" ht="15" customHeight="1">
+          <t>8.18 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="313" ht="45" customHeight="1">
       <c r="A313" t="inlineStr">
         <is>
-          <t>AR5683L</t>
+          <t>AR18738</t>
         </is>
       </c>
       <c r="B313" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C313" s="2" t="inlineStr">
         <is>
-          <t>Laufrad für Sewabloc D100-316/ 278mm</t>
+          <t>Flachdichtung zu BOA-S DN 80 PN 6/16/25 EN-GJL-250 (5.1301) EN-GJS-400-18-LT (5.3103) ab 2021 Abmessung: 110 / 122 x 1</t>
         </is>
       </c>
       <c r="D313" t="inlineStr"/>
       <c r="E313" t="inlineStr"/>
-      <c r="F313" t="inlineStr"/>
+      <c r="F313" t="inlineStr">
+        <is>
+          <t>Zubehör &amp; Ersatzteile</t>
+        </is>
+      </c>
       <c r="G313" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H313" t="inlineStr"/>
       <c r="I313" t="inlineStr">
         <is>
-          <t>2340.60 €</t>
+          <t>9.12 €</t>
         </is>
       </c>
     </row>
     <row r="314" ht="15" customHeight="1">
       <c r="A314" t="inlineStr">
         <is>
-          <t>AR5743E</t>
+          <t>AR18786</t>
         </is>
       </c>
       <c r="B314" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C314" s="2" t="inlineStr">
         <is>
-          <t>Aufstellteile für Amarex KRTD 200-315/234-UG-S</t>
+          <t>Gleitringdichtung RK22E-13-WW-3-25 f. Movitec</t>
         </is>
       </c>
       <c r="D314" t="inlineStr"/>
       <c r="E314" t="inlineStr"/>
       <c r="F314" t="inlineStr">
         <is>
-          <t>Tauchmotorpumpen</t>
+          <t>Gleitringdichtungen</t>
         </is>
       </c>
       <c r="G314" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
-[...2 lines deleted...]
-      <c r="H314" t="inlineStr"/>
+          <t>B1: A: neu / standard</t>
+        </is>
+      </c>
+      <c r="H314" t="inlineStr">
+        <is>
+          <t>3.00</t>
+        </is>
+      </c>
       <c r="I314" t="inlineStr">
         <is>
-          <t>2143.40 €</t>
-[...3 lines deleted...]
-    <row r="315" ht="15" customHeight="1">
+          <t>311.86 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="315" ht="30" customHeight="1">
       <c r="A315" t="inlineStr">
         <is>
-          <t>AR5760LRD</t>
+          <t>AR18787</t>
         </is>
       </c>
       <c r="B315" t="inlineStr">
         <is>
-          <t>Unbekannt</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C315" s="2" t="inlineStr">
         <is>
-          <t>Laufrad 50-160 EN-GJL-250 Ø121mm</t>
+          <t>Gleitringdichtung   RK22E-13-WW-4-25 f. Movitec B 90 EA</t>
         </is>
       </c>
       <c r="D315" t="inlineStr"/>
       <c r="E315" t="inlineStr"/>
       <c r="F315" t="inlineStr">
         <is>
-          <t>Ersatzteile</t>
+          <t>Gleitringdichtungen</t>
         </is>
       </c>
       <c r="G315" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H315" t="inlineStr">
         <is>
-          <t>4.00</t>
+          <t>3.00</t>
         </is>
       </c>
       <c r="I315" t="inlineStr">
         <is>
-          <t>857.25 €</t>
+          <t>291.84 €</t>
         </is>
       </c>
     </row>
     <row r="316" ht="15" customHeight="1">
       <c r="A316" t="inlineStr">
         <is>
-          <t>AR6344</t>
+          <t>AR18788</t>
         </is>
       </c>
       <c r="B316" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C316" s="2" t="inlineStr">
         <is>
-          <t>Ersatzmotor Microchem</t>
-[...6 lines deleted...]
-      </c>
+          <t>Dichtring 55/ 70X 0,5</t>
+        </is>
+      </c>
+      <c r="D316" t="inlineStr"/>
       <c r="E316" t="inlineStr"/>
       <c r="F316" t="inlineStr">
         <is>
-          <t>Sonstige Pumpen</t>
+          <t>Dichtungsteile</t>
         </is>
       </c>
       <c r="G316" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H316" t="inlineStr">
         <is>
-          <t>20.00</t>
+          <t>0.01</t>
         </is>
       </c>
       <c r="I316" t="inlineStr">
         <is>
-          <t>1204.13 €</t>
+          <t>30.50 €</t>
         </is>
       </c>
     </row>
     <row r="317" ht="15" customHeight="1">
       <c r="A317" t="inlineStr">
         <is>
-          <t>AR7152ZB</t>
+          <t>AR18789</t>
         </is>
       </c>
       <c r="B317" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C317" s="2" t="inlineStr">
         <is>
-          <t>Aufstellteile DN040-KRT040-250</t>
+          <t>O-RING 113,67X 5,33-N-B-349</t>
         </is>
       </c>
       <c r="D317" t="inlineStr"/>
       <c r="E317" t="inlineStr"/>
       <c r="F317" t="inlineStr">
         <is>
-          <t>Aufstellteile</t>
+          <t>Dichtungsteile</t>
         </is>
       </c>
       <c r="G317" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H317" t="inlineStr">
         <is>
-          <t>59.00</t>
+          <t>0.01</t>
         </is>
       </c>
       <c r="I317" t="inlineStr">
         <is>
-          <t>2924.53 €</t>
-[...3 lines deleted...]
-    <row r="318" ht="30" customHeight="1">
+          <t>23.30 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="318" ht="15" customHeight="1">
       <c r="A318" t="inlineStr">
         <is>
-          <t>AR7235LRD</t>
+          <t>AR18790</t>
         </is>
       </c>
       <c r="B318" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C318" s="2" t="inlineStr">
         <is>
-          <t>Laufrad 269X37-49 JL1040 + Spaltring F E-NORM+BLOC 125-250+LINE ø 250mm</t>
+          <t>O-RING 140,00X 3,00-N-B</t>
         </is>
       </c>
       <c r="D318" t="inlineStr"/>
       <c r="E318" t="inlineStr"/>
       <c r="F318" t="inlineStr">
         <is>
-          <t>Laufradteile</t>
+          <t>Dichtungsteile</t>
         </is>
       </c>
       <c r="G318" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H318" t="inlineStr">
         <is>
-          <t>7.00</t>
+          <t>0.01</t>
         </is>
       </c>
       <c r="I318" t="inlineStr">
         <is>
-          <t>2182.00 €</t>
-[...3 lines deleted...]
-    <row r="319" ht="30" customHeight="1">
+          <t>63.80 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="319" ht="15" customHeight="1">
       <c r="A319" t="inlineStr">
         <is>
-          <t>AR7235W</t>
+          <t>AR18791</t>
         </is>
       </c>
       <c r="B319" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C319" s="2" t="inlineStr">
         <is>
-          <t>Welle 55X287 C45+N komplett F E-BLOC+LINE MOT-IEC 160 WE 35</t>
+          <t>Flachdichtung 20/24X0.3 DPAF</t>
         </is>
       </c>
       <c r="D319" t="inlineStr"/>
       <c r="E319" t="inlineStr"/>
       <c r="F319" t="inlineStr">
         <is>
-          <t>Laufradteile</t>
+          <t>Dichtungsteile</t>
         </is>
       </c>
       <c r="G319" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H319" t="inlineStr">
         <is>
-          <t>7.09</t>
+          <t>0.01</t>
         </is>
       </c>
       <c r="I319" t="inlineStr">
         <is>
-          <t>796.00 €</t>
+          <t>6.50 €</t>
         </is>
       </c>
     </row>
     <row r="320" ht="15" customHeight="1">
       <c r="A320" t="inlineStr">
         <is>
-          <t>AR8659G</t>
+          <t>AR18792</t>
         </is>
       </c>
       <c r="B320" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C320" s="2" t="inlineStr">
         <is>
-          <t>Pumpengehäuse für MOVITEC-VF 004/03B</t>
+          <t>Gleitringdichtung KSB KU028M1-5A-RA</t>
         </is>
       </c>
       <c r="D320" t="inlineStr"/>
       <c r="E320" t="inlineStr"/>
       <c r="F320" t="inlineStr">
         <is>
-          <t>Gehäuseteile</t>
+          <t>Gleitringdichtungen</t>
         </is>
       </c>
       <c r="G320" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H320" t="inlineStr">
         <is>
-          <t>5.00</t>
+          <t>3.00</t>
         </is>
       </c>
       <c r="I320" t="inlineStr">
         <is>
-          <t>599.40 €</t>
+          <t>497.02 €</t>
         </is>
       </c>
     </row>
     <row r="321" ht="15" customHeight="1">
       <c r="A321" t="inlineStr">
         <is>
-          <t>AR9146G</t>
+          <t>AR18793</t>
         </is>
       </c>
       <c r="B321" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C321" s="2" t="inlineStr">
         <is>
-          <t>GRUNDPLATTE 110X 400X1250  ETN 125-100-250 160M</t>
+          <t>Gleitringdichtung 5KSCB2S 033BT000 f. MCPK</t>
         </is>
       </c>
       <c r="D321" t="inlineStr"/>
       <c r="E321" t="inlineStr"/>
       <c r="F321" t="inlineStr">
         <is>
-          <t>Normpumpen</t>
+          <t>Gleitringdichtungen</t>
         </is>
       </c>
       <c r="G321" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H321" t="inlineStr">
         <is>
-          <t>108.00</t>
+          <t>3.00</t>
         </is>
       </c>
       <c r="I321" t="inlineStr">
         <is>
-          <t>761.82 €</t>
+          <t>2312.97 €</t>
         </is>
       </c>
     </row>
     <row r="322" ht="15" customHeight="1">
       <c r="A322" t="inlineStr">
         <is>
-          <t>AR9146KP</t>
+          <t>AR18794</t>
         </is>
       </c>
       <c r="B322" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C322" s="2" t="inlineStr">
         <is>
-          <t>Paketteil  A  95X 32 H7</t>
+          <t>KIT-DICHTUNG MCPK 125+160/40/1.4</t>
         </is>
       </c>
       <c r="D322" t="inlineStr"/>
       <c r="E322" t="inlineStr"/>
       <c r="F322" t="inlineStr">
         <is>
-          <t>Normpumpen</t>
+          <t>Dichtungsteile</t>
         </is>
       </c>
       <c r="G322" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H322" t="inlineStr">
         <is>
-          <t>2.00</t>
+          <t>0.01</t>
         </is>
       </c>
       <c r="I322" t="inlineStr">
         <is>
-          <t>58.36 €</t>
+          <t>280.50 €</t>
         </is>
       </c>
     </row>
     <row r="323" ht="15" customHeight="1">
       <c r="A323" t="inlineStr">
         <is>
-          <t>AR9146MT</t>
+          <t>AR18795</t>
         </is>
       </c>
       <c r="B323" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C323" s="2" t="inlineStr">
         <is>
-          <t>Klauenteil B  95X 42 H7</t>
+          <t>Oelstandregler AR 1/4</t>
         </is>
       </c>
       <c r="D323" t="inlineStr"/>
       <c r="E323" t="inlineStr"/>
       <c r="F323" t="inlineStr">
         <is>
-          <t>Normpumpen</t>
+          <t>Dichtungsteile</t>
         </is>
       </c>
       <c r="G323" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H323" t="inlineStr">
         <is>
-          <t>2.00</t>
+          <t>0.01</t>
         </is>
       </c>
       <c r="I323" t="inlineStr">
         <is>
-          <t>47.46 €</t>
+          <t>63.80 €</t>
         </is>
       </c>
     </row>
     <row r="324" ht="15" customHeight="1">
       <c r="A324" t="inlineStr">
         <is>
-          <t>AR9308Z</t>
+          <t>AR18836</t>
         </is>
       </c>
       <c r="B324" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C324" s="2" t="inlineStr">
         <is>
-          <t>Krümmer, Anker, Dübel, Konsole</t>
+          <t>Aufstellteile DN50 für u.a.Amarex NS 50-172</t>
         </is>
       </c>
       <c r="D324" t="inlineStr"/>
       <c r="E324" t="inlineStr"/>
-      <c r="F324" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F324" t="inlineStr"/>
       <c r="G324" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
-      <c r="H324" t="inlineStr"/>
+      <c r="H324" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
       <c r="I324" t="inlineStr">
         <is>
-          <t>1.00 €</t>
+          <t>488.63 €</t>
         </is>
       </c>
     </row>
     <row r="325" ht="15" customHeight="1">
       <c r="A325" t="inlineStr">
         <is>
-          <t>AR9450</t>
+          <t>AR4888DD</t>
         </is>
       </c>
       <c r="B325" t="inlineStr">
         <is>
-          <t>L'unité Hermetique</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C325" s="2" t="inlineStr">
         <is>
-          <t>Verflüssiger Satz TFHS4531Z HR, R404a</t>
-[...4 lines deleted...]
-      <c r="F325" t="inlineStr"/>
+          <t>GEHAEUSEDECKEL   55/60-400 für MegaCPK 125-400</t>
+        </is>
+      </c>
+      <c r="D325" t="inlineStr">
+        <is>
+          <t>["MegaCPK"]</t>
+        </is>
+      </c>
+      <c r="E325" t="inlineStr">
+        <is>
+          <t>["125-400"]</t>
+        </is>
+      </c>
+      <c r="F325" t="inlineStr">
+        <is>
+          <t>Ersatzteile</t>
+        </is>
+      </c>
       <c r="G325" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H325" t="inlineStr">
         <is>
-          <t>670.00</t>
+          <t>40.00</t>
         </is>
       </c>
       <c r="I325" t="inlineStr">
         <is>
-          <t>464.35 €</t>
-[...3 lines deleted...]
-    <row r="326" ht="15" customHeight="1">
+          <t>2153.29 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="326" ht="30" customHeight="1">
       <c r="A326" t="inlineStr">
         <is>
-          <t>AR9451</t>
+          <t>AR4888L</t>
         </is>
       </c>
       <c r="B326" t="inlineStr">
         <is>
-          <t>L'unité Hermetique</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C326" s="2" t="inlineStr">
         <is>
-          <t>Kompressor Tecumseh TFH5524C, R407C</t>
-[...4 lines deleted...]
-      <c r="F326" t="inlineStr"/>
+          <t>Laufrad für MegaCPK 125-400 1.4408/A743 GR CF8M 330mm</t>
+        </is>
+      </c>
+      <c r="D326" t="inlineStr">
+        <is>
+          <t>["MegaCPK"]</t>
+        </is>
+      </c>
+      <c r="E326" t="inlineStr">
+        <is>
+          <t>["125-400"]</t>
+        </is>
+      </c>
+      <c r="F326" t="inlineStr">
+        <is>
+          <t>Ersatzteile</t>
+        </is>
+      </c>
       <c r="G326" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H326" t="inlineStr">
         <is>
-          <t>53.00</t>
+          <t>16.00</t>
         </is>
       </c>
       <c r="I326" t="inlineStr">
         <is>
-          <t>399.74 €</t>
+          <t>5653.69 €</t>
         </is>
       </c>
     </row>
     <row r="327" ht="15" customHeight="1">
       <c r="A327" t="inlineStr">
         <is>
-          <t>AR9453</t>
+          <t>AR5303</t>
         </is>
       </c>
       <c r="B327" t="inlineStr">
         <is>
-          <t>Copeland</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C327" s="2" t="inlineStr">
         <is>
-          <t>ZB75 (Verdichter)</t>
+          <t>Kette 2M-B5x35</t>
         </is>
       </c>
       <c r="D327" t="inlineStr"/>
       <c r="E327" t="inlineStr"/>
-      <c r="F327" t="inlineStr"/>
+      <c r="F327" t="inlineStr">
+        <is>
+          <t>Tauchmotorpumpen</t>
+        </is>
+      </c>
       <c r="G327" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H327" t="inlineStr">
         <is>
-          <t>123.00</t>
+          <t>4.00</t>
         </is>
       </c>
       <c r="I327" t="inlineStr">
         <is>
-          <t>698.99 €</t>
+          <t>26.17 €</t>
         </is>
       </c>
     </row>
     <row r="328" ht="15" customHeight="1">
       <c r="A328" t="inlineStr">
         <is>
-          <t>AR9454</t>
+          <t>AR5683L</t>
         </is>
       </c>
       <c r="B328" t="inlineStr">
         <is>
-          <t>Danfoss</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C328" s="2" t="inlineStr">
         <is>
-          <t>MAX OPER58A SH240 9 AB 380/3/60 (Kompressor)</t>
+          <t>Laufrad für Sewabloc D100-316/ 278mm</t>
         </is>
       </c>
       <c r="D328" t="inlineStr"/>
       <c r="E328" t="inlineStr"/>
       <c r="F328" t="inlineStr"/>
       <c r="G328" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H328" t="inlineStr"/>
       <c r="I328" t="inlineStr">
         <is>
-          <t>2427.69 €</t>
+          <t>2340.60 €</t>
         </is>
       </c>
     </row>
     <row r="329" ht="15" customHeight="1">
       <c r="A329" t="inlineStr">
         <is>
-          <t>AR9455</t>
+          <t>AR5743E</t>
         </is>
       </c>
       <c r="B329" t="inlineStr">
         <is>
-          <t>Danfoss</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C329" s="2" t="inlineStr">
         <is>
-          <t>MAX OPER58A SH240 9 AB 380/3/60 (Kompressor)</t>
+          <t>Aufstellteile für Amarex KRTD 200-315/234-UG-S</t>
         </is>
       </c>
       <c r="D329" t="inlineStr"/>
       <c r="E329" t="inlineStr"/>
-      <c r="F329" t="inlineStr"/>
+      <c r="F329" t="inlineStr">
+        <is>
+          <t>Tauchmotorpumpen</t>
+        </is>
+      </c>
       <c r="G329" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H329" t="inlineStr"/>
       <c r="I329" t="inlineStr">
         <is>
-          <t>2427.69 €</t>
-[...3 lines deleted...]
-    <row r="330" ht="30" customHeight="1">
+          <t>2143.40 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="330" ht="15" customHeight="1">
       <c r="A330" t="inlineStr">
         <is>
-          <t>AR9671</t>
+          <t>AR5760LRD</t>
         </is>
       </c>
       <c r="B330" t="inlineStr">
         <is>
-          <t>Unbekannt</t>
+          <t>-</t>
         </is>
       </c>
       <c r="C330" s="2" t="inlineStr">
         <is>
-          <t>UPA Rückschlagklappe 8" Astam CF8M Ss316 flansch dn200 class 300 press.test 72 bar</t>
+          <t>Laufrad 50-160 EN-GJL-250 Ø121mm</t>
         </is>
       </c>
       <c r="D330" t="inlineStr"/>
       <c r="E330" t="inlineStr"/>
       <c r="F330" t="inlineStr">
         <is>
-          <t>Unterwassermotorpumpen</t>
-[...3 lines deleted...]
-      <c r="H330" t="inlineStr"/>
+          <t>Ersatzteile</t>
+        </is>
+      </c>
+      <c r="G330" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="H330" t="inlineStr">
+        <is>
+          <t>4.00</t>
+        </is>
+      </c>
       <c r="I330" t="inlineStr">
         <is>
-          <t>1000.00 €</t>
+          <t>857.25 €</t>
         </is>
       </c>
     </row>
     <row r="331" ht="15" customHeight="1">
       <c r="A331" t="inlineStr">
         <is>
-          <t>AR9947</t>
+          <t>AR6344</t>
         </is>
       </c>
       <c r="B331" t="inlineStr">
         <is>
-          <t>Unbekannt</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C331" s="2" t="inlineStr">
         <is>
-          <t>Kopf Calio V3 800W gebraucht</t>
-[...2 lines deleted...]
-      <c r="D331" t="inlineStr"/>
+          <t>Ersatzmotor Microchem</t>
+        </is>
+      </c>
+      <c r="D331" t="inlineStr">
+        <is>
+          <t>["Microchem"]</t>
+        </is>
+      </c>
       <c r="E331" t="inlineStr"/>
       <c r="F331" t="inlineStr">
         <is>
-          <t>Nassläuferpumpen</t>
-[...3 lines deleted...]
-      <c r="H331" t="inlineStr"/>
+          <t>Sonstige Pumpen</t>
+        </is>
+      </c>
+      <c r="G331" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="H331" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
       <c r="I331" t="inlineStr">
         <is>
-          <t>1.00 €</t>
+          <t>1204.13 €</t>
         </is>
       </c>
     </row>
     <row r="332" ht="15" customHeight="1">
       <c r="A332" t="inlineStr">
         <is>
-          <t>CA13158</t>
+          <t>AR7152ZB</t>
         </is>
       </c>
       <c r="B332" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C332" s="2" t="inlineStr">
         <is>
-          <t>Set Abdeckungen Calio V3 175/350W</t>
-[...11 lines deleted...]
-      </c>
+          <t>Aufstellteile DN040-KRT040-250</t>
+        </is>
+      </c>
+      <c r="D332" t="inlineStr"/>
+      <c r="E332" t="inlineStr"/>
       <c r="F332" t="inlineStr">
         <is>
-          <t>Nassläuferpumpen</t>
+          <t>Aufstellteile</t>
         </is>
       </c>
       <c r="G332" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
-      <c r="H332" t="inlineStr"/>
+      <c r="H332" t="inlineStr">
+        <is>
+          <t>59.00</t>
+        </is>
+      </c>
       <c r="I332" t="inlineStr">
         <is>
-          <t>17.60 €</t>
+          <t>2924.53 €</t>
         </is>
       </c>
     </row>
     <row r="333" ht="30" customHeight="1">
       <c r="A333" t="inlineStr">
         <is>
-          <t>NW16173</t>
+          <t>AR7235LRD</t>
         </is>
       </c>
       <c r="B333" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C333" s="2" t="inlineStr">
         <is>
-          <t>Externer Lüfter für PD2 (0,37-4,0 kW) Size A-B ausser 2,2kW 01909183</t>
-[...6 lines deleted...]
-      </c>
+          <t>Laufrad 269X37-49 JL1040 + Spaltring F E-NORM+BLOC 125-250+LINE ø 250mm</t>
+        </is>
+      </c>
+      <c r="D333" t="inlineStr"/>
       <c r="E333" t="inlineStr"/>
       <c r="F333" t="inlineStr">
         <is>
-          <t>Ersatzteile</t>
+          <t>Laufradteile</t>
         </is>
       </c>
       <c r="G333" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H333" t="inlineStr">
         <is>
-          <t>1.00</t>
+          <t>7.00</t>
         </is>
       </c>
       <c r="I333" t="inlineStr">
         <is>
-          <t>84.98 €</t>
-[...3 lines deleted...]
-    <row r="334" ht="15" customHeight="1">
+          <t>2182.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="334" ht="30" customHeight="1">
       <c r="A334" t="inlineStr">
         <is>
-          <t>NW16174</t>
+          <t>AR7235W</t>
         </is>
       </c>
       <c r="B334" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C334" s="2" t="inlineStr">
         <is>
-          <t>Externer Lüfter für PD2 (2,2 kW) Size B 01909184</t>
-[...6 lines deleted...]
-      </c>
+          <t>Welle 55X287 C45+N komplett F E-BLOC+LINE MOT-IEC 160 WE 35</t>
+        </is>
+      </c>
+      <c r="D334" t="inlineStr"/>
       <c r="E334" t="inlineStr"/>
       <c r="F334" t="inlineStr">
         <is>
-          <t>Ersatzteile</t>
+          <t>Laufradteile</t>
         </is>
       </c>
       <c r="G334" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H334" t="inlineStr">
         <is>
-          <t>1.00</t>
+          <t>7.09</t>
         </is>
       </c>
       <c r="I334" t="inlineStr">
         <is>
-          <t>97.99 €</t>
-[...3 lines deleted...]
-    <row r="335" ht="30" customHeight="1">
+          <t>796.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="335" ht="15" customHeight="1">
       <c r="A335" t="inlineStr">
         <is>
-          <t>NW16175</t>
+          <t>AR8659G</t>
         </is>
       </c>
       <c r="B335" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C335" s="2" t="inlineStr">
         <is>
-          <t>Externer Lüfter für PD2 (5,5-11 kW) Size C 01909185</t>
-[...6 lines deleted...]
-      </c>
+          <t>Pumpengehäuse für MOVITEC-VF 004/03B</t>
+        </is>
+      </c>
+      <c r="D335" t="inlineStr"/>
       <c r="E335" t="inlineStr"/>
       <c r="F335" t="inlineStr">
         <is>
-          <t>Ersatzteile</t>
+          <t>Gehäuseteile</t>
         </is>
       </c>
       <c r="G335" t="inlineStr">
         <is>
-          <t>B1: A: neu / standard</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H335" t="inlineStr">
         <is>
-          <t>1.00</t>
+          <t>5.00</t>
         </is>
       </c>
       <c r="I335" t="inlineStr">
         <is>
-          <t>100.17 €</t>
+          <t>599.40 €</t>
         </is>
       </c>
     </row>
     <row r="336" ht="15" customHeight="1">
       <c r="A336" t="inlineStr">
         <is>
-          <t>NW16176</t>
+          <t>AR9146G</t>
         </is>
       </c>
       <c r="B336" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C336" s="2" t="inlineStr">
         <is>
-          <t>Externer Lüfter für PD2 (15-30 kW) Size D 01909249</t>
-[...6 lines deleted...]
-      </c>
+          <t>GRUNDPLATTE 110X 400X1250  ETN 125-100-250 160M</t>
+        </is>
+      </c>
+      <c r="D336" t="inlineStr"/>
       <c r="E336" t="inlineStr"/>
       <c r="F336" t="inlineStr">
         <is>
-          <t>Ersatzteile</t>
+          <t>Normpumpen</t>
         </is>
       </c>
       <c r="G336" t="inlineStr">
         <is>
-          <t>B1: A: neu / standard</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H336" t="inlineStr">
         <is>
-          <t>1.00</t>
+          <t>108.00</t>
         </is>
       </c>
       <c r="I336" t="inlineStr">
         <is>
-          <t>111.06 €</t>
+          <t>761.82 €</t>
         </is>
       </c>
     </row>
     <row r="337" ht="15" customHeight="1">
       <c r="A337" t="inlineStr">
         <is>
-          <t>NW16177</t>
+          <t>AR9146KP</t>
         </is>
       </c>
       <c r="B337" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C337" s="2" t="inlineStr">
         <is>
-          <t>Externer Lüfter für PD2 (37-55 kW) Size E 01909250</t>
-[...6 lines deleted...]
-      </c>
+          <t>Paketteil  A  95X 32 H7</t>
+        </is>
+      </c>
+      <c r="D337" t="inlineStr"/>
       <c r="E337" t="inlineStr"/>
       <c r="F337" t="inlineStr">
         <is>
-          <t>Ersatzteile</t>
+          <t>Normpumpen</t>
         </is>
       </c>
       <c r="G337" t="inlineStr">
         <is>
-          <t>B1: A: neu / standard</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H337" t="inlineStr">
         <is>
-          <t>1.00</t>
+          <t>2.00</t>
         </is>
       </c>
       <c r="I337" t="inlineStr">
         <is>
-          <t>121.95 €</t>
+          <t>58.36 €</t>
         </is>
       </c>
     </row>
     <row r="338" ht="15" customHeight="1">
       <c r="A338" t="inlineStr">
         <is>
-          <t>NW16177_used</t>
+          <t>AR9146MT</t>
         </is>
       </c>
       <c r="B338" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C338" s="2" t="inlineStr">
         <is>
-          <t>Externer Lüfter für PD2 (37-55 kW) Size E 01909250</t>
-[...6 lines deleted...]
-      </c>
+          <t>Klauenteil B  95X 42 H7</t>
+        </is>
+      </c>
+      <c r="D338" t="inlineStr"/>
       <c r="E338" t="inlineStr"/>
       <c r="F338" t="inlineStr">
         <is>
-          <t>Ersatzteile</t>
+          <t>Normpumpen</t>
         </is>
       </c>
       <c r="G338" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H338" t="inlineStr">
         <is>
-          <t>1.00</t>
+          <t>2.00</t>
         </is>
       </c>
       <c r="I338" t="inlineStr">
         <is>
-          <t>91.46 €</t>
+          <t>47.46 €</t>
         </is>
       </c>
     </row>
     <row r="339" ht="15" customHeight="1">
       <c r="A339" t="inlineStr">
         <is>
-          <t>NW16178</t>
+          <t>AR9308Z</t>
         </is>
       </c>
       <c r="B339" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C339" s="2" t="inlineStr">
         <is>
-          <t>Interner Lüfter für PD2 (5,5-11kW) Size C 01909320</t>
-[...6 lines deleted...]
-      </c>
+          <t>Krümmer, Anker, Dübel, Konsole</t>
+        </is>
+      </c>
+      <c r="D339" t="inlineStr"/>
       <c r="E339" t="inlineStr"/>
       <c r="F339" t="inlineStr">
         <is>
-          <t>Ersatzteile</t>
+          <t>Tauchmotorpumpen</t>
         </is>
       </c>
       <c r="G339" t="inlineStr">
         <is>
-          <t>B1: A: neu / standard</t>
-[...6 lines deleted...]
-      </c>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="H339" t="inlineStr"/>
       <c r="I339" t="inlineStr">
         <is>
-          <t>55.00 €</t>
+          <t>1.00 €</t>
         </is>
       </c>
     </row>
     <row r="340" ht="15" customHeight="1">
       <c r="A340" t="inlineStr">
         <is>
-          <t>NW16179</t>
+          <t>AR9450</t>
         </is>
       </c>
       <c r="B340" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>L'unité Hermetique</t>
         </is>
       </c>
       <c r="C340" s="2" t="inlineStr">
         <is>
-          <t>Interner Lüfter für PD2 (15-30 kW) Size D 01909231</t>
-[...6 lines deleted...]
-      </c>
+          <t>Verflüssiger Satz TFHS4531Z HR, R404a</t>
+        </is>
+      </c>
+      <c r="D340" t="inlineStr"/>
       <c r="E340" t="inlineStr"/>
-      <c r="F340" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F340" t="inlineStr"/>
       <c r="G340" t="inlineStr">
         <is>
-          <t>B1: A: neu / standard</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H340" t="inlineStr">
         <is>
-          <t>1.00</t>
+          <t>670.00</t>
         </is>
       </c>
       <c r="I340" t="inlineStr">
         <is>
-          <t>75.00 €</t>
+          <t>464.35 €</t>
         </is>
       </c>
     </row>
     <row r="341" ht="15" customHeight="1">
       <c r="A341" t="inlineStr">
         <is>
+          <t>AR9451</t>
+        </is>
+      </c>
+      <c r="B341" t="inlineStr">
+        <is>
+          <t>L'unité Hermetique</t>
+        </is>
+      </c>
+      <c r="C341" s="2" t="inlineStr">
+        <is>
+          <t>Kompressor Tecumseh TFH5524C, R407C</t>
+        </is>
+      </c>
+      <c r="D341" t="inlineStr"/>
+      <c r="E341" t="inlineStr"/>
+      <c r="F341" t="inlineStr"/>
+      <c r="G341" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="H341" t="inlineStr">
+        <is>
+          <t>53.00</t>
+        </is>
+      </c>
+      <c r="I341" t="inlineStr">
+        <is>
+          <t>399.74 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="342" ht="15" customHeight="1">
+      <c r="A342" t="inlineStr">
+        <is>
+          <t>AR9453</t>
+        </is>
+      </c>
+      <c r="B342" t="inlineStr">
+        <is>
+          <t>Copeland</t>
+        </is>
+      </c>
+      <c r="C342" s="2" t="inlineStr">
+        <is>
+          <t>ZB75 (Verdichter)</t>
+        </is>
+      </c>
+      <c r="D342" t="inlineStr"/>
+      <c r="E342" t="inlineStr"/>
+      <c r="F342" t="inlineStr"/>
+      <c r="G342" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="H342" t="inlineStr">
+        <is>
+          <t>123.00</t>
+        </is>
+      </c>
+      <c r="I342" t="inlineStr">
+        <is>
+          <t>698.99 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="343" ht="15" customHeight="1">
+      <c r="A343" t="inlineStr">
+        <is>
+          <t>AR9454</t>
+        </is>
+      </c>
+      <c r="B343" t="inlineStr">
+        <is>
+          <t>Danfoss</t>
+        </is>
+      </c>
+      <c r="C343" s="2" t="inlineStr">
+        <is>
+          <t>MAX OPER58A SH240 9 AB 380/3/60 (Kompressor)</t>
+        </is>
+      </c>
+      <c r="D343" t="inlineStr"/>
+      <c r="E343" t="inlineStr"/>
+      <c r="F343" t="inlineStr"/>
+      <c r="G343" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="H343" t="inlineStr"/>
+      <c r="I343" t="inlineStr">
+        <is>
+          <t>2427.69 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="344" ht="15" customHeight="1">
+      <c r="A344" t="inlineStr">
+        <is>
+          <t>AR9455</t>
+        </is>
+      </c>
+      <c r="B344" t="inlineStr">
+        <is>
+          <t>Danfoss</t>
+        </is>
+      </c>
+      <c r="C344" s="2" t="inlineStr">
+        <is>
+          <t>MAX OPER58A SH240 9 AB 380/3/60 (Kompressor)</t>
+        </is>
+      </c>
+      <c r="D344" t="inlineStr"/>
+      <c r="E344" t="inlineStr"/>
+      <c r="F344" t="inlineStr"/>
+      <c r="G344" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="H344" t="inlineStr"/>
+      <c r="I344" t="inlineStr">
+        <is>
+          <t>2427.69 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="345" ht="30" customHeight="1">
+      <c r="A345" t="inlineStr">
+        <is>
+          <t>AR9671</t>
+        </is>
+      </c>
+      <c r="B345" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="C345" s="2" t="inlineStr">
+        <is>
+          <t>UPA Rückschlagklappe 8" Astam CF8M Ss316 flansch dn200 class 300 press.test 72 bar</t>
+        </is>
+      </c>
+      <c r="D345" t="inlineStr"/>
+      <c r="E345" t="inlineStr"/>
+      <c r="F345" t="inlineStr">
+        <is>
+          <t>Unterwassermotorpumpen</t>
+        </is>
+      </c>
+      <c r="G345" t="inlineStr"/>
+      <c r="H345" t="inlineStr"/>
+      <c r="I345" t="inlineStr">
+        <is>
+          <t>1000.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="346" ht="15" customHeight="1">
+      <c r="A346" t="inlineStr">
+        <is>
+          <t>AR9947</t>
+        </is>
+      </c>
+      <c r="B346" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="C346" s="2" t="inlineStr">
+        <is>
+          <t>Kopf Calio V3 800W gebraucht</t>
+        </is>
+      </c>
+      <c r="D346" t="inlineStr"/>
+      <c r="E346" t="inlineStr"/>
+      <c r="F346" t="inlineStr">
+        <is>
+          <t>Nassläuferpumpen</t>
+        </is>
+      </c>
+      <c r="G346" t="inlineStr"/>
+      <c r="H346" t="inlineStr"/>
+      <c r="I346" t="inlineStr">
+        <is>
+          <t>1.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="347" ht="15" customHeight="1">
+      <c r="A347" t="inlineStr">
+        <is>
+          <t>CA13158</t>
+        </is>
+      </c>
+      <c r="B347" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="C347" s="2" t="inlineStr">
+        <is>
+          <t>Set Abdeckungen Calio V3 175/350W</t>
+        </is>
+      </c>
+      <c r="D347" t="inlineStr">
+        <is>
+          <t>["Calio", "Calio-Z"]</t>
+        </is>
+      </c>
+      <c r="E347" t="inlineStr">
+        <is>
+          <t>["025-040", "025-060", "025-080", "025-100", "030-040", "030-060", "030-080", "030-100", "030-120", "032-080", "032-100", "032-120", "040-060", "040-070", "040-080", "040-090", "040-100", "050-060", "050-080", "050-090", "065-060", "030-060", "030-100", "032-080", "032-120", "040-080", "040-100", "050-080"]</t>
+        </is>
+      </c>
+      <c r="F347" t="inlineStr">
+        <is>
+          <t>Nassläuferpumpen</t>
+        </is>
+      </c>
+      <c r="G347" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="H347" t="inlineStr"/>
+      <c r="I347" t="inlineStr">
+        <is>
+          <t>17.60 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="348" ht="30" customHeight="1">
+      <c r="A348" t="inlineStr">
+        <is>
+          <t>NW16173</t>
+        </is>
+      </c>
+      <c r="B348" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="C348" s="2" t="inlineStr">
+        <is>
+          <t>Externer Lüfter für PD2 (0,37-4,0 kW) Size A-B ausser 2,2kW 01909183</t>
+        </is>
+      </c>
+      <c r="D348" t="inlineStr">
+        <is>
+          <t>["PumpDrive2"]</t>
+        </is>
+      </c>
+      <c r="E348" t="inlineStr"/>
+      <c r="F348" t="inlineStr">
+        <is>
+          <t>Ersatzteile</t>
+        </is>
+      </c>
+      <c r="G348" t="inlineStr">
+        <is>
+          <t>B1: A: neu / standard</t>
+        </is>
+      </c>
+      <c r="H348" t="inlineStr">
+        <is>
+          <t>1.00</t>
+        </is>
+      </c>
+      <c r="I348" t="inlineStr">
+        <is>
+          <t>84.98 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="349" ht="15" customHeight="1">
+      <c r="A349" t="inlineStr">
+        <is>
+          <t>NW16174</t>
+        </is>
+      </c>
+      <c r="B349" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="C349" s="2" t="inlineStr">
+        <is>
+          <t>Externer Lüfter für PD2 (2,2 kW) Size B 01909184</t>
+        </is>
+      </c>
+      <c r="D349" t="inlineStr">
+        <is>
+          <t>["PumpDrive2"]</t>
+        </is>
+      </c>
+      <c r="E349" t="inlineStr"/>
+      <c r="F349" t="inlineStr">
+        <is>
+          <t>Ersatzteile</t>
+        </is>
+      </c>
+      <c r="G349" t="inlineStr">
+        <is>
+          <t>B1: A: neu / standard</t>
+        </is>
+      </c>
+      <c r="H349" t="inlineStr">
+        <is>
+          <t>1.00</t>
+        </is>
+      </c>
+      <c r="I349" t="inlineStr">
+        <is>
+          <t>97.99 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="350" ht="30" customHeight="1">
+      <c r="A350" t="inlineStr">
+        <is>
+          <t>NW16175</t>
+        </is>
+      </c>
+      <c r="B350" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="C350" s="2" t="inlineStr">
+        <is>
+          <t>Externer Lüfter für PD2 (5,5-11 kW) Size C 01909185</t>
+        </is>
+      </c>
+      <c r="D350" t="inlineStr">
+        <is>
+          <t>["PumpDrive2"]</t>
+        </is>
+      </c>
+      <c r="E350" t="inlineStr"/>
+      <c r="F350" t="inlineStr">
+        <is>
+          <t>Ersatzteile</t>
+        </is>
+      </c>
+      <c r="G350" t="inlineStr">
+        <is>
+          <t>B1: A: neu / standard</t>
+        </is>
+      </c>
+      <c r="H350" t="inlineStr">
+        <is>
+          <t>1.00</t>
+        </is>
+      </c>
+      <c r="I350" t="inlineStr">
+        <is>
+          <t>100.17 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="351" ht="15" customHeight="1">
+      <c r="A351" t="inlineStr">
+        <is>
+          <t>NW16176</t>
+        </is>
+      </c>
+      <c r="B351" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="C351" s="2" t="inlineStr">
+        <is>
+          <t>Externer Lüfter für PD2 (15-30 kW) Size D 01909249</t>
+        </is>
+      </c>
+      <c r="D351" t="inlineStr">
+        <is>
+          <t>["PumpDrive2"]</t>
+        </is>
+      </c>
+      <c r="E351" t="inlineStr"/>
+      <c r="F351" t="inlineStr">
+        <is>
+          <t>Ersatzteile</t>
+        </is>
+      </c>
+      <c r="G351" t="inlineStr">
+        <is>
+          <t>B1: A: neu / standard</t>
+        </is>
+      </c>
+      <c r="H351" t="inlineStr">
+        <is>
+          <t>1.00</t>
+        </is>
+      </c>
+      <c r="I351" t="inlineStr">
+        <is>
+          <t>111.06 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="352" ht="15" customHeight="1">
+      <c r="A352" t="inlineStr">
+        <is>
+          <t>NW16177</t>
+        </is>
+      </c>
+      <c r="B352" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="C352" s="2" t="inlineStr">
+        <is>
+          <t>Externer Lüfter für PD2 (37-55 kW) Size E 01909250</t>
+        </is>
+      </c>
+      <c r="D352" t="inlineStr">
+        <is>
+          <t>["PumpDrive2"]</t>
+        </is>
+      </c>
+      <c r="E352" t="inlineStr"/>
+      <c r="F352" t="inlineStr">
+        <is>
+          <t>Ersatzteile</t>
+        </is>
+      </c>
+      <c r="G352" t="inlineStr">
+        <is>
+          <t>B1: A: neu / standard</t>
+        </is>
+      </c>
+      <c r="H352" t="inlineStr">
+        <is>
+          <t>1.00</t>
+        </is>
+      </c>
+      <c r="I352" t="inlineStr">
+        <is>
+          <t>121.95 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="353" ht="15" customHeight="1">
+      <c r="A353" t="inlineStr">
+        <is>
+          <t>NW16177_used</t>
+        </is>
+      </c>
+      <c r="B353" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="C353" s="2" t="inlineStr">
+        <is>
+          <t>Externer Lüfter für PD2 (37-55 kW) Size E 01909250</t>
+        </is>
+      </c>
+      <c r="D353" t="inlineStr">
+        <is>
+          <t>["PumpDrive2"]</t>
+        </is>
+      </c>
+      <c r="E353" t="inlineStr"/>
+      <c r="F353" t="inlineStr">
+        <is>
+          <t>Ersatzteile</t>
+        </is>
+      </c>
+      <c r="G353" t="inlineStr">
+        <is>
+          <t>B1: B2: gebraucht / wie neu</t>
+        </is>
+      </c>
+      <c r="H353" t="inlineStr">
+        <is>
+          <t>1.00</t>
+        </is>
+      </c>
+      <c r="I353" t="inlineStr">
+        <is>
+          <t>91.46 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="354" ht="15" customHeight="1">
+      <c r="A354" t="inlineStr">
+        <is>
+          <t>NW16178</t>
+        </is>
+      </c>
+      <c r="B354" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="C354" s="2" t="inlineStr">
+        <is>
+          <t>Interner Lüfter für PD2 (5,5-11kW) Size C 01909320</t>
+        </is>
+      </c>
+      <c r="D354" t="inlineStr">
+        <is>
+          <t>["PumpDrive2"]</t>
+        </is>
+      </c>
+      <c r="E354" t="inlineStr"/>
+      <c r="F354" t="inlineStr">
+        <is>
+          <t>Ersatzteile</t>
+        </is>
+      </c>
+      <c r="G354" t="inlineStr">
+        <is>
+          <t>B1: A: neu / standard</t>
+        </is>
+      </c>
+      <c r="H354" t="inlineStr">
+        <is>
+          <t>1.00</t>
+        </is>
+      </c>
+      <c r="I354" t="inlineStr">
+        <is>
+          <t>55.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="355" ht="15" customHeight="1">
+      <c r="A355" t="inlineStr">
+        <is>
+          <t>NW16179</t>
+        </is>
+      </c>
+      <c r="B355" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="C355" s="2" t="inlineStr">
+        <is>
+          <t>Interner Lüfter für PD2 (15-30 kW) Size D 01909231</t>
+        </is>
+      </c>
+      <c r="D355" t="inlineStr">
+        <is>
+          <t>["PumpDrive2"]</t>
+        </is>
+      </c>
+      <c r="E355" t="inlineStr"/>
+      <c r="F355" t="inlineStr">
+        <is>
+          <t>Ersatzteile</t>
+        </is>
+      </c>
+      <c r="G355" t="inlineStr">
+        <is>
+          <t>B1: A: neu / standard</t>
+        </is>
+      </c>
+      <c r="H355" t="inlineStr">
+        <is>
+          <t>1.00</t>
+        </is>
+      </c>
+      <c r="I355" t="inlineStr">
+        <is>
+          <t>75.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="356" ht="15" customHeight="1">
+      <c r="A356" t="inlineStr">
+        <is>
           <t>NW16180</t>
         </is>
       </c>
-      <c r="B341" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C341" s="2" t="inlineStr">
+      <c r="B356" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="C356" s="2" t="inlineStr">
         <is>
           <t>Interner Lüfter für PD2 (37-55 kW) Size E 01909232</t>
         </is>
       </c>
-      <c r="D341" t="inlineStr">
+      <c r="D356" t="inlineStr">
         <is>
           <t>["PumpDrive2"]</t>
         </is>
       </c>
-      <c r="E341" t="inlineStr"/>
-      <c r="F341" t="inlineStr">
+      <c r="E356" t="inlineStr"/>
+      <c r="F356" t="inlineStr">
         <is>
           <t>Ersatzteile</t>
         </is>
       </c>
-      <c r="G341" t="inlineStr">
+      <c r="G356" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
-      <c r="H341" t="inlineStr">
+      <c r="H356" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
-      <c r="I341" t="inlineStr">
+      <c r="I356" t="inlineStr">
         <is>
           <t>95.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row r="357" ht="30" customHeight="1">
+      <c r="A357" t="inlineStr">
+        <is>
+          <t>NW18771</t>
+        </is>
+      </c>
+      <c r="B357" t="inlineStr">
+        <is>
+          <t>KSB</t>
+        </is>
+      </c>
+      <c r="C357" s="2" t="inlineStr">
+        <is>
+          <t>DOPPELSCHALTFILTER OHNE DIFFERENZDRUCKANZEIGE TYP: 32-20-L1-60</t>
+        </is>
+      </c>
+      <c r="D357" t="inlineStr"/>
+      <c r="E357" t="inlineStr"/>
+      <c r="F357" t="inlineStr">
+        <is>
+          <t>Ersatzteile (NW)</t>
+        </is>
+      </c>
+      <c r="G357" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
+      <c r="H357" t="inlineStr">
+        <is>
+          <t>51.00</t>
+        </is>
+      </c>
+      <c r="I357" t="inlineStr">
+        <is>
+          <t>1085.70 €</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>