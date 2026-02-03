--- v0 (2025-12-16)
+++ v1 (2026-02-03)
@@ -427,51 +427,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:K402"/>
+  <dimension ref="A1:K401"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="15" customWidth="1" min="1" max="1"/>
     <col width="15" customWidth="1" min="2" max="2"/>
     <col width="50" customWidth="1" min="3" max="3"/>
     <col width="15" customWidth="1" min="4" max="4"/>
     <col width="15" customWidth="1" min="5" max="5"/>
     <col width="12" customWidth="1" min="6" max="6"/>
     <col width="25" customWidth="1" min="7" max="7"/>
     <col width="12" customWidth="1" min="8" max="8"/>
     <col width="12" customWidth="1" min="9" max="9"/>
     <col width="15" customWidth="1" min="10" max="10"/>
     <col width="15" customWidth="1" min="11" max="11"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Ref. Nr. / Ref. No.</t>
         </is>
@@ -2715,51 +2715,51 @@
       <c r="H43" t="inlineStr">
         <is>
           <t>302.00</t>
         </is>
       </c>
       <c r="I43" t="inlineStr"/>
       <c r="J43" t="inlineStr">
         <is>
           <t>4207.80 €</t>
         </is>
       </c>
       <c r="K43" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="44" ht="15" customHeight="1">
       <c r="A44" t="inlineStr">
         <is>
           <t>AR12344</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
-          <t>Unbekannt</t>
+          <t>-</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>SERIE 2000 cl.PN16 DN65 PN10/16 3t6K 1A</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
           <t>Rückflussverhinderer</t>
         </is>
       </c>
       <c r="E44" t="inlineStr">
         <is>
           <t>Serie 2000</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
           <t>DN065</t>
         </is>
       </c>
       <c r="G44" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
@@ -2816,8158 +2816,8154 @@
       <c r="G45" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H45" t="inlineStr">
         <is>
           <t>39.00</t>
         </is>
       </c>
       <c r="I45" t="inlineStr"/>
       <c r="J45" t="inlineStr">
         <is>
           <t>1592.28 €</t>
         </is>
       </c>
       <c r="K45" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="46" ht="15" customHeight="1">
       <c r="A46" t="inlineStr">
         <is>
-          <t>AR12406</t>
+          <t>AR12401</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
-          <t>Ersatz-Handrad 250X19 VK22, D Guss</t>
+          <t>Messcomputer BOATRONIC MS mit Sensorkabel</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
-          <t>Handräder</t>
+          <t>Regulierventile</t>
         </is>
       </c>
       <c r="E46" t="inlineStr">
         <is>
-          <t>COBRA</t>
+          <t>BOATRONIC</t>
         </is>
       </c>
       <c r="F46" t="inlineStr"/>
       <c r="G46" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
-      <c r="H46" t="inlineStr"/>
+      <c r="H46" t="inlineStr">
+        <is>
+          <t>0.60</t>
+        </is>
+      </c>
       <c r="I46" t="inlineStr"/>
       <c r="J46" t="inlineStr">
         <is>
-          <t>12.89 €</t>
+          <t>971.14 €</t>
         </is>
       </c>
       <c r="K46" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="47" ht="15" customHeight="1">
       <c r="A47" t="inlineStr">
         <is>
-          <t>AR12407</t>
+          <t>AR12406</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
-          <t>Serie 2000 cl. PN16 DN100 PN10/16 3t6X 1A</t>
+          <t>Ersatz-Handrad 250X19 VK22, D Guss</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
-          <t>Rückflussverhinderer</t>
+          <t>Handräder</t>
         </is>
       </c>
       <c r="E47" t="inlineStr">
         <is>
-          <t>Serie 2000</t>
-[...6 lines deleted...]
-      </c>
+          <t>COBRA</t>
+        </is>
+      </c>
+      <c r="F47" t="inlineStr"/>
       <c r="G47" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
-      <c r="H47" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H47" t="inlineStr"/>
       <c r="I47" t="inlineStr"/>
       <c r="J47" t="inlineStr">
         <is>
-          <t>112.30 €</t>
+          <t>12.89 €</t>
         </is>
       </c>
       <c r="K47" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="48" ht="15" customHeight="1">
       <c r="A48" t="inlineStr">
         <is>
-          <t>AR12409</t>
+          <t>AR12407</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
-          <t>Ersatz-Handrad 200X17 VK19, D Guss</t>
+          <t>Serie 2000 cl. PN16 DN100 PN10/16 3t6X 1A</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
-          <t>Handräder</t>
+          <t>Rückflussverhinderer</t>
         </is>
       </c>
       <c r="E48" t="inlineStr">
         <is>
-          <t>COBRA</t>
-[...2 lines deleted...]
-      <c r="F48" t="inlineStr"/>
+          <t>Serie 2000</t>
+        </is>
+      </c>
+      <c r="F48" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
       <c r="G48" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H48" t="inlineStr">
         <is>
-          <t>0.36</t>
+          <t>6.50</t>
         </is>
       </c>
       <c r="I48" t="inlineStr"/>
       <c r="J48" t="inlineStr">
         <is>
-          <t>5.68 €</t>
+          <t>112.30 €</t>
         </is>
       </c>
       <c r="K48" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="49" ht="15" customHeight="1">
       <c r="A49" t="inlineStr">
         <is>
-          <t>AR12412</t>
+          <t>AR12409</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
-          <t>Ersatz-Handrad 150X VK17, D Stahl</t>
+          <t>Ersatz-Handrad 200X17 VK19, D Guss</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
           <t>Handräder</t>
         </is>
       </c>
       <c r="E49" t="inlineStr">
         <is>
           <t>COBRA</t>
         </is>
       </c>
       <c r="F49" t="inlineStr"/>
       <c r="G49" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H49" t="inlineStr">
         <is>
-          <t>0.73</t>
+          <t>0.36</t>
         </is>
       </c>
       <c r="I49" t="inlineStr"/>
       <c r="J49" t="inlineStr">
         <is>
-          <t>7.79 €</t>
+          <t>5.68 €</t>
         </is>
       </c>
       <c r="K49" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="50" ht="15" customHeight="1">
       <c r="A50" t="inlineStr">
         <is>
-          <t>AR12439</t>
+          <t>AR12412</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
-          <t>SISTO</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
-          <t>Sisto 20 1.4408 PN16 DN080 EPDM</t>
+          <t>Ersatz-Handrad 150X VK17, D Stahl</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
-          <t>Membranventile</t>
+          <t>Handräder</t>
         </is>
       </c>
       <c r="E50" t="inlineStr">
         <is>
-          <t>SISTO-20</t>
-[...6 lines deleted...]
-      </c>
+          <t>COBRA</t>
+        </is>
+      </c>
+      <c r="F50" t="inlineStr"/>
       <c r="G50" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H50" t="inlineStr">
         <is>
-          <t>25.00</t>
+          <t>0.73</t>
         </is>
       </c>
       <c r="I50" t="inlineStr"/>
       <c r="J50" t="inlineStr">
         <is>
-          <t>689.39 €</t>
+          <t>7.79 €</t>
         </is>
       </c>
       <c r="K50" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="51" ht="15" customHeight="1">
       <c r="A51" t="inlineStr">
         <is>
-          <t>AR12440</t>
+          <t>AR12439</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>SISTO</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
-          <t>NORICHEM RYA PN10-40 DN15 1.4408 EVG - ARI</t>
+          <t>Sisto 20 1.4408 PN16 DN080 EPDM</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
-          <t>Rückflussverhinderer</t>
-[...2 lines deleted...]
-      <c r="E51" t="inlineStr"/>
+          <t>Membranventile</t>
+        </is>
+      </c>
+      <c r="E51" t="inlineStr">
+        <is>
+          <t>SISTO-20</t>
+        </is>
+      </c>
       <c r="F51" t="inlineStr">
         <is>
-          <t>DN015</t>
+          <t>DN080</t>
         </is>
       </c>
       <c r="G51" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H51" t="inlineStr">
         <is>
-          <t>5.00</t>
+          <t>25.00</t>
         </is>
       </c>
       <c r="I51" t="inlineStr"/>
       <c r="J51" t="inlineStr">
         <is>
-          <t>111.84 €</t>
+          <t>689.39 €</t>
         </is>
       </c>
       <c r="K51" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="52" ht="30" customHeight="1">
+    <row r="52" ht="15" customHeight="1">
       <c r="A52" t="inlineStr">
         <is>
-          <t>AR12442</t>
+          <t>AR12440</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
-          <t>KSB Schmutzfänger BOACHEM FSA, DN 25 PN 10-40, Werkstoff 1.4408</t>
+          <t>NORICHEM RYA PN10-40 DN15 1.4408 EVG - ARI</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
-          <t>Schmutzfänger</t>
-[...6 lines deleted...]
-      </c>
+          <t>Rückflussverhinderer</t>
+        </is>
+      </c>
+      <c r="E52" t="inlineStr"/>
       <c r="F52" t="inlineStr">
         <is>
-          <t>DN025</t>
+          <t>DN015</t>
         </is>
       </c>
       <c r="G52" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H52" t="inlineStr">
         <is>
-          <t>9.00</t>
+          <t>5.00</t>
         </is>
       </c>
       <c r="I52" t="inlineStr"/>
       <c r="J52" t="inlineStr">
         <is>
-          <t>358.53 €</t>
+          <t>111.84 €</t>
         </is>
       </c>
       <c r="K52" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="53" ht="15" customHeight="1">
+    <row r="53" ht="30" customHeight="1">
       <c r="A53" t="inlineStr">
         <is>
-          <t>AR12457</t>
+          <t>AR12442</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
-          <t>BOA-SuperCompact PN 6/10/16 DN150</t>
+          <t>KSB Schmutzfänger BOACHEM FSA, DN 25 PN 10-40, Werkstoff 1.4408</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
-          <t>Absperrventile</t>
+          <t>Schmutzfänger</t>
         </is>
       </c>
       <c r="E53" t="inlineStr">
         <is>
-          <t>BOA-SuperCompact</t>
+          <t>BOACHEM</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
-          <t>DN150</t>
+          <t>DN025</t>
         </is>
       </c>
       <c r="G53" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H53" t="inlineStr">
         <is>
-          <t>23.00</t>
+          <t>9.00</t>
         </is>
       </c>
       <c r="I53" t="inlineStr"/>
       <c r="J53" t="inlineStr">
         <is>
-          <t>428.47 €</t>
+          <t>358.53 €</t>
         </is>
       </c>
       <c r="K53" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="54" ht="15" customHeight="1">
       <c r="A54" t="inlineStr">
         <is>
-          <t>AR12464</t>
+          <t>AR12457</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
-          <t>BOACHEM-FSA DN 32 PN40</t>
+          <t>BOA-SuperCompact PN 6/10/16 DN150</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
-          <t>Schmutzfänger</t>
+          <t>Absperrventile</t>
         </is>
       </c>
       <c r="E54" t="inlineStr">
         <is>
-          <t>BOACHEM</t>
+          <t>BOA-SuperCompact</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
-          <t>DN032</t>
+          <t>DN150</t>
         </is>
       </c>
       <c r="G54" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H54" t="inlineStr">
         <is>
-          <t>13.00</t>
+          <t>23.00</t>
         </is>
       </c>
       <c r="I54" t="inlineStr"/>
       <c r="J54" t="inlineStr">
         <is>
-          <t>230.25 €</t>
+          <t>428.47 €</t>
         </is>
       </c>
       <c r="K54" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="55" ht="15" customHeight="1">
       <c r="A55" t="inlineStr">
         <is>
-          <t>AR12465</t>
+          <t>AR12464</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
-          <t>BOACHEM-FSA DN 50 PN40</t>
+          <t>BOACHEM-FSA DN 32 PN40</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
           <t>Schmutzfänger</t>
         </is>
       </c>
       <c r="E55" t="inlineStr">
         <is>
           <t>BOACHEM</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
-          <t>DN050</t>
+          <t>DN032</t>
         </is>
       </c>
       <c r="G55" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H55" t="inlineStr">
         <is>
-          <t>17.00</t>
+          <t>13.00</t>
         </is>
       </c>
       <c r="I55" t="inlineStr"/>
       <c r="J55" t="inlineStr">
         <is>
-          <t>322.17 €</t>
+          <t>230.25 €</t>
         </is>
       </c>
       <c r="K55" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="56" ht="15" customHeight="1">
       <c r="A56" t="inlineStr">
         <is>
-          <t>AR12468</t>
+          <t>AR12465</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
-          <t>BOACHEM ZXAB, DN 50 PN 10-40, Drosselkegel, 1.4408</t>
+          <t>BOACHEM-FSA DN 50 PN40</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
-          <t>Absperrventile</t>
+          <t>Schmutzfänger</t>
         </is>
       </c>
       <c r="E56" t="inlineStr">
         <is>
           <t>BOACHEM</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
           <t>DN050</t>
         </is>
       </c>
       <c r="G56" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H56" t="inlineStr">
         <is>
-          <t>26.50</t>
+          <t>17.00</t>
         </is>
       </c>
       <c r="I56" t="inlineStr"/>
       <c r="J56" t="inlineStr">
         <is>
-          <t>768.09 €</t>
+          <t>322.17 €</t>
         </is>
       </c>
       <c r="K56" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="57" ht="30" customHeight="1">
+    <row r="57" ht="15" customHeight="1">
       <c r="A57" t="inlineStr">
         <is>
-          <t>AR12982</t>
+          <t>AR12468</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
-          <t>Rückschlagklappe RK40 PN4 RP1½" Kunststoff für Amadrainer 4..</t>
-[...4 lines deleted...]
-      <c r="F57" t="inlineStr"/>
+          <t>BOACHEM ZXAB, DN 50 PN 10-40, Drosselkegel, 1.4408</t>
+        </is>
+      </c>
+      <c r="D57" t="inlineStr">
+        <is>
+          <t>Absperrventile</t>
+        </is>
+      </c>
+      <c r="E57" t="inlineStr">
+        <is>
+          <t>BOACHEM</t>
+        </is>
+      </c>
+      <c r="F57" t="inlineStr">
+        <is>
+          <t>DN050</t>
+        </is>
+      </c>
       <c r="G57" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H57" t="inlineStr">
         <is>
-          <t>3.00</t>
+          <t>26.50</t>
         </is>
       </c>
       <c r="I57" t="inlineStr"/>
       <c r="J57" t="inlineStr">
         <is>
-          <t>42.77 €</t>
+          <t>768.09 €</t>
         </is>
       </c>
       <c r="K57" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="58" ht="15" customHeight="1">
+    <row r="58" ht="30" customHeight="1">
       <c r="A58" t="inlineStr">
         <is>
-          <t>AR13046</t>
+          <t>AR12982</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
-          <t>Pneumatik-Antrieb Dynactair NG 6</t>
-[...11 lines deleted...]
-      </c>
+          <t>Rückschlagklappe RK40 PN4 RP1½" Kunststoff für Amadrainer 4..</t>
+        </is>
+      </c>
+      <c r="D58" t="inlineStr"/>
+      <c r="E58" t="inlineStr"/>
       <c r="F58" t="inlineStr"/>
       <c r="G58" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H58" t="inlineStr">
         <is>
-          <t>7.00</t>
+          <t>3.00</t>
         </is>
       </c>
       <c r="I58" t="inlineStr"/>
       <c r="J58" t="inlineStr">
         <is>
-          <t>309.60 €</t>
+          <t>42.77 €</t>
         </is>
       </c>
       <c r="K58" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="59" ht="15" customHeight="1">
       <c r="A59" t="inlineStr">
         <is>
-          <t>AR13072</t>
+          <t>AR13046</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
-          <t>DANAIS150 PN25 DN125 T4 16e6FB /SR330</t>
+          <t>Pneumatik-Antrieb Dynactair NG 6</t>
         </is>
       </c>
       <c r="D59" t="inlineStr">
         <is>
-          <t>Absperrklappen</t>
+          <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
       <c r="E59" t="inlineStr">
         <is>
-          <t>DANAIS150</t>
-[...6 lines deleted...]
-      </c>
+          <t>DYNACTAIR</t>
+        </is>
+      </c>
+      <c r="F59" t="inlineStr"/>
       <c r="G59" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H59" t="inlineStr">
         <is>
-          <t>17.30</t>
+          <t>7.00</t>
         </is>
       </c>
       <c r="I59" t="inlineStr"/>
       <c r="J59" t="inlineStr">
         <is>
-          <t>1343.35 €</t>
+          <t>309.60 €</t>
         </is>
       </c>
       <c r="K59" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="60" ht="15" customHeight="1">
       <c r="A60" t="inlineStr">
         <is>
-          <t>AR13108</t>
+          <t>AR13072</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
-          <t>BOACHEM ZXA, DN 200 PN 10, Flachkegel, 1.4408</t>
+          <t>DANAIS150 PN25 DN125 T4 16e6FB /SR330</t>
         </is>
       </c>
       <c r="D60" t="inlineStr">
         <is>
-          <t>Absperrventile</t>
+          <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E60" t="inlineStr">
         <is>
-          <t>BOACHEM</t>
+          <t>DANAIS150</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
-          <t>DN200</t>
+          <t>DN125</t>
         </is>
       </c>
       <c r="G60" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H60" t="inlineStr">
         <is>
-          <t>157.00</t>
+          <t>17.30</t>
         </is>
       </c>
       <c r="I60" t="inlineStr"/>
       <c r="J60" t="inlineStr">
         <is>
-          <t>6703.14 €</t>
+          <t>1343.35 €</t>
         </is>
       </c>
       <c r="K60" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="61" ht="15" customHeight="1">
       <c r="A61" t="inlineStr">
         <is>
-          <t>AR13168</t>
+          <t>AR13108</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
-          <t>Getriebe MR 25 Kettenrad</t>
+          <t>BOACHEM ZXA, DN 200 PN 10, Flachkegel, 1.4408</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
-          <t>Absperrklappen-Zubehör</t>
-[...3 lines deleted...]
-      <c r="F61" t="inlineStr"/>
+          <t>Absperrventile</t>
+        </is>
+      </c>
+      <c r="E61" t="inlineStr">
+        <is>
+          <t>BOACHEM</t>
+        </is>
+      </c>
+      <c r="F61" t="inlineStr">
+        <is>
+          <t>DN200</t>
+        </is>
+      </c>
       <c r="G61" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H61" t="inlineStr">
         <is>
-          <t>20.00</t>
+          <t>157.00</t>
         </is>
       </c>
       <c r="I61" t="inlineStr"/>
       <c r="J61" t="inlineStr">
         <is>
-          <t>598.55 €</t>
+          <t>6703.14 €</t>
         </is>
       </c>
       <c r="K61" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="62" ht="15" customHeight="1">
       <c r="A62" t="inlineStr">
         <is>
-          <t>AR13208</t>
+          <t>AR13168</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 10 PN10 DN100 T4 3G6K6IXA mit Handhebel SR</t>
+          <t>Getriebe MR 25 Kettenrad</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
-          <t>Absperrklappen</t>
-[...11 lines deleted...]
-      </c>
+          <t>Absperrklappen-Zubehör</t>
+        </is>
+      </c>
+      <c r="E62" t="inlineStr"/>
+      <c r="F62" t="inlineStr"/>
       <c r="G62" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H62" t="inlineStr">
         <is>
-          <t>15.00</t>
+          <t>20.00</t>
         </is>
       </c>
       <c r="I62" t="inlineStr"/>
       <c r="J62" t="inlineStr">
         <is>
-          <t>264.12 €</t>
+          <t>598.55 €</t>
         </is>
       </c>
       <c r="K62" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="63" ht="15" customHeight="1">
       <c r="A63" t="inlineStr">
         <is>
-          <t>AR13211</t>
+          <t>AR13208</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
-          <t>Nori 40 ZXL DN15 PN25/40</t>
+          <t>ISORIA 10 PN10 DN100 T4 3G6K6IXA mit Handhebel SR</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
-          <t>Absperrventile</t>
-[...2 lines deleted...]
-      <c r="E63" t="inlineStr"/>
+          <t>Absperrklappen</t>
+        </is>
+      </c>
+      <c r="E63" t="inlineStr">
+        <is>
+          <t>ISORIA 10</t>
+        </is>
+      </c>
       <c r="F63" t="inlineStr">
         <is>
-          <t>DN015</t>
+          <t>DN100</t>
         </is>
       </c>
       <c r="G63" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H63" t="inlineStr">
         <is>
-          <t>7.50</t>
+          <t>15.00</t>
         </is>
       </c>
       <c r="I63" t="inlineStr"/>
       <c r="J63" t="inlineStr">
         <is>
-          <t>124.97 €</t>
+          <t>264.12 €</t>
         </is>
       </c>
       <c r="K63" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="64" ht="15" customHeight="1">
       <c r="A64" t="inlineStr">
         <is>
-          <t>AR13212</t>
+          <t>AR13211</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
-          <t>Nori 40 ZXL DN10 PN25/40</t>
+          <t>Nori 40 ZXL DN15 PN25/40</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
           <t>Absperrventile</t>
         </is>
       </c>
       <c r="E64" t="inlineStr"/>
       <c r="F64" t="inlineStr">
         <is>
-          <t>DN010</t>
+          <t>DN015</t>
         </is>
       </c>
       <c r="G64" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H64" t="inlineStr">
         <is>
           <t>7.50</t>
         </is>
       </c>
       <c r="I64" t="inlineStr"/>
       <c r="J64" t="inlineStr">
         <is>
           <t>124.97 €</t>
         </is>
       </c>
       <c r="K64" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="65" ht="30" customHeight="1">
+    <row r="65" ht="15" customHeight="1">
       <c r="A65" t="inlineStr">
         <is>
-          <t>AR13770</t>
+          <t>AR13212</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 10 PN6/10 DN150 T2 3g6k6VC freiem Wellenende</t>
+          <t>Nori 40 ZXL DN10 PN25/40</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
-          <t>Absperrklappen</t>
-[...6 lines deleted...]
-      </c>
+          <t>Absperrventile</t>
+        </is>
+      </c>
+      <c r="E65" t="inlineStr"/>
       <c r="F65" t="inlineStr">
         <is>
-          <t>DN150</t>
+          <t>DN010</t>
         </is>
       </c>
       <c r="G65" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H65" t="inlineStr">
         <is>
-          <t>15.00</t>
+          <t>7.50</t>
         </is>
       </c>
       <c r="I65" t="inlineStr"/>
       <c r="J65" t="inlineStr">
         <is>
-          <t>406.44 €</t>
+          <t>124.97 €</t>
         </is>
       </c>
       <c r="K65" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="66" ht="30" customHeight="1">
       <c r="A66" t="inlineStr">
         <is>
-          <t>AR13771</t>
+          <t>AR13770</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 10 PN6/10 DN150 T2 3g6k6XV freiem Wellenende</t>
+          <t>ISORIA 10 PN6/10 DN150 T2 3g6k6VC freiem Wellenende</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E66" t="inlineStr">
         <is>
           <t>ISORIA 10</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
           <t>DN150</t>
         </is>
       </c>
       <c r="G66" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H66" t="inlineStr">
         <is>
           <t>15.00</t>
         </is>
       </c>
       <c r="I66" t="inlineStr"/>
       <c r="J66" t="inlineStr">
         <is>
-          <t>295.64 €</t>
+          <t>406.44 €</t>
         </is>
       </c>
       <c r="K66" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="67" ht="15" customHeight="1">
+    <row r="67" ht="30" customHeight="1">
       <c r="A67" t="inlineStr">
         <is>
-          <t>AR13830</t>
+          <t>AR13771</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
-          <t>KIT-MANSCHETTE BOAX-B A DN450 EPDM-XC</t>
+          <t>ISORIA 10 PN6/10 DN150 T2 3g6k6XV freiem Wellenende</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
-          <t>Absperrklappen-Zubehör</t>
+          <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E67" t="inlineStr">
         <is>
-          <t>BOAX-B</t>
+          <t>ISORIA 10</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
-          <t>DN450</t>
+          <t>DN150</t>
         </is>
       </c>
       <c r="G67" t="inlineStr">
         <is>
-          <t>B1: A: neu / standard</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H67" t="inlineStr">
         <is>
-          <t>1.00</t>
+          <t>15.00</t>
         </is>
       </c>
       <c r="I67" t="inlineStr"/>
       <c r="J67" t="inlineStr">
         <is>
-          <t>317.58 €</t>
+          <t>295.64 €</t>
         </is>
       </c>
       <c r="K67" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="68" ht="15" customHeight="1">
       <c r="A68" t="inlineStr">
         <is>
-          <t>AR13831</t>
+          <t>AR13830</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
-          <t>Dynactair NG 2</t>
+          <t>KIT-MANSCHETTE BOAX-B A DN450 EPDM-XC</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
           <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
       <c r="E68" t="inlineStr">
         <is>
-          <t>DYNACTAIR</t>
-[...2 lines deleted...]
-      <c r="F68" t="inlineStr"/>
+          <t>BOAX-B</t>
+        </is>
+      </c>
+      <c r="F68" t="inlineStr">
+        <is>
+          <t>DN450</t>
+        </is>
+      </c>
       <c r="G68" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
-[...2 lines deleted...]
-      <c r="H68" t="inlineStr"/>
+          <t>B1: A: neu / standard</t>
+        </is>
+      </c>
+      <c r="H68" t="inlineStr">
+        <is>
+          <t>1.00</t>
+        </is>
+      </c>
       <c r="I68" t="inlineStr"/>
       <c r="J68" t="inlineStr">
         <is>
-          <t>148.89 €</t>
+          <t>317.58 €</t>
         </is>
       </c>
       <c r="K68" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="69" ht="15" customHeight="1">
       <c r="A69" t="inlineStr">
         <is>
-          <t>AR13833</t>
+          <t>AR13831</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
-          <t>SERIE 2000 Class 150 DN200 CL150 16M1B</t>
+          <t>Dynactair NG 2</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
-          <t>Rückflussverhinderer</t>
+          <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
       <c r="E69" t="inlineStr">
         <is>
-          <t>Serie 2000</t>
-[...6 lines deleted...]
-      </c>
+          <t>DYNACTAIR</t>
+        </is>
+      </c>
+      <c r="F69" t="inlineStr"/>
       <c r="G69" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
-      <c r="H69" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H69" t="inlineStr"/>
       <c r="I69" t="inlineStr"/>
       <c r="J69" t="inlineStr">
         <is>
-          <t>1075.47 €</t>
+          <t>148.89 €</t>
         </is>
       </c>
       <c r="K69" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="70" ht="30" customHeight="1">
+    <row r="70" ht="15" customHeight="1">
       <c r="A70" t="inlineStr">
         <is>
-          <t>AR13836</t>
+          <t>AR13833</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 10 PN6/10 DN100 T1 3t6k6XA freiem Wellenende</t>
+          <t>SERIE 2000 Class 150 DN200 CL150 16M1B</t>
         </is>
       </c>
       <c r="D70" t="inlineStr">
         <is>
-          <t>Absperrklappen</t>
+          <t>Rückflussverhinderer</t>
         </is>
       </c>
       <c r="E70" t="inlineStr">
         <is>
-          <t>ISORIA 10</t>
+          <t>Serie 2000</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
-          <t>DN100</t>
+          <t>DN200</t>
         </is>
       </c>
       <c r="G70" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H70" t="inlineStr">
         <is>
-          <t>6.00</t>
+          <t>39.00</t>
         </is>
       </c>
       <c r="I70" t="inlineStr"/>
       <c r="J70" t="inlineStr">
         <is>
-          <t>178.78 €</t>
+          <t>1075.47 €</t>
         </is>
       </c>
       <c r="K70" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="71" ht="15" customHeight="1">
+    <row r="71" ht="30" customHeight="1">
       <c r="A71" t="inlineStr">
         <is>
-          <t>AR13840</t>
+          <t>AR13836</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
-          <t>KIT-MANSCHETTE ISORIA 10/16 A DN200 NBR-K</t>
+          <t>ISORIA 10 PN6/10 DN100 T1 3t6k6XA freiem Wellenende</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
-          <t>Absperrklappen-Zubehör</t>
-[...2 lines deleted...]
-      <c r="E71" t="inlineStr"/>
+          <t>Absperrklappen</t>
+        </is>
+      </c>
+      <c r="E71" t="inlineStr">
+        <is>
+          <t>ISORIA 10</t>
+        </is>
+      </c>
       <c r="F71" t="inlineStr">
         <is>
-          <t>DN200</t>
+          <t>DN100</t>
         </is>
       </c>
       <c r="G71" t="inlineStr">
         <is>
-          <t>B1: A: neu / standard</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H71" t="inlineStr">
         <is>
-          <t>3.00</t>
+          <t>6.00</t>
         </is>
       </c>
       <c r="I71" t="inlineStr"/>
       <c r="J71" t="inlineStr">
         <is>
-          <t>120.25 €</t>
+          <t>178.78 €</t>
         </is>
       </c>
       <c r="K71" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="72" ht="30" customHeight="1">
+    <row r="72" ht="15" customHeight="1">
       <c r="A72" t="inlineStr">
         <is>
-          <t>AR13841</t>
+          <t>AR13840</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
-          <t>KIT-WELLE ISORIA 20 A PN20 DN400 1.4057/AISI 431 Code 6h</t>
+          <t>KIT-MANSCHETTE ISORIA 10/16 A DN200 NBR-K</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
           <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
-      <c r="E72" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="E72" t="inlineStr"/>
       <c r="F72" t="inlineStr">
         <is>
-          <t>DN400</t>
+          <t>DN200</t>
         </is>
       </c>
       <c r="G72" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H72" t="inlineStr">
         <is>
-          <t>9.00</t>
+          <t>3.00</t>
         </is>
       </c>
       <c r="I72" t="inlineStr"/>
       <c r="J72" t="inlineStr">
         <is>
-          <t>751.00 €</t>
+          <t>120.25 €</t>
         </is>
       </c>
       <c r="K72" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="73" ht="15" customHeight="1">
+    <row r="73" ht="30" customHeight="1">
       <c r="A73" t="inlineStr">
         <is>
-          <t>AR13843</t>
+          <t>AR13841</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
-          <t>Getriebe MR 50 Marine Handrad</t>
+          <t>KIT-WELLE ISORIA 20 A PN20 DN400 1.4057/AISI 431 Code 6h</t>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
           <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
-      <c r="E73" t="inlineStr"/>
-      <c r="F73" t="inlineStr"/>
+      <c r="E73" t="inlineStr">
+        <is>
+          <t>ISORIA 20</t>
+        </is>
+      </c>
+      <c r="F73" t="inlineStr">
+        <is>
+          <t>DN400</t>
+        </is>
+      </c>
       <c r="G73" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H73" t="inlineStr">
         <is>
-          <t>8.00</t>
+          <t>9.00</t>
         </is>
       </c>
       <c r="I73" t="inlineStr"/>
       <c r="J73" t="inlineStr">
         <is>
-          <t>394.17 €</t>
+          <t>751.00 €</t>
         </is>
       </c>
       <c r="K73" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="74" ht="15" customHeight="1">
       <c r="A74" t="inlineStr">
         <is>
-          <t>AR13844</t>
+          <t>AR13843</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
-          <t>KIT-MANSCHETTE ISORIA 10 Y DN600 CSM Hypalon</t>
+          <t>Getriebe MR 50 Marine Handrad</t>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
           <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
       <c r="E74" t="inlineStr"/>
-      <c r="F74" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F74" t="inlineStr"/>
       <c r="G74" t="inlineStr">
         <is>
-          <t>B1: A: neu / standard</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H74" t="inlineStr">
         <is>
-          <t>17.00</t>
+          <t>8.00</t>
         </is>
       </c>
       <c r="I74" t="inlineStr"/>
       <c r="J74" t="inlineStr">
         <is>
-          <t>1085.85 €</t>
+          <t>394.17 €</t>
         </is>
       </c>
       <c r="K74" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="75" ht="15" customHeight="1">
       <c r="A75" t="inlineStr">
         <is>
-          <t>AR13845</t>
+          <t>AR13844</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
-          <t>KIT-MANSCHETTE ISORIA 10/16 A DN600 NBR-K</t>
+          <t>KIT-MANSCHETTE ISORIA 10 Y DN600 CSM Hypalon</t>
         </is>
       </c>
       <c r="D75" t="inlineStr">
         <is>
           <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
       <c r="E75" t="inlineStr"/>
       <c r="F75" t="inlineStr">
         <is>
           <t>DN600</t>
         </is>
       </c>
       <c r="G75" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H75" t="inlineStr">
         <is>
-          <t>10.00</t>
+          <t>17.00</t>
         </is>
       </c>
       <c r="I75" t="inlineStr"/>
       <c r="J75" t="inlineStr">
         <is>
-          <t>623.41 €</t>
+          <t>1085.85 €</t>
         </is>
       </c>
       <c r="K75" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="76" ht="15" customHeight="1">
       <c r="A76" t="inlineStr">
         <is>
-          <t>AR13902</t>
+          <t>AR13845</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 10 PN6/10 DN100 T1 3t6k3gXV - DYNACTAIR 12</t>
+          <t>KIT-MANSCHETTE ISORIA 10/16 A DN600 NBR-K</t>
         </is>
       </c>
       <c r="D76" t="inlineStr">
         <is>
-          <t>Absperrklappen</t>
-[...6 lines deleted...]
-      </c>
+          <t>Absperrklappen-Zubehör</t>
+        </is>
+      </c>
+      <c r="E76" t="inlineStr"/>
       <c r="F76" t="inlineStr">
         <is>
-          <t>DN100</t>
+          <t>DN600</t>
         </is>
       </c>
       <c r="G76" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H76" t="inlineStr">
         <is>
-          <t>25.00</t>
+          <t>10.00</t>
         </is>
       </c>
       <c r="I76" t="inlineStr"/>
       <c r="J76" t="inlineStr">
         <is>
-          <t>818.49 €</t>
+          <t>623.41 €</t>
         </is>
       </c>
       <c r="K76" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="77" ht="15" customHeight="1">
       <c r="A77" t="inlineStr">
         <is>
-          <t>AR13912</t>
+          <t>AR13902</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
-          <t>ACTAIR 6 F05-M14 STD/INDEX</t>
+          <t>ISORIA 10 PN6/10 DN100 T1 3t6k3gXV - DYNACTAIR 12</t>
         </is>
       </c>
       <c r="D77" t="inlineStr">
         <is>
-          <t>Absperrklappen-Zubehör</t>
+          <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E77" t="inlineStr">
         <is>
-          <t>ACTAIR</t>
-[...2 lines deleted...]
-      <c r="F77" t="inlineStr"/>
+          <t>ISORIA 10</t>
+        </is>
+      </c>
+      <c r="F77" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
       <c r="G77" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H77" t="inlineStr">
         <is>
-          <t>5.00</t>
+          <t>25.00</t>
         </is>
       </c>
       <c r="I77" t="inlineStr"/>
       <c r="J77" t="inlineStr">
         <is>
-          <t>222.14 €</t>
+          <t>818.49 €</t>
         </is>
       </c>
       <c r="K77" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="78" ht="30" customHeight="1">
+    <row r="78" ht="15" customHeight="1">
       <c r="A78" t="inlineStr">
         <is>
-          <t>AR13942</t>
+          <t>AR13912</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 10 PN10 DN200 T4 3g6k6K - MR 25 M mit AMTROBOX  R (R001187)</t>
+          <t>ACTAIR 6 F05-M14 STD/INDEX</t>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
-          <t>Absperrklappen</t>
+          <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
       <c r="E78" t="inlineStr">
         <is>
-          <t>ISORIA 10</t>
-[...6 lines deleted...]
-      </c>
+          <t>ACTAIR</t>
+        </is>
+      </c>
+      <c r="F78" t="inlineStr"/>
       <c r="G78" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H78" t="inlineStr">
         <is>
-          <t>45.00</t>
+          <t>5.00</t>
         </is>
       </c>
       <c r="I78" t="inlineStr"/>
       <c r="J78" t="inlineStr">
         <is>
-          <t>1210.39 €</t>
+          <t>222.14 €</t>
         </is>
       </c>
       <c r="K78" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="79" ht="15" customHeight="1">
+    <row r="79" ht="30" customHeight="1">
       <c r="A79" t="inlineStr">
         <is>
-          <t>AR13953</t>
+          <t>AR13942</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
-          <t>NORI 160 ZXL DN50 PN63</t>
+          <t>ISORIA 10 PN10 DN200 T4 3g6k6K - MR 25 M mit AMTROBOX  R (R001187)</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
-          <t>Absperrventile</t>
-[...2 lines deleted...]
-      <c r="E79" t="inlineStr"/>
+          <t>Absperrklappen</t>
+        </is>
+      </c>
+      <c r="E79" t="inlineStr">
+        <is>
+          <t>ISORIA 10</t>
+        </is>
+      </c>
       <c r="F79" t="inlineStr">
         <is>
-          <t>DN050</t>
+          <t>DN200</t>
         </is>
       </c>
       <c r="G79" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H79" t="inlineStr">
         <is>
-          <t>27.00</t>
+          <t>45.00</t>
         </is>
       </c>
       <c r="I79" t="inlineStr"/>
       <c r="J79" t="inlineStr">
         <is>
-          <t>574.37 €</t>
+          <t>1210.39 €</t>
         </is>
       </c>
       <c r="K79" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="80" ht="15" customHeight="1">
       <c r="A80" t="inlineStr">
         <is>
-          <t>AR13954</t>
+          <t>AR13953</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
-          <t>Rückschlagventil NORI 160 RXL DN50 PN63 1.0619+N</t>
+          <t>NORI 160 ZXL DN50 PN63</t>
         </is>
       </c>
       <c r="D80" t="inlineStr">
         <is>
-          <t>Rückflussverhinderer</t>
+          <t>Absperrventile</t>
         </is>
       </c>
       <c r="E80" t="inlineStr"/>
       <c r="F80" t="inlineStr">
         <is>
           <t>DN050</t>
         </is>
       </c>
       <c r="G80" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H80" t="inlineStr">
         <is>
-          <t>23.00</t>
+          <t>27.00</t>
         </is>
       </c>
       <c r="I80" t="inlineStr"/>
       <c r="J80" t="inlineStr">
         <is>
-          <t>950.36 €</t>
+          <t>574.37 €</t>
         </is>
       </c>
       <c r="K80" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="81" ht="30" customHeight="1">
+    <row r="81" ht="15" customHeight="1">
       <c r="A81" t="inlineStr">
         <is>
-          <t>AR14062</t>
+          <t>AR13954</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
-          <t>Kemper</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
-          <t>Freistrom-Absperrventil, Rotguss, Figur 135 01 DN20</t>
+          <t>Rückschlagventil NORI 160 RXL DN50 PN63 1.0619+N</t>
         </is>
       </c>
       <c r="D81" t="inlineStr">
         <is>
-          <t>Absperrventile</t>
-[...6 lines deleted...]
-      </c>
+          <t>Rückflussverhinderer</t>
+        </is>
+      </c>
+      <c r="E81" t="inlineStr"/>
       <c r="F81" t="inlineStr">
         <is>
-          <t>DN020</t>
+          <t>DN050</t>
         </is>
       </c>
       <c r="G81" t="inlineStr">
         <is>
-          <t>B1: A: neu / standard</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H81" t="inlineStr">
         <is>
-          <t>4.00</t>
+          <t>23.00</t>
         </is>
       </c>
       <c r="I81" t="inlineStr"/>
       <c r="J81" t="inlineStr">
         <is>
-          <t>365.82 €</t>
+          <t>950.36 €</t>
         </is>
       </c>
       <c r="K81" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="82" ht="30" customHeight="1">
       <c r="A82" t="inlineStr">
         <is>
-          <t>AR14063</t>
+          <t>AR14062</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>Kemper</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
-          <t>Freistrom-Absperrventil, Rotguss, Figur 135 01 DN32</t>
+          <t>Freistrom-Absperrventil, Rotguss, Figur 135 01 DN20</t>
         </is>
       </c>
       <c r="D82" t="inlineStr">
         <is>
           <t>Absperrventile</t>
         </is>
       </c>
       <c r="E82" t="inlineStr">
         <is>
           <t>Figur 135</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
-          <t>DN032</t>
+          <t>DN020</t>
         </is>
       </c>
       <c r="G82" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H82" t="inlineStr">
         <is>
-          <t>6.00</t>
+          <t>4.00</t>
         </is>
       </c>
       <c r="I82" t="inlineStr"/>
       <c r="J82" t="inlineStr">
         <is>
-          <t>429.60 €</t>
+          <t>365.82 €</t>
         </is>
       </c>
       <c r="K82" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="83" ht="30" customHeight="1">
       <c r="A83" t="inlineStr">
         <is>
-          <t>AR14064</t>
+          <t>AR14063</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>Kemper</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
-          <t>Freistrom-Absperrventil, Rotguss, Figur 135 01 DN40</t>
+          <t>Freistrom-Absperrventil, Rotguss, Figur 135 01 DN32</t>
         </is>
       </c>
       <c r="D83" t="inlineStr">
         <is>
           <t>Absperrventile</t>
         </is>
       </c>
       <c r="E83" t="inlineStr">
         <is>
           <t>Figur 135</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
-          <t>DN040</t>
+          <t>DN032</t>
         </is>
       </c>
       <c r="G83" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H83" t="inlineStr">
         <is>
-          <t>7.00</t>
+          <t>6.00</t>
         </is>
       </c>
       <c r="I83" t="inlineStr"/>
       <c r="J83" t="inlineStr">
         <is>
-          <t>505.26 €</t>
+          <t>429.60 €</t>
         </is>
       </c>
       <c r="K83" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="84" ht="15" customHeight="1">
+    <row r="84" ht="30" customHeight="1">
       <c r="A84" t="inlineStr">
         <is>
-          <t>AR14185</t>
+          <t>AR14064</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
-          <t>DUNGS</t>
+          <t>Kemper</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
-          <t>Kugelhahn KH 160100, DN100</t>
+          <t>Freistrom-Absperrventil, Rotguss, Figur 135 01 DN40</t>
         </is>
       </c>
       <c r="D84" t="inlineStr">
         <is>
-          <t>Kugelhähne</t>
+          <t>Absperrventile</t>
         </is>
       </c>
       <c r="E84" t="inlineStr">
         <is>
-          <t>KH</t>
+          <t>Figur 135</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
-          <t>DN100</t>
+          <t>DN040</t>
         </is>
       </c>
       <c r="G84" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H84" t="inlineStr">
         <is>
-          <t>28.00</t>
+          <t>7.00</t>
         </is>
       </c>
       <c r="I84" t="inlineStr"/>
       <c r="J84" t="inlineStr">
         <is>
-          <t>439.72 €</t>
+          <t>505.26 €</t>
         </is>
       </c>
       <c r="K84" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="85" ht="15" customHeight="1">
       <c r="A85" t="inlineStr">
         <is>
-          <t>AR14235</t>
+          <t>AR14185</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>DUNGS</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
-          <t>SERIE 2000 cl.PN25 DN100 PN25 3g6X 1B</t>
+          <t>Kugelhahn KH 160100, DN100</t>
         </is>
       </c>
       <c r="D85" t="inlineStr">
         <is>
-          <t>Rückflussverhinderer</t>
+          <t>Kugelhähne</t>
         </is>
       </c>
       <c r="E85" t="inlineStr">
         <is>
-          <t>Serie 2000</t>
+          <t>KH</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
           <t>DN100</t>
         </is>
       </c>
       <c r="G85" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H85" t="inlineStr">
         <is>
-          <t>13.00</t>
+          <t>28.00</t>
         </is>
       </c>
       <c r="I85" t="inlineStr"/>
       <c r="J85" t="inlineStr">
         <is>
-          <t>377.94 €</t>
+          <t>439.72 €</t>
         </is>
       </c>
       <c r="K85" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="86" ht="15" customHeight="1">
       <c r="A86" t="inlineStr">
         <is>
-          <t>AR14236</t>
+          <t>AR14235</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
-          <t>Unbekannt</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
-          <t>SERIE 2000 cl.PN16 DN50 PN10/16 3t6K 1A</t>
+          <t>SERIE 2000 cl.PN25 DN100 PN25 3g6X 1B</t>
         </is>
       </c>
       <c r="D86" t="inlineStr">
         <is>
           <t>Rückflussverhinderer</t>
         </is>
       </c>
       <c r="E86" t="inlineStr">
         <is>
           <t>Serie 2000</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
-          <t>DN050</t>
+          <t>DN100</t>
         </is>
       </c>
       <c r="G86" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H86" t="inlineStr">
         <is>
-          <t>3.50</t>
+          <t>13.00</t>
         </is>
       </c>
       <c r="I86" t="inlineStr"/>
       <c r="J86" t="inlineStr">
         <is>
-          <t>85.45 €</t>
+          <t>377.94 €</t>
         </is>
       </c>
       <c r="K86" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="87" ht="15" customHeight="1">
       <c r="A87" t="inlineStr">
         <is>
-          <t>AR14237</t>
+          <t>AR14236</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>-</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
-          <t>SERIE 2000 cl.PN25 DN65 PN25 3g6K 1B</t>
+          <t>SERIE 2000 cl.PN16 DN50 PN10/16 3t6K 1A</t>
         </is>
       </c>
       <c r="D87" t="inlineStr">
         <is>
           <t>Rückflussverhinderer</t>
         </is>
       </c>
       <c r="E87" t="inlineStr">
         <is>
           <t>Serie 2000</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
-          <t>DN065</t>
+          <t>DN050</t>
         </is>
       </c>
       <c r="G87" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H87" t="inlineStr">
         <is>
-          <t>4.70</t>
+          <t>3.50</t>
         </is>
       </c>
       <c r="I87" t="inlineStr"/>
       <c r="J87" t="inlineStr">
         <is>
-          <t>231.52 €</t>
+          <t>85.45 €</t>
         </is>
       </c>
       <c r="K87" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="88" ht="15" customHeight="1">
       <c r="A88" t="inlineStr">
         <is>
-          <t>AR14238</t>
+          <t>AR14237</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
-          <t>SERIE 2000 cl.PN16 DN50 PN10/16 3t6X 1A</t>
+          <t>SERIE 2000 cl.PN25 DN65 PN25 3g6K 1B</t>
         </is>
       </c>
       <c r="D88" t="inlineStr">
         <is>
           <t>Rückflussverhinderer</t>
         </is>
       </c>
       <c r="E88" t="inlineStr">
         <is>
           <t>Serie 2000</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
-          <t>DN050</t>
+          <t>DN065</t>
         </is>
       </c>
       <c r="G88" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H88" t="inlineStr">
         <is>
-          <t>3.50</t>
+          <t>4.70</t>
         </is>
       </c>
       <c r="I88" t="inlineStr"/>
       <c r="J88" t="inlineStr">
         <is>
-          <t>85.45 €</t>
+          <t>231.52 €</t>
         </is>
       </c>
       <c r="K88" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="89" ht="15" customHeight="1">
       <c r="A89" t="inlineStr">
         <is>
-          <t>AR14239</t>
+          <t>AR14238</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
-          <t>Unbekannt</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
-          <t>SERIE 2000 cl.PN16 DN65 PN10/16 3t6X 1A</t>
+          <t>SERIE 2000 cl.PN16 DN50 PN10/16 3t6X 1A</t>
         </is>
       </c>
       <c r="D89" t="inlineStr">
         <is>
           <t>Rückflussverhinderer</t>
         </is>
       </c>
       <c r="E89" t="inlineStr">
         <is>
           <t>Serie 2000</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
-          <t>DN065</t>
+          <t>DN050</t>
         </is>
       </c>
       <c r="G89" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H89" t="inlineStr">
         <is>
-          <t>4.80</t>
+          <t>3.50</t>
         </is>
       </c>
       <c r="I89" t="inlineStr"/>
       <c r="J89" t="inlineStr">
         <is>
-          <t>94.86 €</t>
+          <t>85.45 €</t>
         </is>
       </c>
       <c r="K89" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="90" ht="15" customHeight="1">
       <c r="A90" t="inlineStr">
         <is>
-          <t>AR14241</t>
+          <t>AR14239</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>-</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
-          <t>SERIE 2000 cl.PN16 DN300 PN16 3t6X 1A</t>
+          <t>SERIE 2000 cl.PN16 DN65 PN10/16 3t6X 1A</t>
         </is>
       </c>
       <c r="D90" t="inlineStr">
         <is>
           <t>Rückflussverhinderer</t>
         </is>
       </c>
       <c r="E90" t="inlineStr">
         <is>
           <t>Serie 2000</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
-          <t>DN300</t>
+          <t>DN065</t>
         </is>
       </c>
       <c r="G90" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H90" t="inlineStr">
         <is>
-          <t>73.00</t>
+          <t>4.80</t>
         </is>
       </c>
       <c r="I90" t="inlineStr"/>
       <c r="J90" t="inlineStr">
         <is>
-          <t>140.16 €</t>
+          <t>94.86 €</t>
         </is>
       </c>
       <c r="K90" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="91" ht="15" customHeight="1">
       <c r="A91" t="inlineStr">
         <is>
-          <t>AR14242</t>
+          <t>AR14241</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
-          <t>DANAIS150 PN10/16 DN100 T1 66e6FB SR330</t>
+          <t>SERIE 2000 cl.PN16 DN300 PN16 3t6X 1A</t>
         </is>
       </c>
       <c r="D91" t="inlineStr">
         <is>
-          <t>Absperrklappen</t>
+          <t>Rückflussverhinderer</t>
         </is>
       </c>
       <c r="E91" t="inlineStr">
         <is>
-          <t>DANAIS150</t>
+          <t>Serie 2000</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
-          <t>DN100</t>
+          <t>DN300</t>
         </is>
       </c>
       <c r="G91" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H91" t="inlineStr">
         <is>
-          <t>11.00</t>
+          <t>73.00</t>
         </is>
       </c>
       <c r="I91" t="inlineStr"/>
       <c r="J91" t="inlineStr">
         <is>
-          <t>826.06 €</t>
+          <t>140.16 €</t>
         </is>
       </c>
       <c r="K91" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="92" ht="15" customHeight="1">
       <c r="A92" t="inlineStr">
         <is>
-          <t>AR14243</t>
+          <t>AR14242</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
-          <t>DANAIS150 PN10/16 DN65 T1 16e6FB SR180</t>
+          <t>DANAIS150 PN10/16 DN100 T1 66e6FB SR330</t>
         </is>
       </c>
       <c r="D92" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E92" t="inlineStr">
         <is>
           <t>DANAIS150</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
-          <t>DN065</t>
+          <t>DN100</t>
         </is>
       </c>
       <c r="G92" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H92" t="inlineStr">
         <is>
-          <t>6.40</t>
+          <t>11.00</t>
         </is>
       </c>
       <c r="I92" t="inlineStr"/>
       <c r="J92" t="inlineStr">
         <is>
-          <t>828.20 €</t>
+          <t>826.06 €</t>
         </is>
       </c>
       <c r="K92" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="93" ht="15" customHeight="1">
       <c r="A93" t="inlineStr">
         <is>
-          <t>AR14252</t>
+          <t>AR14243</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 16 PN16 DN80 T4 3g6K6Y + SR260</t>
+          <t>DANAIS150 PN10/16 DN65 T1 16e6FB SR180</t>
         </is>
       </c>
       <c r="D93" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E93" t="inlineStr">
         <is>
-          <t>ISORIA 16</t>
+          <t>DANAIS150</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
-          <t>DN080</t>
+          <t>DN065</t>
         </is>
       </c>
       <c r="G93" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H93" t="inlineStr">
         <is>
-          <t>7.00</t>
+          <t>6.40</t>
         </is>
       </c>
       <c r="I93" t="inlineStr"/>
       <c r="J93" t="inlineStr">
         <is>
-          <t>411.18 €</t>
+          <t>828.20 €</t>
         </is>
       </c>
       <c r="K93" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="94" ht="15" customHeight="1">
       <c r="A94" t="inlineStr">
         <is>
-          <t>AR14253</t>
+          <t>AR14252</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 10 PN10 DN65 T4 3g6K6Y + SR180</t>
+          <t>ISORIA 16 PN16 DN80 T4 3g6K6Y + SR260</t>
         </is>
       </c>
       <c r="D94" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E94" t="inlineStr">
         <is>
-          <t>ISORIA 10</t>
+          <t>ISORIA 16</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
-          <t>DN065</t>
+          <t>DN080</t>
         </is>
       </c>
       <c r="G94" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H94" t="inlineStr">
         <is>
           <t>7.00</t>
         </is>
       </c>
       <c r="I94" t="inlineStr"/>
       <c r="J94" t="inlineStr">
         <is>
-          <t>178.53 €</t>
+          <t>411.18 €</t>
         </is>
       </c>
       <c r="K94" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="95" ht="15" customHeight="1">
       <c r="A95" t="inlineStr">
         <is>
-          <t>AR14254</t>
+          <t>AR14253</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 20 PN20 DN250 T4 16H6XA + MR25</t>
+          <t>ISORIA 10 PN10 DN65 T4 3g6K6Y + SR180</t>
         </is>
       </c>
       <c r="D95" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E95" t="inlineStr">
         <is>
-          <t>ISORIA 20</t>
+          <t>ISORIA 10</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
-          <t>DN250</t>
+          <t>DN065</t>
         </is>
       </c>
       <c r="G95" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H95" t="inlineStr">
         <is>
-          <t>45.00</t>
+          <t>7.00</t>
         </is>
       </c>
       <c r="I95" t="inlineStr"/>
       <c r="J95" t="inlineStr">
         <is>
-          <t>1782.67 €</t>
+          <t>178.53 €</t>
         </is>
       </c>
       <c r="K95" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="96" ht="15" customHeight="1">
       <c r="A96" t="inlineStr">
         <is>
-          <t>AR14260</t>
+          <t>AR14254</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
-          <t>KE Plastomer PN10 DN80 T1 3L6E6FS TS200°C MR25</t>
+          <t>ISORIA 20 PN20 DN250 T4 16H6XA + MR25</t>
         </is>
       </c>
       <c r="D96" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E96" t="inlineStr">
         <is>
-          <t>KE</t>
+          <t>ISORIA 20</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
-          <t>DN080</t>
+          <t>DN250</t>
         </is>
       </c>
       <c r="G96" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H96" t="inlineStr">
         <is>
-          <t>12.00</t>
+          <t>45.00</t>
         </is>
       </c>
       <c r="I96" t="inlineStr"/>
       <c r="J96" t="inlineStr">
         <is>
-          <t>1247.30 €</t>
+          <t>1782.67 €</t>
         </is>
       </c>
       <c r="K96" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="97" ht="15" customHeight="1">
       <c r="A97" t="inlineStr">
         <is>
-          <t>AR14261</t>
+          <t>AR14260</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
-          <t>KE Plastomer PN10 DN150 T1 3L6E6FS TS200°C MR25</t>
+          <t>KE Plastomer PN10 DN80 T1 3L6E6FS TS200°C MR25</t>
         </is>
       </c>
       <c r="D97" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E97" t="inlineStr">
         <is>
           <t>KE</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
-          <t>DN150</t>
+          <t>DN080</t>
         </is>
       </c>
       <c r="G97" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H97" t="inlineStr">
         <is>
-          <t>18.00</t>
+          <t>12.00</t>
         </is>
       </c>
       <c r="I97" t="inlineStr"/>
       <c r="J97" t="inlineStr">
         <is>
-          <t>1872.12 €</t>
+          <t>1247.30 €</t>
         </is>
       </c>
       <c r="K97" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="98" ht="15" customHeight="1">
       <c r="A98" t="inlineStr">
         <is>
-          <t>AR14266</t>
+          <t>AR14261</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
-          <t>KIT-MANSCHETTE ISORIA 10/16 A DN400 EPDM XA</t>
+          <t>KE Plastomer PN10 DN150 T1 3L6E6FS TS200°C MR25</t>
         </is>
       </c>
       <c r="D98" t="inlineStr">
         <is>
-          <t>Absperrklappen-Zubehör</t>
-[...2 lines deleted...]
-      <c r="E98" t="inlineStr"/>
+          <t>Absperrklappen</t>
+        </is>
+      </c>
+      <c r="E98" t="inlineStr">
+        <is>
+          <t>KE</t>
+        </is>
+      </c>
       <c r="F98" t="inlineStr">
         <is>
-          <t>DN400</t>
+          <t>DN150</t>
         </is>
       </c>
       <c r="G98" t="inlineStr">
         <is>
-          <t>B1: A: neu / standard</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H98" t="inlineStr">
         <is>
-          <t>3.00</t>
+          <t>18.00</t>
         </is>
       </c>
       <c r="I98" t="inlineStr"/>
       <c r="J98" t="inlineStr">
         <is>
-          <t>342.82 €</t>
+          <t>1872.12 €</t>
         </is>
       </c>
       <c r="K98" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="99" ht="15" customHeight="1">
       <c r="A99" t="inlineStr">
         <is>
-          <t>AR14279</t>
+          <t>AR14266</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
-          <t>BOAX-S PN10/16 DN250 T23g6k6gXU MR25</t>
+          <t>KIT-MANSCHETTE ISORIA 10/16 A DN400 EPDM XA</t>
         </is>
       </c>
       <c r="D99" t="inlineStr">
         <is>
-          <t>Absperrklappen</t>
-[...6 lines deleted...]
-      </c>
+          <t>Absperrklappen-Zubehör</t>
+        </is>
+      </c>
+      <c r="E99" t="inlineStr"/>
       <c r="F99" t="inlineStr">
         <is>
-          <t>DN250</t>
+          <t>DN400</t>
         </is>
       </c>
       <c r="G99" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H99" t="inlineStr">
         <is>
-          <t>26.00</t>
+          <t>3.00</t>
         </is>
       </c>
       <c r="I99" t="inlineStr"/>
       <c r="J99" t="inlineStr">
         <is>
-          <t>581.88 €</t>
+          <t>342.82 €</t>
         </is>
       </c>
       <c r="K99" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="100" ht="15" customHeight="1">
       <c r="A100" t="inlineStr">
         <is>
-          <t>AR14291</t>
+          <t>AR14279</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
-          <t>KIT-MANSCHETTE ISORIA 10/16 A DN150 NBR-K</t>
+          <t>BOAX-S PN10/16 DN250 T23g6k6gXU MR25</t>
         </is>
       </c>
       <c r="D100" t="inlineStr">
         <is>
-          <t>Absperrklappen-Zubehör</t>
-[...2 lines deleted...]
-      <c r="E100" t="inlineStr"/>
+          <t>Absperrklappen</t>
+        </is>
+      </c>
+      <c r="E100" t="inlineStr">
+        <is>
+          <t>BOAX-S/SF</t>
+        </is>
+      </c>
       <c r="F100" t="inlineStr">
         <is>
-          <t>DN150</t>
+          <t>DN250</t>
         </is>
       </c>
       <c r="G100" t="inlineStr">
         <is>
-          <t>B1: A: neu / standard</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H100" t="inlineStr">
         <is>
-          <t>15.00</t>
+          <t>26.00</t>
         </is>
       </c>
       <c r="I100" t="inlineStr"/>
       <c r="J100" t="inlineStr">
         <is>
-          <t>73.76 €</t>
+          <t>581.88 €</t>
         </is>
       </c>
       <c r="K100" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="101" ht="15" customHeight="1">
       <c r="A101" t="inlineStr">
         <is>
-          <t>AR14294</t>
+          <t>AR14291</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
-          <t>SERIE 2000 cl.PN16 DN100 PN10/16 3t6K 1A</t>
+          <t>KIT-MANSCHETTE ISORIA 10/16 A DN150 NBR-K</t>
         </is>
       </c>
       <c r="D101" t="inlineStr">
         <is>
-          <t>Rückflussverhinderer</t>
-[...6 lines deleted...]
-      </c>
+          <t>Absperrklappen-Zubehör</t>
+        </is>
+      </c>
+      <c r="E101" t="inlineStr"/>
       <c r="F101" t="inlineStr">
         <is>
-          <t>DN100</t>
+          <t>DN150</t>
         </is>
       </c>
       <c r="G101" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H101" t="inlineStr">
         <is>
-          <t>6.40</t>
+          <t>15.00</t>
         </is>
       </c>
       <c r="I101" t="inlineStr"/>
       <c r="J101" t="inlineStr">
         <is>
-          <t>174.54 €</t>
+          <t>73.76 €</t>
         </is>
       </c>
       <c r="K101" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="102" ht="30" customHeight="1">
+    <row r="102" ht="15" customHeight="1">
       <c r="A102" t="inlineStr">
         <is>
-          <t>AR14296</t>
+          <t>AR14294</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 16 PN10/16 DN200 T1 3T6K6XV + Handhebel CR530</t>
+          <t>SERIE 2000 cl.PN16 DN100 PN10/16 3t6K 1A</t>
         </is>
       </c>
       <c r="D102" t="inlineStr">
         <is>
-          <t>Absperrklappen</t>
+          <t>Rückflussverhinderer</t>
         </is>
       </c>
       <c r="E102" t="inlineStr">
         <is>
-          <t>ISORIA 16</t>
+          <t>Serie 2000</t>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
-          <t>DN200</t>
+          <t>DN100</t>
         </is>
       </c>
       <c r="G102" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H102" t="inlineStr">
         <is>
-          <t>15.00</t>
+          <t>6.40</t>
         </is>
       </c>
       <c r="I102" t="inlineStr"/>
       <c r="J102" t="inlineStr">
         <is>
-          <t>765.02 €</t>
+          <t>174.54 €</t>
         </is>
       </c>
       <c r="K102" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="103" ht="15" customHeight="1">
+    <row r="103" ht="30" customHeight="1">
       <c r="A103" t="inlineStr">
         <is>
-          <t>AR14305</t>
+          <t>AR14296</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
-          <t>BOAX-S PN10/16 DN300 T23g6k6gXU + MR50</t>
+          <t>ISORIA 16 PN10/16 DN200 T1 3T6K6XV + Handhebel CR530</t>
         </is>
       </c>
       <c r="D103" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E103" t="inlineStr">
         <is>
-          <t>BOAX-S/SF</t>
+          <t>ISORIA 16</t>
         </is>
       </c>
       <c r="F103" t="inlineStr">
         <is>
-          <t>DN300</t>
+          <t>DN200</t>
         </is>
       </c>
       <c r="G103" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H103" t="inlineStr">
         <is>
-          <t>47.40</t>
+          <t>15.00</t>
         </is>
       </c>
       <c r="I103" t="inlineStr"/>
       <c r="J103" t="inlineStr">
         <is>
-          <t>829.61 €</t>
+          <t>765.02 €</t>
         </is>
       </c>
       <c r="K103" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="104" ht="15" customHeight="1">
       <c r="A104" t="inlineStr">
         <is>
-          <t>AR14306</t>
+          <t>AR14305</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
-          <t>BOA CVE CONTROL IMS PN16 DN125</t>
+          <t>BOAX-S PN10/16 DN300 T23g6k6gXU + MR50</t>
         </is>
       </c>
       <c r="D104" t="inlineStr">
         <is>
-          <t>Regulierventile</t>
+          <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E104" t="inlineStr">
         <is>
-          <t>BOA-CVE</t>
+          <t>BOAX-S/SF</t>
         </is>
       </c>
       <c r="F104" t="inlineStr">
         <is>
-          <t>DN125</t>
+          <t>DN300</t>
         </is>
       </c>
       <c r="G104" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig;A: neu / standard</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H104" t="inlineStr">
         <is>
-          <t>42.50</t>
+          <t>47.40</t>
         </is>
       </c>
       <c r="I104" t="inlineStr"/>
       <c r="J104" t="inlineStr">
         <is>
-          <t>2425.67 €</t>
+          <t>829.61 €</t>
         </is>
       </c>
       <c r="K104" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="105" ht="15" customHeight="1">
       <c r="A105" t="inlineStr">
         <is>
-          <t>AR14321</t>
+          <t>AR14306</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
-          <t>KIT-MANSCHETTE ISORIA 20 DN050 PN10/16/20 EPDM-XV</t>
+          <t>BOA CVE CONTROL IMS PN16 DN125</t>
         </is>
       </c>
       <c r="D105" t="inlineStr">
         <is>
-          <t>Absperrklappen-Zubehör</t>
+          <t>Regulierventile</t>
         </is>
       </c>
       <c r="E105" t="inlineStr">
         <is>
-          <t>ISORIA 20</t>
+          <t>BOA-CVE</t>
         </is>
       </c>
       <c r="F105" t="inlineStr">
         <is>
-          <t>DN050</t>
+          <t>DN125</t>
         </is>
       </c>
       <c r="G105" t="inlineStr">
         <is>
-          <t>B1: A: neu / standard</t>
+          <t>B1: ungebraucht / neuwertig;A: neu / standard</t>
         </is>
       </c>
       <c r="H105" t="inlineStr">
         <is>
-          <t>1.00</t>
+          <t>42.50</t>
         </is>
       </c>
       <c r="I105" t="inlineStr"/>
       <c r="J105" t="inlineStr">
         <is>
-          <t>50.67 €</t>
+          <t>2425.67 €</t>
         </is>
       </c>
       <c r="K105" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="106" ht="30" customHeight="1">
+    <row r="106" ht="15" customHeight="1">
       <c r="A106" t="inlineStr">
         <is>
-          <t>AR14328</t>
+          <t>AR14321</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 10  PN10 DN125 T2 3G6k6XC - DYNACTAIR NG 12/4 NC F07/10 DD22-M</t>
+          <t>KIT-MANSCHETTE ISORIA 20 DN050 PN10/16/20 EPDM-XV</t>
         </is>
       </c>
       <c r="D106" t="inlineStr">
         <is>
-          <t>Absperrklappen</t>
+          <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
       <c r="E106" t="inlineStr">
         <is>
-          <t>ISORIA 10</t>
+          <t>ISORIA 20</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
-          <t>DN125</t>
+          <t>DN050</t>
         </is>
       </c>
       <c r="G106" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H106" t="inlineStr">
         <is>
-          <t>25.00</t>
+          <t>1.00</t>
         </is>
       </c>
       <c r="I106" t="inlineStr"/>
       <c r="J106" t="inlineStr">
         <is>
-          <t>937.99 €</t>
+          <t>50.67 €</t>
         </is>
       </c>
       <c r="K106" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="107" ht="30" customHeight="1">
       <c r="A107" t="inlineStr">
         <is>
-          <t>AR14330</t>
+          <t>AR14328</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
-          <t>ERSATZTEILKIT FUEHRUNG DANAIS150 (A) DN150 1.4542/AISI630-LATTYGRAF ETF</t>
+          <t>ISORIA 10  PN10 DN125 T2 3G6k6XC - DYNACTAIR NG 12/4 NC F07/10 DD22-M</t>
         </is>
       </c>
       <c r="D107" t="inlineStr">
         <is>
-          <t>Absperrklappen-Zubehör</t>
+          <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E107" t="inlineStr">
         <is>
-          <t>DANAIS150</t>
+          <t>ISORIA 10</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
-          <t>DN150</t>
+          <t>DN125</t>
         </is>
       </c>
       <c r="G107" t="inlineStr">
         <is>
-          <t>B1: A: neu / standard</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H107" t="inlineStr">
         <is>
-          <t>0.50</t>
+          <t>25.00</t>
         </is>
       </c>
       <c r="I107" t="inlineStr"/>
       <c r="J107" t="inlineStr">
         <is>
-          <t>189.98 €</t>
+          <t>937.99 €</t>
         </is>
       </c>
       <c r="K107" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="108" ht="15" customHeight="1">
+    <row r="108" ht="30" customHeight="1">
       <c r="A108" t="inlineStr">
         <is>
-          <t>AR14331</t>
+          <t>AR14330</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
-          <t>ERSATZTEILKIT ACTAIR A 50 NBR -20°C/+80°C</t>
+          <t>ERSATZTEILKIT FUEHRUNG DANAIS150 (A) DN150 1.4542/AISI630-LATTYGRAF ETF</t>
         </is>
       </c>
       <c r="D108" t="inlineStr">
         <is>
           <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
       <c r="E108" t="inlineStr">
         <is>
           <t>DANAIS150</t>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
           <t>DN150</t>
         </is>
       </c>
       <c r="G108" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H108" t="inlineStr">
         <is>
-          <t>0.90</t>
+          <t>0.50</t>
         </is>
       </c>
       <c r="I108" t="inlineStr"/>
       <c r="J108" t="inlineStr">
         <is>
-          <t>270.02 €</t>
+          <t>189.98 €</t>
         </is>
       </c>
       <c r="K108" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="109" ht="15" customHeight="1">
       <c r="A109" t="inlineStr">
         <is>
-          <t>AR14441</t>
+          <t>AR14331</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
-          <t>BOAX-SF PN10 DN400 T43g6k6gXU 10b + MR100</t>
+          <t>ERSATZTEILKIT ACTAIR A 50 NBR -20°C/+80°C</t>
         </is>
       </c>
       <c r="D109" t="inlineStr">
         <is>
-          <t>Absperrklappen</t>
+          <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
       <c r="E109" t="inlineStr">
         <is>
-          <t>BOAX-S/SF</t>
+          <t>DANAIS150</t>
         </is>
       </c>
       <c r="F109" t="inlineStr">
         <is>
-          <t>DN400</t>
+          <t>DN150</t>
         </is>
       </c>
       <c r="G109" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H109" t="inlineStr">
         <is>
-          <t>126.60</t>
+          <t>0.90</t>
         </is>
       </c>
       <c r="I109" t="inlineStr"/>
       <c r="J109" t="inlineStr">
         <is>
-          <t>2265.42 €</t>
+          <t>270.02 €</t>
         </is>
       </c>
       <c r="K109" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="110" ht="15" customHeight="1">
       <c r="A110" t="inlineStr">
         <is>
-          <t>AR14518</t>
+          <t>AR14441</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
-          <t>BOAX-B PN16 DN65 T43g6gVC Handhebel CR165</t>
+          <t>BOAX-SF PN10 DN400 T43g6k6gXU 10b + MR100</t>
         </is>
       </c>
       <c r="D110" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E110" t="inlineStr">
         <is>
-          <t>BOAX-B</t>
+          <t>BOAX-S/SF</t>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
-          <t>DN065</t>
+          <t>DN400</t>
         </is>
       </c>
       <c r="G110" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H110" t="inlineStr">
         <is>
-          <t>7.00</t>
+          <t>126.60</t>
         </is>
       </c>
       <c r="I110" t="inlineStr"/>
       <c r="J110" t="inlineStr">
         <is>
-          <t>86.54 €</t>
+          <t>2265.42 €</t>
         </is>
       </c>
       <c r="K110" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="111" ht="15" customHeight="1">
       <c r="A111" t="inlineStr">
         <is>
-          <t>AR14636</t>
+          <t>AR14518</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
-          <t>ACTAIR NG 20 F07/10</t>
+          <t>BOAX-B PN16 DN65 T43g6gVC Handhebel CR165</t>
         </is>
       </c>
       <c r="D111" t="inlineStr">
         <is>
-          <t>Absperrklappen-Zubehör</t>
+          <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E111" t="inlineStr">
         <is>
-          <t>ACTAIR</t>
-[...2 lines deleted...]
-      <c r="F111" t="inlineStr"/>
+          <t>BOAX-B</t>
+        </is>
+      </c>
+      <c r="F111" t="inlineStr">
+        <is>
+          <t>DN065</t>
+        </is>
+      </c>
       <c r="G111" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H111" t="inlineStr">
         <is>
-          <t>7.50</t>
+          <t>7.00</t>
         </is>
       </c>
       <c r="I111" t="inlineStr"/>
       <c r="J111" t="inlineStr">
         <is>
-          <t>340.55 €</t>
+          <t>86.54 €</t>
         </is>
       </c>
       <c r="K111" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="112" ht="15" customHeight="1">
       <c r="A112" t="inlineStr">
         <is>
-          <t>AR14638</t>
+          <t>AR14636</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
-          <t>ACTAIR NG 15 F05/07</t>
+          <t>ACTAIR NG 20 F07/10</t>
         </is>
       </c>
       <c r="D112" t="inlineStr">
         <is>
           <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
       <c r="E112" t="inlineStr">
         <is>
           <t>ACTAIR</t>
         </is>
       </c>
       <c r="F112" t="inlineStr"/>
       <c r="G112" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H112" t="inlineStr">
         <is>
-          <t>6.00</t>
+          <t>7.50</t>
         </is>
       </c>
       <c r="I112" t="inlineStr"/>
       <c r="J112" t="inlineStr">
         <is>
-          <t>294.68 €</t>
+          <t>340.55 €</t>
         </is>
       </c>
       <c r="K112" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="113" ht="15" customHeight="1">
       <c r="A113" t="inlineStr">
         <is>
-          <t>AR14639</t>
+          <t>AR14638</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
-          <t>ACTAIR NG 40 F10/12</t>
+          <t>ACTAIR NG 15 F05/07</t>
         </is>
       </c>
       <c r="D113" t="inlineStr">
         <is>
           <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
       <c r="E113" t="inlineStr">
         <is>
           <t>ACTAIR</t>
         </is>
       </c>
       <c r="F113" t="inlineStr"/>
       <c r="G113" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H113" t="inlineStr">
         <is>
-          <t>11.50</t>
+          <t>6.00</t>
         </is>
       </c>
       <c r="I113" t="inlineStr"/>
       <c r="J113" t="inlineStr">
         <is>
-          <t>562.01 €</t>
+          <t>294.68 €</t>
         </is>
       </c>
       <c r="K113" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="114" ht="15" customHeight="1">
       <c r="A114" t="inlineStr">
         <is>
-          <t>AR14640</t>
+          <t>AR14639</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
-          <t>ACTAIR NG 5 F05/07</t>
+          <t>ACTAIR NG 40 F10/12</t>
         </is>
       </c>
       <c r="D114" t="inlineStr">
         <is>
           <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
       <c r="E114" t="inlineStr">
         <is>
           <t>ACTAIR</t>
         </is>
       </c>
       <c r="F114" t="inlineStr"/>
       <c r="G114" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H114" t="inlineStr">
         <is>
-          <t>2.00</t>
+          <t>11.50</t>
         </is>
       </c>
       <c r="I114" t="inlineStr"/>
       <c r="J114" t="inlineStr">
         <is>
-          <t>167.07 €</t>
+          <t>562.01 €</t>
         </is>
       </c>
       <c r="K114" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="115" ht="15" customHeight="1">
       <c r="A115" t="inlineStr">
         <is>
-          <t>AR14641</t>
+          <t>AR14640</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
-          <t>ACTAIR NG 2 F03/05</t>
+          <t>ACTAIR NG 5 F05/07</t>
         </is>
       </c>
       <c r="D115" t="inlineStr">
         <is>
           <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
       <c r="E115" t="inlineStr">
         <is>
           <t>ACTAIR</t>
         </is>
       </c>
       <c r="F115" t="inlineStr"/>
       <c r="G115" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H115" t="inlineStr">
         <is>
-          <t>1.50</t>
+          <t>2.00</t>
         </is>
       </c>
       <c r="I115" t="inlineStr"/>
       <c r="J115" t="inlineStr">
         <is>
-          <t>119.91 €</t>
+          <t>167.07 €</t>
         </is>
       </c>
       <c r="K115" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="116" ht="15" customHeight="1">
       <c r="A116" t="inlineStr">
         <is>
-          <t>AR14643</t>
+          <t>AR14641</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
-          <t>DYNACTAIR B 2 F05/07</t>
+          <t>ACTAIR NG 2 F03/05</t>
         </is>
       </c>
       <c r="D116" t="inlineStr">
         <is>
           <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
       <c r="E116" t="inlineStr">
         <is>
-          <t>DYNACTAIR</t>
+          <t>ACTAIR</t>
         </is>
       </c>
       <c r="F116" t="inlineStr"/>
       <c r="G116" t="inlineStr">
         <is>
-          <t>B1: A: neu / standard</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H116" t="inlineStr">
         <is>
-          <t>3.00</t>
+          <t>1.50</t>
         </is>
       </c>
       <c r="I116" t="inlineStr"/>
       <c r="J116" t="inlineStr">
         <is>
-          <t>305.23 €</t>
+          <t>119.91 €</t>
         </is>
       </c>
       <c r="K116" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="117" ht="15" customHeight="1">
       <c r="A117" t="inlineStr">
         <is>
-          <t>AR14644</t>
+          <t>AR14643</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
-          <t>DYNACTAIR NG4 F05/07 NC + ASCO 5/2 24Vdc</t>
+          <t>DYNACTAIR B 2 F05/07</t>
         </is>
       </c>
       <c r="D117" t="inlineStr">
         <is>
           <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
       <c r="E117" t="inlineStr">
         <is>
           <t>DYNACTAIR</t>
         </is>
       </c>
       <c r="F117" t="inlineStr"/>
       <c r="G117" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H117" t="inlineStr">
         <is>
-          <t>4.50</t>
+          <t>3.00</t>
         </is>
       </c>
       <c r="I117" t="inlineStr"/>
       <c r="J117" t="inlineStr">
         <is>
           <t>305.23 €</t>
         </is>
       </c>
       <c r="K117" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="118" ht="15" customHeight="1">
       <c r="A118" t="inlineStr">
         <is>
-          <t>AR14646</t>
+          <t>AR14644</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
-          <t>DYNACTAIR NG4 F05/07 NC</t>
+          <t>DYNACTAIR NG4 F05/07 NC + ASCO 5/2 24Vdc</t>
         </is>
       </c>
       <c r="D118" t="inlineStr">
         <is>
           <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
       <c r="E118" t="inlineStr">
         <is>
           <t>DYNACTAIR</t>
         </is>
       </c>
       <c r="F118" t="inlineStr"/>
       <c r="G118" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H118" t="inlineStr">
         <is>
-          <t>4.00</t>
+          <t>4.50</t>
         </is>
       </c>
       <c r="I118" t="inlineStr"/>
       <c r="J118" t="inlineStr">
         <is>
           <t>305.23 €</t>
         </is>
       </c>
       <c r="K118" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="119" ht="15" customHeight="1">
       <c r="A119" t="inlineStr">
         <is>
-          <t>AR14647</t>
+          <t>AR14646</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
-          <t>DYNACTAIR NG 6 NO F07/10</t>
+          <t>DYNACTAIR NG4 F05/07 NC</t>
         </is>
       </c>
       <c r="D119" t="inlineStr">
         <is>
           <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
       <c r="E119" t="inlineStr">
         <is>
           <t>DYNACTAIR</t>
         </is>
       </c>
       <c r="F119" t="inlineStr"/>
       <c r="G119" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H119" t="inlineStr">
         <is>
-          <t>7.50</t>
+          <t>4.00</t>
         </is>
       </c>
       <c r="I119" t="inlineStr"/>
       <c r="J119" t="inlineStr">
         <is>
           <t>305.23 €</t>
         </is>
       </c>
       <c r="K119" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="120" ht="15" customHeight="1">
       <c r="A120" t="inlineStr">
         <is>
-          <t>AR14648</t>
+          <t>AR14647</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
-          <t>DYNACTAIR NG25 NC F07 mit Sensor P&amp;F NBN3F31E8V1</t>
+          <t>DYNACTAIR NG 6 NO F07/10</t>
         </is>
       </c>
       <c r="D120" t="inlineStr">
         <is>
           <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
-      <c r="E120" t="inlineStr"/>
-[...4 lines deleted...]
-      </c>
+      <c r="E120" t="inlineStr">
+        <is>
+          <t>DYNACTAIR</t>
+        </is>
+      </c>
+      <c r="F120" t="inlineStr"/>
       <c r="G120" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H120" t="inlineStr">
         <is>
-          <t>20.00</t>
+          <t>7.50</t>
         </is>
       </c>
       <c r="I120" t="inlineStr"/>
       <c r="J120" t="inlineStr">
         <is>
-          <t>802.02 €</t>
+          <t>305.23 €</t>
         </is>
       </c>
       <c r="K120" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="121" ht="15" customHeight="1">
       <c r="A121" t="inlineStr">
         <is>
-          <t>AR14649</t>
+          <t>AR14648</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
-          <t>ACTAIR NG 2 RO F03/05 + Anschlagschrauben</t>
+          <t>DYNACTAIR NG25 NC F07 mit Sensor P&amp;F NBN3F31E8V1</t>
         </is>
       </c>
       <c r="D121" t="inlineStr">
         <is>
           <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
-      <c r="E121" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F121" t="inlineStr"/>
+      <c r="E121" t="inlineStr"/>
+      <c r="F121" t="inlineStr">
+        <is>
+          <t>DN200</t>
+        </is>
+      </c>
       <c r="G121" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H121" t="inlineStr">
         <is>
-          <t>1.50</t>
+          <t>20.00</t>
         </is>
       </c>
       <c r="I121" t="inlineStr"/>
       <c r="J121" t="inlineStr">
         <is>
-          <t>119.91 €</t>
+          <t>802.02 €</t>
         </is>
       </c>
       <c r="K121" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="122" ht="15" customHeight="1">
       <c r="A122" t="inlineStr">
         <is>
-          <t>AR14650</t>
+          <t>AR14649</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
-          <t>ACTAIR NG 15 F05/07 mit Amtrobox</t>
+          <t>ACTAIR NG 2 RO F03/05 + Anschlagschrauben</t>
         </is>
       </c>
       <c r="D122" t="inlineStr">
         <is>
           <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
       <c r="E122" t="inlineStr">
         <is>
           <t>ACTAIR</t>
         </is>
       </c>
       <c r="F122" t="inlineStr"/>
       <c r="G122" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H122" t="inlineStr">
         <is>
-          <t>7.50</t>
+          <t>1.50</t>
         </is>
       </c>
       <c r="I122" t="inlineStr"/>
       <c r="J122" t="inlineStr">
         <is>
-          <t>307.98 €</t>
+          <t>119.91 €</t>
         </is>
       </c>
       <c r="K122" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="123" ht="15" customHeight="1">
       <c r="A123" t="inlineStr">
         <is>
-          <t>AR14651</t>
+          <t>AR14650</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
-          <t>ACTAIR NG 5 F05/07 + Amtrobox RA1149</t>
+          <t>ACTAIR NG 15 F05/07 mit Amtrobox</t>
         </is>
       </c>
       <c r="D123" t="inlineStr">
         <is>
           <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
       <c r="E123" t="inlineStr">
         <is>
           <t>ACTAIR</t>
         </is>
       </c>
       <c r="F123" t="inlineStr"/>
       <c r="G123" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H123" t="inlineStr">
         <is>
-          <t>4.00</t>
+          <t>7.50</t>
         </is>
       </c>
       <c r="I123" t="inlineStr"/>
       <c r="J123" t="inlineStr">
         <is>
-          <t>198.57 €</t>
+          <t>307.98 €</t>
         </is>
       </c>
       <c r="K123" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="124" ht="15" customHeight="1">
       <c r="A124" t="inlineStr">
         <is>
-          <t>AR14652</t>
+          <t>AR14651</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
-          <t>ACTAIR 6 F07 M14</t>
+          <t>ACTAIR NG 5 F05/07 + Amtrobox RA1149</t>
         </is>
       </c>
       <c r="D124" t="inlineStr">
         <is>
           <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
       <c r="E124" t="inlineStr">
         <is>
           <t>ACTAIR</t>
         </is>
       </c>
       <c r="F124" t="inlineStr"/>
       <c r="G124" t="inlineStr">
         <is>
-          <t>B1: A: neu / standard</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H124" t="inlineStr">
         <is>
-          <t>5.50</t>
+          <t>4.00</t>
         </is>
       </c>
       <c r="I124" t="inlineStr"/>
       <c r="J124" t="inlineStr">
         <is>
-          <t>163.57 €</t>
+          <t>198.57 €</t>
         </is>
       </c>
       <c r="K124" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="125" ht="30" customHeight="1">
+    <row r="125" ht="15" customHeight="1">
       <c r="A125" t="inlineStr">
         <is>
-          <t>AR14657</t>
+          <t>AR14652</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 16 PN10/16 DN65 T1 3T6K6XV + ACTAIR 3 + ASCO 5/2 24Vdc</t>
+          <t>ACTAIR 6 F07 M14</t>
         </is>
       </c>
       <c r="D125" t="inlineStr">
         <is>
-          <t>Absperrklappen</t>
+          <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
       <c r="E125" t="inlineStr">
         <is>
-          <t>ISORIA 16</t>
-[...6 lines deleted...]
-      </c>
+          <t>ACTAIR</t>
+        </is>
+      </c>
+      <c r="F125" t="inlineStr"/>
       <c r="G125" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H125" t="inlineStr">
         <is>
-          <t>7.00</t>
+          <t>5.50</t>
         </is>
       </c>
       <c r="I125" t="inlineStr"/>
       <c r="J125" t="inlineStr">
         <is>
-          <t>411.03 €</t>
+          <t>163.57 €</t>
         </is>
       </c>
       <c r="K125" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="126" ht="30" customHeight="1">
       <c r="A126" t="inlineStr">
         <is>
-          <t>AR14658</t>
+          <t>AR14657</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 10 PN10 DN200 T4 3g6k6XC + ACTAIR NG15 F07/10 DD19</t>
+          <t>ISORIA 16 PN10/16 DN65 T1 3T6K6XV + ACTAIR 3 + ASCO 5/2 24Vdc</t>
         </is>
       </c>
       <c r="D126" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E126" t="inlineStr">
         <is>
-          <t>ISORIA 10</t>
+          <t>ISORIA 16</t>
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
-          <t>DN200</t>
+          <t>DN065</t>
         </is>
       </c>
       <c r="G126" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H126" t="inlineStr">
         <is>
-          <t>20.00</t>
+          <t>7.00</t>
         </is>
       </c>
       <c r="I126" t="inlineStr"/>
       <c r="J126" t="inlineStr">
         <is>
-          <t>1697.06 €</t>
+          <t>411.03 €</t>
         </is>
       </c>
       <c r="K126" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="127" ht="15" customHeight="1">
+    <row r="127" ht="30" customHeight="1">
       <c r="A127" t="inlineStr">
         <is>
-          <t>AR14660</t>
+          <t>AR14658</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
-          <t>ACTAIR NG 10 F05/07 DD14 Adapter DD11</t>
+          <t>ISORIA 10 PN10 DN200 T4 3g6k6XC + ACTAIR NG15 F07/10 DD19</t>
         </is>
       </c>
       <c r="D127" t="inlineStr">
         <is>
-          <t>Absperrklappen-Zubehör</t>
+          <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E127" t="inlineStr">
         <is>
-          <t>ACTAIR</t>
-[...2 lines deleted...]
-      <c r="F127" t="inlineStr"/>
+          <t>ISORIA 10</t>
+        </is>
+      </c>
+      <c r="F127" t="inlineStr">
+        <is>
+          <t>DN200</t>
+        </is>
+      </c>
       <c r="G127" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H127" t="inlineStr">
         <is>
-          <t>4.00</t>
+          <t>20.00</t>
         </is>
       </c>
       <c r="I127" t="inlineStr"/>
       <c r="J127" t="inlineStr">
         <is>
-          <t>222.11 €</t>
+          <t>1697.06 €</t>
         </is>
       </c>
       <c r="K127" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="128" ht="30" customHeight="1">
+    <row r="128" ht="15" customHeight="1">
       <c r="A128" t="inlineStr">
         <is>
-          <t>AR14662</t>
+          <t>AR14660</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 10 PN6/10 DN125 T1 3T6K6XV  + ACTAIR NG10 F05/07</t>
+          <t>ACTAIR NG 10 F05/07 DD14 Adapter DD11</t>
         </is>
       </c>
       <c r="D128" t="inlineStr">
         <is>
-          <t>Absperrklappen</t>
-[...7 lines deleted...]
-      </c>
+          <t>Absperrklappen-Zubehör</t>
+        </is>
+      </c>
+      <c r="E128" t="inlineStr">
+        <is>
+          <t>ACTAIR</t>
+        </is>
+      </c>
+      <c r="F128" t="inlineStr"/>
       <c r="G128" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H128" t="inlineStr">
         <is>
-          <t>10.00</t>
+          <t>4.00</t>
         </is>
       </c>
       <c r="I128" t="inlineStr"/>
       <c r="J128" t="inlineStr">
         <is>
-          <t>443.56 €</t>
+          <t>222.11 €</t>
         </is>
       </c>
       <c r="K128" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="129" ht="15" customHeight="1">
+    <row r="129" ht="30" customHeight="1">
       <c r="A129" t="inlineStr">
         <is>
-          <t>AR14664</t>
+          <t>AR14662</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
-          <t>BOAX-B PN10 DN200 T43g6k6K + ACTAIR NG20 F07/10</t>
+          <t>ISORIA 10 PN6/10 DN125 T1 3T6K6XV  + ACTAIR NG10 F05/07</t>
         </is>
       </c>
       <c r="D129" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E129" t="inlineStr"/>
-      <c r="F129" t="inlineStr"/>
+      <c r="F129" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
       <c r="G129" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H129" t="inlineStr">
         <is>
-          <t>24.00</t>
+          <t>10.00</t>
         </is>
       </c>
       <c r="I129" t="inlineStr"/>
       <c r="J129" t="inlineStr">
         <is>
-          <t>460.78 €</t>
-[...4 lines deleted...]
-    <row r="130" ht="30" customHeight="1">
+          <t>443.56 €</t>
+        </is>
+      </c>
+      <c r="K129" t="inlineStr">
+        <is>
+          <t>ABResale</t>
+        </is>
+      </c>
+    </row>
+    <row r="130" ht="15" customHeight="1">
       <c r="A130" t="inlineStr">
         <is>
-          <t>AR14666</t>
+          <t>AR14664</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 10 PN6/10 DN100 T1 3T6K3GXV mit Handhebel CR</t>
+          <t>BOAX-B PN10 DN200 T43g6k6K + ACTAIR NG20 F07/10</t>
         </is>
       </c>
       <c r="D130" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
-      <c r="E130" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="E130" t="inlineStr"/>
+      <c r="F130" t="inlineStr"/>
       <c r="G130" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H130" t="inlineStr">
         <is>
-          <t>7.00</t>
+          <t>24.00</t>
         </is>
       </c>
       <c r="I130" t="inlineStr"/>
       <c r="J130" t="inlineStr">
         <is>
-          <t>193.98 €</t>
-[...8 lines deleted...]
-    <row r="131" ht="15" customHeight="1">
+          <t>460.78 €</t>
+        </is>
+      </c>
+      <c r="K130" t="inlineStr"/>
+    </row>
+    <row r="131" ht="30" customHeight="1">
       <c r="A131" t="inlineStr">
         <is>
-          <t>AR14673</t>
+          <t>AR14666</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
-          <t>Bernard LEB10 F05 DD11 24Vdc</t>
+          <t>ISORIA 10 PN6/10 DN100 T1 3T6K3GXV mit Handhebel CR</t>
         </is>
       </c>
       <c r="D131" t="inlineStr">
         <is>
-          <t>Absperrklappen-Zubehör</t>
+          <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E131" t="inlineStr">
         <is>
-          <t>BERNARD LEB</t>
-[...2 lines deleted...]
-      <c r="F131" t="inlineStr"/>
+          <t>ISORIA 10</t>
+        </is>
+      </c>
+      <c r="F131" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
       <c r="G131" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H131" t="inlineStr">
         <is>
-          <t>8.00</t>
+          <t>7.00</t>
         </is>
       </c>
       <c r="I131" t="inlineStr"/>
       <c r="J131" t="inlineStr">
         <is>
-          <t>246.36 €</t>
+          <t>193.98 €</t>
         </is>
       </c>
       <c r="K131" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="132" ht="15" customHeight="1">
       <c r="A132" t="inlineStr">
         <is>
-          <t>AR14674</t>
+          <t>AR14673</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
-          <t>Bernard SQ25 F10 DD19 230Vac 1Ph</t>
+          <t>Bernard LEB10 F05 DD11 24Vdc</t>
         </is>
       </c>
       <c r="D132" t="inlineStr">
         <is>
           <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
       <c r="E132" t="inlineStr">
         <is>
-          <t>BERNARD SQ</t>
+          <t>BERNARD LEB</t>
         </is>
       </c>
       <c r="F132" t="inlineStr"/>
       <c r="G132" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H132" t="inlineStr">
         <is>
-          <t>25.00</t>
+          <t>8.00</t>
         </is>
       </c>
       <c r="I132" t="inlineStr"/>
       <c r="J132" t="inlineStr">
         <is>
-          <t>1200.30 €</t>
+          <t>246.36 €</t>
         </is>
       </c>
       <c r="K132" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="133" ht="30" customHeight="1">
+    <row r="133" ht="15" customHeight="1">
       <c r="A133" t="inlineStr">
         <is>
-          <t>AR14681-01</t>
+          <t>AR14674</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
-          <t>BOAXMAT-SF PN10/16 DN125 T43g6k6gXU AQ10 220-230Vac 1Ph</t>
+          <t>Bernard SQ25 F10 DD19 230Vac 1Ph</t>
         </is>
       </c>
       <c r="D133" t="inlineStr">
         <is>
-          <t>Absperrklappen</t>
+          <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
       <c r="E133" t="inlineStr">
         <is>
-          <t>BOAX-S/SF</t>
-[...6 lines deleted...]
-      </c>
+          <t>BERNARD SQ</t>
+        </is>
+      </c>
+      <c r="F133" t="inlineStr"/>
       <c r="G133" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H133" t="inlineStr">
         <is>
-          <t>16.00</t>
+          <t>25.00</t>
         </is>
       </c>
       <c r="I133" t="inlineStr"/>
       <c r="J133" t="inlineStr">
         <is>
-          <t>505.34 €</t>
+          <t>1200.30 €</t>
         </is>
       </c>
       <c r="K133" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="134" ht="30" customHeight="1">
       <c r="A134" t="inlineStr">
         <is>
-          <t>AR14684-01</t>
+          <t>AR14681-01</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
-          <t>BOAXMAT-SF PN10/16 DN050 T43g6k6gXU AQ3L 85-260Vac 1Ph/24Vdc</t>
+          <t>BOAXMAT-SF PN10/16 DN125 T43g6k6gXU AQ10 220-230Vac 1Ph</t>
         </is>
       </c>
       <c r="D134" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E134" t="inlineStr">
         <is>
           <t>BOAX-S/SF</t>
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
-          <t>DN050</t>
+          <t>DN125</t>
         </is>
       </c>
       <c r="G134" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H134" t="inlineStr">
         <is>
-          <t>5.00</t>
+          <t>16.00</t>
         </is>
       </c>
       <c r="I134" t="inlineStr"/>
       <c r="J134" t="inlineStr">
         <is>
-          <t>215.60 €</t>
+          <t>505.34 €</t>
         </is>
       </c>
       <c r="K134" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="135" ht="15" customHeight="1">
+    <row r="135" ht="30" customHeight="1">
       <c r="A135" t="inlineStr">
         <is>
-          <t>AR14685</t>
+          <t>AR14684-01</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 16 PN10/16 DN125 T2 3G6K6K + SR330</t>
+          <t>BOAXMAT-SF PN10/16 DN050 T43g6k6gXU AQ3L 85-260Vac 1Ph/24Vdc</t>
         </is>
       </c>
       <c r="D135" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E135" t="inlineStr">
         <is>
-          <t>ISORIA 16</t>
+          <t>BOAX-S/SF</t>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
-          <t>DN125</t>
+          <t>DN050</t>
         </is>
       </c>
       <c r="G135" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H135" t="inlineStr">
         <is>
-          <t>8.00</t>
+          <t>5.00</t>
         </is>
       </c>
       <c r="I135" t="inlineStr"/>
       <c r="J135" t="inlineStr">
         <is>
-          <t>287.39 €</t>
+          <t>215.60 €</t>
         </is>
       </c>
       <c r="K135" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="136" ht="15" customHeight="1">
       <c r="A136" t="inlineStr">
         <is>
-          <t>AR14686</t>
+          <t>AR14685</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 16 PN10/16 DN125 T2 3G6K2K + SR330</t>
+          <t>ISORIA 16 PN10/16 DN125 T2 3G6K6K + SR330</t>
         </is>
       </c>
       <c r="D136" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E136" t="inlineStr">
         <is>
           <t>ISORIA 16</t>
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
           <t>DN125</t>
         </is>
       </c>
       <c r="G136" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H136" t="inlineStr">
         <is>
           <t>8.00</t>
         </is>
       </c>
       <c r="I136" t="inlineStr"/>
       <c r="J136" t="inlineStr">
         <is>
           <t>287.39 €</t>
         </is>
       </c>
       <c r="K136" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="137" ht="15" customHeight="1">
       <c r="A137" t="inlineStr">
         <is>
-          <t>AR14687</t>
+          <t>AR14686</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 16 PN10/16 DN150 T1 3T6K2K + SR330</t>
+          <t>ISORIA 16 PN10/16 DN125 T2 3G6K2K + SR330</t>
         </is>
       </c>
       <c r="D137" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E137" t="inlineStr">
         <is>
           <t>ISORIA 16</t>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
-          <t>DN150</t>
+          <t>DN125</t>
         </is>
       </c>
       <c r="G137" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H137" t="inlineStr">
         <is>
-          <t>10.00</t>
+          <t>8.00</t>
         </is>
       </c>
       <c r="I137" t="inlineStr"/>
       <c r="J137" t="inlineStr">
         <is>
-          <t>326.16 €</t>
+          <t>287.39 €</t>
         </is>
       </c>
       <c r="K137" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="138" ht="30" customHeight="1">
+    <row r="138" ht="15" customHeight="1">
       <c r="A138" t="inlineStr">
         <is>
-          <t>AR14688</t>
+          <t>AR14687</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 16 PN10/16 DN125 T2 3G6K6K freiem Wellenende</t>
+          <t>ISORIA 16 PN10/16 DN150 T1 3T6K2K + SR330</t>
         </is>
       </c>
       <c r="D138" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E138" t="inlineStr">
         <is>
           <t>ISORIA 16</t>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
-          <t>DN125</t>
+          <t>DN150</t>
         </is>
       </c>
       <c r="G138" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H138" t="inlineStr">
         <is>
-          <t>6.00</t>
+          <t>10.00</t>
         </is>
       </c>
       <c r="I138" t="inlineStr"/>
       <c r="J138" t="inlineStr">
         <is>
-          <t>237.56 €</t>
+          <t>326.16 €</t>
         </is>
       </c>
       <c r="K138" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="139" ht="15" customHeight="1">
+    <row r="139" ht="30" customHeight="1">
       <c r="A139" t="inlineStr">
         <is>
-          <t>AR14689</t>
+          <t>AR14688</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 10 PN6/10 DN050 T1 3T6K6K freiem Wellenende</t>
+          <t>ISORIA 16 PN10/16 DN125 T2 3G6K6K freiem Wellenende</t>
         </is>
       </c>
       <c r="D139" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E139" t="inlineStr">
         <is>
-          <t>ISORIA 10</t>
+          <t>ISORIA 16</t>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
-          <t>DN050</t>
+          <t>DN125</t>
         </is>
       </c>
       <c r="G139" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H139" t="inlineStr">
         <is>
-          <t>2.00</t>
+          <t>6.00</t>
         </is>
       </c>
       <c r="I139" t="inlineStr"/>
       <c r="J139" t="inlineStr">
         <is>
-          <t>108.58 €</t>
+          <t>237.56 €</t>
         </is>
       </c>
       <c r="K139" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="140" ht="30" customHeight="1">
+    <row r="140" ht="15" customHeight="1">
       <c r="A140" t="inlineStr">
         <is>
-          <t>AR14692</t>
+          <t>AR14689</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 10 PN6/10 DN050 T2 3G6K3GK freiem Wellenende</t>
+          <t>ISORIA 10 PN6/10 DN050 T1 3T6K6K freiem Wellenende</t>
         </is>
       </c>
       <c r="D140" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E140" t="inlineStr">
         <is>
           <t>ISORIA 10</t>
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
           <t>DN050</t>
         </is>
       </c>
       <c r="G140" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H140" t="inlineStr">
         <is>
           <t>2.00</t>
         </is>
       </c>
       <c r="I140" t="inlineStr"/>
       <c r="J140" t="inlineStr">
         <is>
-          <t>114.94 €</t>
+          <t>108.58 €</t>
         </is>
       </c>
       <c r="K140" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="141" ht="30" customHeight="1">
       <c r="A141" t="inlineStr">
         <is>
-          <t>AR14693</t>
+          <t>AR14692</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 10 PN6/10 DN040 T2 3G6K3GXA freiem Wellenende</t>
+          <t>ISORIA 10 PN6/10 DN050 T2 3G6K3GK freiem Wellenende</t>
         </is>
       </c>
       <c r="D141" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E141" t="inlineStr">
         <is>
           <t>ISORIA 10</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
-          <t>DN040</t>
+          <t>DN050</t>
         </is>
       </c>
       <c r="G141" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H141" t="inlineStr">
         <is>
-          <t>1.60</t>
+          <t>2.00</t>
         </is>
       </c>
       <c r="I141" t="inlineStr"/>
       <c r="J141" t="inlineStr">
         <is>
-          <t>106.03 €</t>
+          <t>114.94 €</t>
         </is>
       </c>
       <c r="K141" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="142" ht="30" customHeight="1">
       <c r="A142" t="inlineStr">
         <is>
-          <t>AR14694</t>
+          <t>AR14693</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 10 PN6/10 DN065 T1 3T6K6XV freiem Wellenende</t>
+          <t>ISORIA 10 PN6/10 DN040 T2 3G6K3GXA freiem Wellenende</t>
         </is>
       </c>
       <c r="D142" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E142" t="inlineStr">
         <is>
           <t>ISORIA 10</t>
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
-          <t>DN065</t>
+          <t>DN040</t>
         </is>
       </c>
       <c r="G142" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H142" t="inlineStr">
         <is>
-          <t>2.50</t>
+          <t>1.60</t>
         </is>
       </c>
       <c r="I142" t="inlineStr"/>
       <c r="J142" t="inlineStr">
         <is>
-          <t>135.13 €</t>
+          <t>106.03 €</t>
         </is>
       </c>
       <c r="K142" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="143" ht="30" customHeight="1">
       <c r="A143" t="inlineStr">
         <is>
-          <t>AR14695</t>
+          <t>AR14694</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 10 PN6/10 DN065 T2 3G6K3GXV freiem Wellenende</t>
+          <t>ISORIA 10 PN6/10 DN065 T1 3T6K6XV freiem Wellenende</t>
         </is>
       </c>
       <c r="D143" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E143" t="inlineStr">
         <is>
           <t>ISORIA 10</t>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
           <t>DN065</t>
         </is>
       </c>
       <c r="G143" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H143" t="inlineStr">
         <is>
-          <t>3.00</t>
+          <t>2.50</t>
         </is>
       </c>
       <c r="I143" t="inlineStr"/>
       <c r="J143" t="inlineStr">
         <is>
-          <t>131.03 €</t>
+          <t>135.13 €</t>
         </is>
       </c>
       <c r="K143" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="144" ht="30" customHeight="1">
       <c r="A144" t="inlineStr">
         <is>
-          <t>AR14697</t>
+          <t>AR14695</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 10 PN6/10 DN065 T2 3G6K6VC freiem Wellenende</t>
+          <t>ISORIA 10 PN6/10 DN065 T2 3G6K3GXV freiem Wellenende</t>
         </is>
       </c>
       <c r="D144" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E144" t="inlineStr">
         <is>
           <t>ISORIA 10</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
           <t>DN065</t>
         </is>
       </c>
       <c r="G144" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H144" t="inlineStr">
         <is>
           <t>3.00</t>
         </is>
       </c>
       <c r="I144" t="inlineStr"/>
       <c r="J144" t="inlineStr">
         <is>
-          <t>188.62 €</t>
+          <t>131.03 €</t>
         </is>
       </c>
       <c r="K144" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="145" ht="30" customHeight="1">
       <c r="A145" t="inlineStr">
         <is>
-          <t>AR14698</t>
+          <t>AR14697</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
-          <t>DANAIS150 PN10/16 DN50 T1 16e66A2B mit freiem Wellenende</t>
+          <t>ISORIA 10 PN6/10 DN065 T2 3G6K6VC freiem Wellenende</t>
         </is>
       </c>
       <c r="D145" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E145" t="inlineStr">
         <is>
-          <t>DANAIS150</t>
+          <t>ISORIA 10</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
-          <t>DN050</t>
+          <t>DN065</t>
         </is>
       </c>
       <c r="G145" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H145" t="inlineStr">
         <is>
-          <t>4.00</t>
+          <t>3.00</t>
         </is>
       </c>
       <c r="I145" t="inlineStr"/>
       <c r="J145" t="inlineStr">
         <is>
-          <t>808.40 €</t>
+          <t>188.62 €</t>
         </is>
       </c>
       <c r="K145" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="146" ht="30" customHeight="1">
       <c r="A146" t="inlineStr">
         <is>
-          <t>AR14699</t>
+          <t>AR14698</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
-          <t>Danais MTII CL150 DN150 166Ni2B mit freiem Wellenende F07 DD19</t>
+          <t>DANAIS150 PN10/16 DN50 T1 16e66A2B mit freiem Wellenende</t>
         </is>
       </c>
       <c r="D146" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E146" t="inlineStr">
         <is>
-          <t>DANAIS MTII</t>
+          <t>DANAIS150</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
-          <t>DN150</t>
+          <t>DN050</t>
         </is>
       </c>
       <c r="G146" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H146" t="inlineStr">
         <is>
-          <t>20.00</t>
+          <t>4.00</t>
         </is>
       </c>
       <c r="I146" t="inlineStr"/>
       <c r="J146" t="inlineStr">
         <is>
-          <t>2171.70 €</t>
+          <t>808.40 €</t>
         </is>
       </c>
       <c r="K146" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="147" ht="15" customHeight="1">
+    <row r="147" ht="30" customHeight="1">
       <c r="A147" t="inlineStr">
         <is>
-          <t>AR14700</t>
+          <t>AR14699</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
-          <t>Danais MTII PN16 DN100 66E6IX1B + SR330</t>
+          <t>Danais MTII CL150 DN150 166Ni2B mit freiem Wellenende F07 DD19</t>
         </is>
       </c>
       <c r="D147" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E147" t="inlineStr">
         <is>
           <t>DANAIS MTII</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
-          <t>DN100</t>
+          <t>DN150</t>
         </is>
       </c>
       <c r="G147" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H147" t="inlineStr">
         <is>
-          <t>10.00</t>
+          <t>20.00</t>
         </is>
       </c>
       <c r="I147" t="inlineStr"/>
       <c r="J147" t="inlineStr">
         <is>
-          <t>1382.59 €</t>
+          <t>2171.70 €</t>
         </is>
       </c>
       <c r="K147" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="148" ht="15" customHeight="1">
       <c r="A148" t="inlineStr">
         <is>
-          <t>AR14701</t>
+          <t>AR14700</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
-          <t>BOAX-SF PN10 DN350 T43g6k6gXU MR50</t>
+          <t>Danais MTII PN16 DN100 66E6IX1B + SR330</t>
         </is>
       </c>
       <c r="D148" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
-      <c r="E148" t="inlineStr"/>
+      <c r="E148" t="inlineStr">
+        <is>
+          <t>DANAIS MTII</t>
+        </is>
+      </c>
       <c r="F148" t="inlineStr">
         <is>
-          <t>DN350</t>
+          <t>DN100</t>
         </is>
       </c>
       <c r="G148" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H148" t="inlineStr">
         <is>
-          <t>86.50</t>
+          <t>10.00</t>
         </is>
       </c>
       <c r="I148" t="inlineStr"/>
       <c r="J148" t="inlineStr">
         <is>
-          <t>1520.46 €</t>
+          <t>1382.59 €</t>
         </is>
       </c>
       <c r="K148" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="149" ht="30" customHeight="1">
+    <row r="149" ht="15" customHeight="1">
       <c r="A149" t="inlineStr">
         <is>
-          <t>AR14702</t>
+          <t>AR14701</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
-          <t>Danais MTII PN25 DN300 66E6IX1B mit freiem Wellenende "F14" SQ30</t>
+          <t>BOAX-SF PN10 DN350 T43g6k6gXU MR50</t>
         </is>
       </c>
       <c r="D149" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
-      <c r="E149" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="E149" t="inlineStr"/>
       <c r="F149" t="inlineStr">
         <is>
-          <t>DN300</t>
+          <t>DN350</t>
         </is>
       </c>
       <c r="G149" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H149" t="inlineStr">
         <is>
-          <t>70.00</t>
+          <t>86.50</t>
         </is>
       </c>
       <c r="I149" t="inlineStr"/>
       <c r="J149" t="inlineStr">
         <is>
-          <t>6410.22 €</t>
+          <t>1520.46 €</t>
         </is>
       </c>
       <c r="K149" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="150" ht="15" customHeight="1">
+    <row r="150" ht="30" customHeight="1">
       <c r="A150" t="inlineStr">
         <is>
-          <t>AR14708</t>
+          <t>AR14702</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 10 PN10 DN250 T4 3g6k6Y freiem Wellenende</t>
+          <t>Danais MTII PN25 DN300 66E6IX1B mit freiem Wellenende "F14" SQ30</t>
         </is>
       </c>
       <c r="D150" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E150" t="inlineStr">
         <is>
-          <t>ISORIA 10</t>
+          <t>DANAIS MTII</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
-          <t>DN250</t>
+          <t>DN300</t>
         </is>
       </c>
       <c r="G150" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H150" t="inlineStr">
         <is>
-          <t>48.00</t>
+          <t>70.00</t>
         </is>
       </c>
       <c r="I150" t="inlineStr"/>
       <c r="J150" t="inlineStr">
         <is>
-          <t>1939.95 €</t>
+          <t>6410.22 €</t>
         </is>
       </c>
       <c r="K150" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="151" ht="15" customHeight="1">
       <c r="A151" t="inlineStr">
         <is>
-          <t>AR14714</t>
+          <t>AR14708</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
-          <t>BOAX-B PN10 DN300 T4 3G6K6XU mit freiem Wellenende</t>
+          <t>ISORIA 10 PN10 DN250 T4 3g6k6Y freiem Wellenende</t>
         </is>
       </c>
       <c r="D151" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E151" t="inlineStr">
         <is>
-          <t>BOAX-B</t>
+          <t>ISORIA 10</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
-          <t>DN300</t>
+          <t>DN250</t>
         </is>
       </c>
       <c r="G151" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H151" t="inlineStr">
         <is>
-          <t>64.00</t>
+          <t>48.00</t>
         </is>
       </c>
       <c r="I151" t="inlineStr"/>
       <c r="J151" t="inlineStr">
         <is>
-          <t>1240.34 €</t>
+          <t>1939.95 €</t>
         </is>
       </c>
       <c r="K151" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="152" ht="15" customHeight="1">
       <c r="A152" t="inlineStr">
         <is>
-          <t>AR14719</t>
+          <t>AR14714</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
-          <t>BOAX-B PN16 DN350 T4 3G6K6XU Getriebe MR100</t>
+          <t>BOAX-B PN10 DN300 T4 3G6K6XU mit freiem Wellenende</t>
         </is>
       </c>
       <c r="D152" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E152" t="inlineStr">
         <is>
           <t>BOAX-B</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
-          <t>DN350</t>
+          <t>DN300</t>
         </is>
       </c>
       <c r="G152" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H152" t="inlineStr">
         <is>
-          <t>90.00</t>
+          <t>64.00</t>
         </is>
       </c>
       <c r="I152" t="inlineStr"/>
       <c r="J152" t="inlineStr">
         <is>
-          <t>1224.94 €</t>
+          <t>1240.34 €</t>
         </is>
       </c>
       <c r="K152" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="153" ht="15" customHeight="1">
       <c r="A153" t="inlineStr">
         <is>
-          <t>AR14720</t>
+          <t>AR14719</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 10 PN10 DN350 T4 3G6K6Y + MR100</t>
+          <t>BOAX-B PN16 DN350 T4 3G6K6XU Getriebe MR100</t>
         </is>
       </c>
       <c r="D153" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E153" t="inlineStr">
         <is>
-          <t>ISORIA 10</t>
+          <t>BOAX-B</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
           <t>DN350</t>
         </is>
       </c>
       <c r="G153" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H153" t="inlineStr">
         <is>
           <t>90.00</t>
         </is>
       </c>
       <c r="I153" t="inlineStr"/>
       <c r="J153" t="inlineStr">
         <is>
-          <t>2696.77 €</t>
+          <t>1224.94 €</t>
         </is>
       </c>
       <c r="K153" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="154" ht="15" customHeight="1">
       <c r="A154" t="inlineStr">
         <is>
-          <t>AR14721</t>
+          <t>AR14720</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
-          <t>SERIE 2000 cl.PN10 DN350 3G3GX 1B</t>
+          <t>ISORIA 10 PN10 DN350 T4 3G6K6Y + MR100</t>
         </is>
       </c>
       <c r="D154" t="inlineStr">
         <is>
-          <t>Rückflussverhinderer</t>
+          <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E154" t="inlineStr">
         <is>
-          <t>Serie 2000</t>
+          <t>ISORIA 10</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
           <t>DN350</t>
         </is>
       </c>
       <c r="G154" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H154" t="inlineStr">
         <is>
-          <t>88.00</t>
+          <t>90.00</t>
         </is>
       </c>
       <c r="I154" t="inlineStr"/>
       <c r="J154" t="inlineStr">
         <is>
-          <t>140.16 €</t>
+          <t>2696.77 €</t>
         </is>
       </c>
       <c r="K154" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="155" ht="30" customHeight="1">
+    <row r="155" ht="15" customHeight="1">
       <c r="A155" t="inlineStr">
         <is>
-          <t>AR14722</t>
+          <t>AR14721</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
-          <t>BOAX-SF PN10 DN500 T43G6K6GXU 10b + MR100 Anschl. PN10</t>
+          <t>SERIE 2000 cl.PN10 DN350 3G3GX 1B</t>
         </is>
       </c>
       <c r="D155" t="inlineStr">
         <is>
-          <t>Absperrklappen</t>
+          <t>Rückflussverhinderer</t>
         </is>
       </c>
       <c r="E155" t="inlineStr">
         <is>
-          <t>BOAX-S/SF</t>
+          <t>Serie 2000</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
-          <t>DN500</t>
+          <t>DN350</t>
         </is>
       </c>
       <c r="G155" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H155" t="inlineStr">
         <is>
-          <t>216.00</t>
+          <t>88.00</t>
         </is>
       </c>
       <c r="I155" t="inlineStr"/>
       <c r="J155" t="inlineStr">
         <is>
-          <t>2945.46 €</t>
+          <t>140.16 €</t>
         </is>
       </c>
       <c r="K155" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="156" ht="15" customHeight="1">
+    <row r="156" ht="30" customHeight="1">
       <c r="A156" t="inlineStr">
         <is>
-          <t>AR14724</t>
+          <t>AR14722</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
-          <t>BOAX-SF PN10/16 DN025 T43g6k6gXU LP165</t>
+          <t>BOAX-SF PN10 DN500 T43G6K6GXU 10b + MR100 Anschl. PN10</t>
         </is>
       </c>
       <c r="D156" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E156" t="inlineStr">
         <is>
           <t>BOAX-S/SF</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
-          <t>DN025</t>
+          <t>DN500</t>
         </is>
       </c>
       <c r="G156" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H156" t="inlineStr">
         <is>
-          <t>2.00</t>
+          <t>216.00</t>
         </is>
       </c>
       <c r="I156" t="inlineStr"/>
       <c r="J156" t="inlineStr">
         <is>
-          <t>100.04 €</t>
+          <t>2945.46 €</t>
         </is>
       </c>
       <c r="K156" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="157" ht="15" customHeight="1">
       <c r="A157" t="inlineStr">
         <is>
-          <t>AR14763</t>
+          <t>AR14724</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
-          <t>BOA-HE C22.8, PN40 DN50 mit Schweißenden</t>
+          <t>BOAX-SF PN10/16 DN025 T43g6k6gXU LP165</t>
         </is>
       </c>
       <c r="D157" t="inlineStr">
         <is>
-          <t>Absperrventile</t>
+          <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E157" t="inlineStr">
         <is>
-          <t>BOA-H/HE/HV/HEV</t>
+          <t>BOAX-S/SF</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
-          <t>DN050</t>
+          <t>DN025</t>
         </is>
       </c>
       <c r="G157" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H157" t="inlineStr">
         <is>
-          <t>10.00</t>
+          <t>2.00</t>
         </is>
       </c>
       <c r="I157" t="inlineStr"/>
       <c r="J157" t="inlineStr">
         <is>
-          <t>677.24 €</t>
+          <t>100.04 €</t>
         </is>
       </c>
       <c r="K157" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="158" ht="15" customHeight="1">
       <c r="A158" t="inlineStr">
         <is>
-          <t>AR14827</t>
+          <t>AR14763</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 10 PN6/10 DN50 T2 3g6k2K - Handhebel</t>
+          <t>BOA-HE C22.8, PN40 DN50 mit Schweißenden</t>
         </is>
       </c>
       <c r="D158" t="inlineStr">
         <is>
-          <t>Absperrklappen</t>
+          <t>Absperrventile</t>
         </is>
       </c>
       <c r="E158" t="inlineStr">
         <is>
-          <t>ISORIA 10</t>
+          <t>BOA-H/HE/HV/HEV</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
           <t>DN050</t>
         </is>
       </c>
       <c r="G158" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H158" t="inlineStr">
         <is>
-          <t>1.60</t>
+          <t>10.00</t>
         </is>
       </c>
       <c r="I158" t="inlineStr"/>
       <c r="J158" t="inlineStr">
         <is>
-          <t>178.17 €</t>
+          <t>677.24 €</t>
         </is>
       </c>
       <c r="K158" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="159" ht="30" customHeight="1">
+    <row r="159" ht="15" customHeight="1">
       <c r="A159" t="inlineStr">
         <is>
-          <t>AR14829-01</t>
+          <t>AR14827</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
-          <t>Einklemm-Rückschlagventil BOA-RVK, Messing, PN6/10/16 DN65</t>
+          <t>ISORIA 10 PN6/10 DN50 T2 3g6k2K - Handhebel</t>
         </is>
       </c>
       <c r="D159" t="inlineStr">
         <is>
-          <t>Rückflussverhinderer</t>
+          <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E159" t="inlineStr">
         <is>
-          <t>BOA-RVK</t>
+          <t>ISORIA 10</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
-          <t>DN065</t>
+          <t>DN050</t>
         </is>
       </c>
       <c r="G159" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H159" t="inlineStr">
         <is>
-          <t>2.00</t>
+          <t>1.60</t>
         </is>
       </c>
       <c r="I159" t="inlineStr"/>
       <c r="J159" t="inlineStr">
         <is>
-          <t>53.46 €</t>
+          <t>178.17 €</t>
         </is>
       </c>
       <c r="K159" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="160" ht="30" customHeight="1">
       <c r="A160" t="inlineStr">
         <is>
-          <t>AR15012</t>
+          <t>AR14829-01</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
-          <t>BOAX-B PN10 DN350 T43g6gVC Getriebe MR Marine+ Rotech PFF25EAAZ0+Double detector NBN3-F25-E8-P</t>
+          <t>Einklemm-Rückschlagventil BOA-RVK, Messing, PN6/10/16 DN65</t>
         </is>
       </c>
       <c r="D160" t="inlineStr">
         <is>
-          <t>Absperrklappen</t>
+          <t>Rückflussverhinderer</t>
         </is>
       </c>
       <c r="E160" t="inlineStr">
         <is>
-          <t>BOAX-B</t>
+          <t>BOA-RVK</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
-          <t>DN350</t>
+          <t>DN065</t>
         </is>
       </c>
       <c r="G160" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H160" t="inlineStr">
         <is>
-          <t>82.00</t>
+          <t>2.00</t>
         </is>
       </c>
       <c r="I160" t="inlineStr"/>
       <c r="J160" t="inlineStr">
         <is>
-          <t>1490.42 €</t>
+          <t>53.46 €</t>
         </is>
       </c>
       <c r="K160" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="161" ht="15" customHeight="1">
+    <row r="161" ht="30" customHeight="1">
       <c r="A161" t="inlineStr">
         <is>
-          <t>AR15014</t>
+          <t>AR15012</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
-          <t>BOAX-B PN10 DN80 T43g6k6gVC + Actair NG N Mounting</t>
+          <t>BOAX-B PN10 DN350 T43g6gVC Getriebe MR Marine+ Rotech PFF25EAAZ0+Double detector NBN3-F25-E8-P</t>
         </is>
       </c>
       <c r="D161" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E161" t="inlineStr">
         <is>
           <t>BOAX-B</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
-          <t>DN080</t>
+          <t>DN350</t>
         </is>
       </c>
       <c r="G161" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H161" t="inlineStr">
         <is>
-          <t>7.80</t>
+          <t>82.00</t>
         </is>
       </c>
       <c r="I161" t="inlineStr"/>
       <c r="J161" t="inlineStr">
         <is>
-          <t>216.55 €</t>
+          <t>1490.42 €</t>
         </is>
       </c>
       <c r="K161" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="162" ht="15" customHeight="1">
       <c r="A162" t="inlineStr">
         <is>
-          <t>AR15016</t>
+          <t>AR15014</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
-          <t>BOAX-B PN10/16 DN65 T43g6k6gVC CR165</t>
+          <t>BOAX-B PN10 DN80 T43g6k6gVC + Actair NG N Mounting</t>
         </is>
       </c>
       <c r="D162" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E162" t="inlineStr">
         <is>
           <t>BOAX-B</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
-          <t>DN065</t>
+          <t>DN080</t>
         </is>
       </c>
       <c r="G162" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H162" t="inlineStr">
         <is>
-          <t>5.65</t>
+          <t>7.80</t>
         </is>
       </c>
       <c r="I162" t="inlineStr"/>
       <c r="J162" t="inlineStr">
         <is>
-          <t>86.54 €</t>
+          <t>216.55 €</t>
         </is>
       </c>
       <c r="K162" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="163" ht="15" customHeight="1">
       <c r="A163" t="inlineStr">
         <is>
-          <t>AR15017</t>
+          <t>AR15016</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
-          <t>BOAX-B PN10/16 DN125 T43g6k6gVC CR300</t>
+          <t>BOAX-B PN10/16 DN65 T43g6k6gVC CR165</t>
         </is>
       </c>
       <c r="D163" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E163" t="inlineStr">
         <is>
           <t>BOAX-B</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
-          <t>DN125</t>
+          <t>DN065</t>
         </is>
       </c>
       <c r="G163" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H163" t="inlineStr">
         <is>
-          <t>11.00</t>
+          <t>5.65</t>
         </is>
       </c>
       <c r="I163" t="inlineStr"/>
       <c r="J163" t="inlineStr">
         <is>
-          <t>164.06 €</t>
+          <t>86.54 €</t>
         </is>
       </c>
       <c r="K163" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="164" ht="15" customHeight="1">
       <c r="A164" t="inlineStr">
         <is>
-          <t>AR15019</t>
+          <t>AR15017</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
-          <t>BOAX-SF PN10/16 DN080 T43g6gK LP165</t>
+          <t>BOAX-B PN10/16 DN125 T43g6k6gVC CR300</t>
         </is>
       </c>
       <c r="D164" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E164" t="inlineStr">
         <is>
-          <t>BOAX-S/SF</t>
+          <t>BOAX-B</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
-          <t>DN080</t>
+          <t>DN125</t>
         </is>
       </c>
       <c r="G164" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H164" t="inlineStr">
         <is>
-          <t>8.20</t>
+          <t>11.00</t>
         </is>
       </c>
       <c r="I164" t="inlineStr"/>
       <c r="J164" t="inlineStr">
         <is>
-          <t>137.53 €</t>
+          <t>164.06 €</t>
         </is>
       </c>
       <c r="K164" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="165" ht="15" customHeight="1">
       <c r="A165" t="inlineStr">
         <is>
-          <t>AR15020</t>
+          <t>AR15019</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
-          <t>BOAX-SF PN10/16 DN065 T43g6gXU LP165</t>
-[...2 lines deleted...]
-      <c r="D165" t="inlineStr"/>
+          <t>BOAX-SF PN10/16 DN080 T43g6gK LP165</t>
+        </is>
+      </c>
+      <c r="D165" t="inlineStr">
+        <is>
+          <t>Absperrklappen</t>
+        </is>
+      </c>
       <c r="E165" t="inlineStr">
         <is>
           <t>BOAX-S/SF</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
-          <t>DN065</t>
+          <t>DN080</t>
         </is>
       </c>
       <c r="G165" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H165" t="inlineStr">
         <is>
-          <t>5.50</t>
+          <t>8.20</t>
         </is>
       </c>
       <c r="I165" t="inlineStr"/>
       <c r="J165" t="inlineStr">
         <is>
-          <t>132.39 €</t>
+          <t>137.53 €</t>
         </is>
       </c>
       <c r="K165" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="166" ht="15" customHeight="1">
       <c r="A166" t="inlineStr">
         <is>
-          <t>AR15074</t>
+          <t>AR15020</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
-          <t>Nori 40 ZXL DN20 PN25/40</t>
-[...7 lines deleted...]
-      <c r="E166" t="inlineStr"/>
+          <t>BOAX-SF PN10/16 DN065 T43g6gXU LP165</t>
+        </is>
+      </c>
+      <c r="D166" t="inlineStr"/>
+      <c r="E166" t="inlineStr">
+        <is>
+          <t>BOAX-S/SF</t>
+        </is>
+      </c>
       <c r="F166" t="inlineStr">
         <is>
-          <t>DN020</t>
+          <t>DN065</t>
         </is>
       </c>
       <c r="G166" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H166" t="inlineStr">
         <is>
-          <t>7.50</t>
+          <t>5.50</t>
         </is>
       </c>
       <c r="I166" t="inlineStr"/>
       <c r="J166" t="inlineStr">
         <is>
-          <t>124.97 €</t>
+          <t>132.39 €</t>
         </is>
       </c>
       <c r="K166" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="167" ht="15" customHeight="1">
       <c r="A167" t="inlineStr">
         <is>
-          <t>AR15075</t>
+          <t>AR15074</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
-          <t>Nori 40 ZXL DN65 PN25/40</t>
+          <t>Nori 40 ZXL DN20 PN25/40</t>
         </is>
       </c>
       <c r="D167" t="inlineStr">
         <is>
           <t>Absperrventile</t>
         </is>
       </c>
       <c r="E167" t="inlineStr"/>
       <c r="F167" t="inlineStr">
         <is>
-          <t>DN065</t>
+          <t>DN020</t>
         </is>
       </c>
       <c r="G167" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H167" t="inlineStr">
         <is>
-          <t>23.30</t>
+          <t>7.50</t>
         </is>
       </c>
       <c r="I167" t="inlineStr"/>
       <c r="J167" t="inlineStr">
         <is>
-          <t>367.86 €</t>
+          <t>124.97 €</t>
         </is>
       </c>
       <c r="K167" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="168" ht="15" customHeight="1">
       <c r="A168" t="inlineStr">
         <is>
-          <t>AR15076</t>
+          <t>AR15075</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
-          <t>Nori 40 ZXL DN100 PN25/40</t>
+          <t>Nori 40 ZXL DN65 PN25/40</t>
         </is>
       </c>
       <c r="D168" t="inlineStr">
         <is>
           <t>Absperrventile</t>
         </is>
       </c>
       <c r="E168" t="inlineStr"/>
       <c r="F168" t="inlineStr">
         <is>
-          <t>DN100</t>
+          <t>DN065</t>
         </is>
       </c>
       <c r="G168" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H168" t="inlineStr">
         <is>
-          <t>68.00</t>
+          <t>23.30</t>
         </is>
       </c>
       <c r="I168" t="inlineStr"/>
       <c r="J168" t="inlineStr">
         <is>
-          <t>624.10 €</t>
+          <t>367.86 €</t>
         </is>
       </c>
       <c r="K168" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="169" ht="15" customHeight="1">
       <c r="A169" t="inlineStr">
         <is>
-          <t>AR15077</t>
+          <t>AR15076</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
-          <t>Danfoss</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
-          <t>Danfoss ZKB, DN200, PN10, 8 Zoll, Kompensator</t>
+          <t>Nori 40 ZXL DN100 PN25/40</t>
         </is>
       </c>
       <c r="D169" t="inlineStr">
         <is>
-          <t>Kompensatoren</t>
-[...6 lines deleted...]
-      </c>
+          <t>Absperrventile</t>
+        </is>
+      </c>
+      <c r="E169" t="inlineStr"/>
       <c r="F169" t="inlineStr">
         <is>
-          <t>DN200</t>
+          <t>DN100</t>
         </is>
       </c>
       <c r="G169" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H169" t="inlineStr">
         <is>
-          <t>6.00</t>
+          <t>68.00</t>
         </is>
       </c>
       <c r="I169" t="inlineStr"/>
       <c r="J169" t="inlineStr">
         <is>
-          <t>289.98 €</t>
+          <t>624.10 €</t>
         </is>
       </c>
       <c r="K169" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="170" ht="15" customHeight="1">
       <c r="A170" t="inlineStr">
         <is>
-          <t>AR15083</t>
+          <t>AR15077</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>Danfoss</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
-          <t>SERIE 2000 cl.PN16 DN80 PN10/16 3t6X 1A</t>
+          <t>Danfoss ZKB, DN200, PN10, 8 Zoll, Kompensator</t>
         </is>
       </c>
       <c r="D170" t="inlineStr">
         <is>
-          <t>Rückflussverhinderer</t>
+          <t>Kompensatoren</t>
         </is>
       </c>
       <c r="E170" t="inlineStr">
         <is>
-          <t>Serie 2000</t>
+          <t>DANFOSS ZKB</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
-          <t>DN080</t>
+          <t>DN200</t>
         </is>
       </c>
       <c r="G170" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H170" t="inlineStr">
         <is>
-          <t>5.60</t>
+          <t>6.00</t>
         </is>
       </c>
       <c r="I170" t="inlineStr"/>
       <c r="J170" t="inlineStr">
         <is>
-          <t>128.02 €</t>
+          <t>289.98 €</t>
         </is>
       </c>
       <c r="K170" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="171" ht="15" customHeight="1">
       <c r="A171" t="inlineStr">
         <is>
-          <t>AR15084</t>
+          <t>AR15083</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
-          <t>Unbekannt</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
-          <t>SERIE 2000 cl.PN16 DN125 PN10/16 3t6X 1A</t>
+          <t>SERIE 2000 cl.PN16 DN80 PN10/16 3t6X 1A</t>
         </is>
       </c>
       <c r="D171" t="inlineStr">
         <is>
           <t>Rückflussverhinderer</t>
         </is>
       </c>
       <c r="E171" t="inlineStr">
         <is>
           <t>Serie 2000</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
-          <t>DN125</t>
+          <t>DN080</t>
         </is>
       </c>
       <c r="G171" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H171" t="inlineStr">
         <is>
-          <t>8.50</t>
+          <t>5.60</t>
         </is>
       </c>
       <c r="I171" t="inlineStr"/>
       <c r="J171" t="inlineStr">
         <is>
-          <t>154.44 €</t>
+          <t>128.02 €</t>
         </is>
       </c>
       <c r="K171" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="172" ht="15" customHeight="1">
       <c r="A172" t="inlineStr">
         <is>
-          <t>AR15085</t>
+          <t>AR15084</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>-</t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
-          <t>NORICHEM RYA PN10-40 DN15</t>
+          <t>SERIE 2000 cl.PN16 DN125 PN10/16 3t6X 1A</t>
         </is>
       </c>
       <c r="D172" t="inlineStr">
         <is>
           <t>Rückflussverhinderer</t>
         </is>
       </c>
-      <c r="E172" t="inlineStr"/>
+      <c r="E172" t="inlineStr">
+        <is>
+          <t>Serie 2000</t>
+        </is>
+      </c>
       <c r="F172" t="inlineStr">
         <is>
-          <t>DN015</t>
+          <t>DN125</t>
         </is>
       </c>
       <c r="G172" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H172" t="inlineStr">
         <is>
-          <t>5.00</t>
+          <t>8.50</t>
         </is>
       </c>
       <c r="I172" t="inlineStr"/>
       <c r="J172" t="inlineStr">
         <is>
-          <t>111.84 €</t>
+          <t>154.44 €</t>
         </is>
       </c>
       <c r="K172" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="173" ht="15" customHeight="1">
       <c r="A173" t="inlineStr">
         <is>
-          <t>AR15086</t>
+          <t>AR15085</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
-          <t>NORICHEM RYA PN10-40 DN25 1.4408 EVGI 29523336-ARI</t>
+          <t>NORICHEM RYA PN10-40 DN15</t>
         </is>
       </c>
       <c r="D173" t="inlineStr">
         <is>
           <t>Rückflussverhinderer</t>
         </is>
       </c>
       <c r="E173" t="inlineStr"/>
       <c r="F173" t="inlineStr">
         <is>
-          <t>DN025</t>
+          <t>DN015</t>
         </is>
       </c>
       <c r="G173" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H173" t="inlineStr">
         <is>
-          <t>6.50</t>
+          <t>5.00</t>
         </is>
       </c>
       <c r="I173" t="inlineStr"/>
       <c r="J173" t="inlineStr">
         <is>
-          <t>176.67 €</t>
+          <t>111.84 €</t>
         </is>
       </c>
       <c r="K173" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="174" ht="15" customHeight="1">
       <c r="A174" t="inlineStr">
         <is>
-          <t>AR15087</t>
+          <t>AR15086</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
-          <t>NORICHEM RYA PN10-40 DN50</t>
+          <t>NORICHEM RYA PN10-40 DN25 1.4408 EVGI 29523336-ARI</t>
         </is>
       </c>
       <c r="D174" t="inlineStr">
         <is>
           <t>Rückflussverhinderer</t>
         </is>
       </c>
       <c r="E174" t="inlineStr"/>
       <c r="F174" t="inlineStr">
         <is>
-          <t>DN050</t>
+          <t>DN025</t>
         </is>
       </c>
       <c r="G174" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H174" t="inlineStr">
         <is>
-          <t>12.00</t>
+          <t>6.50</t>
         </is>
       </c>
       <c r="I174" t="inlineStr"/>
       <c r="J174" t="inlineStr">
         <is>
-          <t>229.60 €</t>
+          <t>176.67 €</t>
         </is>
       </c>
       <c r="K174" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="175" ht="15" customHeight="1">
       <c r="A175" t="inlineStr">
         <is>
-          <t>AR15091</t>
+          <t>AR15087</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
-          <t>Ersatz-Handrad DIA 125 x SW 22</t>
+          <t>NORICHEM RYA PN10-40 DN50</t>
         </is>
       </c>
       <c r="D175" t="inlineStr">
         <is>
-          <t>Handräder</t>
+          <t>Rückflussverhinderer</t>
         </is>
       </c>
       <c r="E175" t="inlineStr"/>
-      <c r="F175" t="inlineStr"/>
+      <c r="F175" t="inlineStr">
+        <is>
+          <t>DN050</t>
+        </is>
+      </c>
       <c r="G175" t="inlineStr">
         <is>
-          <t>B1: A: neu / standard</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H175" t="inlineStr">
         <is>
-          <t>0.13</t>
+          <t>12.00</t>
         </is>
       </c>
       <c r="I175" t="inlineStr"/>
       <c r="J175" t="inlineStr">
         <is>
-          <t>18.37 €</t>
+          <t>229.60 €</t>
         </is>
       </c>
       <c r="K175" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="176" ht="15" customHeight="1">
       <c r="A176" t="inlineStr">
         <is>
-          <t>AR15092</t>
+          <t>AR15091</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
-          <t>Ersatz-Handrad DIA 160 x SW 30</t>
+          <t>Ersatz-Handrad DIA 125 x SW 22</t>
         </is>
       </c>
       <c r="D176" t="inlineStr">
         <is>
           <t>Handräder</t>
         </is>
       </c>
       <c r="E176" t="inlineStr"/>
       <c r="F176" t="inlineStr"/>
       <c r="G176" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H176" t="inlineStr">
         <is>
-          <t>0.21</t>
+          <t>0.13</t>
         </is>
       </c>
       <c r="I176" t="inlineStr"/>
       <c r="J176" t="inlineStr">
         <is>
-          <t>20.48 €</t>
+          <t>18.37 €</t>
         </is>
       </c>
       <c r="K176" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="177" ht="15" customHeight="1">
       <c r="A177" t="inlineStr">
         <is>
-          <t>AR15093</t>
+          <t>AR15092</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
-          <t>Ersatz-Handrad DIA 250 x SW 36</t>
+          <t>Ersatz-Handrad DIA 160 x SW 30</t>
         </is>
       </c>
       <c r="D177" t="inlineStr">
         <is>
           <t>Handräder</t>
         </is>
       </c>
       <c r="E177" t="inlineStr"/>
       <c r="F177" t="inlineStr"/>
       <c r="G177" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H177" t="inlineStr">
         <is>
-          <t>0.63</t>
+          <t>0.21</t>
         </is>
       </c>
       <c r="I177" t="inlineStr"/>
       <c r="J177" t="inlineStr">
         <is>
-          <t>76.43 €</t>
+          <t>20.48 €</t>
         </is>
       </c>
       <c r="K177" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="178" ht="15" customHeight="1">
       <c r="A178" t="inlineStr">
         <is>
-          <t>AR15094</t>
+          <t>AR15093</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
-          <t>Ersatz-Handrad DIA 200 x SW 30 für BOA-H</t>
+          <t>Ersatz-Handrad DIA 250 x SW 36</t>
         </is>
       </c>
       <c r="D178" t="inlineStr">
         <is>
           <t>Handräder</t>
         </is>
       </c>
       <c r="E178" t="inlineStr"/>
       <c r="F178" t="inlineStr"/>
       <c r="G178" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H178" t="inlineStr">
         <is>
-          <t>0.31</t>
+          <t>0.63</t>
         </is>
       </c>
       <c r="I178" t="inlineStr"/>
       <c r="J178" t="inlineStr">
         <is>
-          <t>45.28 €</t>
+          <t>76.43 €</t>
         </is>
       </c>
       <c r="K178" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="179" ht="15" customHeight="1">
       <c r="A179" t="inlineStr">
         <is>
-          <t>AR15095</t>
+          <t>AR15094</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
-          <t>Ersatz-Handrad DIA 125 x SW 22, Aluminium</t>
+          <t>Ersatz-Handrad DIA 200 x SW 30 für BOA-H</t>
         </is>
       </c>
       <c r="D179" t="inlineStr">
         <is>
           <t>Handräder</t>
         </is>
       </c>
       <c r="E179" t="inlineStr"/>
       <c r="F179" t="inlineStr"/>
       <c r="G179" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H179" t="inlineStr">
         <is>
-          <t>0.13</t>
+          <t>0.31</t>
         </is>
       </c>
       <c r="I179" t="inlineStr"/>
       <c r="J179" t="inlineStr">
         <is>
-          <t>18.37 €</t>
+          <t>45.28 €</t>
         </is>
       </c>
       <c r="K179" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="180" ht="15" customHeight="1">
       <c r="A180" t="inlineStr">
         <is>
-          <t>AR15097</t>
+          <t>AR15095</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
-          <t>Ersatz-Handrad DIA 160 x SW 30, Aluminium</t>
+          <t>Ersatz-Handrad DIA 125 x SW 22, Aluminium</t>
         </is>
       </c>
       <c r="D180" t="inlineStr">
         <is>
           <t>Handräder</t>
         </is>
       </c>
       <c r="E180" t="inlineStr"/>
       <c r="F180" t="inlineStr"/>
       <c r="G180" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H180" t="inlineStr">
         <is>
-          <t>0.21</t>
+          <t>0.13</t>
         </is>
       </c>
       <c r="I180" t="inlineStr"/>
       <c r="J180" t="inlineStr">
         <is>
-          <t>26.13 €</t>
+          <t>18.37 €</t>
         </is>
       </c>
       <c r="K180" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="181" ht="15" customHeight="1">
       <c r="A181" t="inlineStr">
         <is>
-          <t>AR15099</t>
+          <t>AR15097</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
-          <t>Ersatz-Handrad DIA 250 x SW 36, Aluminium</t>
+          <t>Ersatz-Handrad DIA 160 x SW 30, Aluminium</t>
         </is>
       </c>
       <c r="D181" t="inlineStr">
         <is>
           <t>Handräder</t>
         </is>
       </c>
       <c r="E181" t="inlineStr"/>
       <c r="F181" t="inlineStr"/>
       <c r="G181" t="inlineStr">
         <is>
           <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H181" t="inlineStr">
         <is>
-          <t>0.59</t>
+          <t>0.21</t>
         </is>
       </c>
       <c r="I181" t="inlineStr"/>
       <c r="J181" t="inlineStr">
         <is>
-          <t>48.34 €</t>
+          <t>26.13 €</t>
         </is>
       </c>
       <c r="K181" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="182" ht="15" customHeight="1">
       <c r="A182" t="inlineStr">
         <is>
-          <t>AR15542</t>
+          <t>AR15099</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 10 PN10 DN80 T1 3t6k6XV - ACTAIR</t>
+          <t>Ersatz-Handrad DIA 250 x SW 36, Aluminium</t>
         </is>
       </c>
       <c r="D182" t="inlineStr">
         <is>
-          <t>Absperrklappen</t>
-[...11 lines deleted...]
-      </c>
+          <t>Handräder</t>
+        </is>
+      </c>
+      <c r="E182" t="inlineStr"/>
+      <c r="F182" t="inlineStr"/>
       <c r="G182" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H182" t="inlineStr">
         <is>
-          <t>20.00</t>
+          <t>0.59</t>
         </is>
       </c>
       <c r="I182" t="inlineStr"/>
       <c r="J182" t="inlineStr">
         <is>
-          <t>304.79 €</t>
+          <t>48.34 €</t>
         </is>
       </c>
       <c r="K182" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="183" ht="15" customHeight="1">
       <c r="A183" t="inlineStr">
         <is>
-          <t>AR15552</t>
+          <t>AR15542</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C183" s="2" t="inlineStr">
         <is>
-          <t>BOAX-B PN10/16 DN200 T23g6XU MN25</t>
+          <t>ISORIA 10 PN10 DN80 T1 3t6k6XV - ACTAIR</t>
         </is>
       </c>
       <c r="D183" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E183" t="inlineStr">
         <is>
-          <t>BOAX-B</t>
+          <t>ISORIA 10</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
-          <t>DN200</t>
+          <t>DN080</t>
         </is>
       </c>
       <c r="G183" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H183" t="inlineStr">
         <is>
-          <t>49.30</t>
+          <t>20.00</t>
         </is>
       </c>
       <c r="I183" t="inlineStr"/>
       <c r="J183" t="inlineStr">
         <is>
-          <t>415.22 €</t>
+          <t>304.79 €</t>
         </is>
       </c>
       <c r="K183" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="184" ht="15" customHeight="1">
       <c r="A184" t="inlineStr">
         <is>
-          <t>AR15592</t>
+          <t>AR15552</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C184" s="2" t="inlineStr">
         <is>
-          <t>KIT-MANSCHETTE ISORIA 10/16 A DN250 EPDM-XV</t>
+          <t>BOAX-B PN10/16 DN200 T23g6XU MN25</t>
         </is>
       </c>
       <c r="D184" t="inlineStr">
         <is>
-          <t>Absperrklappen-Zubehör</t>
-[...2 lines deleted...]
-      <c r="E184" t="inlineStr"/>
+          <t>Absperrklappen</t>
+        </is>
+      </c>
+      <c r="E184" t="inlineStr">
+        <is>
+          <t>BOAX-B</t>
+        </is>
+      </c>
       <c r="F184" t="inlineStr">
         <is>
-          <t>DN250</t>
+          <t>DN200</t>
         </is>
       </c>
       <c r="G184" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H184" t="inlineStr">
         <is>
-          <t>5.00</t>
+          <t>49.30</t>
         </is>
       </c>
       <c r="I184" t="inlineStr"/>
       <c r="J184" t="inlineStr">
         <is>
-          <t>156.01 €</t>
+          <t>415.22 €</t>
         </is>
       </c>
       <c r="K184" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="185" ht="30" customHeight="1">
+    <row r="185" ht="15" customHeight="1">
       <c r="A185" t="inlineStr">
         <is>
-          <t>AR15593</t>
+          <t>AR15592</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C185" s="2" t="inlineStr">
         <is>
-          <t>KIT-MANSCHETTE ISORIA 10/16 [A] DN 100 NBR K AMRI MATERIAL CODE (K)</t>
+          <t>KIT-MANSCHETTE ISORIA 10/16 A DN250 EPDM-XV</t>
         </is>
       </c>
       <c r="D185" t="inlineStr">
         <is>
           <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
       <c r="E185" t="inlineStr"/>
       <c r="F185" t="inlineStr">
         <is>
-          <t>DN100</t>
+          <t>DN250</t>
         </is>
       </c>
       <c r="G185" t="inlineStr">
         <is>
-          <t>B1: A: neu / standard</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H185" t="inlineStr">
         <is>
           <t>5.00</t>
         </is>
       </c>
       <c r="I185" t="inlineStr"/>
       <c r="J185" t="inlineStr">
         <is>
-          <t>90.55 €</t>
+          <t>156.01 €</t>
         </is>
       </c>
       <c r="K185" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="186" ht="30" customHeight="1">
       <c r="A186" t="inlineStr">
         <is>
-          <t>AR15594</t>
+          <t>AR15593</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C186" s="2" t="inlineStr">
         <is>
-          <t>KIT-MANSCHETTE K02A-DN 125 VITON VC AMRI MATERIAL CODE (VC) "Dual use"</t>
+          <t>KIT-MANSCHETTE ISORIA 10/16 [A] DN 100 NBR K AMRI MATERIAL CODE (K)</t>
         </is>
       </c>
       <c r="D186" t="inlineStr">
         <is>
-          <t>Zubehör &amp; Ersatzteile</t>
-[...6 lines deleted...]
-      </c>
+          <t>Absperrklappen-Zubehör</t>
+        </is>
+      </c>
+      <c r="E186" t="inlineStr"/>
       <c r="F186" t="inlineStr">
         <is>
-          <t>DN125</t>
+          <t>DN100</t>
         </is>
       </c>
       <c r="G186" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H186" t="inlineStr">
         <is>
           <t>5.00</t>
         </is>
       </c>
       <c r="I186" t="inlineStr"/>
       <c r="J186" t="inlineStr">
         <is>
-          <t>473.38 €</t>
+          <t>90.55 €</t>
         </is>
       </c>
       <c r="K186" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="187" ht="30" customHeight="1">
       <c r="A187" t="inlineStr">
         <is>
-          <t>AR15635</t>
+          <t>AR15594</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C187" s="2" t="inlineStr">
         <is>
-          <t>KIT-MANSCHETTE ISORIA 10 [A] DN 150 SILICONE SK, AMRI MATERIAL CODE (SK)</t>
+          <t>KIT-MANSCHETTE K02A-DN 125 VITON VC AMRI MATERIAL CODE (VC) "Dual use"</t>
         </is>
       </c>
       <c r="D187" t="inlineStr">
         <is>
-          <t>Absperrklappen-Zubehör</t>
+          <t>Zubehör &amp; Ersatzteile</t>
         </is>
       </c>
       <c r="E187" t="inlineStr">
         <is>
-          <t>ISORIA 10</t>
+          <t>KE</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
-          <t>DN150</t>
+          <t>DN125</t>
         </is>
       </c>
       <c r="G187" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H187" t="inlineStr">
         <is>
-          <t>3.00</t>
+          <t>5.00</t>
         </is>
       </c>
       <c r="I187" t="inlineStr"/>
       <c r="J187" t="inlineStr">
         <is>
-          <t>318.96 €</t>
+          <t>473.38 €</t>
         </is>
       </c>
       <c r="K187" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="188" ht="30" customHeight="1">
       <c r="A188" t="inlineStr">
         <is>
-          <t>AR15636</t>
+          <t>AR15635</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C188" s="2" t="inlineStr">
         <is>
-          <t>KIT-MANSCHETTE ISORIA 10/16 [A] DN 200 EPDM XA AMRI MATERIAL CODE (XA)</t>
+          <t>KIT-MANSCHETTE ISORIA 10 [A] DN 150 SILICONE SK, AMRI MATERIAL CODE (SK)</t>
         </is>
       </c>
       <c r="D188" t="inlineStr">
         <is>
           <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
-      <c r="E188" t="inlineStr"/>
+      <c r="E188" t="inlineStr">
+        <is>
+          <t>ISORIA 10</t>
+        </is>
+      </c>
       <c r="F188" t="inlineStr">
         <is>
-          <t>DN200</t>
+          <t>DN150</t>
         </is>
       </c>
       <c r="G188" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H188" t="inlineStr">
         <is>
-          <t>5.00</t>
+          <t>3.00</t>
         </is>
       </c>
       <c r="I188" t="inlineStr"/>
       <c r="J188" t="inlineStr">
         <is>
-          <t>140.45 €</t>
+          <t>318.96 €</t>
         </is>
       </c>
       <c r="K188" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="189" ht="30" customHeight="1">
       <c r="A189" t="inlineStr">
         <is>
-          <t>AR15637</t>
+          <t>AR15636</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C189" s="2" t="inlineStr">
         <is>
-          <t>KIT-MANSCHETTE K02A-DN 250 PFA-SILIKON AMRI MATERIAL CODE (FS) "Dual use"</t>
+          <t>KIT-MANSCHETTE ISORIA 10/16 [A] DN 200 EPDM XA AMRI MATERIAL CODE (XA)</t>
         </is>
       </c>
       <c r="D189" t="inlineStr">
         <is>
-          <t>Zubehör &amp; Ersatzteile</t>
-[...6 lines deleted...]
-      </c>
+          <t>Absperrklappen-Zubehör</t>
+        </is>
+      </c>
+      <c r="E189" t="inlineStr"/>
       <c r="F189" t="inlineStr">
         <is>
-          <t>DN250</t>
+          <t>DN200</t>
         </is>
       </c>
       <c r="G189" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H189" t="inlineStr">
         <is>
-          <t>10.00</t>
+          <t>5.00</t>
         </is>
       </c>
       <c r="I189" t="inlineStr"/>
       <c r="J189" t="inlineStr">
         <is>
-          <t>1719.32 €</t>
+          <t>140.45 €</t>
         </is>
       </c>
       <c r="K189" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="190" ht="30" customHeight="1">
       <c r="A190" t="inlineStr">
         <is>
-          <t>AR15638</t>
+          <t>AR15637</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C190" s="2" t="inlineStr">
         <is>
-          <t>KIT-MANSCHETTE ISORIA 10/16 [A] DN 50 NBR K AMRI MATERIAL CODE (K)</t>
+          <t>KIT-MANSCHETTE K02A-DN 250 PFA-SILIKON AMRI MATERIAL CODE (FS) "Dual use"</t>
         </is>
       </c>
       <c r="D190" t="inlineStr">
         <is>
-          <t>Absperrklappen-Zubehör</t>
-[...2 lines deleted...]
-      <c r="E190" t="inlineStr"/>
+          <t>Zubehör &amp; Ersatzteile</t>
+        </is>
+      </c>
+      <c r="E190" t="inlineStr">
+        <is>
+          <t>KE</t>
+        </is>
+      </c>
       <c r="F190" t="inlineStr">
         <is>
-          <t>DN050</t>
+          <t>DN250</t>
         </is>
       </c>
       <c r="G190" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H190" t="inlineStr">
         <is>
-          <t>5.00</t>
+          <t>10.00</t>
         </is>
       </c>
       <c r="I190" t="inlineStr"/>
       <c r="J190" t="inlineStr">
         <is>
-          <t>76.67 €</t>
+          <t>1719.32 €</t>
         </is>
       </c>
       <c r="K190" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="191" ht="15" customHeight="1">
+    <row r="191" ht="30" customHeight="1">
       <c r="A191" t="inlineStr">
         <is>
-          <t>AR15639</t>
+          <t>AR15638</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C191" s="2" t="inlineStr">
         <is>
-          <t>KIT-WELLE ISORIA 10/16 A DN65/80 1.4029 Code 6k</t>
+          <t>KIT-MANSCHETTE ISORIA 10/16 [A] DN 50 NBR K AMRI MATERIAL CODE (K)</t>
         </is>
       </c>
       <c r="D191" t="inlineStr">
         <is>
           <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
       <c r="E191" t="inlineStr"/>
-      <c r="F191" t="inlineStr"/>
+      <c r="F191" t="inlineStr">
+        <is>
+          <t>DN050</t>
+        </is>
+      </c>
       <c r="G191" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H191" t="inlineStr">
         <is>
-          <t>1.50</t>
+          <t>5.00</t>
         </is>
       </c>
       <c r="I191" t="inlineStr"/>
       <c r="J191" t="inlineStr">
         <is>
-          <t>54.15 €</t>
+          <t>76.67 €</t>
         </is>
       </c>
       <c r="K191" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="192" ht="30" customHeight="1">
+    <row r="192" ht="15" customHeight="1">
       <c r="A192" t="inlineStr">
         <is>
-          <t>AR15640</t>
+          <t>AR15639</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C192" s="2" t="inlineStr">
         <is>
-          <t>MANSCHETTE  XV GAMMA DN200 RINGBALG - GAMMA DN200 E.P.D.M Hitze (XV)</t>
+          <t>KIT-WELLE ISORIA 10/16 A DN65/80 1.4029 Code 6k</t>
         </is>
       </c>
       <c r="D192" t="inlineStr">
         <is>
           <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
-      <c r="E192" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="E192" t="inlineStr"/>
+      <c r="F192" t="inlineStr"/>
       <c r="G192" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H192" t="inlineStr">
         <is>
-          <t>5.00</t>
+          <t>1.50</t>
         </is>
       </c>
       <c r="I192" t="inlineStr"/>
       <c r="J192" t="inlineStr">
         <is>
-          <t>182.04 €</t>
+          <t>54.15 €</t>
         </is>
       </c>
       <c r="K192" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="193" ht="30" customHeight="1">
       <c r="A193" t="inlineStr">
         <is>
-          <t>AR15641</t>
+          <t>AR15640</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C193" s="2" t="inlineStr">
         <is>
-          <t>MANSCHETTE  XV GAMMA DN450 RINGBALG - GAMMA EPDM Hitze (XV)</t>
+          <t>MANSCHETTE  XV GAMMA DN200 RINGBALG - GAMMA DN200 E.P.D.M Hitze (XV)</t>
         </is>
       </c>
       <c r="D193" t="inlineStr">
         <is>
           <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
       <c r="E193" t="inlineStr">
         <is>
           <t>GAMMA</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
-          <t>DN450</t>
+          <t>DN200</t>
         </is>
       </c>
       <c r="G193" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H193" t="inlineStr">
         <is>
           <t>5.00</t>
         </is>
       </c>
       <c r="I193" t="inlineStr"/>
       <c r="J193" t="inlineStr">
         <is>
-          <t>706.03 €</t>
+          <t>182.04 €</t>
         </is>
       </c>
       <c r="K193" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="194" ht="15" customHeight="1">
+    <row r="194" ht="30" customHeight="1">
       <c r="A194" t="inlineStr">
         <is>
-          <t>AR15642</t>
+          <t>AR15641</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C194" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 10 PN10 DN065 T4 3g6k6VC - MS15 "Dual use"</t>
+          <t>MANSCHETTE  XV GAMMA DN450 RINGBALG - GAMMA EPDM Hitze (XV)</t>
         </is>
       </c>
       <c r="D194" t="inlineStr">
         <is>
-          <t>Absperrklappen</t>
+          <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
       <c r="E194" t="inlineStr">
         <is>
-          <t>ISORIA 10</t>
+          <t>GAMMA</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
-          <t>DN065</t>
+          <t>DN450</t>
         </is>
       </c>
       <c r="G194" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H194" t="inlineStr">
         <is>
-          <t>4.00</t>
+          <t>5.00</t>
         </is>
       </c>
       <c r="I194" t="inlineStr"/>
       <c r="J194" t="inlineStr">
         <is>
-          <t>426.68 €</t>
+          <t>706.03 €</t>
         </is>
       </c>
       <c r="K194" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="195" ht="30" customHeight="1">
+    <row r="195" ht="15" customHeight="1">
       <c r="A195" t="inlineStr">
         <is>
-          <t>AR15645</t>
+          <t>AR15642</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C195" s="2" t="inlineStr">
         <is>
-          <t>MANSCHETTE CB GAMMA DN500 RINGBALG - GAMMA DN500 Nitril karboxyliert (CB)</t>
+          <t>ISORIA 10 PN10 DN065 T4 3g6k6VC - MS15 "Dual use"</t>
         </is>
       </c>
       <c r="D195" t="inlineStr">
         <is>
-          <t>Zubehör &amp; Ersatzteile</t>
+          <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E195" t="inlineStr">
         <is>
-          <t>GAMMA</t>
+          <t>ISORIA 10</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
-          <t>DN500</t>
+          <t>DN065</t>
         </is>
       </c>
       <c r="G195" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H195" t="inlineStr">
         <is>
-          <t>5.00</t>
+          <t>4.00</t>
         </is>
       </c>
       <c r="I195" t="inlineStr"/>
       <c r="J195" t="inlineStr">
         <is>
-          <t>1498.12 €</t>
+          <t>426.68 €</t>
         </is>
       </c>
       <c r="K195" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="196" ht="30" customHeight="1">
       <c r="A196" t="inlineStr">
         <is>
-          <t>AR15647</t>
+          <t>AR15645</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C196" s="2" t="inlineStr">
         <is>
-          <t>MANSCHETTE ISORIA 10/16 [A] DN 80 EPDM XV AMRI MATERIAL CODE (XV)</t>
+          <t>MANSCHETTE CB GAMMA DN500 RINGBALG - GAMMA DN500 Nitril karboxyliert (CB)</t>
         </is>
       </c>
       <c r="D196" t="inlineStr">
         <is>
-          <t>Absperrklappen-Zubehör</t>
-[...2 lines deleted...]
-      <c r="E196" t="inlineStr"/>
+          <t>Zubehör &amp; Ersatzteile</t>
+        </is>
+      </c>
+      <c r="E196" t="inlineStr">
+        <is>
+          <t>GAMMA</t>
+        </is>
+      </c>
       <c r="F196" t="inlineStr">
         <is>
-          <t>DN080</t>
+          <t>DN500</t>
         </is>
       </c>
       <c r="G196" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H196" t="inlineStr">
         <is>
-          <t>1.50</t>
+          <t>5.00</t>
         </is>
       </c>
       <c r="I196" t="inlineStr"/>
       <c r="J196" t="inlineStr">
         <is>
-          <t>59.33 €</t>
+          <t>1498.12 €</t>
         </is>
       </c>
       <c r="K196" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="197" ht="30" customHeight="1">
       <c r="A197" t="inlineStr">
         <is>
-          <t>AR15648</t>
+          <t>AR15647</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C197" s="2" t="inlineStr">
         <is>
-          <t>MANSCHETTE ISORIA 10/16 [A] DN 100 EPDM XV AMRI MATERIAL CODE (XV)</t>
+          <t>MANSCHETTE ISORIA 10/16 [A] DN 80 EPDM XV AMRI MATERIAL CODE (XV)</t>
         </is>
       </c>
       <c r="D197" t="inlineStr">
         <is>
           <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
       <c r="E197" t="inlineStr"/>
       <c r="F197" t="inlineStr">
         <is>
-          <t>DN100</t>
+          <t>DN080</t>
         </is>
       </c>
       <c r="G197" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H197" t="inlineStr">
         <is>
           <t>1.50</t>
         </is>
       </c>
       <c r="I197" t="inlineStr"/>
       <c r="J197" t="inlineStr">
         <is>
-          <t>89.93 €</t>
+          <t>59.33 €</t>
         </is>
       </c>
       <c r="K197" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="198" ht="30" customHeight="1">
       <c r="A198" t="inlineStr">
         <is>
-          <t>AR15649</t>
+          <t>AR15648</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C198" s="2" t="inlineStr">
         <is>
-          <t>MANSCHETTE ISORIA 10/16 [A] DN 300 EPDM XV AMRI MATERIAL CODE (XV)</t>
+          <t>MANSCHETTE ISORIA 10/16 [A] DN 100 EPDM XV AMRI MATERIAL CODE (XV)</t>
         </is>
       </c>
       <c r="D198" t="inlineStr">
         <is>
           <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
       <c r="E198" t="inlineStr"/>
       <c r="F198" t="inlineStr">
         <is>
-          <t>DN300</t>
+          <t>DN100</t>
         </is>
       </c>
       <c r="G198" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H198" t="inlineStr">
         <is>
-          <t>3.50</t>
+          <t>1.50</t>
         </is>
       </c>
       <c r="I198" t="inlineStr"/>
       <c r="J198" t="inlineStr">
         <is>
-          <t>178.60 €</t>
+          <t>89.93 €</t>
         </is>
       </c>
       <c r="K198" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="199" ht="15" customHeight="1">
+    <row r="199" ht="30" customHeight="1">
       <c r="A199" t="inlineStr">
         <is>
-          <t>AR15651</t>
+          <t>AR15649</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C199" s="2" t="inlineStr">
         <is>
-          <t>KIT-ANTRIEBSWELLE   I00A/I07A-DN 200</t>
+          <t>MANSCHETTE ISORIA 10/16 [A] DN 300 EPDM XV AMRI MATERIAL CODE (XV)</t>
         </is>
       </c>
       <c r="D199" t="inlineStr">
         <is>
           <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
       <c r="E199" t="inlineStr"/>
       <c r="F199" t="inlineStr">
         <is>
-          <t>DN200</t>
+          <t>DN300</t>
         </is>
       </c>
       <c r="G199" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H199" t="inlineStr">
         <is>
-          <t>1.00</t>
+          <t>3.50</t>
         </is>
       </c>
       <c r="I199" t="inlineStr"/>
       <c r="J199" t="inlineStr">
         <is>
-          <t>137.01 €</t>
+          <t>178.60 €</t>
         </is>
       </c>
       <c r="K199" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="200" ht="30" customHeight="1">
+    <row r="200" ht="15" customHeight="1">
       <c r="A200" t="inlineStr">
         <is>
-          <t>AR15653</t>
+          <t>AR15651</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C200" s="2" t="inlineStr">
         <is>
-          <t>Bernard Stellantrieb LEA3  20S 115-230V/50-60HZ/MONO 35N.m</t>
+          <t>KIT-ANTRIEBSWELLE   I00A/I07A-DN 200</t>
         </is>
       </c>
       <c r="D200" t="inlineStr">
         <is>
           <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
-      <c r="E200" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F200" t="inlineStr"/>
+      <c r="E200" t="inlineStr"/>
+      <c r="F200" t="inlineStr">
+        <is>
+          <t>DN200</t>
+        </is>
+      </c>
       <c r="G200" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H200" t="inlineStr">
         <is>
-          <t>25.00</t>
+          <t>1.00</t>
         </is>
       </c>
       <c r="I200" t="inlineStr"/>
       <c r="J200" t="inlineStr">
         <is>
-          <t>280.00 €</t>
+          <t>137.01 €</t>
         </is>
       </c>
       <c r="K200" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="201" ht="30" customHeight="1">
       <c r="A201" t="inlineStr">
         <is>
-          <t>AR15663</t>
+          <t>AR15653</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C201" s="2" t="inlineStr">
         <is>
-          <t>MANSCHETTE ISORIA 10/16 [A] DN 065 PN10/16/ EPDM-XV</t>
+          <t>Bernard Stellantrieb LEA3  20S 115-230V/50-60HZ/MONO 35N.m</t>
         </is>
       </c>
       <c r="D201" t="inlineStr">
         <is>
           <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
-      <c r="E201" t="inlineStr"/>
-[...4 lines deleted...]
-      </c>
+      <c r="E201" t="inlineStr">
+        <is>
+          <t>BERNARD LEA</t>
+        </is>
+      </c>
+      <c r="F201" t="inlineStr"/>
       <c r="G201" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H201" t="inlineStr">
         <is>
-          <t>1.00</t>
+          <t>25.00</t>
         </is>
       </c>
       <c r="I201" t="inlineStr"/>
       <c r="J201" t="inlineStr">
         <is>
-          <t>79.95 €</t>
+          <t>280.00 €</t>
         </is>
       </c>
       <c r="K201" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="202" ht="15" customHeight="1">
+    <row r="202" ht="30" customHeight="1">
       <c r="A202" t="inlineStr">
         <is>
-          <t>AR15687</t>
+          <t>AR15663</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C202" s="2" t="inlineStr">
         <is>
-          <t>MANSCHETTE ISORIA 10 A DN200  XNBR</t>
+          <t>MANSCHETTE ISORIA 10/16 [A] DN 065 PN10/16/ EPDM-XV</t>
         </is>
       </c>
       <c r="D202" t="inlineStr">
         <is>
           <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
-      <c r="E202" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="E202" t="inlineStr"/>
       <c r="F202" t="inlineStr">
         <is>
-          <t>DN200</t>
+          <t>DN065</t>
         </is>
       </c>
       <c r="G202" t="inlineStr">
         <is>
-          <t>B1: A: neu / standard</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H202" t="inlineStr">
         <is>
-          <t>2.50</t>
+          <t>1.00</t>
         </is>
       </c>
       <c r="I202" t="inlineStr"/>
       <c r="J202" t="inlineStr">
         <is>
-          <t>888.00 €</t>
+          <t>79.95 €</t>
         </is>
       </c>
       <c r="K202" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="203" ht="15" customHeight="1">
       <c r="A203" t="inlineStr">
         <is>
-          <t>AR15740</t>
+          <t>AR15687</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 10 DN40 T4 PN16 3g6k6XV - MR 25 M</t>
+          <t>MANSCHETTE ISORIA 10 A DN200  XNBR</t>
         </is>
       </c>
       <c r="D203" t="inlineStr">
         <is>
-          <t>Absperrklappen</t>
+          <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
       <c r="E203" t="inlineStr">
         <is>
           <t>ISORIA 10</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
-          <t>DN040</t>
+          <t>DN200</t>
         </is>
       </c>
       <c r="G203" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: A: neu / standard</t>
         </is>
       </c>
       <c r="H203" t="inlineStr">
         <is>
-          <t>10.00</t>
+          <t>2.50</t>
         </is>
       </c>
       <c r="I203" t="inlineStr"/>
       <c r="J203" t="inlineStr">
         <is>
-          <t>500.13 €</t>
+          <t>888.00 €</t>
         </is>
       </c>
       <c r="K203" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="204" ht="15" customHeight="1">
       <c r="A204" t="inlineStr">
         <is>
-          <t>AR15741</t>
+          <t>AR15740</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 10 DN100 T4 PN16 3g6k6XV - MR 25</t>
+          <t>ISORIA 10 DN40 T4 PN16 3g6k6XV - MR 25 M</t>
         </is>
       </c>
       <c r="D204" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E204" t="inlineStr">
         <is>
           <t>ISORIA 10</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
-          <t>DN100</t>
+          <t>DN040</t>
         </is>
       </c>
       <c r="G204" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H204" t="inlineStr">
         <is>
-          <t>13.50</t>
+          <t>10.00</t>
         </is>
       </c>
       <c r="I204" t="inlineStr"/>
       <c r="J204" t="inlineStr">
         <is>
-          <t>603.21 €</t>
+          <t>500.13 €</t>
         </is>
       </c>
       <c r="K204" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="205" ht="15" customHeight="1">
       <c r="A205" t="inlineStr">
         <is>
-          <t>AR15742</t>
+          <t>AR15741</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
           <t>ISORIA 10 DN100 T4 PN16 3g6k6XV - MR 25</t>
         </is>
       </c>
       <c r="D205" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E205" t="inlineStr">
         <is>
           <t>ISORIA 10</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
           <t>DN100</t>
@@ -10976,104 +10972,104 @@
       <c r="G205" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H205" t="inlineStr">
         <is>
           <t>13.50</t>
         </is>
       </c>
       <c r="I205" t="inlineStr"/>
       <c r="J205" t="inlineStr">
         <is>
           <t>603.21 €</t>
         </is>
       </c>
       <c r="K205" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="206" ht="15" customHeight="1">
       <c r="A206" t="inlineStr">
         <is>
-          <t>AR15743</t>
+          <t>AR15742</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C206" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 10 DN250 T4 PN16 3g6k6XV - MR 25</t>
+          <t>ISORIA 10 DN100 T4 PN16 3g6k6XV - MR 25</t>
         </is>
       </c>
       <c r="D206" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E206" t="inlineStr">
         <is>
           <t>ISORIA 10</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
-          <t>DN250</t>
+          <t>DN100</t>
         </is>
       </c>
       <c r="G206" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H206" t="inlineStr">
         <is>
-          <t>67.00</t>
+          <t>13.50</t>
         </is>
       </c>
       <c r="I206" t="inlineStr"/>
       <c r="J206" t="inlineStr">
         <is>
-          <t>1695.33 €</t>
+          <t>603.21 €</t>
         </is>
       </c>
       <c r="K206" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="207" ht="15" customHeight="1">
       <c r="A207" t="inlineStr">
         <is>
-          <t>AR15744</t>
+          <t>AR15743</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C207" s="2" t="inlineStr">
         <is>
           <t>ISORIA 10 DN250 T4 PN16 3g6k6XV - MR 25</t>
         </is>
       </c>
       <c r="D207" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E207" t="inlineStr">
         <is>
           <t>ISORIA 10</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
           <t>DN250</t>
@@ -11082,51 +11078,51 @@
       <c r="G207" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H207" t="inlineStr">
         <is>
           <t>67.00</t>
         </is>
       </c>
       <c r="I207" t="inlineStr"/>
       <c r="J207" t="inlineStr">
         <is>
           <t>1695.33 €</t>
         </is>
       </c>
       <c r="K207" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="208" ht="15" customHeight="1">
       <c r="A208" t="inlineStr">
         <is>
-          <t>AR15745</t>
+          <t>AR15744</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C208" s="2" t="inlineStr">
         <is>
           <t>ISORIA 10 DN250 T4 PN16 3g6k6XV - MR 25</t>
         </is>
       </c>
       <c r="D208" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E208" t="inlineStr">
         <is>
           <t>ISORIA 10</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
           <t>DN250</t>
@@ -11135,51 +11131,51 @@
       <c r="G208" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H208" t="inlineStr">
         <is>
           <t>67.00</t>
         </is>
       </c>
       <c r="I208" t="inlineStr"/>
       <c r="J208" t="inlineStr">
         <is>
           <t>1695.33 €</t>
         </is>
       </c>
       <c r="K208" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="209" ht="15" customHeight="1">
       <c r="A209" t="inlineStr">
         <is>
-          <t>AR15746</t>
+          <t>AR15745</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C209" s="2" t="inlineStr">
         <is>
           <t>ISORIA 10 DN250 T4 PN16 3g6k6XV - MR 25</t>
         </is>
       </c>
       <c r="D209" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E209" t="inlineStr">
         <is>
           <t>ISORIA 10</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
           <t>DN250</t>
@@ -11188,6017 +11184,6021 @@
       <c r="G209" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H209" t="inlineStr">
         <is>
           <t>67.00</t>
         </is>
       </c>
       <c r="I209" t="inlineStr"/>
       <c r="J209" t="inlineStr">
         <is>
           <t>1695.33 €</t>
         </is>
       </c>
       <c r="K209" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="210" ht="15" customHeight="1">
       <c r="A210" t="inlineStr">
         <is>
-          <t>AR15747</t>
+          <t>AR15746</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C210" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 10 DN65 T4 PN16 3g6k6XV - MR 25 M</t>
+          <t>ISORIA 10 DN250 T4 PN16 3g6k6XV - MR 25</t>
         </is>
       </c>
       <c r="D210" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E210" t="inlineStr">
         <is>
           <t>ISORIA 10</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
-          <t>DN065</t>
+          <t>DN250</t>
         </is>
       </c>
       <c r="G210" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H210" t="inlineStr">
         <is>
-          <t>11.00</t>
+          <t>67.00</t>
         </is>
       </c>
       <c r="I210" t="inlineStr"/>
       <c r="J210" t="inlineStr">
         <is>
-          <t>532.03 €</t>
+          <t>1695.33 €</t>
         </is>
       </c>
       <c r="K210" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="211" ht="30" customHeight="1">
+    <row r="211" ht="15" customHeight="1">
       <c r="A211" t="inlineStr">
         <is>
-          <t>AR15747-01</t>
+          <t>AR15747</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C211" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 10 DN65 T4 PN16 3g6k6XV - MR 25 M (Lackschäden)</t>
+          <t>ISORIA 10 DN65 T4 PN16 3g6k6XV - MR 25 M</t>
         </is>
       </c>
       <c r="D211" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E211" t="inlineStr">
         <is>
           <t>ISORIA 10</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
           <t>DN065</t>
         </is>
       </c>
       <c r="G211" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H211" t="inlineStr">
         <is>
           <t>11.00</t>
         </is>
       </c>
       <c r="I211" t="inlineStr"/>
       <c r="J211" t="inlineStr">
         <is>
-          <t>399.02 €</t>
+          <t>532.03 €</t>
         </is>
       </c>
       <c r="K211" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="212" ht="15" customHeight="1">
+    <row r="212" ht="30" customHeight="1">
       <c r="A212" t="inlineStr">
         <is>
-          <t>AR15748</t>
+          <t>AR15747-01</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C212" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 10 DN250 T4 PN16 3g6k6XV - MR 25</t>
+          <t>ISORIA 10 DN65 T4 PN16 3g6k6XV - MR 25 M (Lackschäden)</t>
         </is>
       </c>
       <c r="D212" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E212" t="inlineStr">
         <is>
           <t>ISORIA 10</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
-          <t>DN250</t>
+          <t>DN065</t>
         </is>
       </c>
       <c r="G212" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H212" t="inlineStr">
         <is>
-          <t>67.00</t>
+          <t>11.00</t>
         </is>
       </c>
       <c r="I212" t="inlineStr"/>
       <c r="J212" t="inlineStr">
         <is>
-          <t>1695.33 €</t>
+          <t>399.02 €</t>
         </is>
       </c>
       <c r="K212" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="213" ht="15" customHeight="1">
       <c r="A213" t="inlineStr">
         <is>
-          <t>AR15755</t>
+          <t>AR15748</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C213" s="2" t="inlineStr">
         <is>
-          <t>BOAX-SF PN16 DN300 T43g6k6gXU MR50</t>
+          <t>ISORIA 10 DN250 T4 PN16 3g6k6XV - MR 25</t>
         </is>
       </c>
       <c r="D213" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E213" t="inlineStr">
         <is>
-          <t>BOAX-S/SF</t>
+          <t>ISORIA 10</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
-          <t>DN300</t>
+          <t>DN250</t>
         </is>
       </c>
       <c r="G213" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H213" t="inlineStr">
         <is>
-          <t>63.50</t>
+          <t>67.00</t>
         </is>
       </c>
       <c r="I213" t="inlineStr"/>
       <c r="J213" t="inlineStr">
         <is>
-          <t>1090.47 €</t>
+          <t>1695.33 €</t>
         </is>
       </c>
       <c r="K213" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="214" ht="15" customHeight="1">
       <c r="A214" t="inlineStr">
         <is>
-          <t>AR15756</t>
+          <t>AR15755</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C214" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 10 PN10 DN50 T4 3G6K6XA Actair NG 2 F03/F05</t>
+          <t>BOAX-SF PN16 DN300 T43g6k6gXU MR50</t>
         </is>
       </c>
       <c r="D214" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E214" t="inlineStr">
         <is>
-          <t>ISORIA 10</t>
+          <t>BOAX-S/SF</t>
         </is>
       </c>
       <c r="F214" t="inlineStr">
         <is>
-          <t>DN050</t>
+          <t>DN300</t>
         </is>
       </c>
       <c r="G214" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H214" t="inlineStr">
         <is>
-          <t>3.00</t>
+          <t>63.50</t>
         </is>
       </c>
       <c r="I214" t="inlineStr"/>
       <c r="J214" t="inlineStr">
         <is>
-          <t>250.84 €</t>
+          <t>1090.47 €</t>
         </is>
       </c>
       <c r="K214" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="215" ht="15" customHeight="1">
       <c r="A215" t="inlineStr">
         <is>
-          <t>AR15773</t>
+          <t>AR15756</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C215" s="2" t="inlineStr">
         <is>
-          <t>BOAX-SF PN10 DN250 T43g6k6gXU MR25</t>
+          <t>ISORIA 10 PN10 DN50 T4 3G6K6XA Actair NG 2 F03/F05</t>
         </is>
       </c>
       <c r="D215" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E215" t="inlineStr">
         <is>
-          <t>BOAX-S/SF</t>
+          <t>ISORIA 10</t>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
-          <t>DN250</t>
+          <t>DN050</t>
         </is>
       </c>
       <c r="G215" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H215" t="inlineStr">
         <is>
-          <t>43.00</t>
+          <t>3.00</t>
         </is>
       </c>
       <c r="I215" t="inlineStr"/>
       <c r="J215" t="inlineStr">
         <is>
-          <t>824.80 €</t>
+          <t>250.84 €</t>
         </is>
       </c>
       <c r="K215" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="216" ht="30" customHeight="1">
+    <row r="216" ht="15" customHeight="1">
       <c r="A216" t="inlineStr">
         <is>
-          <t>AR15887</t>
+          <t>AR15773</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C216" s="2" t="inlineStr">
         <is>
-          <t>Komplettset plombierbare Handradkappe für BOA-W DN150PN16/DN200 PN6/16</t>
+          <t>BOAX-SF PN10 DN250 T43g6k6gXU MR25</t>
         </is>
       </c>
       <c r="D216" t="inlineStr">
         <is>
-          <t>Zubehör &amp; Ersatzteile</t>
+          <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E216" t="inlineStr">
         <is>
-          <t>BOA-W</t>
+          <t>BOAX-S/SF</t>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
-          <t>DN150;DN200</t>
+          <t>DN250</t>
         </is>
       </c>
       <c r="G216" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H216" t="inlineStr">
         <is>
-          <t>11.00</t>
+          <t>43.00</t>
         </is>
       </c>
       <c r="I216" t="inlineStr"/>
       <c r="J216" t="inlineStr">
         <is>
-          <t>559.20 €</t>
+          <t>824.80 €</t>
         </is>
       </c>
       <c r="K216" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="217" ht="30" customHeight="1">
       <c r="A217" t="inlineStr">
         <is>
-          <t>AR15888</t>
+          <t>AR15887</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C217" s="2" t="inlineStr">
         <is>
-          <t>Komplettset plombierbare Handradkappe für BOA-W DN80/100 PN16/DN125 PN6/16</t>
+          <t>Komplettset plombierbare Handradkappe für BOA-W DN150PN16/DN200 PN6/16</t>
         </is>
       </c>
       <c r="D217" t="inlineStr">
         <is>
           <t>Zubehör &amp; Ersatzteile</t>
         </is>
       </c>
       <c r="E217" t="inlineStr">
         <is>
           <t>BOA-W</t>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
-          <t>DN100;DN125;DN080</t>
+          <t>DN150;DN200</t>
         </is>
       </c>
       <c r="G217" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H217" t="inlineStr">
         <is>
-          <t>5.00</t>
+          <t>11.00</t>
         </is>
       </c>
       <c r="I217" t="inlineStr"/>
       <c r="J217" t="inlineStr">
         <is>
-          <t>172.40 €</t>
+          <t>559.20 €</t>
         </is>
       </c>
       <c r="K217" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="218" ht="15" customHeight="1">
+    <row r="218" ht="30" customHeight="1">
       <c r="A218" t="inlineStr">
         <is>
-          <t>AR15889</t>
+          <t>AR15888</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C218" s="2" t="inlineStr">
         <is>
-          <t>KAPPE   BOA-CONTROL DN200 BG</t>
+          <t>Komplettset plombierbare Handradkappe für BOA-W DN80/100 PN16/DN125 PN6/16</t>
         </is>
       </c>
       <c r="D218" t="inlineStr">
         <is>
-          <t>Regulierventile</t>
+          <t>Zubehör &amp; Ersatzteile</t>
         </is>
       </c>
       <c r="E218" t="inlineStr">
         <is>
-          <t>BOA-Control</t>
+          <t>BOA-W</t>
         </is>
       </c>
       <c r="F218" t="inlineStr">
         <is>
-          <t>DN200</t>
+          <t>DN100;DN125;DN080</t>
         </is>
       </c>
       <c r="G218" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H218" t="inlineStr">
         <is>
-          <t>1.50</t>
+          <t>5.00</t>
         </is>
       </c>
       <c r="I218" t="inlineStr"/>
       <c r="J218" t="inlineStr">
         <is>
-          <t>27.60 €</t>
+          <t>172.40 €</t>
         </is>
       </c>
       <c r="K218" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="219" ht="30" customHeight="1">
+    <row r="219" ht="15" customHeight="1">
       <c r="A219" t="inlineStr">
         <is>
-          <t>AR15890</t>
+          <t>AR15889</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C219" s="2" t="inlineStr">
         <is>
-          <t>Kappe zu BOA-C DN 15-25 PN 6/16 (Hubanzeige am Handrad)</t>
+          <t>KAPPE   BOA-CONTROL DN200 BG</t>
         </is>
       </c>
       <c r="D219" t="inlineStr">
         <is>
-          <t>Zubehör &amp; Ersatzteile</t>
+          <t>Regulierventile</t>
         </is>
       </c>
       <c r="E219" t="inlineStr">
         <is>
-          <t>BOA-Compact</t>
+          <t>BOA-Control</t>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
-          <t>DN015</t>
+          <t>DN200</t>
         </is>
       </c>
       <c r="G219" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H219" t="inlineStr">
         <is>
           <t>1.50</t>
         </is>
       </c>
       <c r="I219" t="inlineStr"/>
       <c r="J219" t="inlineStr">
         <is>
-          <t>5.22 €</t>
+          <t>27.60 €</t>
         </is>
       </c>
       <c r="K219" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="220" ht="15" customHeight="1">
+    <row r="220" ht="30" customHeight="1">
       <c r="A220" t="inlineStr">
         <is>
-          <t>AR15891</t>
+          <t>AR15890</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C220" s="2" t="inlineStr">
         <is>
-          <t>Kappe zu BOA-C IMS Alt  DN 32/50 KOMPL.</t>
+          <t>Kappe zu BOA-C DN 15-25 PN 6/16 (Hubanzeige am Handrad)</t>
         </is>
       </c>
       <c r="D220" t="inlineStr">
         <is>
-          <t>Regulierventile</t>
+          <t>Zubehör &amp; Ersatzteile</t>
         </is>
       </c>
       <c r="E220" t="inlineStr">
         <is>
           <t>BOA-Compact</t>
         </is>
       </c>
-      <c r="F220" t="inlineStr"/>
+      <c r="F220" t="inlineStr">
+        <is>
+          <t>DN015</t>
+        </is>
+      </c>
       <c r="G220" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H220" t="inlineStr">
         <is>
-          <t>1.00</t>
+          <t>1.50</t>
         </is>
       </c>
       <c r="I220" t="inlineStr"/>
       <c r="J220" t="inlineStr">
         <is>
-          <t>10.96 €</t>
+          <t>5.22 €</t>
         </is>
       </c>
       <c r="K220" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="221" ht="30" customHeight="1">
+    <row r="221" ht="15" customHeight="1">
       <c r="A221" t="inlineStr">
         <is>
-          <t>AR15892</t>
+          <t>AR15891</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C221" s="2" t="inlineStr">
         <is>
-          <t>Kappe zu BOA-C DN 80-100 Alt PN 6/16 (Hubanzeige am Handrad)</t>
+          <t>Kappe zu BOA-C IMS Alt  DN 32/50 KOMPL.</t>
         </is>
       </c>
       <c r="D221" t="inlineStr">
         <is>
-          <t>Zubehör &amp; Ersatzteile</t>
+          <t>Regulierventile</t>
         </is>
       </c>
       <c r="E221" t="inlineStr">
         <is>
           <t>BOA-Compact</t>
         </is>
       </c>
-      <c r="F221" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F221" t="inlineStr"/>
       <c r="G221" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H221" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
       <c r="I221" t="inlineStr"/>
       <c r="J221" t="inlineStr">
         <is>
-          <t>8.00 €</t>
+          <t>10.96 €</t>
         </is>
       </c>
       <c r="K221" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="222" ht="30" customHeight="1">
       <c r="A222" t="inlineStr">
         <is>
-          <t>AR15893</t>
+          <t>AR15892</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C222" s="2" t="inlineStr">
         <is>
-          <t>Kappe zu BOA-SuperCompact  DN 200PN 6/10/16 (inkl. Öffnungsanzeige, Hubbegrenzung)</t>
+          <t>Kappe zu BOA-C DN 80-100 Alt PN 6/16 (Hubanzeige am Handrad)</t>
         </is>
       </c>
       <c r="D222" t="inlineStr">
         <is>
           <t>Zubehör &amp; Ersatzteile</t>
         </is>
       </c>
       <c r="E222" t="inlineStr">
         <is>
-          <t>BOA-SuperCompact</t>
+          <t>BOA-Compact</t>
         </is>
       </c>
       <c r="F222" t="inlineStr">
         <is>
-          <t>DN200</t>
+          <t>DN100;DN080</t>
         </is>
       </c>
       <c r="G222" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H222" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
       <c r="I222" t="inlineStr"/>
       <c r="J222" t="inlineStr">
         <is>
-          <t>25.26 €</t>
+          <t>8.00 €</t>
         </is>
       </c>
       <c r="K222" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="223" ht="15" customHeight="1">
+    <row r="223" ht="30" customHeight="1">
       <c r="A223" t="inlineStr">
         <is>
-          <t>AR15993</t>
+          <t>AR15893</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C223" s="2" t="inlineStr">
         <is>
-          <t>SERIE 2000 cl.PN16 DN50 PN10/16 3t6X 1A</t>
+          <t>Kappe zu BOA-SuperCompact  DN 200PN 6/10/16 (inkl. Öffnungsanzeige, Hubbegrenzung)</t>
         </is>
       </c>
       <c r="D223" t="inlineStr">
         <is>
-          <t>Rückflussverhinderer</t>
+          <t>Zubehör &amp; Ersatzteile</t>
         </is>
       </c>
       <c r="E223" t="inlineStr">
         <is>
-          <t>Serie 2000</t>
+          <t>BOA-SuperCompact</t>
         </is>
       </c>
       <c r="F223" t="inlineStr">
         <is>
-          <t>DN050</t>
+          <t>DN200</t>
         </is>
       </c>
       <c r="G223" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H223" t="inlineStr">
         <is>
-          <t>3.50</t>
+          <t>1.00</t>
         </is>
       </c>
       <c r="I223" t="inlineStr"/>
       <c r="J223" t="inlineStr">
         <is>
-          <t>71.21 €</t>
+          <t>25.26 €</t>
         </is>
       </c>
       <c r="K223" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="224" ht="15" customHeight="1">
       <c r="A224" t="inlineStr">
         <is>
-          <t>AR15994</t>
+          <t>AR15993</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C224" s="2" t="inlineStr">
         <is>
-          <t>SERIE 2000 cl.PN16 DN250 PN16 3t3gX 1A</t>
+          <t>SERIE 2000 cl.PN16 DN50 PN10/16 3t6X 1A</t>
         </is>
       </c>
       <c r="D224" t="inlineStr">
         <is>
           <t>Rückflussverhinderer</t>
         </is>
       </c>
       <c r="E224" t="inlineStr">
         <is>
           <t>Serie 2000</t>
         </is>
       </c>
       <c r="F224" t="inlineStr">
         <is>
-          <t>DN250</t>
+          <t>DN050</t>
         </is>
       </c>
       <c r="G224" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H224" t="inlineStr">
         <is>
-          <t>27.00</t>
+          <t>3.50</t>
         </is>
       </c>
       <c r="I224" t="inlineStr"/>
       <c r="J224" t="inlineStr">
         <is>
-          <t>561.05 €</t>
+          <t>71.21 €</t>
         </is>
       </c>
       <c r="K224" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="225" ht="15" customHeight="1">
       <c r="A225" t="inlineStr">
         <is>
-          <t>AR15995</t>
+          <t>AR15994</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C225" s="2" t="inlineStr">
         <is>
-          <t>SERIE 2000 cl.150 DN80 PN25 16X 1B</t>
+          <t>SERIE 2000 cl.PN16 DN250 PN16 3t3gX 1A</t>
         </is>
       </c>
       <c r="D225" t="inlineStr">
         <is>
           <t>Rückflussverhinderer</t>
         </is>
       </c>
       <c r="E225" t="inlineStr">
         <is>
           <t>Serie 2000</t>
         </is>
       </c>
       <c r="F225" t="inlineStr">
         <is>
-          <t>DN080</t>
+          <t>DN250</t>
         </is>
       </c>
       <c r="G225" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H225" t="inlineStr">
         <is>
-          <t>4.50</t>
+          <t>27.00</t>
         </is>
       </c>
       <c r="I225" t="inlineStr"/>
       <c r="J225" t="inlineStr">
         <is>
-          <t>368.27 €</t>
+          <t>561.05 €</t>
         </is>
       </c>
       <c r="K225" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="226" ht="30" customHeight="1">
+    <row r="226" ht="15" customHeight="1">
       <c r="A226" t="inlineStr">
         <is>
-          <t>AR16035</t>
+          <t>AR15995</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C226" s="2" t="inlineStr">
         <is>
-          <t>COSMO RUECKSCHLAGVENTIL Typ F-N PN 6-16 DN 50, Zwischenflansch,MS 58,Niroteller</t>
+          <t>SERIE 2000 cl.150 DN80 PN25 16X 1B</t>
         </is>
       </c>
       <c r="D226" t="inlineStr">
         <is>
           <t>Rückflussverhinderer</t>
         </is>
       </c>
       <c r="E226" t="inlineStr">
         <is>
-          <t>BOA-RVK</t>
+          <t>Serie 2000</t>
         </is>
       </c>
       <c r="F226" t="inlineStr">
         <is>
-          <t>DN050</t>
+          <t>DN080</t>
         </is>
       </c>
       <c r="G226" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H226" t="inlineStr">
         <is>
-          <t>1.50</t>
+          <t>4.50</t>
         </is>
       </c>
       <c r="I226" t="inlineStr"/>
       <c r="J226" t="inlineStr">
         <is>
-          <t>86.10 €</t>
+          <t>368.27 €</t>
         </is>
       </c>
       <c r="K226" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="227" ht="30" customHeight="1">
       <c r="A227" t="inlineStr">
         <is>
-          <t>AR16036</t>
+          <t>AR16035</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C227" s="2" t="inlineStr">
         <is>
-          <t>Pneumatischer Stellantrieb DIR/2006/42/CE für HERA DN300</t>
-[...3 lines deleted...]
-      <c r="E227" t="inlineStr"/>
+          <t>COSMO RUECKSCHLAGVENTIL Typ F-N PN 6-16 DN 50, Zwischenflansch,MS 58,Niroteller</t>
+        </is>
+      </c>
+      <c r="D227" t="inlineStr">
+        <is>
+          <t>Rückflussverhinderer</t>
+        </is>
+      </c>
+      <c r="E227" t="inlineStr">
+        <is>
+          <t>BOA-RVK</t>
+        </is>
+      </c>
       <c r="F227" t="inlineStr">
         <is>
-          <t>DN300</t>
+          <t>DN050</t>
         </is>
       </c>
       <c r="G227" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H227" t="inlineStr">
         <is>
-          <t>42.00</t>
+          <t>1.50</t>
         </is>
       </c>
       <c r="I227" t="inlineStr"/>
       <c r="J227" t="inlineStr">
         <is>
-          <t>1231.60 €</t>
-[...4 lines deleted...]
-    <row r="228" ht="15" customHeight="1">
+          <t>86.10 €</t>
+        </is>
+      </c>
+      <c r="K227" t="inlineStr">
+        <is>
+          <t>ABResale</t>
+        </is>
+      </c>
+    </row>
+    <row r="228" ht="30" customHeight="1">
       <c r="A228" t="inlineStr">
         <is>
-          <t>AR16073</t>
+          <t>AR16036</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C228" s="2" t="inlineStr">
         <is>
-          <t>KIT THERMO. BOAX-S/SF DN65/80  0/+140 C, LG 180mm</t>
-[...12 lines deleted...]
-      <c r="F228" t="inlineStr"/>
+          <t>Pneumatischer Stellantrieb DIR/2006/42/CE für HERA DN300</t>
+        </is>
+      </c>
+      <c r="D228" t="inlineStr"/>
+      <c r="E228" t="inlineStr"/>
+      <c r="F228" t="inlineStr">
+        <is>
+          <t>DN300</t>
+        </is>
+      </c>
       <c r="G228" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H228" t="inlineStr">
         <is>
-          <t>0.50</t>
+          <t>42.00</t>
         </is>
       </c>
       <c r="I228" t="inlineStr"/>
       <c r="J228" t="inlineStr">
         <is>
-          <t>28.44 €</t>
-[...8 lines deleted...]
-    <row r="229" ht="30" customHeight="1">
+          <t>1231.60 €</t>
+        </is>
+      </c>
+      <c r="K228" t="inlineStr"/>
+    </row>
+    <row r="229" ht="15" customHeight="1">
       <c r="A229" t="inlineStr">
         <is>
-          <t>AR16076</t>
+          <t>AR16073</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C229" s="2" t="inlineStr">
         <is>
-          <t>BOAXMAT-S PN6/10/16 DN250 T23g6k6gXU AQ25 220-230Vac 1Ph 50/60Hz</t>
+          <t>KIT THERMO. BOAX-S/SF DN65/80  0/+140 C, LG 180mm</t>
         </is>
       </c>
       <c r="D229" t="inlineStr">
         <is>
-          <t>Absperrklappen</t>
+          <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
       <c r="E229" t="inlineStr">
         <is>
           <t>BOAX-S/SF</t>
         </is>
       </c>
-      <c r="F229" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F229" t="inlineStr"/>
       <c r="G229" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H229" t="inlineStr">
         <is>
-          <t>45.00</t>
+          <t>0.50</t>
         </is>
       </c>
       <c r="I229" t="inlineStr"/>
       <c r="J229" t="inlineStr">
         <is>
-          <t>1137.85 €</t>
+          <t>28.44 €</t>
         </is>
       </c>
       <c r="K229" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="230" ht="15" customHeight="1">
+    <row r="230" ht="30" customHeight="1">
       <c r="A230" t="inlineStr">
         <is>
-          <t>AR16154</t>
+          <t>AR16076</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C230" s="2" t="inlineStr">
         <is>
-          <t>Bernard AQ15 F03/03 DD11 adaption F07 220-230V 1Ph</t>
+          <t>BOAXMAT-S PN6/10/16 DN250 T23g6k6gXU AQ25 220-230Vac 1Ph 50/60Hz</t>
         </is>
       </c>
       <c r="D230" t="inlineStr">
         <is>
-          <t>Absperrklappen-Zubehör</t>
-[...2 lines deleted...]
-      <c r="E230" t="inlineStr"/>
+          <t>Absperrklappen</t>
+        </is>
+      </c>
+      <c r="E230" t="inlineStr">
+        <is>
+          <t>BOAX-S/SF</t>
+        </is>
+      </c>
       <c r="F230" t="inlineStr">
         <is>
-          <t>DN150;DN100;DN125</t>
+          <t>DN250</t>
         </is>
       </c>
       <c r="G230" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H230" t="inlineStr">
         <is>
-          <t>23.00</t>
+          <t>45.00</t>
         </is>
       </c>
       <c r="I230" t="inlineStr"/>
       <c r="J230" t="inlineStr">
         <is>
-          <t>443.03 €</t>
+          <t>1137.85 €</t>
         </is>
       </c>
       <c r="K230" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="231" ht="15" customHeight="1">
       <c r="A231" t="inlineStr">
         <is>
-          <t>AR16160</t>
+          <t>AR16154</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C231" s="2" t="inlineStr">
         <is>
-          <t>DANAIS150 PN16 DN125 T4 16e6FB 2B MR25</t>
+          <t>Bernard AQ15 F03/03 DD11 adaption F07 220-230V 1Ph</t>
         </is>
       </c>
       <c r="D231" t="inlineStr">
         <is>
-          <t>Absperrklappen</t>
-[...6 lines deleted...]
-      </c>
+          <t>Absperrklappen-Zubehör</t>
+        </is>
+      </c>
+      <c r="E231" t="inlineStr"/>
       <c r="F231" t="inlineStr">
         <is>
-          <t>DN125</t>
+          <t>DN150;DN100;DN125</t>
         </is>
       </c>
       <c r="G231" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H231" t="inlineStr">
         <is>
-          <t>17.30</t>
+          <t>23.00</t>
         </is>
       </c>
       <c r="I231" t="inlineStr"/>
       <c r="J231" t="inlineStr">
         <is>
-          <t>1750.89 €</t>
+          <t>443.03 €</t>
         </is>
       </c>
       <c r="K231" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="232" ht="15" customHeight="1">
       <c r="A232" t="inlineStr">
         <is>
-          <t>AR16191</t>
+          <t>AR16160</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C232" s="2" t="inlineStr">
         <is>
-          <t>BOA-CVP H PN16 DN100 feder schließend</t>
+          <t>DANAIS150 PN16 DN125 T4 16e6FB 2B MR25</t>
         </is>
       </c>
       <c r="D232" t="inlineStr">
         <is>
-          <t>Regulierventile</t>
+          <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E232" t="inlineStr">
         <is>
-          <t>BOA-CVP H</t>
+          <t>DANAIS150</t>
         </is>
       </c>
       <c r="F232" t="inlineStr">
         <is>
-          <t>DN100</t>
+          <t>DN125</t>
         </is>
       </c>
       <c r="G232" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig;A: neu / standard</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H232" t="inlineStr">
         <is>
-          <t>42.50</t>
+          <t>17.30</t>
         </is>
       </c>
       <c r="I232" t="inlineStr"/>
       <c r="J232" t="inlineStr">
         <is>
-          <t>1973.53 €</t>
+          <t>1750.89 €</t>
         </is>
       </c>
       <c r="K232" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="233" ht="15" customHeight="1">
       <c r="A233" t="inlineStr">
         <is>
-          <t>AR16227</t>
+          <t>AR16191</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C233" s="2" t="inlineStr">
         <is>
-          <t>ACTAIR NG 20 F07/10 DD19</t>
+          <t>BOA-CVP H PN16 DN100 feder schließend</t>
         </is>
       </c>
       <c r="D233" t="inlineStr">
         <is>
-          <t>Absperrklappen-Zubehör</t>
+          <t>Regulierventile</t>
         </is>
       </c>
       <c r="E233" t="inlineStr">
         <is>
-          <t>ACTAIR</t>
-[...2 lines deleted...]
-      <c r="F233" t="inlineStr"/>
+          <t>BOA-CVP H</t>
+        </is>
+      </c>
+      <c r="F233" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
       <c r="G233" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: ungebraucht / neuwertig;A: neu / standard</t>
         </is>
       </c>
       <c r="H233" t="inlineStr">
         <is>
-          <t>8.00</t>
+          <t>42.50</t>
         </is>
       </c>
       <c r="I233" t="inlineStr"/>
       <c r="J233" t="inlineStr">
         <is>
-          <t>294.68 €</t>
+          <t>1973.53 €</t>
         </is>
       </c>
       <c r="K233" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="234" ht="30" customHeight="1">
+    <row r="234" ht="15" customHeight="1">
       <c r="A234" t="inlineStr">
         <is>
-          <t>AR16228</t>
+          <t>AR16227</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C234" s="2" t="inlineStr">
         <is>
-          <t>MANSCHETTE  VC GAMMA DN40 RINGBALG - GAMMA DN40 (Viton)</t>
+          <t>ACTAIR NG 20 F07/10 DD19</t>
         </is>
       </c>
       <c r="D234" t="inlineStr">
         <is>
           <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
       <c r="E234" t="inlineStr">
         <is>
-          <t>GAMMA</t>
-[...6 lines deleted...]
-      </c>
+          <t>ACTAIR</t>
+        </is>
+      </c>
+      <c r="F234" t="inlineStr"/>
       <c r="G234" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H234" t="inlineStr">
         <is>
-          <t>5.00</t>
+          <t>8.00</t>
         </is>
       </c>
       <c r="I234" t="inlineStr"/>
       <c r="J234" t="inlineStr">
         <is>
-          <t>706.03 €</t>
+          <t>294.68 €</t>
         </is>
       </c>
       <c r="K234" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="235" ht="30" customHeight="1">
       <c r="A235" t="inlineStr">
         <is>
-          <t>AR16229</t>
+          <t>AR16228</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C235" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 10 PN10 DN350 T2 3G6K2K  mit freiem Wellenende</t>
+          <t>MANSCHETTE  VC GAMMA DN40 RINGBALG - GAMMA DN40 (Viton)</t>
         </is>
       </c>
       <c r="D235" t="inlineStr">
         <is>
-          <t>Absperrklappen</t>
+          <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
       <c r="E235" t="inlineStr">
         <is>
-          <t>ISORIA 10</t>
+          <t>GAMMA</t>
         </is>
       </c>
       <c r="F235" t="inlineStr">
         <is>
-          <t>DN350</t>
+          <t>DN450;DN040</t>
         </is>
       </c>
       <c r="G235" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H235" t="inlineStr">
         <is>
-          <t>90.00</t>
+          <t>5.00</t>
         </is>
       </c>
       <c r="I235" t="inlineStr"/>
       <c r="J235" t="inlineStr">
         <is>
-          <t>2703.50 €</t>
+          <t>706.03 €</t>
         </is>
       </c>
       <c r="K235" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="236" ht="15" customHeight="1">
+    <row r="236" ht="30" customHeight="1">
       <c r="A236" t="inlineStr">
         <is>
-          <t>AR16572</t>
+          <t>AR16229</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C236" s="2" t="inlineStr">
         <is>
-          <t>BOAX-SF PN16 DN500 T43g6gK Getriebe MR100</t>
+          <t>ISORIA 10 PN10 DN350 T2 3G6K2K  mit freiem Wellenende</t>
         </is>
       </c>
       <c r="D236" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E236" t="inlineStr">
         <is>
-          <t>BOAX-S/SF</t>
+          <t>ISORIA 10</t>
         </is>
       </c>
       <c r="F236" t="inlineStr">
         <is>
-          <t>DN500</t>
+          <t>DN350</t>
         </is>
       </c>
       <c r="G236" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H236" t="inlineStr">
         <is>
-          <t>203.00</t>
+          <t>90.00</t>
         </is>
       </c>
       <c r="I236" t="inlineStr"/>
       <c r="J236" t="inlineStr">
         <is>
-          <t>4032.20 €</t>
+          <t>2703.50 €</t>
         </is>
       </c>
       <c r="K236" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="237" ht="15" customHeight="1">
       <c r="A237" t="inlineStr">
         <is>
-          <t>AR16584-01</t>
+          <t>AR16572</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C237" s="2" t="inlineStr">
         <is>
-          <t>BOAX-S PN16 DN500 T23g6gK MR100</t>
-[...5 lines deleted...]
-      <c r="G237" t="inlineStr"/>
+          <t>BOAX-SF PN16 DN500 T43g6gK Getriebe MR100</t>
+        </is>
+      </c>
+      <c r="D237" t="inlineStr">
+        <is>
+          <t>Absperrklappen</t>
+        </is>
+      </c>
+      <c r="E237" t="inlineStr">
+        <is>
+          <t>BOAX-S/SF</t>
+        </is>
+      </c>
+      <c r="F237" t="inlineStr">
+        <is>
+          <t>DN500</t>
+        </is>
+      </c>
+      <c r="G237" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
       <c r="H237" t="inlineStr">
         <is>
-          <t>167.00</t>
+          <t>203.00</t>
         </is>
       </c>
       <c r="I237" t="inlineStr"/>
       <c r="J237" t="inlineStr">
         <is>
-          <t>2000.00 €</t>
+          <t>4032.20 €</t>
         </is>
       </c>
       <c r="K237" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="238" ht="15" customHeight="1">
       <c r="A238" t="inlineStr">
         <is>
-          <t>AR16626</t>
+          <t>AR16584-01</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C238" s="2" t="inlineStr">
         <is>
-          <t>BOAX-S PN10 DN450 T23g6gK MR100</t>
-[...21 lines deleted...]
-      </c>
+          <t>BOAX-S PN16 DN500 T23g6gK MR100</t>
+        </is>
+      </c>
+      <c r="D238" t="inlineStr"/>
+      <c r="E238" t="inlineStr"/>
+      <c r="F238" t="inlineStr"/>
+      <c r="G238" t="inlineStr"/>
       <c r="H238" t="inlineStr">
         <is>
-          <t>142.00</t>
+          <t>167.00</t>
         </is>
       </c>
       <c r="I238" t="inlineStr"/>
       <c r="J238" t="inlineStr">
         <is>
-          <t>2862.78 €</t>
+          <t>2000.00 €</t>
         </is>
       </c>
       <c r="K238" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="239" ht="15" customHeight="1">
       <c r="A239" t="inlineStr">
         <is>
-          <t>AR16627</t>
+          <t>AR16626</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C239" s="2" t="inlineStr">
         <is>
-          <t>BOAX-S PN16 DN450 T23g6gK MR100</t>
+          <t>BOAX-S PN10 DN450 T23g6gK MR100</t>
         </is>
       </c>
       <c r="D239" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E239" t="inlineStr">
         <is>
           <t>BOAX-S/SF</t>
         </is>
       </c>
       <c r="F239" t="inlineStr">
         <is>
           <t>DN450</t>
         </is>
       </c>
       <c r="G239" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H239" t="inlineStr">
         <is>
           <t>142.00</t>
         </is>
       </c>
       <c r="I239" t="inlineStr"/>
       <c r="J239" t="inlineStr">
         <is>
           <t>2862.78 €</t>
         </is>
       </c>
       <c r="K239" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="240" ht="15" customHeight="1">
       <c r="A240" t="inlineStr">
         <is>
-          <t>AR16629</t>
+          <t>AR16627</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C240" s="2" t="inlineStr">
         <is>
-          <t>BOAX-S PN10 DN450 T23g6gXU MR100</t>
+          <t>BOAX-S PN16 DN450 T23g6gK MR100</t>
         </is>
       </c>
       <c r="D240" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E240" t="inlineStr">
         <is>
           <t>BOAX-S/SF</t>
         </is>
       </c>
       <c r="F240" t="inlineStr">
         <is>
           <t>DN450</t>
         </is>
       </c>
       <c r="G240" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H240" t="inlineStr">
         <is>
           <t>142.00</t>
         </is>
       </c>
       <c r="I240" t="inlineStr"/>
       <c r="J240" t="inlineStr">
         <is>
-          <t>2579.97 €</t>
+          <t>2862.78 €</t>
         </is>
       </c>
       <c r="K240" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="241" ht="15" customHeight="1">
       <c r="A241" t="inlineStr">
         <is>
-          <t>AR16630</t>
+          <t>AR16629</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C241" s="2" t="inlineStr">
         <is>
-          <t>BOAX-SF PN10 DN400 T43g6gK MR100</t>
+          <t>BOAX-S PN10 DN450 T23g6gXU MR100</t>
         </is>
       </c>
       <c r="D241" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E241" t="inlineStr">
         <is>
           <t>BOAX-S/SF</t>
         </is>
       </c>
       <c r="F241" t="inlineStr">
         <is>
-          <t>DN400</t>
+          <t>DN450</t>
         </is>
       </c>
       <c r="G241" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H241" t="inlineStr">
         <is>
-          <t>122.00</t>
+          <t>142.00</t>
         </is>
       </c>
       <c r="I241" t="inlineStr"/>
       <c r="J241" t="inlineStr">
         <is>
-          <t>2731.46 €</t>
+          <t>2579.97 €</t>
         </is>
       </c>
       <c r="K241" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="242" ht="15" customHeight="1">
       <c r="A242" t="inlineStr">
         <is>
-          <t>AR16631</t>
+          <t>AR16630</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C242" s="2" t="inlineStr">
         <is>
-          <t>BOAX-S PN16 DN400 T23g6gK MR100</t>
+          <t>BOAX-SF PN10 DN400 T43g6gK MR100</t>
         </is>
       </c>
       <c r="D242" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E242" t="inlineStr">
         <is>
           <t>BOAX-S/SF</t>
         </is>
       </c>
       <c r="F242" t="inlineStr">
         <is>
           <t>DN400</t>
         </is>
       </c>
       <c r="G242" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H242" t="inlineStr">
         <is>
           <t>122.00</t>
         </is>
       </c>
       <c r="I242" t="inlineStr"/>
       <c r="J242" t="inlineStr">
         <is>
-          <t>2192.80 €</t>
+          <t>2731.46 €</t>
         </is>
       </c>
       <c r="K242" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="243" ht="15" customHeight="1">
       <c r="A243" t="inlineStr">
         <is>
-          <t>AR16632</t>
+          <t>AR16631</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C243" s="2" t="inlineStr">
         <is>
-          <t>BOAX-S PN16 DN500 T23g6gXU MR100</t>
+          <t>BOAX-S PN16 DN400 T23g6gK MR100</t>
         </is>
       </c>
       <c r="D243" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E243" t="inlineStr">
         <is>
           <t>BOAX-S/SF</t>
         </is>
       </c>
       <c r="F243" t="inlineStr">
         <is>
-          <t>DN500</t>
+          <t>DN400</t>
         </is>
       </c>
       <c r="G243" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H243" t="inlineStr">
         <is>
-          <t>172.00</t>
+          <t>122.00</t>
         </is>
       </c>
       <c r="I243" t="inlineStr"/>
       <c r="J243" t="inlineStr">
         <is>
-          <t>3532.77 €</t>
+          <t>2192.80 €</t>
         </is>
       </c>
       <c r="K243" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="244" ht="15" customHeight="1">
       <c r="A244" t="inlineStr">
         <is>
-          <t>AR16634</t>
+          <t>AR16632</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C244" s="2" t="inlineStr">
         <is>
-          <t>BOAX-B PN10 DN200 T43g6k6gVC MN25</t>
+          <t>BOAX-S PN16 DN500 T23g6gXU MR100</t>
         </is>
       </c>
       <c r="D244" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E244" t="inlineStr">
         <is>
-          <t>BOAX-B</t>
+          <t>BOAX-S/SF</t>
         </is>
       </c>
       <c r="F244" t="inlineStr">
         <is>
-          <t>DN200</t>
+          <t>DN500</t>
         </is>
       </c>
       <c r="G244" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H244" t="inlineStr">
         <is>
-          <t>30.00</t>
+          <t>172.00</t>
         </is>
       </c>
       <c r="I244" t="inlineStr"/>
       <c r="J244" t="inlineStr">
         <is>
-          <t>650.41 €</t>
+          <t>3532.77 €</t>
         </is>
       </c>
       <c r="K244" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="245" ht="15" customHeight="1">
       <c r="A245" t="inlineStr">
         <is>
-          <t>AR16635</t>
+          <t>AR16634</t>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C245" s="2" t="inlineStr">
         <is>
-          <t>BOAX-B PN10 DN250 T43g6k6gVC MN25</t>
+          <t>BOAX-B PN10 DN200 T43g6k6gVC MN25</t>
         </is>
       </c>
       <c r="D245" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E245" t="inlineStr">
         <is>
           <t>BOAX-B</t>
         </is>
       </c>
       <c r="F245" t="inlineStr">
         <is>
-          <t>DN250</t>
+          <t>DN200</t>
         </is>
       </c>
       <c r="G245" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H245" t="inlineStr">
         <is>
-          <t>49.00</t>
+          <t>30.00</t>
         </is>
       </c>
       <c r="I245" t="inlineStr"/>
       <c r="J245" t="inlineStr">
         <is>
-          <t>977.90 €</t>
+          <t>650.41 €</t>
         </is>
       </c>
       <c r="K245" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="246" ht="15" customHeight="1">
       <c r="A246" t="inlineStr">
         <is>
-          <t>AR16636</t>
+          <t>AR16635</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C246" s="2" t="inlineStr">
         <is>
-          <t>BOAX-B PN10/16 DN150 T43g6k6gVC MN25</t>
+          <t>BOAX-B PN10 DN250 T43g6k6gVC MN25</t>
         </is>
       </c>
       <c r="D246" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E246" t="inlineStr">
         <is>
           <t>BOAX-B</t>
         </is>
       </c>
       <c r="F246" t="inlineStr">
         <is>
-          <t>DN150</t>
+          <t>DN250</t>
         </is>
       </c>
       <c r="G246" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H246" t="inlineStr">
         <is>
-          <t>20.00</t>
+          <t>49.00</t>
         </is>
       </c>
       <c r="I246" t="inlineStr"/>
       <c r="J246" t="inlineStr">
         <is>
-          <t>762.39 €</t>
+          <t>977.90 €</t>
         </is>
       </c>
       <c r="K246" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="247" ht="15" customHeight="1">
       <c r="A247" t="inlineStr">
         <is>
-          <t>AR16637</t>
+          <t>AR16636</t>
         </is>
       </c>
       <c r="B247" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C247" s="2" t="inlineStr">
         <is>
-          <t>BOAX-B PN10/16 DN50 T43g6k6gVC CR165</t>
+          <t>BOAX-B PN10/16 DN150 T43g6k6gVC MN25</t>
         </is>
       </c>
       <c r="D247" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E247" t="inlineStr">
         <is>
           <t>BOAX-B</t>
         </is>
       </c>
       <c r="F247" t="inlineStr">
         <is>
-          <t>DN050</t>
+          <t>DN150</t>
         </is>
       </c>
       <c r="G247" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H247" t="inlineStr">
         <is>
-          <t>5.00</t>
+          <t>20.00</t>
         </is>
       </c>
       <c r="I247" t="inlineStr"/>
       <c r="J247" t="inlineStr">
         <is>
-          <t>130.02 €</t>
+          <t>762.39 €</t>
         </is>
       </c>
       <c r="K247" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="248" ht="15" customHeight="1">
       <c r="A248" t="inlineStr">
         <is>
-          <t>AR16638</t>
+          <t>AR16637</t>
         </is>
       </c>
       <c r="B248" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C248" s="2" t="inlineStr">
         <is>
-          <t>BOAX-B PN10/16 DN200 T23g6k6gVC MN25</t>
+          <t>BOAX-B PN10/16 DN50 T43g6k6gVC CR165</t>
         </is>
       </c>
       <c r="D248" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E248" t="inlineStr">
         <is>
           <t>BOAX-B</t>
         </is>
       </c>
       <c r="F248" t="inlineStr">
         <is>
-          <t>DN200</t>
+          <t>DN050</t>
         </is>
       </c>
       <c r="G248" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H248" t="inlineStr">
         <is>
-          <t>20.00</t>
+          <t>5.00</t>
         </is>
       </c>
       <c r="I248" t="inlineStr"/>
       <c r="J248" t="inlineStr">
         <is>
-          <t>611.08 €</t>
+          <t>130.02 €</t>
         </is>
       </c>
       <c r="K248" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="249" ht="15" customHeight="1">
       <c r="A249" t="inlineStr">
         <is>
-          <t>AR17136</t>
+          <t>AR16638</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C249" s="2" t="inlineStr">
         <is>
-          <t>BOA-H PN 16 DN 20 EN-GJS-400-18-LT</t>
+          <t>BOAX-B PN10/16 DN200 T23g6k6gVC MN25</t>
         </is>
       </c>
       <c r="D249" t="inlineStr">
         <is>
-          <t>Absperrventile</t>
+          <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E249" t="inlineStr">
         <is>
-          <t>BOA-H/HE/HV/HEV</t>
+          <t>BOAX-B</t>
         </is>
       </c>
       <c r="F249" t="inlineStr">
         <is>
-          <t>DN020</t>
+          <t>DN200</t>
         </is>
       </c>
       <c r="G249" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H249" t="inlineStr">
         <is>
-          <t>6.10</t>
+          <t>20.00</t>
         </is>
       </c>
       <c r="I249" t="inlineStr"/>
       <c r="J249" t="inlineStr">
         <is>
-          <t>165.82 €</t>
+          <t>611.08 €</t>
         </is>
       </c>
       <c r="K249" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="250" ht="15" customHeight="1">
       <c r="A250" t="inlineStr">
         <is>
-          <t>AR17137</t>
+          <t>AR17136</t>
         </is>
       </c>
       <c r="B250" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C250" s="2" t="inlineStr">
         <is>
-          <t>BOA-H PN 16 DN 32 EN-GJS-400-18-LT</t>
+          <t>BOA-H PN 16 DN 20 EN-GJS-400-18-LT</t>
         </is>
       </c>
       <c r="D250" t="inlineStr">
         <is>
           <t>Absperrventile</t>
         </is>
       </c>
       <c r="E250" t="inlineStr">
         <is>
           <t>BOA-H/HE/HV/HEV</t>
         </is>
       </c>
       <c r="F250" t="inlineStr">
         <is>
-          <t>DN032</t>
+          <t>DN020</t>
         </is>
       </c>
       <c r="G250" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H250" t="inlineStr">
         <is>
-          <t>10.10</t>
+          <t>6.10</t>
         </is>
       </c>
       <c r="I250" t="inlineStr"/>
       <c r="J250" t="inlineStr">
         <is>
-          <t>233.27 €</t>
+          <t>165.82 €</t>
         </is>
       </c>
       <c r="K250" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="251" ht="15" customHeight="1">
       <c r="A251" t="inlineStr">
         <is>
-          <t>AR17138</t>
+          <t>AR17137</t>
         </is>
       </c>
       <c r="B251" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C251" s="2" t="inlineStr">
         <is>
-          <t>BOA-H PN 16 DN 40 EN-GJS-400-18-LT</t>
+          <t>BOA-H PN 16 DN 32 EN-GJS-400-18-LT</t>
         </is>
       </c>
       <c r="D251" t="inlineStr">
         <is>
           <t>Absperrventile</t>
         </is>
       </c>
       <c r="E251" t="inlineStr">
         <is>
           <t>BOA-H/HE/HV/HEV</t>
         </is>
       </c>
       <c r="F251" t="inlineStr">
         <is>
-          <t>DN040</t>
+          <t>DN032</t>
         </is>
       </c>
       <c r="G251" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H251" t="inlineStr">
         <is>
-          <t>10.50</t>
+          <t>10.10</t>
         </is>
       </c>
       <c r="I251" t="inlineStr"/>
       <c r="J251" t="inlineStr">
         <is>
-          <t>249.76 €</t>
+          <t>233.27 €</t>
         </is>
       </c>
       <c r="K251" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="252" ht="15" customHeight="1">
       <c r="A252" t="inlineStr">
         <is>
-          <t>AR17139</t>
+          <t>AR17138</t>
         </is>
       </c>
       <c r="B252" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C252" s="2" t="inlineStr">
         <is>
-          <t>BOA-H PN 16 DN 50 EN-GJS-400-18-LT</t>
+          <t>BOA-H PN 16 DN 40 EN-GJS-400-18-LT</t>
         </is>
       </c>
       <c r="D252" t="inlineStr">
         <is>
           <t>Absperrventile</t>
         </is>
       </c>
       <c r="E252" t="inlineStr">
         <is>
           <t>BOA-H/HE/HV/HEV</t>
         </is>
       </c>
       <c r="F252" t="inlineStr">
         <is>
-          <t>DN050</t>
+          <t>DN040</t>
         </is>
       </c>
       <c r="G252" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H252" t="inlineStr">
         <is>
-          <t>13.00</t>
+          <t>10.50</t>
         </is>
       </c>
       <c r="I252" t="inlineStr"/>
       <c r="J252" t="inlineStr">
         <is>
-          <t>316.86 €</t>
+          <t>249.76 €</t>
         </is>
       </c>
       <c r="K252" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="253" ht="15" customHeight="1">
       <c r="A253" t="inlineStr">
         <is>
-          <t>AR17162</t>
+          <t>AR17139</t>
         </is>
       </c>
       <c r="B253" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C253" s="2" t="inlineStr">
         <is>
-          <t>Edelstahlschieber BD, DN 125 HR + Viton</t>
+          <t>BOA-H PN 16 DN 50 EN-GJS-400-18-LT</t>
         </is>
       </c>
       <c r="D253" t="inlineStr">
         <is>
-          <t>Absperrschieber</t>
-[...2 lines deleted...]
-      <c r="E253" t="inlineStr"/>
+          <t>Absperrventile</t>
+        </is>
+      </c>
+      <c r="E253" t="inlineStr">
+        <is>
+          <t>BOA-H/HE/HV/HEV</t>
+        </is>
+      </c>
       <c r="F253" t="inlineStr">
         <is>
-          <t>DN125</t>
+          <t>DN050</t>
         </is>
       </c>
       <c r="G253" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
-      <c r="H253" t="inlineStr"/>
+      <c r="H253" t="inlineStr">
+        <is>
+          <t>13.00</t>
+        </is>
+      </c>
       <c r="I253" t="inlineStr"/>
       <c r="J253" t="inlineStr">
         <is>
-          <t>1179.57 €</t>
+          <t>316.86 €</t>
         </is>
       </c>
       <c r="K253" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="254" ht="15" customHeight="1">
       <c r="A254" t="inlineStr">
         <is>
-          <t>AR17163</t>
+          <t>AR17162</t>
         </is>
       </c>
       <c r="B254" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C254" s="2" t="inlineStr">
         <is>
           <t>Edelstahlschieber BD, DN 125 HR + Viton</t>
         </is>
       </c>
       <c r="D254" t="inlineStr">
         <is>
           <t>Absperrschieber</t>
         </is>
       </c>
       <c r="E254" t="inlineStr"/>
       <c r="F254" t="inlineStr">
         <is>
           <t>DN125</t>
         </is>
       </c>
       <c r="G254" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H254" t="inlineStr"/>
       <c r="I254" t="inlineStr"/>
       <c r="J254" t="inlineStr">
         <is>
-          <t>727.10 €</t>
+          <t>1179.57 €</t>
         </is>
       </c>
       <c r="K254" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="255" ht="15" customHeight="1">
       <c r="A255" t="inlineStr">
         <is>
-          <t>AR17164</t>
+          <t>AR17163</t>
         </is>
       </c>
       <c r="B255" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C255" s="2" t="inlineStr">
         <is>
-          <t>Edelstahlschieber BD, DN 125 HR + EPDM</t>
+          <t>Edelstahlschieber BD, DN 125 HR + Viton</t>
         </is>
       </c>
       <c r="D255" t="inlineStr">
         <is>
           <t>Absperrschieber</t>
         </is>
       </c>
       <c r="E255" t="inlineStr"/>
       <c r="F255" t="inlineStr">
         <is>
           <t>DN125</t>
         </is>
       </c>
       <c r="G255" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H255" t="inlineStr"/>
       <c r="I255" t="inlineStr"/>
       <c r="J255" t="inlineStr">
         <is>
-          <t>920.96 €</t>
+          <t>727.10 €</t>
         </is>
       </c>
       <c r="K255" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="256" ht="15" customHeight="1">
       <c r="A256" t="inlineStr">
         <is>
-          <t>AR17165</t>
+          <t>AR17164</t>
         </is>
       </c>
       <c r="B256" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C256" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 10 DN80+ T4 PN10 3g6k6VC - MS15</t>
+          <t>Edelstahlschieber BD, DN 125 HR + EPDM</t>
         </is>
       </c>
       <c r="D256" t="inlineStr">
         <is>
-          <t>Absperrklappen</t>
-[...6 lines deleted...]
-      </c>
+          <t>Absperrschieber</t>
+        </is>
+      </c>
+      <c r="E256" t="inlineStr"/>
       <c r="F256" t="inlineStr">
         <is>
-          <t>DN080</t>
+          <t>DN125</t>
         </is>
       </c>
       <c r="G256" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
-      <c r="H256" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H256" t="inlineStr"/>
       <c r="I256" t="inlineStr"/>
       <c r="J256" t="inlineStr">
         <is>
-          <t>629.67 €</t>
+          <t>920.96 €</t>
         </is>
       </c>
       <c r="K256" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="257" ht="15" customHeight="1">
       <c r="A257" t="inlineStr">
         <is>
-          <t>AR17166</t>
+          <t>AR17165</t>
         </is>
       </c>
       <c r="B257" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C257" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 10 DN150 T2 PN16 3g6k6XA - ACTAIR</t>
+          <t>ISORIA 10 DN80+ T4 PN10 3g6k6VC - MS15</t>
         </is>
       </c>
       <c r="D257" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E257" t="inlineStr">
         <is>
           <t>ISORIA 10</t>
         </is>
       </c>
       <c r="F257" t="inlineStr">
         <is>
-          <t>DN150</t>
+          <t>DN080</t>
         </is>
       </c>
       <c r="G257" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H257" t="inlineStr">
         <is>
-          <t>13.00</t>
+          <t>15.00</t>
         </is>
       </c>
       <c r="I257" t="inlineStr"/>
       <c r="J257" t="inlineStr">
         <is>
-          <t>932.86 €</t>
+          <t>629.67 €</t>
         </is>
       </c>
       <c r="K257" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="258" ht="15" customHeight="1">
       <c r="A258" t="inlineStr">
         <is>
-          <t>AR17168</t>
+          <t>AR17166</t>
         </is>
       </c>
       <c r="B258" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C258" s="2" t="inlineStr">
         <is>
-          <t>DANAIS150 PN10/16 DN100 T4 16e6FB MR25</t>
+          <t>ISORIA 10 DN150 T2 PN16 3g6k6XA - ACTAIR</t>
         </is>
       </c>
       <c r="D258" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E258" t="inlineStr">
         <is>
-          <t>DANAIS150</t>
+          <t>ISORIA 10</t>
         </is>
       </c>
       <c r="F258" t="inlineStr">
         <is>
-          <t>DN100</t>
+          <t>DN150</t>
         </is>
       </c>
       <c r="G258" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H258" t="inlineStr">
         <is>
           <t>13.00</t>
         </is>
       </c>
       <c r="I258" t="inlineStr"/>
       <c r="J258" t="inlineStr">
         <is>
-          <t>1827.99 €</t>
+          <t>932.86 €</t>
         </is>
       </c>
       <c r="K258" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="259" ht="15" customHeight="1">
       <c r="A259" t="inlineStr">
         <is>
-          <t>AR17169</t>
+          <t>AR17168</t>
         </is>
       </c>
       <c r="B259" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C259" s="2" t="inlineStr">
         <is>
-          <t>DANAIS150 DN100+ PN10/16T4 16e6FB MS15</t>
+          <t>DANAIS150 PN10/16 DN100 T4 16e6FB MR25</t>
         </is>
       </c>
       <c r="D259" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E259" t="inlineStr">
         <is>
           <t>DANAIS150</t>
         </is>
       </c>
       <c r="F259" t="inlineStr">
         <is>
           <t>DN100</t>
         </is>
       </c>
       <c r="G259" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H259" t="inlineStr">
         <is>
-          <t>19.00</t>
+          <t>13.00</t>
         </is>
       </c>
       <c r="I259" t="inlineStr"/>
       <c r="J259" t="inlineStr">
         <is>
-          <t>1526.88 €</t>
+          <t>1827.99 €</t>
         </is>
       </c>
       <c r="K259" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="260" ht="15" customHeight="1">
       <c r="A260" t="inlineStr">
         <is>
-          <t>AR17169-01</t>
+          <t>AR17169</t>
         </is>
       </c>
       <c r="B260" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C260" s="2" t="inlineStr">
         <is>
           <t>DANAIS150 DN100+ PN10/16T4 16e6FB MS15</t>
         </is>
       </c>
       <c r="D260" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E260" t="inlineStr">
         <is>
           <t>DANAIS150</t>
         </is>
       </c>
       <c r="F260" t="inlineStr">
         <is>
           <t>DN100</t>
         </is>
       </c>
       <c r="G260" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H260" t="inlineStr">
         <is>
           <t>19.00</t>
         </is>
       </c>
       <c r="I260" t="inlineStr"/>
       <c r="J260" t="inlineStr">
         <is>
-          <t>1266.00 €</t>
+          <t>1526.88 €</t>
         </is>
       </c>
       <c r="K260" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="261" ht="15" customHeight="1">
       <c r="A261" t="inlineStr">
         <is>
-          <t>AR17217</t>
+          <t>AR17169-01</t>
         </is>
       </c>
       <c r="B261" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C261" s="2" t="inlineStr">
         <is>
-          <t>BOA-H ECK PN 16 DN  40  5.1301  DK</t>
+          <t>DANAIS150 DN100+ PN10/16T4 16e6FB MS15</t>
         </is>
       </c>
       <c r="D261" t="inlineStr">
         <is>
-          <t>Absperrventile</t>
+          <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E261" t="inlineStr">
         <is>
-          <t>BOA-H/HE/HV/HEV</t>
+          <t>DANAIS150</t>
         </is>
       </c>
       <c r="F261" t="inlineStr">
         <is>
-          <t>DN040</t>
+          <t>DN100</t>
         </is>
       </c>
       <c r="G261" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H261" t="inlineStr">
         <is>
-          <t>9.70</t>
+          <t>19.00</t>
         </is>
       </c>
       <c r="I261" t="inlineStr"/>
       <c r="J261" t="inlineStr">
         <is>
-          <t>224.30 €</t>
+          <t>1266.00 €</t>
         </is>
       </c>
       <c r="K261" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="262" ht="30" customHeight="1">
+    <row r="262" ht="15" customHeight="1">
       <c r="A262" t="inlineStr">
         <is>
-          <t>AR17265</t>
+          <t>AR17217</t>
         </is>
       </c>
       <c r="B262" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C262" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 16 DN40 T2 PN16 3g6k3gXV DYNACTAIR EVO 2 F05/F07 T11 A</t>
+          <t>BOA-H ECK PN 16 DN  40  5.1301  DK</t>
         </is>
       </c>
       <c r="D262" t="inlineStr">
         <is>
-          <t>Absperrklappen</t>
+          <t>Absperrventile</t>
         </is>
       </c>
       <c r="E262" t="inlineStr">
         <is>
-          <t>ISORIA 16</t>
+          <t>BOA-H/HE/HV/HEV</t>
         </is>
       </c>
       <c r="F262" t="inlineStr">
         <is>
           <t>DN040</t>
         </is>
       </c>
       <c r="G262" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H262" t="inlineStr">
         <is>
-          <t>7.00</t>
+          <t>9.70</t>
         </is>
       </c>
       <c r="I262" t="inlineStr"/>
       <c r="J262" t="inlineStr">
         <is>
-          <t>359.02 €</t>
+          <t>224.30 €</t>
         </is>
       </c>
       <c r="K262" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="263" ht="30" customHeight="1">
       <c r="A263" t="inlineStr">
         <is>
-          <t>AR17385-01</t>
+          <t>AR17265</t>
         </is>
       </c>
       <c r="B263" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C263" s="2" t="inlineStr">
         <is>
-          <t>Absperrschieber DN100 PN10 GG-25, DIN 3352/F4-2C,Flansch gebohrt nach PN10/PN16 nach DIN EN 1092-1/2</t>
+          <t>ISORIA 16 DN40 T2 PN16 3g6k3gXV DYNACTAIR EVO 2 F05/F07 T11 A</t>
         </is>
       </c>
       <c r="D263" t="inlineStr">
         <is>
-          <t>Absperrschieber</t>
-[...2 lines deleted...]
-      <c r="E263" t="inlineStr"/>
+          <t>Absperrklappen</t>
+        </is>
+      </c>
+      <c r="E263" t="inlineStr">
+        <is>
+          <t>ISORIA 16</t>
+        </is>
+      </c>
       <c r="F263" t="inlineStr">
         <is>
-          <t>DN100</t>
+          <t>DN040</t>
         </is>
       </c>
       <c r="G263" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H263" t="inlineStr">
         <is>
-          <t>28.00</t>
+          <t>7.00</t>
         </is>
       </c>
       <c r="I263" t="inlineStr"/>
       <c r="J263" t="inlineStr">
         <is>
-          <t>109.64 €</t>
+          <t>359.02 €</t>
         </is>
       </c>
       <c r="K263" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="264" ht="30" customHeight="1">
       <c r="A264" t="inlineStr">
         <is>
-          <t>AR17385-02</t>
+          <t>AR17385-01</t>
         </is>
       </c>
       <c r="B264" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C264" s="2" t="inlineStr">
         <is>
           <t>Absperrschieber DN100 PN10 GG-25, DIN 3352/F4-2C,Flansch gebohrt nach PN10/PN16 nach DIN EN 1092-1/2</t>
         </is>
       </c>
       <c r="D264" t="inlineStr">
         <is>
           <t>Absperrschieber</t>
         </is>
       </c>
       <c r="E264" t="inlineStr"/>
       <c r="F264" t="inlineStr">
         <is>
           <t>DN100</t>
         </is>
       </c>
       <c r="G264" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H264" t="inlineStr">
         <is>
           <t>28.00</t>
         </is>
       </c>
       <c r="I264" t="inlineStr"/>
       <c r="J264" t="inlineStr">
         <is>
           <t>109.64 €</t>
         </is>
       </c>
       <c r="K264" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="265" ht="30" customHeight="1">
       <c r="A265" t="inlineStr">
         <is>
-          <t>AR17385-03</t>
+          <t>AR17385-02</t>
         </is>
       </c>
       <c r="B265" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C265" s="2" t="inlineStr">
         <is>
           <t>Absperrschieber DN100 PN10 GG-25, DIN 3352/F4-2C,Flansch gebohrt nach PN10/PN16 nach DIN EN 1092-1/2</t>
         </is>
       </c>
       <c r="D265" t="inlineStr">
         <is>
           <t>Absperrschieber</t>
         </is>
       </c>
       <c r="E265" t="inlineStr"/>
       <c r="F265" t="inlineStr">
         <is>
           <t>DN100</t>
         </is>
       </c>
       <c r="G265" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H265" t="inlineStr">
         <is>
           <t>28.00</t>
         </is>
       </c>
       <c r="I265" t="inlineStr"/>
       <c r="J265" t="inlineStr">
         <is>
           <t>109.64 €</t>
         </is>
       </c>
       <c r="K265" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="266" ht="30" customHeight="1">
       <c r="A266" t="inlineStr">
         <is>
-          <t>AR17386</t>
+          <t>AR17385-03</t>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C266" s="2" t="inlineStr">
         <is>
-          <t>Absperrschieber DN80 PN10 GG-25 DIN 3352/F4-2C Flansch gebohrt nach PN10/PN16 nach DIN EN 1092-1/2</t>
+          <t>Absperrschieber DN100 PN10 GG-25, DIN 3352/F4-2C,Flansch gebohrt nach PN10/PN16 nach DIN EN 1092-1/2</t>
         </is>
       </c>
       <c r="D266" t="inlineStr">
         <is>
           <t>Absperrschieber</t>
         </is>
       </c>
       <c r="E266" t="inlineStr"/>
       <c r="F266" t="inlineStr">
         <is>
-          <t>DN080</t>
+          <t>DN100</t>
         </is>
       </c>
       <c r="G266" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H266" t="inlineStr">
         <is>
-          <t>24.00</t>
+          <t>28.00</t>
         </is>
       </c>
       <c r="I266" t="inlineStr"/>
       <c r="J266" t="inlineStr">
         <is>
-          <t>69.21 €</t>
+          <t>109.64 €</t>
         </is>
       </c>
       <c r="K266" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="267" ht="15" customHeight="1">
+    <row r="267" ht="30" customHeight="1">
       <c r="A267" t="inlineStr">
         <is>
-          <t>AR17387</t>
+          <t>AR17386</t>
         </is>
       </c>
       <c r="B267" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C267" s="2" t="inlineStr">
         <is>
-          <t>RUECKSCHLAGKLAPPE    DN  80-1-2</t>
+          <t>Absperrschieber DN80 PN10 GG-25 DIN 3352/F4-2C Flansch gebohrt nach PN10/PN16 nach DIN EN 1092-1/2</t>
         </is>
       </c>
       <c r="D267" t="inlineStr">
         <is>
-          <t>Rückflussverhinderer</t>
+          <t>Absperrschieber</t>
         </is>
       </c>
       <c r="E267" t="inlineStr"/>
       <c r="F267" t="inlineStr">
         <is>
-          <t>DN065</t>
+          <t>DN080</t>
         </is>
       </c>
       <c r="G267" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H267" t="inlineStr">
         <is>
-          <t>22.00</t>
+          <t>24.00</t>
         </is>
       </c>
       <c r="I267" t="inlineStr"/>
       <c r="J267" t="inlineStr">
         <is>
-          <t>243.44 €</t>
+          <t>69.21 €</t>
         </is>
       </c>
       <c r="K267" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="268" ht="30" customHeight="1">
+    <row r="268" ht="15" customHeight="1">
       <c r="A268" t="inlineStr">
         <is>
-          <t>AR17388</t>
+          <t>AR17387</t>
         </is>
       </c>
       <c r="B268" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C268" s="2" t="inlineStr">
         <is>
-          <t>Absperrschieber DN150 PN10 GG-25 DIN 3352/F4-2C Flansch gebohrt nach PN10/PN16 nach DIN EN 1092-1/2</t>
+          <t>RUECKSCHLAGKLAPPE    DN  80-1-2</t>
         </is>
       </c>
       <c r="D268" t="inlineStr">
         <is>
-          <t>Absperrschieber</t>
+          <t>Rückflussverhinderer</t>
         </is>
       </c>
       <c r="E268" t="inlineStr"/>
       <c r="F268" t="inlineStr">
         <is>
-          <t>DN150</t>
+          <t>DN065</t>
         </is>
       </c>
       <c r="G268" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H268" t="inlineStr">
         <is>
-          <t>54.00</t>
+          <t>22.00</t>
         </is>
       </c>
       <c r="I268" t="inlineStr"/>
       <c r="J268" t="inlineStr">
         <is>
-          <t>150.32 €</t>
+          <t>243.44 €</t>
         </is>
       </c>
       <c r="K268" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="269" ht="15" customHeight="1">
+    <row r="269" ht="30" customHeight="1">
       <c r="A269" t="inlineStr">
         <is>
-          <t>AR17389</t>
+          <t>AR17388</t>
         </is>
       </c>
       <c r="B269" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C269" s="2" t="inlineStr">
         <is>
-          <t>ABSPERRSCHIEBER     COBRA-SGP PN25 DN100</t>
+          <t>Absperrschieber DN150 PN10 GG-25 DIN 3352/F4-2C Flansch gebohrt nach PN10/PN16 nach DIN EN 1092-1/2</t>
         </is>
       </c>
       <c r="D269" t="inlineStr">
         <is>
           <t>Absperrschieber</t>
         </is>
       </c>
-      <c r="E269" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="E269" t="inlineStr"/>
       <c r="F269" t="inlineStr">
         <is>
-          <t>DN100</t>
+          <t>DN150</t>
         </is>
       </c>
       <c r="G269" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H269" t="inlineStr">
         <is>
-          <t>29.00</t>
+          <t>54.00</t>
         </is>
       </c>
       <c r="I269" t="inlineStr"/>
       <c r="J269" t="inlineStr">
         <is>
-          <t>106.66 €</t>
+          <t>150.32 €</t>
         </is>
       </c>
       <c r="K269" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="270" ht="15" customHeight="1">
       <c r="A270" t="inlineStr">
         <is>
-          <t>AR17543</t>
+          <t>AR17389</t>
         </is>
       </c>
       <c r="B270" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C270" s="2" t="inlineStr">
         <is>
-          <t>DANAÏS 150 DN125 T4 PN25  16e6FB - MR 25</t>
+          <t>ABSPERRSCHIEBER     COBRA-SGP PN25 DN100</t>
         </is>
       </c>
       <c r="D270" t="inlineStr">
         <is>
-          <t>Absperrklappen</t>
+          <t>Absperrschieber</t>
         </is>
       </c>
       <c r="E270" t="inlineStr">
         <is>
-          <t>DANAIS150</t>
+          <t>COBRA</t>
         </is>
       </c>
       <c r="F270" t="inlineStr">
         <is>
-          <t>DN125</t>
+          <t>DN100</t>
         </is>
       </c>
       <c r="G270" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H270" t="inlineStr">
         <is>
-          <t>17.30</t>
+          <t>29.00</t>
         </is>
       </c>
       <c r="I270" t="inlineStr"/>
       <c r="J270" t="inlineStr">
         <is>
-          <t>775.17 €</t>
+          <t>106.66 €</t>
         </is>
       </c>
       <c r="K270" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="271" ht="15" customHeight="1">
       <c r="A271" t="inlineStr">
         <is>
-          <t>AR17567</t>
+          <t>AR17543</t>
         </is>
       </c>
       <c r="B271" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C271" s="2" t="inlineStr">
         <is>
-          <t>BOAX-B DN40T46gVCPN10 B0000000000R164-2</t>
+          <t>DANAÏS 150 DN125 T4 PN25  16e6FB - MR 25</t>
         </is>
       </c>
       <c r="D271" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E271" t="inlineStr">
         <is>
-          <t>BOAX-B</t>
+          <t>DANAIS150</t>
         </is>
       </c>
       <c r="F271" t="inlineStr">
         <is>
-          <t>DN040</t>
+          <t>DN125</t>
         </is>
       </c>
       <c r="G271" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H271" t="inlineStr">
         <is>
-          <t>7.80</t>
+          <t>17.30</t>
         </is>
       </c>
       <c r="I271" t="inlineStr"/>
       <c r="J271" t="inlineStr">
         <is>
-          <t>216.55 €</t>
+          <t>775.17 €</t>
         </is>
       </c>
       <c r="K271" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="272" ht="15" customHeight="1">
       <c r="A272" t="inlineStr">
         <is>
-          <t>AR17568</t>
+          <t>AR17567</t>
         </is>
       </c>
       <c r="B272" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C272" s="2" t="inlineStr">
         <is>
-          <t>BOAX-B DN100T46gVCPN10 B0000000000R164-2</t>
+          <t>BOAX-B DN40T46gVCPN10 B0000000000R164-2</t>
         </is>
       </c>
       <c r="D272" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E272" t="inlineStr">
         <is>
           <t>BOAX-B</t>
         </is>
       </c>
       <c r="F272" t="inlineStr">
         <is>
-          <t>DN100</t>
+          <t>DN040</t>
         </is>
       </c>
       <c r="G272" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H272" t="inlineStr">
         <is>
-          <t>6.10</t>
+          <t>7.80</t>
         </is>
       </c>
       <c r="I272" t="inlineStr"/>
       <c r="J272" t="inlineStr">
         <is>
-          <t>105.65 €</t>
-[...2 lines deleted...]
-      <c r="K272" t="inlineStr"/>
+          <t>216.55 €</t>
+        </is>
+      </c>
+      <c r="K272" t="inlineStr">
+        <is>
+          <t>ABResale</t>
+        </is>
+      </c>
     </row>
     <row r="273" ht="15" customHeight="1">
       <c r="A273" t="inlineStr">
         <is>
-          <t>AR17569</t>
+          <t>AR17568</t>
         </is>
       </c>
       <c r="B273" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C273" s="2" t="inlineStr">
         <is>
-          <t>BOAX-B DN150T46gVCPN10 B0000000000R164-2</t>
+          <t>BOAX-B DN100T46gVCPN10 B0000000000R164-2</t>
         </is>
       </c>
       <c r="D273" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
-      <c r="E273" t="inlineStr"/>
-      <c r="F273" t="inlineStr"/>
+      <c r="E273" t="inlineStr">
+        <is>
+          <t>BOAX-B</t>
+        </is>
+      </c>
+      <c r="F273" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
       <c r="G273" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H273" t="inlineStr">
         <is>
-          <t>13.50</t>
+          <t>6.10</t>
         </is>
       </c>
       <c r="I273" t="inlineStr"/>
       <c r="J273" t="inlineStr">
         <is>
-          <t>99.21 €</t>
-[...6 lines deleted...]
-      </c>
+          <t>105.65 €</t>
+        </is>
+      </c>
+      <c r="K273" t="inlineStr"/>
     </row>
     <row r="274" ht="15" customHeight="1">
       <c r="A274" t="inlineStr">
         <is>
-          <t>AR17582</t>
+          <t>AR17569</t>
         </is>
       </c>
       <c r="B274" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C274" s="2" t="inlineStr">
         <is>
-          <t>SERIE 2000 cl.PN16 DN350 PN10 3t6X 1A</t>
+          <t>BOAX-B DN150T46gVCPN10 B0000000000R164-2</t>
         </is>
       </c>
       <c r="D274" t="inlineStr">
         <is>
-          <t>Rückflussverhinderer</t>
-[...11 lines deleted...]
-      </c>
+          <t>Absperrklappen</t>
+        </is>
+      </c>
+      <c r="E274" t="inlineStr"/>
+      <c r="F274" t="inlineStr"/>
       <c r="G274" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H274" t="inlineStr">
         <is>
-          <t>95.00</t>
+          <t>13.50</t>
         </is>
       </c>
       <c r="I274" t="inlineStr"/>
       <c r="J274" t="inlineStr">
         <is>
-          <t>313.50 €</t>
+          <t>99.21 €</t>
         </is>
       </c>
       <c r="K274" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="275" ht="15" customHeight="1">
       <c r="A275" t="inlineStr">
         <is>
-          <t>AR17583</t>
+          <t>AR17582</t>
         </is>
       </c>
       <c r="B275" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C275" s="2" t="inlineStr">
         <is>
-          <t>BOAX-SF PN10 DN250 T43G6K6GK LP460</t>
-[...2 lines deleted...]
-      <c r="D275" t="inlineStr"/>
+          <t>SERIE 2000 cl.PN16 DN350 PN10 3t6X 1A</t>
+        </is>
+      </c>
+      <c r="D275" t="inlineStr">
+        <is>
+          <t>Rückflussverhinderer</t>
+        </is>
+      </c>
       <c r="E275" t="inlineStr">
         <is>
-          <t>BOAX-S/SF</t>
+          <t>Serie 2000</t>
         </is>
       </c>
       <c r="F275" t="inlineStr">
         <is>
-          <t>DN250</t>
+          <t>DN350</t>
         </is>
       </c>
       <c r="G275" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H275" t="inlineStr">
         <is>
-          <t>41.30</t>
+          <t>95.00</t>
         </is>
       </c>
       <c r="I275" t="inlineStr"/>
       <c r="J275" t="inlineStr">
         <is>
-          <t>581.88 €</t>
+          <t>313.50 €</t>
         </is>
       </c>
       <c r="K275" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="276" ht="15" customHeight="1">
       <c r="A276" t="inlineStr">
         <is>
-          <t>AR17584</t>
+          <t>AR17583</t>
         </is>
       </c>
       <c r="B276" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C276" s="2" t="inlineStr">
         <is>
-          <t>BOAX-SF PN10/16 DN40 T43G6K6GK MA12</t>
-[...7 lines deleted...]
-      <c r="E276" t="inlineStr"/>
+          <t>BOAX-SF PN10 DN250 T43G6K6GK LP460</t>
+        </is>
+      </c>
+      <c r="D276" t="inlineStr"/>
+      <c r="E276" t="inlineStr">
+        <is>
+          <t>BOAX-S/SF</t>
+        </is>
+      </c>
       <c r="F276" t="inlineStr">
         <is>
-          <t>DN040</t>
+          <t>DN250</t>
         </is>
       </c>
       <c r="G276" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H276" t="inlineStr">
         <is>
-          <t>5.50</t>
+          <t>41.30</t>
         </is>
       </c>
       <c r="I276" t="inlineStr"/>
       <c r="J276" t="inlineStr">
         <is>
-          <t>140.50 €</t>
+          <t>581.88 €</t>
         </is>
       </c>
       <c r="K276" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="277" ht="15" customHeight="1">
       <c r="A277" t="inlineStr">
         <is>
-          <t>AR17592</t>
+          <t>AR17584</t>
         </is>
       </c>
       <c r="B277" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C277" s="2" t="inlineStr">
         <is>
-          <t>BOAX-S PN10/16 DN20/25 T23G6K6GK MA12</t>
-[...2 lines deleted...]
-      <c r="D277" t="inlineStr"/>
+          <t>BOAX-SF PN10/16 DN40 T43G6K6GK MA12</t>
+        </is>
+      </c>
+      <c r="D277" t="inlineStr">
+        <is>
+          <t>Absperrklappen</t>
+        </is>
+      </c>
       <c r="E277" t="inlineStr">
         <is>
           <t>BOAX-S/SF</t>
         </is>
       </c>
       <c r="F277" t="inlineStr">
         <is>
-          <t>DN020</t>
+          <t>DN040</t>
         </is>
       </c>
       <c r="G277" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H277" t="inlineStr">
         <is>
-          <t>4.50</t>
+          <t>5.50</t>
         </is>
       </c>
       <c r="I277" t="inlineStr"/>
       <c r="J277" t="inlineStr">
         <is>
-          <t>100.04 €</t>
+          <t>140.50 €</t>
         </is>
       </c>
       <c r="K277" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="278" ht="15" customHeight="1">
       <c r="A278" t="inlineStr">
         <is>
-          <t>AR17593</t>
+          <t>AR17592</t>
         </is>
       </c>
       <c r="B278" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C278" s="2" t="inlineStr">
         <is>
-          <t>BOAX-B PN10/16 DN250 T23g3gXC CR510</t>
-[...6 lines deleted...]
-      </c>
+          <t>BOAX-S PN10/16 DN20/25 T23G6K6GK MA12</t>
+        </is>
+      </c>
+      <c r="D278" t="inlineStr"/>
       <c r="E278" t="inlineStr">
         <is>
           <t>BOAX-S/SF</t>
         </is>
       </c>
       <c r="F278" t="inlineStr">
         <is>
           <t>DN020</t>
         </is>
       </c>
       <c r="G278" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H278" t="inlineStr">
         <is>
           <t>4.50</t>
         </is>
       </c>
       <c r="I278" t="inlineStr"/>
       <c r="J278" t="inlineStr">
         <is>
           <t>100.04 €</t>
         </is>
       </c>
       <c r="K278" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="279" ht="15" customHeight="1">
       <c r="A279" t="inlineStr">
         <is>
-          <t>AR17597</t>
+          <t>AR17593</t>
         </is>
       </c>
       <c r="B279" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C279" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 10 DN40 T4 3G6VC CR165</t>
+          <t>BOAX-B PN10/16 DN250 T23g3gXC CR510</t>
         </is>
       </c>
       <c r="D279" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E279" t="inlineStr">
         <is>
-          <t>ISORIA 10</t>
+          <t>BOAX-S/SF</t>
         </is>
       </c>
       <c r="F279" t="inlineStr">
         <is>
-          <t>DN040</t>
+          <t>DN020</t>
         </is>
       </c>
       <c r="G279" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H279" t="inlineStr">
         <is>
-          <t>10.00</t>
+          <t>4.50</t>
         </is>
       </c>
       <c r="I279" t="inlineStr"/>
       <c r="J279" t="inlineStr">
         <is>
-          <t>500.13 €</t>
+          <t>100.04 €</t>
         </is>
       </c>
       <c r="K279" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="280" ht="15" customHeight="1">
       <c r="A280" t="inlineStr">
         <is>
-          <t>AR17598</t>
+          <t>AR17597</t>
         </is>
       </c>
       <c r="B280" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C280" s="2" t="inlineStr">
         <is>
-          <t>HERA DN 150 V2 SS PA MVI</t>
+          <t>ISORIA 10 DN40 T4 3G6VC CR165</t>
         </is>
       </c>
       <c r="D280" t="inlineStr">
         <is>
-          <t>Plattenschieber</t>
-[...2 lines deleted...]
-      <c r="E280" t="inlineStr"/>
+          <t>Absperrklappen</t>
+        </is>
+      </c>
+      <c r="E280" t="inlineStr">
+        <is>
+          <t>ISORIA 10</t>
+        </is>
+      </c>
       <c r="F280" t="inlineStr">
         <is>
-          <t>DN150</t>
+          <t>DN040</t>
         </is>
       </c>
       <c r="G280" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H280" t="inlineStr">
         <is>
-          <t>35.00</t>
+          <t>10.00</t>
         </is>
       </c>
       <c r="I280" t="inlineStr"/>
       <c r="J280" t="inlineStr">
         <is>
-          <t>684.29 €</t>
+          <t>500.13 €</t>
         </is>
       </c>
       <c r="K280" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="281" ht="15" customHeight="1">
       <c r="A281" t="inlineStr">
         <is>
-          <t>AR17599</t>
+          <t>AR17598</t>
         </is>
       </c>
       <c r="B281" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C281" s="2" t="inlineStr">
         <is>
-          <t>HERA DN 200 V2 SS PA MVI</t>
+          <t>HERA DN 150 V2 SS PA MVI</t>
         </is>
       </c>
       <c r="D281" t="inlineStr">
         <is>
           <t>Plattenschieber</t>
         </is>
       </c>
       <c r="E281" t="inlineStr"/>
       <c r="F281" t="inlineStr">
         <is>
           <t>DN150</t>
         </is>
       </c>
       <c r="G281" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H281" t="inlineStr">
         <is>
           <t>35.00</t>
         </is>
       </c>
       <c r="I281" t="inlineStr"/>
       <c r="J281" t="inlineStr">
         <is>
           <t>684.29 €</t>
         </is>
       </c>
       <c r="K281" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="282" ht="15" customHeight="1">
       <c r="A282" t="inlineStr">
         <is>
-          <t>AR17600</t>
+          <t>AR17599</t>
         </is>
       </c>
       <c r="B282" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C282" s="2" t="inlineStr">
         <is>
-          <t>HERA DN 100 V2 SS PA MV</t>
+          <t>HERA DN 200 V2 SS PA MVI</t>
         </is>
       </c>
       <c r="D282" t="inlineStr">
         <is>
           <t>Plattenschieber</t>
         </is>
       </c>
       <c r="E282" t="inlineStr"/>
       <c r="F282" t="inlineStr">
         <is>
           <t>DN150</t>
         </is>
       </c>
       <c r="G282" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H282" t="inlineStr">
         <is>
           <t>35.00</t>
         </is>
       </c>
       <c r="I282" t="inlineStr"/>
       <c r="J282" t="inlineStr">
         <is>
           <t>684.29 €</t>
         </is>
       </c>
       <c r="K282" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="283" ht="15" customHeight="1">
       <c r="A283" t="inlineStr">
         <is>
-          <t>AR17603</t>
+          <t>AR17600</t>
         </is>
       </c>
       <c r="B283" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C283" s="2" t="inlineStr">
         <is>
-          <t>BOA-Control IMS 2015 DN100  PN16, mit Handrad</t>
+          <t>HERA DN 100 V2 SS PA MV</t>
         </is>
       </c>
       <c r="D283" t="inlineStr">
         <is>
-          <t>Regulierventile</t>
-[...6 lines deleted...]
-      </c>
+          <t>Plattenschieber</t>
+        </is>
+      </c>
+      <c r="E283" t="inlineStr"/>
       <c r="F283" t="inlineStr">
         <is>
-          <t>DN100</t>
+          <t>DN150</t>
         </is>
       </c>
       <c r="G283" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H283" t="inlineStr">
         <is>
-          <t>25.00</t>
+          <t>35.00</t>
         </is>
       </c>
       <c r="I283" t="inlineStr"/>
       <c r="J283" t="inlineStr">
         <is>
-          <t>955.61 €</t>
+          <t>684.29 €</t>
         </is>
       </c>
       <c r="K283" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="284" ht="15" customHeight="1">
       <c r="A284" t="inlineStr">
         <is>
-          <t>AR17615</t>
+          <t>AR17603</t>
         </is>
       </c>
       <c r="B284" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C284" s="2" t="inlineStr">
         <is>
-          <t>BOAX-S PN10/16 DN150 T23g6gXU MN25</t>
+          <t>BOA-Control IMS 2015 DN100  PN16, mit Handrad</t>
         </is>
       </c>
       <c r="D284" t="inlineStr">
         <is>
-          <t>Absperrklappen</t>
+          <t>Regulierventile</t>
         </is>
       </c>
       <c r="E284" t="inlineStr">
         <is>
-          <t>BOA-S</t>
+          <t>BOA-Control</t>
         </is>
       </c>
       <c r="F284" t="inlineStr">
         <is>
-          <t>DN150</t>
+          <t>DN100</t>
         </is>
       </c>
       <c r="G284" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H284" t="inlineStr">
         <is>
-          <t>12.00</t>
+          <t>25.00</t>
         </is>
       </c>
       <c r="I284" t="inlineStr"/>
       <c r="J284" t="inlineStr">
         <is>
-          <t>369.48 €</t>
+          <t>955.61 €</t>
         </is>
       </c>
       <c r="K284" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="285" ht="15" customHeight="1">
       <c r="A285" t="inlineStr">
         <is>
-          <t>AR17616</t>
+          <t>AR17615</t>
         </is>
       </c>
       <c r="B285" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C285" s="2" t="inlineStr">
         <is>
-          <t>BOAX-SF PN10/16 DN150 T43g6gXU MN25</t>
+          <t>BOAX-S PN10/16 DN150 T23g6gXU MN25</t>
         </is>
       </c>
       <c r="D285" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E285" t="inlineStr">
         <is>
-          <t>BOAX-S/SF</t>
+          <t>BOA-S</t>
         </is>
       </c>
       <c r="F285" t="inlineStr">
         <is>
           <t>DN150</t>
         </is>
       </c>
       <c r="G285" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H285" t="inlineStr">
         <is>
-          <t>15.00</t>
+          <t>12.00</t>
         </is>
       </c>
       <c r="I285" t="inlineStr"/>
       <c r="J285" t="inlineStr">
         <is>
-          <t>395.47 €</t>
+          <t>369.48 €</t>
         </is>
       </c>
       <c r="K285" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="286" ht="15" customHeight="1">
       <c r="A286" t="inlineStr">
         <is>
-          <t>AR17617</t>
+          <t>AR17616</t>
         </is>
       </c>
       <c r="B286" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C286" s="2" t="inlineStr">
         <is>
-          <t>BOAX-S PN10/16 DN200 T23g6gK MR25</t>
+          <t>BOAX-SF PN10/16 DN150 T43g6gXU MN25</t>
         </is>
       </c>
       <c r="D286" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E286" t="inlineStr">
         <is>
           <t>BOAX-S/SF</t>
         </is>
       </c>
       <c r="F286" t="inlineStr">
         <is>
-          <t>DN200</t>
+          <t>DN150</t>
         </is>
       </c>
       <c r="G286" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H286" t="inlineStr">
         <is>
-          <t>24.00</t>
+          <t>15.00</t>
         </is>
       </c>
       <c r="I286" t="inlineStr"/>
       <c r="J286" t="inlineStr">
         <is>
-          <t>557.53 €</t>
+          <t>395.47 €</t>
         </is>
       </c>
       <c r="K286" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="287" ht="15" customHeight="1">
       <c r="A287" t="inlineStr">
         <is>
-          <t>AR17618</t>
+          <t>AR17617</t>
         </is>
       </c>
       <c r="B287" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C287" s="2" t="inlineStr">
         <is>
-          <t>BOAX-SF PN16 DN250 T43g6gXU MR25</t>
+          <t>BOAX-S PN10/16 DN200 T23g6gK MR25</t>
         </is>
       </c>
       <c r="D287" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E287" t="inlineStr">
         <is>
           <t>BOAX-S/SF</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
-          <t>DN250</t>
+          <t>DN200</t>
         </is>
       </c>
       <c r="G287" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H287" t="inlineStr">
         <is>
-          <t>43.00</t>
+          <t>24.00</t>
         </is>
       </c>
       <c r="I287" t="inlineStr"/>
       <c r="J287" t="inlineStr">
         <is>
-          <t>824.80 €</t>
+          <t>557.53 €</t>
         </is>
       </c>
       <c r="K287" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="288" ht="15" customHeight="1">
       <c r="A288" t="inlineStr">
         <is>
-          <t>AR17619</t>
+          <t>AR17618</t>
         </is>
       </c>
       <c r="B288" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C288" s="2" t="inlineStr">
         <is>
-          <t>BOAX-SF PN10 DN250 T43g6gK MR25</t>
+          <t>BOAX-SF PN16 DN250 T43g6gXU MR25</t>
         </is>
       </c>
       <c r="D288" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E288" t="inlineStr">
         <is>
           <t>BOAX-S/SF</t>
         </is>
       </c>
       <c r="F288" t="inlineStr">
         <is>
           <t>DN250</t>
         </is>
       </c>
       <c r="G288" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H288" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>43.00</t>
         </is>
       </c>
       <c r="I288" t="inlineStr"/>
       <c r="J288" t="inlineStr">
         <is>
           <t>824.80 €</t>
         </is>
       </c>
       <c r="K288" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="289" ht="15" customHeight="1">
       <c r="A289" t="inlineStr">
         <is>
-          <t>AR17620</t>
+          <t>AR17619</t>
         </is>
       </c>
       <c r="B289" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C289" s="2" t="inlineStr">
         <is>
-          <t>BOAX-SF PN16 DN500 T43g6gXU MR100</t>
+          <t>BOAX-SF PN10 DN250 T43g6gK MR25</t>
         </is>
       </c>
       <c r="D289" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E289" t="inlineStr">
         <is>
           <t>BOAX-S/SF</t>
         </is>
       </c>
       <c r="F289" t="inlineStr">
         <is>
-          <t>DN500</t>
+          <t>DN250</t>
         </is>
       </c>
       <c r="G289" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H289" t="inlineStr">
         <is>
-          <t>189.00</t>
+          <t>50.00</t>
         </is>
       </c>
       <c r="I289" t="inlineStr"/>
       <c r="J289" t="inlineStr">
         <is>
-          <t>3634.14 €</t>
+          <t>824.80 €</t>
         </is>
       </c>
       <c r="K289" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="290" ht="15" customHeight="1">
       <c r="A290" t="inlineStr">
         <is>
-          <t>AR17621</t>
+          <t>AR17620</t>
         </is>
       </c>
       <c r="B290" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C290" s="2" t="inlineStr">
         <is>
-          <t>BOAX-SF PN16 DN450 T43g6gK MR100</t>
+          <t>BOAX-SF PN16 DN500 T43g6gXU MR100</t>
         </is>
       </c>
       <c r="D290" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E290" t="inlineStr">
         <is>
           <t>BOAX-S/SF</t>
         </is>
       </c>
       <c r="F290" t="inlineStr">
         <is>
-          <t>DN450</t>
+          <t>DN500</t>
         </is>
       </c>
       <c r="G290" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H290" t="inlineStr">
         <is>
-          <t>159.00</t>
+          <t>189.00</t>
         </is>
       </c>
       <c r="I290" t="inlineStr"/>
       <c r="J290" t="inlineStr">
         <is>
-          <t>3047.92 €</t>
+          <t>3634.14 €</t>
         </is>
       </c>
       <c r="K290" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="291" ht="15" customHeight="1">
       <c r="A291" t="inlineStr">
         <is>
-          <t>AR17622</t>
+          <t>AR17621</t>
         </is>
       </c>
       <c r="B291" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C291" s="2" t="inlineStr">
         <is>
-          <t>BOAX-S PN16 DN350 T23g6gXU MR50</t>
+          <t>BOAX-SF PN16 DN450 T43g6gK MR100</t>
         </is>
       </c>
       <c r="D291" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E291" t="inlineStr">
         <is>
           <t>BOAX-S/SF</t>
         </is>
       </c>
       <c r="F291" t="inlineStr">
         <is>
-          <t>DN350</t>
+          <t>DN450</t>
         </is>
       </c>
       <c r="G291" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H291" t="inlineStr">
         <is>
-          <t>65.00</t>
+          <t>159.00</t>
         </is>
       </c>
       <c r="I291" t="inlineStr"/>
       <c r="J291" t="inlineStr">
         <is>
-          <t>1643.50 €</t>
+          <t>3047.92 €</t>
         </is>
       </c>
       <c r="K291" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="292" ht="15" customHeight="1">
       <c r="A292" t="inlineStr">
         <is>
-          <t>AR17623</t>
+          <t>AR17622</t>
         </is>
       </c>
       <c r="B292" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C292" s="2" t="inlineStr">
         <is>
-          <t>BOAX-SF PN16 DN350 T43g6gK MR50</t>
+          <t>BOAX-S PN16 DN350 T23g6gXU MR50</t>
         </is>
       </c>
       <c r="D292" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
-      <c r="E292" t="inlineStr"/>
-      <c r="F292" t="inlineStr"/>
+      <c r="E292" t="inlineStr">
+        <is>
+          <t>BOAX-S/SF</t>
+        </is>
+      </c>
+      <c r="F292" t="inlineStr">
+        <is>
+          <t>DN350</t>
+        </is>
+      </c>
       <c r="G292" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H292" t="inlineStr">
         <is>
-          <t>92.00</t>
+          <t>65.00</t>
         </is>
       </c>
       <c r="I292" t="inlineStr"/>
       <c r="J292" t="inlineStr">
         <is>
-          <t>1921.98 €</t>
-[...2 lines deleted...]
-      <c r="K292" t="inlineStr"/>
+          <t>1643.50 €</t>
+        </is>
+      </c>
+      <c r="K292" t="inlineStr">
+        <is>
+          <t>ABResale</t>
+        </is>
+      </c>
     </row>
     <row r="293" ht="15" customHeight="1">
       <c r="A293" t="inlineStr">
         <is>
-          <t>AR17638</t>
+          <t>AR17623</t>
         </is>
       </c>
       <c r="B293" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C293" s="2" t="inlineStr">
         <is>
-          <t>Ecoline GT 40 PN40 DN150 GP240GH</t>
+          <t>BOAX-SF PN16 DN350 T43g6gK MR50</t>
         </is>
       </c>
       <c r="D293" t="inlineStr">
         <is>
-          <t>Absperrschieber</t>
+          <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E293" t="inlineStr"/>
-      <c r="F293" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F293" t="inlineStr"/>
       <c r="G293" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H293" t="inlineStr">
         <is>
-          <t>148.00</t>
+          <t>92.00</t>
         </is>
       </c>
       <c r="I293" t="inlineStr"/>
       <c r="J293" t="inlineStr">
         <is>
-          <t>1991.77 €</t>
-[...6 lines deleted...]
-      </c>
+          <t>1921.98 €</t>
+        </is>
+      </c>
+      <c r="K293" t="inlineStr"/>
     </row>
     <row r="294" ht="15" customHeight="1">
       <c r="A294" t="inlineStr">
         <is>
-          <t>AR17690</t>
+          <t>AR17638</t>
         </is>
       </c>
       <c r="B294" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C294" s="2" t="inlineStr">
         <is>
-          <t>BOAX-SF PN10 DN350 T43g6gXU MR50</t>
+          <t>Ecoline GT 40 PN40 DN150 GP240GH</t>
         </is>
       </c>
       <c r="D294" t="inlineStr">
         <is>
-          <t>Absperrklappen</t>
+          <t>Absperrschieber</t>
         </is>
       </c>
       <c r="E294" t="inlineStr"/>
-      <c r="F294" t="inlineStr"/>
+      <c r="F294" t="inlineStr">
+        <is>
+          <t>DN150</t>
+        </is>
+      </c>
       <c r="G294" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H294" t="inlineStr">
         <is>
-          <t>99.50</t>
+          <t>148.00</t>
         </is>
       </c>
       <c r="I294" t="inlineStr"/>
       <c r="J294" t="inlineStr">
         <is>
-          <t>1921.98 €</t>
+          <t>1991.77 €</t>
         </is>
       </c>
       <c r="K294" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="295" ht="15" customHeight="1">
       <c r="A295" t="inlineStr">
         <is>
-          <t>AR17860-01</t>
+          <t>AR17690</t>
         </is>
       </c>
       <c r="B295" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C295" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 10 DN200</t>
+          <t>BOAX-SF PN10 DN350 T43g6gXU MR50</t>
         </is>
       </c>
       <c r="D295" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
-      <c r="E295" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="E295" t="inlineStr"/>
       <c r="F295" t="inlineStr"/>
       <c r="G295" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H295" t="inlineStr">
         <is>
-          <t>11.00</t>
+          <t>99.50</t>
         </is>
       </c>
       <c r="I295" t="inlineStr"/>
       <c r="J295" t="inlineStr">
         <is>
-          <t>721.92 €</t>
+          <t>1921.98 €</t>
         </is>
       </c>
       <c r="K295" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="296" ht="15" customHeight="1">
       <c r="A296" t="inlineStr">
         <is>
-          <t>AR17860-02</t>
+          <t>AR17860-01</t>
         </is>
       </c>
       <c r="B296" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C296" s="2" t="inlineStr">
         <is>
           <t>ISORIA 10 DN200</t>
         </is>
       </c>
       <c r="D296" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E296" t="inlineStr">
         <is>
           <t>ISORIA 10</t>
         </is>
       </c>
       <c r="F296" t="inlineStr"/>
       <c r="G296" t="inlineStr">
         <is>
           <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="H296" t="inlineStr">
         <is>
           <t>11.00</t>
         </is>
       </c>
       <c r="I296" t="inlineStr"/>
       <c r="J296" t="inlineStr">
         <is>
           <t>721.92 €</t>
         </is>
       </c>
       <c r="K296" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="297" ht="15" customHeight="1">
       <c r="A297" t="inlineStr">
         <is>
-          <t>AR17868</t>
+          <t>AR17860-02</t>
         </is>
       </c>
       <c r="B297" t="inlineStr">
         <is>
-          <t>SISTO</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C297" s="2" t="inlineStr">
         <is>
-          <t>SISTO-16 5.1301-EPDM DN65</t>
+          <t>ISORIA 10 DN200</t>
         </is>
       </c>
       <c r="D297" t="inlineStr">
         <is>
-          <t>Membranventile</t>
+          <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E297" t="inlineStr">
         <is>
-          <t>SISTO-16/16S</t>
+          <t>ISORIA 10</t>
         </is>
       </c>
       <c r="F297" t="inlineStr"/>
       <c r="G297" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="H297" t="inlineStr">
         <is>
-          <t>23.00</t>
+          <t>11.00</t>
         </is>
       </c>
       <c r="I297" t="inlineStr"/>
       <c r="J297" t="inlineStr">
         <is>
-          <t>212.45 €</t>
+          <t>721.92 €</t>
         </is>
       </c>
       <c r="K297" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="298" ht="15" customHeight="1">
       <c r="A298" t="inlineStr">
         <is>
-          <t>AR18106</t>
+          <t>AR17868</t>
         </is>
       </c>
       <c r="B298" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>SISTO</t>
         </is>
       </c>
       <c r="C298" s="2" t="inlineStr">
         <is>
-          <t>BOACHEM-ZXA DN 80 PN 10-16, Drosselkegel, 1.4408</t>
+          <t>SISTO-16 5.1301-EPDM DN65</t>
         </is>
       </c>
       <c r="D298" t="inlineStr">
         <is>
-          <t>Absperrventile</t>
+          <t>Membranventile</t>
         </is>
       </c>
       <c r="E298" t="inlineStr">
         <is>
-          <t>BOACHEM</t>
-[...6 lines deleted...]
-      </c>
+          <t>SISTO-16/16S</t>
+        </is>
+      </c>
+      <c r="F298" t="inlineStr"/>
       <c r="G298" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H298" t="inlineStr">
         <is>
-          <t>25.00</t>
+          <t>23.00</t>
         </is>
       </c>
       <c r="I298" t="inlineStr"/>
       <c r="J298" t="inlineStr">
         <is>
-          <t>994.65 €</t>
+          <t>212.45 €</t>
         </is>
       </c>
       <c r="K298" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="299" ht="15" customHeight="1">
       <c r="A299" t="inlineStr">
         <is>
-          <t>AR18109</t>
+          <t>AR18106</t>
         </is>
       </c>
       <c r="B299" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C299" s="2" t="inlineStr">
         <is>
-          <t>BOA-RVK, Messing, PN 6 DN80</t>
+          <t>BOACHEM-ZXA DN 80 PN 10-16, Drosselkegel, 1.4408</t>
         </is>
       </c>
       <c r="D299" t="inlineStr">
         <is>
-          <t>Rückflussverhinderer</t>
+          <t>Absperrventile</t>
         </is>
       </c>
       <c r="E299" t="inlineStr">
         <is>
-          <t>BOA-RVK</t>
+          <t>BOACHEM</t>
         </is>
       </c>
       <c r="F299" t="inlineStr">
         <is>
           <t>DN080</t>
         </is>
       </c>
       <c r="G299" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H299" t="inlineStr">
         <is>
-          <t>4.00</t>
+          <t>25.00</t>
         </is>
       </c>
       <c r="I299" t="inlineStr"/>
       <c r="J299" t="inlineStr">
         <is>
-          <t>169.32 €</t>
+          <t>994.65 €</t>
         </is>
       </c>
       <c r="K299" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="300" ht="30" customHeight="1">
+    <row r="300" ht="15" customHeight="1">
       <c r="A300" t="inlineStr">
         <is>
-          <t>AR18110</t>
+          <t>AR18109</t>
         </is>
       </c>
       <c r="B300" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C300" s="2" t="inlineStr">
         <is>
-          <t>BOAX-B 50+PN16T2 3G6XU B0000803320R168-6 Pneumatisch ACTAIR EVO 2RO</t>
+          <t>BOA-RVK, Messing, PN 6 DN80</t>
         </is>
       </c>
       <c r="D300" t="inlineStr">
         <is>
-          <t>Absperrklappen</t>
+          <t>Rückflussverhinderer</t>
         </is>
       </c>
       <c r="E300" t="inlineStr">
         <is>
-          <t>BOAX-B</t>
+          <t>BOA-RVK</t>
         </is>
       </c>
       <c r="F300" t="inlineStr">
         <is>
-          <t>DN050</t>
+          <t>DN080</t>
         </is>
       </c>
       <c r="G300" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H300" t="inlineStr">
         <is>
-          <t>7.80</t>
+          <t>4.00</t>
         </is>
       </c>
       <c r="I300" t="inlineStr"/>
       <c r="J300" t="inlineStr">
         <is>
-          <t>440.11 €</t>
+          <t>169.32 €</t>
         </is>
       </c>
       <c r="K300" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="301" ht="15" customHeight="1">
+    <row r="301" ht="30" customHeight="1">
       <c r="A301" t="inlineStr">
         <is>
-          <t>AR18111</t>
+          <t>AR18110</t>
         </is>
       </c>
       <c r="B301" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C301" s="2" t="inlineStr">
         <is>
-          <t>BOAX-S PN10/16 DN80 3G6K6GXU AQ5 MONO</t>
+          <t>BOAX-B 50+PN16T2 3G6XU B0000803320R168-6 Pneumatisch ACTAIR EVO 2RO</t>
         </is>
       </c>
       <c r="D301" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E301" t="inlineStr">
         <is>
-          <t>BOA-S</t>
+          <t>BOAX-B</t>
         </is>
       </c>
       <c r="F301" t="inlineStr">
         <is>
-          <t>DN080</t>
+          <t>DN050</t>
         </is>
       </c>
       <c r="G301" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H301" t="inlineStr">
         <is>
-          <t>18.00</t>
+          <t>7.80</t>
         </is>
       </c>
       <c r="I301" t="inlineStr"/>
       <c r="J301" t="inlineStr">
         <is>
-          <t>906.97 €</t>
+          <t>440.11 €</t>
         </is>
       </c>
       <c r="K301" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="302" ht="15" customHeight="1">
       <c r="A302" t="inlineStr">
         <is>
-          <t>AR18112</t>
+          <t>AR18111</t>
         </is>
       </c>
       <c r="B302" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C302" s="2" t="inlineStr">
         <is>
-          <t>BOAX-S PN10/16 DN125 3G6K6GXU AQ10 MONO</t>
+          <t>BOAX-S PN10/16 DN80 3G6K6GXU AQ5 MONO</t>
         </is>
       </c>
       <c r="D302" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E302" t="inlineStr">
         <is>
-          <t>BOAX-S/SF</t>
+          <t>BOA-S</t>
         </is>
       </c>
       <c r="F302" t="inlineStr">
         <is>
-          <t>DN125</t>
+          <t>DN080</t>
         </is>
       </c>
       <c r="G302" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H302" t="inlineStr">
         <is>
-          <t>20.00</t>
+          <t>18.00</t>
         </is>
       </c>
       <c r="I302" t="inlineStr"/>
       <c r="J302" t="inlineStr">
         <is>
-          <t>998.51 €</t>
+          <t>906.97 €</t>
         </is>
       </c>
       <c r="K302" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="303" ht="30" customHeight="1">
+    <row r="303" ht="15" customHeight="1">
       <c r="A303" t="inlineStr">
         <is>
-          <t>AR18116</t>
+          <t>AR18112</t>
         </is>
       </c>
       <c r="B303" t="inlineStr">
         <is>
-          <t>Unbekannt</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C303" s="2" t="inlineStr">
         <is>
-          <t>Kugelhahn G 1/4 X G 3/4 Entleerungskugelhahn zu BOA-Control SBV / DPR / PIC</t>
+          <t>BOAX-S PN10/16 DN125 3G6K6GXU AQ10 MONO</t>
         </is>
       </c>
       <c r="D303" t="inlineStr">
         <is>
-          <t>Kugelhähne</t>
-[...2 lines deleted...]
-      <c r="E303" t="inlineStr"/>
+          <t>Absperrklappen</t>
+        </is>
+      </c>
+      <c r="E303" t="inlineStr">
+        <is>
+          <t>BOAX-S/SF</t>
+        </is>
+      </c>
       <c r="F303" t="inlineStr">
         <is>
-          <t>1/4" Zoll (DN008)</t>
+          <t>DN125</t>
         </is>
       </c>
       <c r="G303" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H303" t="inlineStr">
         <is>
-          <t>1.00</t>
+          <t>20.00</t>
         </is>
       </c>
       <c r="I303" t="inlineStr"/>
       <c r="J303" t="inlineStr">
         <is>
-          <t>14.85 €</t>
+          <t>998.51 €</t>
         </is>
       </c>
       <c r="K303" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="304" ht="15" customHeight="1">
+    <row r="304" ht="30" customHeight="1">
       <c r="A304" t="inlineStr">
         <is>
-          <t>AR18117-01</t>
+          <t>AR18116</t>
         </is>
       </c>
       <c r="B304" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>-</t>
         </is>
       </c>
       <c r="C304" s="2" t="inlineStr">
         <is>
-          <t>Rückschlagklappe RK 50 RP 2 70 C POM/NBR AR2</t>
-[...2 lines deleted...]
-      <c r="D304" t="inlineStr"/>
+          <t>Kugelhahn G 1/4 X G 3/4 Entleerungskugelhahn zu BOA-Control SBV / DPR / PIC</t>
+        </is>
+      </c>
+      <c r="D304" t="inlineStr">
+        <is>
+          <t>Kugelhähne</t>
+        </is>
+      </c>
       <c r="E304" t="inlineStr"/>
       <c r="F304" t="inlineStr">
         <is>
-          <t>DN050</t>
+          <t>1/4" Zoll (DN008)</t>
         </is>
       </c>
       <c r="G304" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H304" t="inlineStr">
         <is>
-          <t>3.00</t>
+          <t>1.00</t>
         </is>
       </c>
       <c r="I304" t="inlineStr"/>
       <c r="J304" t="inlineStr">
         <is>
-          <t>48.26 €</t>
+          <t>14.85 €</t>
         </is>
       </c>
       <c r="K304" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="305" ht="15" customHeight="1">
       <c r="A305" t="inlineStr">
         <is>
-          <t>AR18117-02</t>
+          <t>AR18117-01</t>
         </is>
       </c>
       <c r="B305" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C305" s="2" t="inlineStr">
         <is>
           <t>Rückschlagklappe RK 50 RP 2 70 C POM/NBR AR2</t>
         </is>
       </c>
       <c r="D305" t="inlineStr"/>
       <c r="E305" t="inlineStr"/>
       <c r="F305" t="inlineStr">
         <is>
           <t>DN050</t>
         </is>
       </c>
       <c r="G305" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H305" t="inlineStr">
         <is>
           <t>3.00</t>
         </is>
       </c>
       <c r="I305" t="inlineStr"/>
       <c r="J305" t="inlineStr">
         <is>
           <t>48.26 €</t>
         </is>
       </c>
       <c r="K305" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="306" ht="15" customHeight="1">
       <c r="A306" t="inlineStr">
         <is>
-          <t>AR18117-03</t>
+          <t>AR18117-02</t>
         </is>
       </c>
       <c r="B306" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C306" s="2" t="inlineStr">
         <is>
           <t>Rückschlagklappe RK 50 RP 2 70 C POM/NBR AR2</t>
         </is>
       </c>
       <c r="D306" t="inlineStr"/>
       <c r="E306" t="inlineStr"/>
       <c r="F306" t="inlineStr">
         <is>
           <t>DN050</t>
         </is>
       </c>
       <c r="G306" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H306" t="inlineStr">
         <is>
           <t>3.00</t>
         </is>
       </c>
       <c r="I306" t="inlineStr"/>
       <c r="J306" t="inlineStr">
         <is>
           <t>48.26 €</t>
         </is>
       </c>
       <c r="K306" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="307" ht="30" customHeight="1">
+    <row r="307" ht="15" customHeight="1">
       <c r="A307" t="inlineStr">
         <is>
-          <t>AR18118</t>
+          <t>AR18117-03</t>
         </is>
       </c>
       <c r="B307" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C307" s="2" t="inlineStr">
         <is>
-          <t>Rückschlagklappe RK40 RP1½" Kunststoff für Amadrainer 4..</t>
+          <t>Rückschlagklappe RK 50 RP 2 70 C POM/NBR AR2</t>
         </is>
       </c>
       <c r="D307" t="inlineStr"/>
       <c r="E307" t="inlineStr"/>
       <c r="F307" t="inlineStr">
         <is>
-          <t>DN040</t>
+          <t>DN050</t>
         </is>
       </c>
       <c r="G307" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H307" t="inlineStr">
         <is>
           <t>3.00</t>
         </is>
       </c>
       <c r="I307" t="inlineStr"/>
       <c r="J307" t="inlineStr">
         <is>
-          <t>42.77 €</t>
+          <t>48.26 €</t>
         </is>
       </c>
       <c r="K307" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="308" ht="30" customHeight="1">
       <c r="A308" t="inlineStr">
         <is>
-          <t>AR18118-01</t>
+          <t>AR18118</t>
         </is>
       </c>
       <c r="B308" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C308" s="2" t="inlineStr">
         <is>
           <t>Rückschlagklappe RK40 RP1½" Kunststoff für Amadrainer 4..</t>
         </is>
       </c>
       <c r="D308" t="inlineStr"/>
       <c r="E308" t="inlineStr"/>
       <c r="F308" t="inlineStr">
         <is>
-          <t>1 1/2" Zoll (DN040)</t>
+          <t>DN040</t>
         </is>
       </c>
       <c r="G308" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H308" t="inlineStr">
         <is>
           <t>3.00</t>
         </is>
       </c>
       <c r="I308" t="inlineStr"/>
       <c r="J308" t="inlineStr">
         <is>
           <t>42.77 €</t>
         </is>
       </c>
       <c r="K308" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="309" ht="30" customHeight="1">
       <c r="A309" t="inlineStr">
         <is>
-          <t>AR18118-02</t>
+          <t>AR18118-01</t>
         </is>
       </c>
       <c r="B309" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C309" s="2" t="inlineStr">
         <is>
           <t>Rückschlagklappe RK40 RP1½" Kunststoff für Amadrainer 4..</t>
         </is>
       </c>
       <c r="D309" t="inlineStr"/>
       <c r="E309" t="inlineStr"/>
       <c r="F309" t="inlineStr">
         <is>
           <t>1 1/2" Zoll (DN040)</t>
         </is>
       </c>
       <c r="G309" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H309" t="inlineStr">
         <is>
           <t>3.00</t>
         </is>
       </c>
       <c r="I309" t="inlineStr"/>
       <c r="J309" t="inlineStr">
         <is>
           <t>42.77 €</t>
         </is>
       </c>
       <c r="K309" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="310" ht="15" customHeight="1">
+    <row r="310" ht="30" customHeight="1">
       <c r="A310" t="inlineStr">
         <is>
-          <t>AR18119</t>
+          <t>AR18118-02</t>
         </is>
       </c>
       <c r="B310" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C310" s="2" t="inlineStr">
         <is>
-          <t>Rückschlagventil G 2 f. Compacta</t>
+          <t>Rückschlagklappe RK40 RP1½" Kunststoff für Amadrainer 4..</t>
         </is>
       </c>
       <c r="D310" t="inlineStr"/>
       <c r="E310" t="inlineStr"/>
-      <c r="F310" t="inlineStr"/>
+      <c r="F310" t="inlineStr">
+        <is>
+          <t>1 1/2" Zoll (DN040)</t>
+        </is>
+      </c>
       <c r="G310" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H310" t="inlineStr">
         <is>
-          <t>3.60</t>
+          <t>3.00</t>
         </is>
       </c>
       <c r="I310" t="inlineStr"/>
       <c r="J310" t="inlineStr">
         <is>
           <t>42.77 €</t>
         </is>
       </c>
       <c r="K310" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="311" ht="15" customHeight="1">
       <c r="A311" t="inlineStr">
         <is>
-          <t>AR18119-01</t>
+          <t>AR18119</t>
         </is>
       </c>
       <c r="B311" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C311" s="2" t="inlineStr">
         <is>
           <t>Rückschlagventil G 2 f. Compacta</t>
         </is>
       </c>
       <c r="D311" t="inlineStr"/>
       <c r="E311" t="inlineStr"/>
       <c r="F311" t="inlineStr"/>
       <c r="G311" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H311" t="inlineStr">
         <is>
           <t>3.60</t>
         </is>
       </c>
       <c r="I311" t="inlineStr"/>
       <c r="J311" t="inlineStr">
         <is>
           <t>42.77 €</t>
         </is>
       </c>
       <c r="K311" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="312" ht="15" customHeight="1">
       <c r="A312" t="inlineStr">
         <is>
-          <t>AR18119-02</t>
+          <t>AR18119-01</t>
         </is>
       </c>
       <c r="B312" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C312" s="2" t="inlineStr">
         <is>
           <t>Rückschlagventil G 2 f. Compacta</t>
         </is>
       </c>
       <c r="D312" t="inlineStr"/>
       <c r="E312" t="inlineStr"/>
       <c r="F312" t="inlineStr"/>
       <c r="G312" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H312" t="inlineStr">
         <is>
           <t>3.60</t>
         </is>
       </c>
       <c r="I312" t="inlineStr"/>
       <c r="J312" t="inlineStr">
         <is>
           <t>42.77 €</t>
         </is>
       </c>
       <c r="K312" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="313" ht="30" customHeight="1">
+    <row r="313" ht="15" customHeight="1">
       <c r="A313" t="inlineStr">
         <is>
-          <t>AR18127-01</t>
+          <t>AR18119-02</t>
         </is>
       </c>
       <c r="B313" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C313" s="2" t="inlineStr">
         <is>
-          <t>Muffenschieber RP 2 PN16 CUZN mit freiem Durchgang DN50</t>
-[...6 lines deleted...]
-      </c>
+          <t>Rückschlagventil G 2 f. Compacta</t>
+        </is>
+      </c>
+      <c r="D313" t="inlineStr"/>
       <c r="E313" t="inlineStr"/>
-      <c r="F313" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F313" t="inlineStr"/>
       <c r="G313" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H313" t="inlineStr">
         <is>
-          <t>3.00</t>
+          <t>3.60</t>
         </is>
       </c>
       <c r="I313" t="inlineStr"/>
       <c r="J313" t="inlineStr">
         <is>
-          <t>36.24 €</t>
+          <t>42.77 €</t>
         </is>
       </c>
       <c r="K313" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="314" ht="30" customHeight="1">
       <c r="A314" t="inlineStr">
         <is>
-          <t>AR18127-02</t>
+          <t>AR18127-01</t>
         </is>
       </c>
       <c r="B314" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C314" s="2" t="inlineStr">
         <is>
           <t>Muffenschieber RP 2 PN16 CUZN mit freiem Durchgang DN50</t>
         </is>
       </c>
       <c r="D314" t="inlineStr">
         <is>
           <t>Absperrschieber</t>
         </is>
       </c>
       <c r="E314" t="inlineStr"/>
       <c r="F314" t="inlineStr">
         <is>
           <t>DN050</t>
         </is>
       </c>
       <c r="G314" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H314" t="inlineStr">
         <is>
           <t>3.00</t>
         </is>
       </c>
       <c r="I314" t="inlineStr"/>
       <c r="J314" t="inlineStr">
         <is>
           <t>36.24 €</t>
         </is>
       </c>
       <c r="K314" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="315" ht="15" customHeight="1">
+    <row r="315" ht="30" customHeight="1">
       <c r="A315" t="inlineStr">
         <is>
-          <t>AR18128</t>
+          <t>AR18127-02</t>
         </is>
       </c>
       <c r="B315" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C315" s="2" t="inlineStr">
         <is>
-          <t>Muffenabsperrschieber CuZn RP 1 1/2, PN 16  DN40</t>
+          <t>Muffenschieber RP 2 PN16 CUZN mit freiem Durchgang DN50</t>
         </is>
       </c>
       <c r="D315" t="inlineStr">
         <is>
           <t>Absperrschieber</t>
         </is>
       </c>
       <c r="E315" t="inlineStr"/>
       <c r="F315" t="inlineStr">
         <is>
-          <t>DN040</t>
+          <t>DN050</t>
         </is>
       </c>
       <c r="G315" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H315" t="inlineStr">
         <is>
           <t>3.00</t>
         </is>
       </c>
       <c r="I315" t="inlineStr"/>
       <c r="J315" t="inlineStr">
         <is>
-          <t>26.12 €</t>
+          <t>36.24 €</t>
         </is>
       </c>
       <c r="K315" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="316" ht="15" customHeight="1">
       <c r="A316" t="inlineStr">
         <is>
-          <t>AR18130</t>
+          <t>AR18128</t>
         </is>
       </c>
       <c r="B316" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C316" s="2" t="inlineStr">
         <is>
-          <t>SERIE 2000 cl.PN16 DN200 PN10/16 3t6K 1A</t>
+          <t>Muffenabsperrschieber CuZn RP 1 1/2, PN 16  DN40</t>
         </is>
       </c>
       <c r="D316" t="inlineStr">
         <is>
-          <t>Rückflussverhinderer</t>
-[...6 lines deleted...]
-      </c>
+          <t>Absperrschieber</t>
+        </is>
+      </c>
+      <c r="E316" t="inlineStr"/>
       <c r="F316" t="inlineStr">
         <is>
-          <t>DN200</t>
+          <t>DN040</t>
         </is>
       </c>
       <c r="G316" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H316" t="inlineStr">
         <is>
-          <t>18.00</t>
+          <t>3.00</t>
         </is>
       </c>
       <c r="I316" t="inlineStr"/>
       <c r="J316" t="inlineStr">
         <is>
-          <t>508.45 €</t>
+          <t>26.12 €</t>
         </is>
       </c>
       <c r="K316" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="317" ht="15" customHeight="1">
       <c r="A317" t="inlineStr">
         <is>
-          <t>AR18131</t>
+          <t>AR18130</t>
         </is>
       </c>
       <c r="B317" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C317" s="2" t="inlineStr">
         <is>
-          <t>SERIE 2000 cl.PN10 DN300 3t6K 1A</t>
+          <t>SERIE 2000 cl.PN16 DN200 PN10/16 3t6K 1A</t>
         </is>
       </c>
       <c r="D317" t="inlineStr">
         <is>
           <t>Rückflussverhinderer</t>
         </is>
       </c>
       <c r="E317" t="inlineStr">
         <is>
           <t>Serie 2000</t>
         </is>
       </c>
       <c r="F317" t="inlineStr">
         <is>
-          <t>DN300</t>
+          <t>DN200</t>
         </is>
       </c>
       <c r="G317" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H317" t="inlineStr">
         <is>
-          <t>88.00</t>
+          <t>18.00</t>
         </is>
       </c>
       <c r="I317" t="inlineStr"/>
       <c r="J317" t="inlineStr">
         <is>
-          <t>1448.80 €</t>
+          <t>508.45 €</t>
         </is>
       </c>
       <c r="K317" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="318" ht="15" customHeight="1">
       <c r="A318" t="inlineStr">
         <is>
-          <t>AR18132</t>
+          <t>AR18131</t>
         </is>
       </c>
       <c r="B318" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C318" s="2" t="inlineStr">
         <is>
-          <t>SERIE 2000 cl.PN16 DN400 PN10 3t6K 1A</t>
+          <t>SERIE 2000 cl.PN10 DN300 3t6K 1A</t>
         </is>
       </c>
       <c r="D318" t="inlineStr">
         <is>
           <t>Rückflussverhinderer</t>
         </is>
       </c>
       <c r="E318" t="inlineStr">
         <is>
           <t>Serie 2000</t>
         </is>
       </c>
       <c r="F318" t="inlineStr">
         <is>
-          <t>DN400</t>
+          <t>DN300</t>
         </is>
       </c>
       <c r="G318" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H318" t="inlineStr">
         <is>
-          <t>107.00</t>
+          <t>88.00</t>
         </is>
       </c>
       <c r="I318" t="inlineStr"/>
       <c r="J318" t="inlineStr">
         <is>
-          <t>2954.53 €</t>
+          <t>1448.80 €</t>
         </is>
       </c>
       <c r="K318" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="319" ht="30" customHeight="1">
+    <row r="319" ht="15" customHeight="1">
       <c r="A319" t="inlineStr">
         <is>
-          <t>AR18137</t>
+          <t>AR18132</t>
         </is>
       </c>
       <c r="B319" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C319" s="2" t="inlineStr">
         <is>
-          <t>BOAX-B 16bar DN40+ T2 PN10 3g6k6XU - DYN EVO 2 NC  F05 T11 A Switchmasterbox SM M2 01318171</t>
+          <t>SERIE 2000 cl.PN16 DN400 PN10 3t6K 1A</t>
         </is>
       </c>
       <c r="D319" t="inlineStr">
         <is>
-          <t>Absperrklappen</t>
+          <t>Rückflussverhinderer</t>
         </is>
       </c>
       <c r="E319" t="inlineStr">
         <is>
-          <t>BOAX-B</t>
+          <t>Serie 2000</t>
         </is>
       </c>
       <c r="F319" t="inlineStr">
         <is>
-          <t>DN040</t>
+          <t>DN400</t>
         </is>
       </c>
       <c r="G319" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
-      <c r="H319" t="inlineStr"/>
+      <c r="H319" t="inlineStr">
+        <is>
+          <t>107.00</t>
+        </is>
+      </c>
       <c r="I319" t="inlineStr"/>
       <c r="J319" t="inlineStr">
         <is>
-          <t>479.24 €</t>
+          <t>2954.53 €</t>
         </is>
       </c>
       <c r="K319" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="320" ht="30" customHeight="1">
       <c r="A320" t="inlineStr">
         <is>
-          <t>AR18140</t>
+          <t>AR18137</t>
         </is>
       </c>
       <c r="B320" t="inlineStr">
         <is>
-          <t>Willbrandt</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C320" s="2" t="inlineStr">
         <is>
-          <t>Gummikompensator Normalausf., PN16, DN 200 Typ 49 blau, Ausf. C, Gummi-St-TZN f. Trinkwasser</t>
-[...2 lines deleted...]
-      <c r="D320" t="inlineStr"/>
+          <t>BOAX-B 16bar DN40+ T2 PN10 3g6k6XU - DYN EVO 2 NC  F05 T11 A Switchmasterbox SM M2 01318171</t>
+        </is>
+      </c>
+      <c r="D320" t="inlineStr">
+        <is>
+          <t>Absperrklappen</t>
+        </is>
+      </c>
       <c r="E320" t="inlineStr">
         <is>
-          <t>TYP 49</t>
+          <t>BOAX-B</t>
         </is>
       </c>
       <c r="F320" t="inlineStr">
         <is>
-          <t>DN200</t>
+          <t>DN040</t>
         </is>
       </c>
       <c r="G320" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
-      <c r="H320" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H320" t="inlineStr"/>
       <c r="I320" t="inlineStr"/>
       <c r="J320" t="inlineStr">
         <is>
-          <t>720.47 €</t>
+          <t>479.24 €</t>
         </is>
       </c>
       <c r="K320" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="321" ht="15" customHeight="1">
+    <row r="321" ht="30" customHeight="1">
       <c r="A321" t="inlineStr">
         <is>
-          <t>AR18268</t>
+          <t>AR18140</t>
         </is>
       </c>
       <c r="B321" t="inlineStr">
         <is>
-          <t>Unbekannt</t>
+          <t>Willbrandt</t>
         </is>
       </c>
       <c r="C321" s="2" t="inlineStr">
         <is>
-          <t>Kugelhahn, Edelstahl (1.4408), PN 10 Rp 1 1/2“</t>
-[...7 lines deleted...]
-      <c r="E321" t="inlineStr"/>
+          <t>Gummikompensator Normalausf., PN16, DN 200 Typ 49 blau, Ausf. C, Gummi-St-TZN f. Trinkwasser</t>
+        </is>
+      </c>
+      <c r="D321" t="inlineStr"/>
+      <c r="E321" t="inlineStr">
+        <is>
+          <t>TYP 49</t>
+        </is>
+      </c>
       <c r="F321" t="inlineStr">
         <is>
-          <t>1 1/2" Zoll (DN040)</t>
+          <t>DN200</t>
         </is>
       </c>
       <c r="G321" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H321" t="inlineStr">
         <is>
-          <t>28.00</t>
+          <t>15.00</t>
         </is>
       </c>
       <c r="I321" t="inlineStr"/>
       <c r="J321" t="inlineStr">
         <is>
-          <t>167.78 €</t>
+          <t>720.47 €</t>
         </is>
       </c>
       <c r="K321" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="322" ht="15" customHeight="1">
       <c r="A322" t="inlineStr">
         <is>
-          <t>AR18270</t>
+          <t>AR18268</t>
         </is>
       </c>
       <c r="B322" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>-</t>
         </is>
       </c>
       <c r="C322" s="2" t="inlineStr">
         <is>
-          <t>Einklemm-Rückschlagventil BOA-RVK PN 6/10/16 DN 40</t>
+          <t>Kugelhahn, Edelstahl (1.4408), PN 10 Rp 1 1/2“</t>
         </is>
       </c>
       <c r="D322" t="inlineStr">
         <is>
-          <t>Rückflussverhinderer</t>
-[...6 lines deleted...]
-      </c>
+          <t>Kugelhähne</t>
+        </is>
+      </c>
+      <c r="E322" t="inlineStr"/>
       <c r="F322" t="inlineStr">
         <is>
-          <t>DN040</t>
+          <t>1 1/2" Zoll (DN040)</t>
         </is>
       </c>
       <c r="G322" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H322" t="inlineStr">
         <is>
-          <t>1.20</t>
+          <t>28.00</t>
         </is>
       </c>
       <c r="I322" t="inlineStr"/>
       <c r="J322" t="inlineStr">
         <is>
-          <t>43.13 €</t>
+          <t>167.78 €</t>
         </is>
       </c>
       <c r="K322" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="323" ht="30" customHeight="1">
+    <row r="323" ht="15" customHeight="1">
       <c r="A323" t="inlineStr">
         <is>
-          <t>AR18273</t>
+          <t>AR18270</t>
         </is>
       </c>
       <c r="B323" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C323" s="2" t="inlineStr">
         <is>
-          <t>Einklemm-Rückschlagventil BOA-RVK, Messing, PN6/10/16 DN80</t>
+          <t>Einklemm-Rückschlagventil BOA-RVK PN 6/10/16 DN 40</t>
         </is>
       </c>
       <c r="D323" t="inlineStr">
         <is>
           <t>Rückflussverhinderer</t>
         </is>
       </c>
       <c r="E323" t="inlineStr">
         <is>
           <t>BOA-RVK</t>
         </is>
       </c>
       <c r="F323" t="inlineStr">
         <is>
-          <t>DN080</t>
+          <t>DN040</t>
         </is>
       </c>
       <c r="G323" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H323" t="inlineStr">
         <is>
-          <t>4.00</t>
+          <t>1.20</t>
         </is>
       </c>
       <c r="I323" t="inlineStr"/>
       <c r="J323" t="inlineStr">
         <is>
-          <t>75.08 €</t>
+          <t>43.13 €</t>
         </is>
       </c>
       <c r="K323" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="324" ht="15" customHeight="1">
+    <row r="324" ht="30" customHeight="1">
       <c r="A324" t="inlineStr">
         <is>
-          <t>AR18274</t>
+          <t>AR18273</t>
         </is>
       </c>
       <c r="B324" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C324" s="2" t="inlineStr">
         <is>
-          <t>BOAX-SF PN10/16 DN100 6gXU AQ10 MONO</t>
+          <t>Einklemm-Rückschlagventil BOA-RVK, Messing, PN6/10/16 DN80</t>
         </is>
       </c>
       <c r="D324" t="inlineStr">
         <is>
-          <t>Absperrklappen</t>
+          <t>Rückflussverhinderer</t>
         </is>
       </c>
       <c r="E324" t="inlineStr">
         <is>
-          <t>BOAX-S/SF</t>
+          <t>BOA-RVK</t>
         </is>
       </c>
       <c r="F324" t="inlineStr">
         <is>
-          <t>DN100</t>
+          <t>DN080</t>
         </is>
       </c>
       <c r="G324" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H324" t="inlineStr">
         <is>
-          <t>20.00</t>
+          <t>4.00</t>
         </is>
       </c>
       <c r="I324" t="inlineStr"/>
       <c r="J324" t="inlineStr">
         <is>
-          <t>477.51 €</t>
-[...2 lines deleted...]
-      <c r="K324" t="inlineStr"/>
+          <t>75.08 €</t>
+        </is>
+      </c>
+      <c r="K324" t="inlineStr">
+        <is>
+          <t>ABResale</t>
+        </is>
+      </c>
     </row>
     <row r="325" ht="15" customHeight="1">
       <c r="A325" t="inlineStr">
         <is>
-          <t>AR18279</t>
+          <t>AR18274</t>
         </is>
       </c>
       <c r="B325" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C325" s="2" t="inlineStr">
         <is>
-          <t>HERA DN 250 V4 PTFE HW</t>
+          <t>BOAX-SF PN10/16 DN100 6gXU AQ10 MONO</t>
         </is>
       </c>
       <c r="D325" t="inlineStr">
         <is>
-          <t>Plattenschieber</t>
-[...2 lines deleted...]
-      <c r="E325" t="inlineStr"/>
+          <t>Absperrklappen</t>
+        </is>
+      </c>
+      <c r="E325" t="inlineStr">
+        <is>
+          <t>BOAX-S/SF</t>
+        </is>
+      </c>
       <c r="F325" t="inlineStr">
         <is>
-          <t>DN250</t>
+          <t>DN100</t>
         </is>
       </c>
       <c r="G325" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H325" t="inlineStr">
         <is>
-          <t>35.00</t>
+          <t>20.00</t>
         </is>
       </c>
       <c r="I325" t="inlineStr"/>
       <c r="J325" t="inlineStr">
         <is>
-          <t>651.80 €</t>
-[...6 lines deleted...]
-      </c>
+          <t>477.51 €</t>
+        </is>
+      </c>
+      <c r="K325" t="inlineStr"/>
     </row>
     <row r="326" ht="15" customHeight="1">
       <c r="A326" t="inlineStr">
         <is>
-          <t>AR18286</t>
+          <t>AR18279</t>
         </is>
       </c>
       <c r="B326" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C326" s="2" t="inlineStr">
         <is>
-          <t>SERIE 2000 cl.150 DN200 PN10/16 66M 1B</t>
+          <t>HERA DN 250 V4 PTFE HW</t>
         </is>
       </c>
       <c r="D326" t="inlineStr">
         <is>
-          <t>Rückflussverhinderer</t>
-[...6 lines deleted...]
-      </c>
+          <t>Plattenschieber</t>
+        </is>
+      </c>
+      <c r="E326" t="inlineStr"/>
       <c r="F326" t="inlineStr">
         <is>
-          <t>DN200</t>
+          <t>DN250</t>
         </is>
       </c>
       <c r="G326" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H326" t="inlineStr">
         <is>
-          <t>28.00</t>
+          <t>35.00</t>
         </is>
       </c>
       <c r="I326" t="inlineStr"/>
       <c r="J326" t="inlineStr">
         <is>
-          <t>2166.63 €</t>
-[...2 lines deleted...]
-      <c r="K326" t="inlineStr"/>
+          <t>651.80 €</t>
+        </is>
+      </c>
+      <c r="K326" t="inlineStr">
+        <is>
+          <t>ABResale</t>
+        </is>
+      </c>
     </row>
     <row r="327" ht="15" customHeight="1">
       <c r="A327" t="inlineStr">
         <is>
-          <t>AR18288</t>
+          <t>AR18286</t>
         </is>
       </c>
       <c r="B327" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C327" s="2" t="inlineStr">
         <is>
-          <t>SERIE 2000 cl.PN16 DN250 PN10/16 3t6X 1A</t>
+          <t>SERIE 2000 cl.150 DN200 PN10/16 66M 1B</t>
         </is>
       </c>
       <c r="D327" t="inlineStr">
         <is>
           <t>Rückflussverhinderer</t>
         </is>
       </c>
       <c r="E327" t="inlineStr">
         <is>
           <t>Serie 2000</t>
         </is>
       </c>
       <c r="F327" t="inlineStr">
         <is>
-          <t>DN250</t>
+          <t>DN200</t>
         </is>
       </c>
       <c r="G327" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H327" t="inlineStr">
         <is>
-          <t>49.00</t>
+          <t>28.00</t>
         </is>
       </c>
       <c r="I327" t="inlineStr"/>
       <c r="J327" t="inlineStr">
         <is>
-          <t>1023.90 €</t>
-[...6 lines deleted...]
-      </c>
+          <t>2166.63 €</t>
+        </is>
+      </c>
+      <c r="K327" t="inlineStr"/>
     </row>
     <row r="328" ht="15" customHeight="1">
       <c r="A328" t="inlineStr">
         <is>
-          <t>AR18288-01</t>
+          <t>AR18288</t>
         </is>
       </c>
       <c r="B328" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C328" s="2" t="inlineStr">
         <is>
           <t>SERIE 2000 cl.PN16 DN250 PN10/16 3t6X 1A</t>
         </is>
       </c>
       <c r="D328" t="inlineStr">
         <is>
           <t>Rückflussverhinderer</t>
         </is>
       </c>
       <c r="E328" t="inlineStr">
         <is>
           <t>Serie 2000</t>
         </is>
       </c>
       <c r="F328" t="inlineStr">
         <is>
           <t>DN250</t>
@@ -17207,3827 +17207,3778 @@
       <c r="G328" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H328" t="inlineStr">
         <is>
           <t>49.00</t>
         </is>
       </c>
       <c r="I328" t="inlineStr"/>
       <c r="J328" t="inlineStr">
         <is>
           <t>1023.90 €</t>
         </is>
       </c>
       <c r="K328" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="329" ht="15" customHeight="1">
       <c r="A329" t="inlineStr">
         <is>
-          <t>AR18301</t>
+          <t>AR18288-01</t>
         </is>
       </c>
       <c r="B329" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C329" s="2" t="inlineStr">
         <is>
-          <t>MS50 F07/10/12-T27 SQ25mm</t>
+          <t>SERIE 2000 cl.PN16 DN250 PN10/16 3t6X 1A</t>
         </is>
       </c>
       <c r="D329" t="inlineStr">
         <is>
-          <t>Absperrklappen-Zubehör</t>
+          <t>Rückflussverhinderer</t>
         </is>
       </c>
       <c r="E329" t="inlineStr">
         <is>
-          <t>BOAX-S/SF</t>
-[...2 lines deleted...]
-      <c r="F329" t="inlineStr"/>
+          <t>Serie 2000</t>
+        </is>
+      </c>
+      <c r="F329" t="inlineStr">
+        <is>
+          <t>DN250</t>
+        </is>
+      </c>
       <c r="G329" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H329" t="inlineStr">
         <is>
-          <t>8.00</t>
+          <t>49.00</t>
         </is>
       </c>
       <c r="I329" t="inlineStr"/>
       <c r="J329" t="inlineStr">
         <is>
-          <t>196.67 €</t>
+          <t>1023.90 €</t>
         </is>
       </c>
       <c r="K329" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="330" ht="15" customHeight="1">
       <c r="A330" t="inlineStr">
         <is>
-          <t>AR18324</t>
+          <t>AR18301</t>
         </is>
       </c>
       <c r="B330" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C330" s="2" t="inlineStr">
         <is>
-          <t>Rückflusssperre RETO-STOP DN65 PN16 F6 GGG40</t>
+          <t>MS50 F07/10/12-T27 SQ25mm</t>
         </is>
       </c>
       <c r="D330" t="inlineStr">
         <is>
-          <t>Rückflussverhinderer</t>
-[...7 lines deleted...]
-      </c>
+          <t>Absperrklappen-Zubehör</t>
+        </is>
+      </c>
+      <c r="E330" t="inlineStr">
+        <is>
+          <t>BOAX-S/SF</t>
+        </is>
+      </c>
+      <c r="F330" t="inlineStr"/>
       <c r="G330" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H330" t="inlineStr">
         <is>
-          <t>16.00</t>
+          <t>8.00</t>
         </is>
       </c>
       <c r="I330" t="inlineStr"/>
       <c r="J330" t="inlineStr">
         <is>
-          <t>417.26 €</t>
+          <t>196.67 €</t>
         </is>
       </c>
       <c r="K330" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="331" ht="15" customHeight="1">
       <c r="A331" t="inlineStr">
         <is>
-          <t>AR18324-01</t>
+          <t>AR18324</t>
         </is>
       </c>
       <c r="B331" t="inlineStr">
         <is>
           <t>VAG</t>
         </is>
       </c>
       <c r="C331" s="2" t="inlineStr">
         <is>
           <t>Rückflusssperre RETO-STOP DN65 PN16 F6 GGG40</t>
         </is>
       </c>
       <c r="D331" t="inlineStr">
         <is>
           <t>Rückflussverhinderer</t>
         </is>
       </c>
       <c r="E331" t="inlineStr"/>
       <c r="F331" t="inlineStr">
         <is>
           <t>DN065</t>
         </is>
       </c>
       <c r="G331" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H331" t="inlineStr">
         <is>
           <t>16.00</t>
         </is>
       </c>
       <c r="I331" t="inlineStr"/>
       <c r="J331" t="inlineStr">
         <is>
           <t>417.26 €</t>
         </is>
       </c>
       <c r="K331" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="332" ht="15" customHeight="1">
       <c r="A332" t="inlineStr">
         <is>
-          <t>AR18362</t>
+          <t>AR18324-01</t>
         </is>
       </c>
       <c r="B332" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="C332" s="2" t="inlineStr">
         <is>
-          <t>BOA-S PN 16 DN  20 5.3103  Einfach HTF</t>
+          <t>Rückflusssperre RETO-STOP DN65 PN16 F6 GGG40</t>
         </is>
       </c>
       <c r="D332" t="inlineStr">
         <is>
-          <t>Schmutzfänger</t>
-[...6 lines deleted...]
-      </c>
+          <t>Rückflussverhinderer</t>
+        </is>
+      </c>
+      <c r="E332" t="inlineStr"/>
       <c r="F332" t="inlineStr">
         <is>
-          <t>DN020</t>
-[...2 lines deleted...]
-      <c r="G332" t="inlineStr"/>
+          <t>DN065</t>
+        </is>
+      </c>
+      <c r="G332" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
       <c r="H332" t="inlineStr">
         <is>
-          <t>362.00</t>
+          <t>16.00</t>
         </is>
       </c>
       <c r="I332" t="inlineStr"/>
       <c r="J332" t="inlineStr">
         <is>
-          <t>112.50 €</t>
+          <t>417.26 €</t>
         </is>
       </c>
       <c r="K332" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="333" ht="15" customHeight="1">
       <c r="A333" t="inlineStr">
         <is>
-          <t>AR18363</t>
+          <t>AR18362</t>
         </is>
       </c>
       <c r="B333" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C333" s="2" t="inlineStr">
         <is>
-          <t>BOAX-S PN6/10/16 DN080 T23g6K6XU LP165</t>
-[...2 lines deleted...]
-      <c r="D333" t="inlineStr"/>
+          <t>BOA-S PN 16 DN  20 5.3103  Einfach HTF</t>
+        </is>
+      </c>
+      <c r="D333" t="inlineStr">
+        <is>
+          <t>Schmutzfänger</t>
+        </is>
+      </c>
       <c r="E333" t="inlineStr">
         <is>
-          <t>BOAX-S/SF</t>
+          <t>BOA-S</t>
         </is>
       </c>
       <c r="F333" t="inlineStr">
         <is>
-          <t>DN080</t>
-[...7 lines deleted...]
-      <c r="H333" t="inlineStr"/>
+          <t>DN020</t>
+        </is>
+      </c>
+      <c r="G333" t="inlineStr"/>
+      <c r="H333" t="inlineStr">
+        <is>
+          <t>362.00</t>
+        </is>
+      </c>
       <c r="I333" t="inlineStr"/>
       <c r="J333" t="inlineStr">
         <is>
-          <t>1.00 €</t>
+          <t>112.50 €</t>
         </is>
       </c>
       <c r="K333" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="334" ht="15" customHeight="1">
       <c r="A334" t="inlineStr">
         <is>
-          <t>AR18588</t>
+          <t>AR18363</t>
         </is>
       </c>
       <c r="B334" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C334" s="2" t="inlineStr">
         <is>
-          <t>BOAX-SF PN10/16 DN40 T43G6K6GK MA12- Test</t>
-[...6 lines deleted...]
-      </c>
+          <t>BOAX-S PN6/10/16 DN080 T23g6K6XU LP165</t>
+        </is>
+      </c>
+      <c r="D334" t="inlineStr"/>
       <c r="E334" t="inlineStr">
         <is>
           <t>BOAX-S/SF</t>
         </is>
       </c>
       <c r="F334" t="inlineStr">
         <is>
-          <t>DN040</t>
+          <t>DN080</t>
         </is>
       </c>
       <c r="G334" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
-      <c r="H334" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H334" t="inlineStr"/>
       <c r="I334" t="inlineStr"/>
       <c r="J334" t="inlineStr">
         <is>
-          <t>140.50 €</t>
-[...2 lines deleted...]
-      <c r="K334" t="inlineStr"/>
+          <t>123.70 €</t>
+        </is>
+      </c>
+      <c r="K334" t="inlineStr">
+        <is>
+          <t>ABResale</t>
+        </is>
+      </c>
     </row>
     <row r="335" ht="15" customHeight="1">
       <c r="A335" t="inlineStr">
         <is>
-          <t>AR18592</t>
+          <t>AR18603</t>
         </is>
       </c>
       <c r="B335" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C335" s="2" t="inlineStr">
         <is>
-          <t>ACTAIR test NG 10 F05/07 DD14 Adapter DD11 (Kopie)</t>
+          <t>ISORIA 10 DN300+ T2 PN10 3g6k6XV - MS50</t>
         </is>
       </c>
       <c r="D335" t="inlineStr">
         <is>
-          <t>Absperrklappen-Zubehör</t>
+          <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E335" t="inlineStr">
         <is>
-          <t>ACTAIR</t>
-[...2 lines deleted...]
-      <c r="F335" t="inlineStr"/>
+          <t>ISORIA 10</t>
+        </is>
+      </c>
+      <c r="F335" t="inlineStr">
+        <is>
+          <t>DN300</t>
+        </is>
+      </c>
       <c r="G335" t="inlineStr">
         <is>
-          <t>B1: A: neu / standard</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H335" t="inlineStr">
         <is>
-          <t>2.50</t>
+          <t>67.00</t>
         </is>
       </c>
       <c r="I335" t="inlineStr"/>
       <c r="J335" t="inlineStr">
         <is>
-          <t>222.11 €</t>
+          <t>2113.87 €</t>
         </is>
       </c>
       <c r="K335" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="336" ht="30" customHeight="1">
       <c r="A336" t="inlineStr">
         <is>
-          <t>AR18593</t>
+          <t>AR18608</t>
         </is>
       </c>
       <c r="B336" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>VDL</t>
         </is>
       </c>
       <c r="C336" s="2" t="inlineStr">
         <is>
-          <t>ACTAIR test2 NG 10 F05/07 DD14 Adapter DD11 (Kopie) (Kopie)</t>
+          <t>Absperrschieber 110mm VDL DN 100 PN1 mit 2x Klebemuffen f. Compacta+MiniCompacta</t>
         </is>
       </c>
       <c r="D336" t="inlineStr">
         <is>
-          <t>Absperrklappen-Zubehör</t>
+          <t>Absperrschieber</t>
         </is>
       </c>
       <c r="E336" t="inlineStr">
         <is>
-          <t>ACTAIR</t>
-[...2 lines deleted...]
-      <c r="F336" t="inlineStr"/>
+          <t>VDL</t>
+        </is>
+      </c>
+      <c r="F336" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
       <c r="G336" t="inlineStr">
         <is>
-          <t>B1: A: neu / standard</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H336" t="inlineStr">
         <is>
-          <t>2.50</t>
+          <t>5.50</t>
         </is>
       </c>
       <c r="I336" t="inlineStr"/>
       <c r="J336" t="inlineStr">
         <is>
-          <t>222.11 €</t>
+          <t>215.89 €</t>
         </is>
       </c>
       <c r="K336" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="337" ht="15" customHeight="1">
+    <row r="337" ht="30" customHeight="1">
       <c r="A337" t="inlineStr">
         <is>
-          <t>AR18603</t>
+          <t>AR18608-01</t>
         </is>
       </c>
       <c r="B337" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>VDL</t>
         </is>
       </c>
       <c r="C337" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 10 DN300+ T2 PN10 3g6k6XV - MS50</t>
+          <t>Absperrschieber 110mm VDL DN 100 PN1 mit 2x Klebemuffen f. Compacta+MiniCompacta</t>
         </is>
       </c>
       <c r="D337" t="inlineStr">
         <is>
-          <t>Absperrklappen</t>
+          <t>Absperrschieber</t>
         </is>
       </c>
       <c r="E337" t="inlineStr">
         <is>
-          <t>ISORIA 10</t>
+          <t>VDL</t>
         </is>
       </c>
       <c r="F337" t="inlineStr">
         <is>
-          <t>DN300</t>
+          <t>DN100</t>
         </is>
       </c>
       <c r="G337" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H337" t="inlineStr">
         <is>
-          <t>67.00</t>
+          <t>5.50</t>
         </is>
       </c>
       <c r="I337" t="inlineStr"/>
       <c r="J337" t="inlineStr">
         <is>
-          <t>2113.87 €</t>
+          <t>215.89 €</t>
         </is>
       </c>
       <c r="K337" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="338" ht="30" customHeight="1">
+    <row r="338" ht="15" customHeight="1">
       <c r="A338" t="inlineStr">
         <is>
-          <t>AR18608</t>
+          <t>AR18620</t>
         </is>
       </c>
       <c r="B338" t="inlineStr">
         <is>
-          <t>VDL</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C338" s="2" t="inlineStr">
         <is>
-          <t>Absperrschieber 110mm VDL DN 100 PN1 mit 2x Klebemuffen f. Compacta+MiniCompacta</t>
+          <t>BOAX-SF DN250 PN16T4 3G6K6GXU MS50</t>
         </is>
       </c>
       <c r="D338" t="inlineStr">
         <is>
-          <t>Absperrschieber</t>
+          <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E338" t="inlineStr">
         <is>
-          <t>VDL</t>
+          <t>BOAX-S/SF</t>
         </is>
       </c>
       <c r="F338" t="inlineStr">
         <is>
-          <t>DN100</t>
+          <t>DN250</t>
         </is>
       </c>
       <c r="G338" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H338" t="inlineStr">
         <is>
-          <t>5.50</t>
+          <t>43.00</t>
         </is>
       </c>
       <c r="I338" t="inlineStr"/>
       <c r="J338" t="inlineStr">
         <is>
-          <t>215.89 €</t>
+          <t>824.80 €</t>
         </is>
       </c>
       <c r="K338" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="339" ht="30" customHeight="1">
+    <row r="339" ht="15" customHeight="1">
       <c r="A339" t="inlineStr">
         <is>
-          <t>AR18608-01</t>
+          <t>AR18620-01</t>
         </is>
       </c>
       <c r="B339" t="inlineStr">
         <is>
-          <t>VDL</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C339" s="2" t="inlineStr">
         <is>
-          <t>Absperrschieber 110mm VDL DN 100 PN1 mit 2x Klebemuffen f. Compacta+MiniCompacta</t>
+          <t>BOAX-SF DN250 PN16T4 3G6K6GXU MS50</t>
         </is>
       </c>
       <c r="D339" t="inlineStr">
         <is>
-          <t>Absperrschieber</t>
+          <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E339" t="inlineStr">
         <is>
-          <t>VDL</t>
+          <t>BOAX-S/SF</t>
         </is>
       </c>
       <c r="F339" t="inlineStr">
         <is>
-          <t>DN100</t>
+          <t>DN250</t>
         </is>
       </c>
       <c r="G339" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H339" t="inlineStr">
         <is>
-          <t>5.50</t>
+          <t>43.00</t>
         </is>
       </c>
       <c r="I339" t="inlineStr"/>
       <c r="J339" t="inlineStr">
         <is>
-          <t>215.89 €</t>
+          <t>824.80 €</t>
         </is>
       </c>
       <c r="K339" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="340" ht="15" customHeight="1">
       <c r="A340" t="inlineStr">
         <is>
-          <t>AR18620</t>
+          <t>AR18622</t>
         </is>
       </c>
       <c r="B340" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C340" s="2" t="inlineStr">
         <is>
-          <t>BOAX-SF DN250 PN16T4 3G6K6GXU MS50</t>
+          <t>BOAX-SF 350+ PN16T4 3G6K6GXU MS50</t>
         </is>
       </c>
       <c r="D340" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E340" t="inlineStr">
         <is>
           <t>BOAX-S/SF</t>
         </is>
       </c>
       <c r="F340" t="inlineStr">
         <is>
-          <t>DN250</t>
+          <t>DN350</t>
         </is>
       </c>
       <c r="G340" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H340" t="inlineStr">
         <is>
-          <t>43.00</t>
+          <t>99.50</t>
         </is>
       </c>
       <c r="I340" t="inlineStr"/>
       <c r="J340" t="inlineStr">
         <is>
-          <t>824.80 €</t>
+          <t>1599.43 €</t>
         </is>
       </c>
       <c r="K340" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="341" ht="15" customHeight="1">
+    <row r="341" ht="30" customHeight="1">
       <c r="A341" t="inlineStr">
         <is>
-          <t>AR18620-01</t>
+          <t>AR18628</t>
         </is>
       </c>
       <c r="B341" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C341" s="2" t="inlineStr">
         <is>
-          <t>BOAX-SF DN250 PN16T4 3G6K6GXU MS50</t>
+          <t>BOAX-B PN10/16 DN100 T2 3G6K6XU + Actair EVO10RO (Sonderausführung)</t>
         </is>
       </c>
       <c r="D341" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E341" t="inlineStr">
         <is>
-          <t>BOAX-S/SF</t>
+          <t>BOAX-B</t>
         </is>
       </c>
       <c r="F341" t="inlineStr">
         <is>
-          <t>DN250</t>
+          <t>DN100</t>
         </is>
       </c>
       <c r="G341" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
-      <c r="H341" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H341" t="inlineStr"/>
       <c r="I341" t="inlineStr"/>
       <c r="J341" t="inlineStr">
         <is>
-          <t>824.80 €</t>
+          <t>510.61 €</t>
         </is>
       </c>
       <c r="K341" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="342" ht="15" customHeight="1">
       <c r="A342" t="inlineStr">
         <is>
-          <t>AR18622</t>
+          <t>AR18725</t>
         </is>
       </c>
       <c r="B342" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C342" s="2" t="inlineStr">
         <is>
-          <t>BOAX-SF 350+ PN16T4 3G6K6GXU MS50</t>
+          <t>BOAX-S PN6/10/16 DN200 T23G6K6GXU LP330</t>
         </is>
       </c>
       <c r="D342" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E342" t="inlineStr">
         <is>
           <t>BOAX-S/SF</t>
         </is>
       </c>
       <c r="F342" t="inlineStr">
         <is>
-          <t>DN350</t>
+          <t>DN200</t>
         </is>
       </c>
       <c r="G342" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H342" t="inlineStr">
         <is>
-          <t>99.50</t>
+          <t>15.90</t>
         </is>
       </c>
       <c r="I342" t="inlineStr"/>
       <c r="J342" t="inlineStr">
         <is>
-          <t>1599.43 €</t>
+          <t>348.15 €</t>
         </is>
       </c>
       <c r="K342" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="343" ht="30" customHeight="1">
+    <row r="343" ht="15" customHeight="1">
       <c r="A343" t="inlineStr">
         <is>
-          <t>AR18628</t>
+          <t>AR18726</t>
         </is>
       </c>
       <c r="B343" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C343" s="2" t="inlineStr">
         <is>
-          <t>BOAX-B PN10/16 DN100 T2 3G6K6XU + Actair EVO10RO (Sonderausführung)</t>
+          <t>BOAX-SF PN10/16 DN080 T43g6k6gXU LP165</t>
         </is>
       </c>
       <c r="D343" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E343" t="inlineStr">
         <is>
-          <t>BOAX-B</t>
+          <t>BOAX-S/SF</t>
         </is>
       </c>
       <c r="F343" t="inlineStr">
         <is>
-          <t>DN100</t>
+          <t>DN080</t>
         </is>
       </c>
       <c r="G343" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
-      <c r="H343" t="inlineStr"/>
+      <c r="H343" t="inlineStr">
+        <is>
+          <t>7.00</t>
+        </is>
+      </c>
       <c r="I343" t="inlineStr"/>
       <c r="J343" t="inlineStr">
         <is>
-          <t>510.61 €</t>
+          <t>128.07 €</t>
         </is>
       </c>
       <c r="K343" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="344" ht="15" customHeight="1">
       <c r="A344" t="inlineStr">
         <is>
-          <t>AR18725</t>
+          <t>AR18727</t>
         </is>
       </c>
       <c r="B344" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C344" s="2" t="inlineStr">
         <is>
-          <t>BOAX-S PN6/10/16 DN200 T23G6K6GXU LP330</t>
+          <t>BOAX-SF PN16 DN200 T43G6K6GXU LP330</t>
         </is>
       </c>
       <c r="D344" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E344" t="inlineStr">
         <is>
           <t>BOAX-S/SF</t>
         </is>
       </c>
       <c r="F344" t="inlineStr">
         <is>
           <t>DN200</t>
         </is>
       </c>
       <c r="G344" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H344" t="inlineStr">
         <is>
-          <t>15.90</t>
+          <t>49.00</t>
         </is>
       </c>
       <c r="I344" t="inlineStr"/>
       <c r="J344" t="inlineStr">
         <is>
-          <t>348.15 €</t>
+          <t>240.00 €</t>
         </is>
       </c>
       <c r="K344" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="345" ht="15" customHeight="1">
       <c r="A345" t="inlineStr">
         <is>
-          <t>AR18726</t>
+          <t>AR18739</t>
         </is>
       </c>
       <c r="B345" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C345" s="2" t="inlineStr">
         <is>
-          <t>BOAX-SF PN10/16 DN080 T43g6k6gXU LP165</t>
+          <t>COBRA SGP  FLAT BODY 16/100</t>
         </is>
       </c>
       <c r="D345" t="inlineStr">
         <is>
-          <t>Absperrklappen</t>
+          <t>Absperrschieber</t>
         </is>
       </c>
       <c r="E345" t="inlineStr">
         <is>
-          <t>BOAX-S/SF</t>
+          <t>COBRA</t>
         </is>
       </c>
       <c r="F345" t="inlineStr">
         <is>
-          <t>DN080</t>
+          <t>DN100</t>
         </is>
       </c>
       <c r="G345" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H345" t="inlineStr">
         <is>
-          <t>7.00</t>
+          <t>30.00</t>
         </is>
       </c>
       <c r="I345" t="inlineStr"/>
       <c r="J345" t="inlineStr">
         <is>
-          <t>128.07 €</t>
+          <t>305.86 €</t>
         </is>
       </c>
       <c r="K345" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="346" ht="15" customHeight="1">
+    <row r="346" ht="30" customHeight="1">
       <c r="A346" t="inlineStr">
         <is>
-          <t>AR18727</t>
+          <t>AR18742</t>
         </is>
       </c>
       <c r="B346" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C346" s="2" t="inlineStr">
         <is>
-          <t>BOAX-SF PN16 DN200 T43G6K6GXU LP330</t>
+          <t>Bernard Elektrischer 90°-Schwenkantrieb AQ 25 F10 nach ISO 5211</t>
         </is>
       </c>
       <c r="D346" t="inlineStr">
         <is>
-          <t>Absperrklappen</t>
-[...11 lines deleted...]
-      </c>
+          <t>Absperrklappen-Zubehör</t>
+        </is>
+      </c>
+      <c r="E346" t="inlineStr"/>
+      <c r="F346" t="inlineStr"/>
       <c r="G346" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H346" t="inlineStr">
         <is>
-          <t>49.00</t>
+          <t>15.00</t>
         </is>
       </c>
       <c r="I346" t="inlineStr"/>
       <c r="J346" t="inlineStr">
         <is>
-          <t>240.00 €</t>
+          <t>1050.58 €</t>
         </is>
       </c>
       <c r="K346" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="347" ht="15" customHeight="1">
+    <row r="347" ht="30" customHeight="1">
       <c r="A347" t="inlineStr">
         <is>
-          <t>AR18739</t>
+          <t>AR18743</t>
         </is>
       </c>
       <c r="B347" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C347" s="2" t="inlineStr">
         <is>
-          <t>COBRA SGP  FLAT BODY 16/100</t>
+          <t>ISORIA 10 DN100+ T1 PN10 3t6k6iXA - ACTAIR EVO 5 F05 T14 - AMTROBOX (R001149)</t>
         </is>
       </c>
       <c r="D347" t="inlineStr">
         <is>
-          <t>Absperrschieber</t>
+          <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E347" t="inlineStr">
         <is>
-          <t>COBRA</t>
+          <t>ISORIA 10</t>
         </is>
       </c>
       <c r="F347" t="inlineStr">
         <is>
           <t>DN100</t>
         </is>
       </c>
       <c r="G347" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H347" t="inlineStr">
         <is>
-          <t>30.00</t>
+          <t>13.50</t>
         </is>
       </c>
       <c r="I347" t="inlineStr"/>
       <c r="J347" t="inlineStr">
         <is>
-          <t>305.86 €</t>
+          <t>661.96 €</t>
         </is>
       </c>
       <c r="K347" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="348" ht="30" customHeight="1">
+    <row r="348" ht="15" customHeight="1">
       <c r="A348" t="inlineStr">
         <is>
-          <t>AR18743</t>
+          <t>AR18744</t>
         </is>
       </c>
       <c r="B348" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C348" s="2" t="inlineStr">
         <is>
-          <t>ISORIA 10 DN100+ T1 PN10 3t6k6iXA - ACTAIR EVO 5 F05 T14 - AMTROBOX (R001149)</t>
-[...16 lines deleted...]
-      </c>
+          <t>ANTRIEB EA-B 10/24 LINEAR/GLEICHPR</t>
+        </is>
+      </c>
+      <c r="D348" t="inlineStr"/>
+      <c r="E348" t="inlineStr"/>
+      <c r="F348" t="inlineStr"/>
       <c r="G348" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H348" t="inlineStr">
         <is>
-          <t>13.50</t>
+          <t>25.00</t>
         </is>
       </c>
       <c r="I348" t="inlineStr"/>
       <c r="J348" t="inlineStr">
         <is>
-          <t>661.96 €</t>
+          <t>588.15 €</t>
         </is>
       </c>
       <c r="K348" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="349" ht="15" customHeight="1">
       <c r="A349" t="inlineStr">
         <is>
-          <t>AR18744</t>
+          <t>AR18746</t>
         </is>
       </c>
       <c r="B349" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>SISTO</t>
         </is>
       </c>
       <c r="C349" s="2" t="inlineStr">
         <is>
-          <t>ANTRIEB EA-B 10/24 LINEAR/GLEICHPR</t>
-[...4 lines deleted...]
-      <c r="F349" t="inlineStr"/>
+          <t>SISTO-16 DLU JL1040 NBR DN125 PN16</t>
+        </is>
+      </c>
+      <c r="D349" t="inlineStr">
+        <is>
+          <t>Membranventile</t>
+        </is>
+      </c>
+      <c r="E349" t="inlineStr">
+        <is>
+          <t>SISTO-16/16S</t>
+        </is>
+      </c>
+      <c r="F349" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
       <c r="G349" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H349" t="inlineStr">
         <is>
-          <t>25.00</t>
+          <t>64.00</t>
         </is>
       </c>
       <c r="I349" t="inlineStr"/>
       <c r="J349" t="inlineStr">
         <is>
-          <t>588.15 €</t>
+          <t>647.62 €</t>
         </is>
       </c>
       <c r="K349" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="350" ht="15" customHeight="1">
+    <row r="350" ht="30" customHeight="1">
       <c r="A350" t="inlineStr">
         <is>
-          <t>AR18746</t>
+          <t>AR18755</t>
         </is>
       </c>
       <c r="B350" t="inlineStr">
         <is>
-          <t>SISTO</t>
+          <t>Bernard Controls</t>
         </is>
       </c>
       <c r="C350" s="2" t="inlineStr">
         <is>
-          <t>SISTO-16 DLU JL1040 NBR DN125 PN16</t>
+          <t>Bernard Elektrischer 90°-Schwenkantrieb AQ10 F07 nach ISO 5211</t>
         </is>
       </c>
       <c r="D350" t="inlineStr">
         <is>
-          <t>Membranventile</t>
+          <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
       <c r="E350" t="inlineStr">
         <is>
-          <t>SISTO-16/16S</t>
-[...6 lines deleted...]
-      </c>
+          <t>BERNARD AQ</t>
+        </is>
+      </c>
+      <c r="F350" t="inlineStr"/>
       <c r="G350" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
-      <c r="H350" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H350" t="inlineStr"/>
       <c r="I350" t="inlineStr"/>
       <c r="J350" t="inlineStr">
         <is>
-          <t>647.62 €</t>
+          <t>294.47 €</t>
         </is>
       </c>
       <c r="K350" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="351" ht="30" customHeight="1">
+    <row r="351" ht="15" customHeight="1">
       <c r="A351" t="inlineStr">
         <is>
-          <t>AR18755</t>
+          <t>AR6977</t>
         </is>
       </c>
       <c r="B351" t="inlineStr">
         <is>
-          <t>Bernard Controls</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C351" s="2" t="inlineStr">
         <is>
-          <t>Bernard Elektrischer 90°-Schwenkantrieb AQ10 F07 nach ISO 5211</t>
+          <t>Serie 2000 DN2" CL600 66M1B PN10/16</t>
         </is>
       </c>
       <c r="D351" t="inlineStr">
         <is>
-          <t>Absperrklappen-Zubehör</t>
+          <t>Rückflussverhinderer</t>
         </is>
       </c>
       <c r="E351" t="inlineStr">
         <is>
-          <t>BERNARD AQ</t>
-[...2 lines deleted...]
-      <c r="F351" t="inlineStr"/>
+          <t>Serie 2000</t>
+        </is>
+      </c>
+      <c r="F351" t="inlineStr">
+        <is>
+          <t>2" Zoll (DN050)</t>
+        </is>
+      </c>
       <c r="G351" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
-      <c r="H351" t="inlineStr"/>
+      <c r="H351" t="inlineStr">
+        <is>
+          <t>5.00</t>
+        </is>
+      </c>
       <c r="I351" t="inlineStr"/>
       <c r="J351" t="inlineStr">
         <is>
-          <t>294.47 €</t>
+          <t>1318.57 €</t>
         </is>
       </c>
       <c r="K351" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="352" ht="15" customHeight="1">
       <c r="A352" t="inlineStr">
         <is>
-          <t>AR6977</t>
+          <t>AR6996</t>
         </is>
       </c>
       <c r="B352" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C352" s="2" t="inlineStr">
         <is>
-          <t>Serie 2000 DN2" CL600 66M1B PN10/16</t>
+          <t>Getriebe MR 25 Standard mit Handrad</t>
         </is>
       </c>
       <c r="D352" t="inlineStr">
         <is>
-          <t>Rückflussverhinderer</t>
-[...11 lines deleted...]
-      </c>
+          <t>Absperrklappen-Zubehör</t>
+        </is>
+      </c>
+      <c r="E352" t="inlineStr"/>
+      <c r="F352" t="inlineStr"/>
       <c r="G352" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H352" t="inlineStr">
         <is>
-          <t>5.00</t>
+          <t>24.00</t>
         </is>
       </c>
       <c r="I352" t="inlineStr"/>
       <c r="J352" t="inlineStr">
         <is>
-          <t>1318.57 €</t>
+          <t>144.83 €</t>
         </is>
       </c>
       <c r="K352" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="353" ht="15" customHeight="1">
       <c r="A353" t="inlineStr">
         <is>
-          <t>AR6996</t>
+          <t>AR7018</t>
         </is>
       </c>
       <c r="B353" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>Aquatech</t>
         </is>
       </c>
       <c r="C353" s="2" t="inlineStr">
         <is>
-          <t>Getriebe MR 25 Standard mit Handrad</t>
+          <t>Actuatech GD60 F05 F07</t>
         </is>
       </c>
       <c r="D353" t="inlineStr">
         <is>
           <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
-      <c r="E353" t="inlineStr"/>
+      <c r="E353" t="inlineStr">
+        <is>
+          <t>Actuatech GD</t>
+        </is>
+      </c>
       <c r="F353" t="inlineStr"/>
       <c r="G353" t="inlineStr">
         <is>
-          <t>B1: ungebraucht / neuwertig</t>
+          <t>B1: B2: gebraucht / wie neu</t>
         </is>
       </c>
       <c r="H353" t="inlineStr">
         <is>
-          <t>24.00</t>
+          <t>2.00</t>
         </is>
       </c>
       <c r="I353" t="inlineStr"/>
       <c r="J353" t="inlineStr">
         <is>
-          <t>144.83 €</t>
+          <t>110.88 €</t>
         </is>
       </c>
       <c r="K353" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="354" ht="15" customHeight="1">
       <c r="A354" t="inlineStr">
         <is>
-          <t>AR7018</t>
+          <t>AR7419</t>
         </is>
       </c>
       <c r="B354" t="inlineStr">
         <is>
-          <t>Aquatech</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C354" s="2" t="inlineStr">
         <is>
-          <t>Actuatech GD60 F05 F07</t>
+          <t>BOACHEM FSA DN80 PN10/16 1.4408 Feinsieb</t>
         </is>
       </c>
       <c r="D354" t="inlineStr">
         <is>
-          <t>Absperrklappen-Zubehör</t>
+          <t>Schmutzfänger</t>
         </is>
       </c>
       <c r="E354" t="inlineStr">
         <is>
-          <t>Actuatech GD</t>
-[...2 lines deleted...]
-      <c r="F354" t="inlineStr"/>
+          <t>BOACHEM</t>
+        </is>
+      </c>
+      <c r="F354" t="inlineStr">
+        <is>
+          <t>DN080</t>
+        </is>
+      </c>
       <c r="G354" t="inlineStr">
         <is>
-          <t>B1: B2: gebraucht / wie neu</t>
+          <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H354" t="inlineStr">
         <is>
-          <t>2.00</t>
+          <t>26.00</t>
         </is>
       </c>
       <c r="I354" t="inlineStr"/>
       <c r="J354" t="inlineStr">
         <is>
-          <t>110.88 €</t>
+          <t>728.33 €</t>
         </is>
       </c>
       <c r="K354" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="355" ht="15" customHeight="1">
       <c r="A355" t="inlineStr">
         <is>
-          <t>AR7419</t>
+          <t>AR7420</t>
         </is>
       </c>
       <c r="B355" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C355" s="2" t="inlineStr">
         <is>
-          <t>BOACHEM FSA DN80 PN10/16 1.4408 Feinsieb</t>
+          <t>BOACHEM FSA DN65 PN10/16 1.4408 Feinsieb</t>
         </is>
       </c>
       <c r="D355" t="inlineStr">
         <is>
           <t>Schmutzfänger</t>
         </is>
       </c>
       <c r="E355" t="inlineStr">
         <is>
           <t>BOACHEM</t>
         </is>
       </c>
       <c r="F355" t="inlineStr">
         <is>
-          <t>DN080</t>
+          <t>DN065</t>
         </is>
       </c>
       <c r="G355" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H355" t="inlineStr">
         <is>
-          <t>26.00</t>
+          <t>22.00</t>
         </is>
       </c>
       <c r="I355" t="inlineStr"/>
       <c r="J355" t="inlineStr">
         <is>
-          <t>728.33 €</t>
+          <t>623.72 €</t>
         </is>
       </c>
       <c r="K355" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="356" ht="15" customHeight="1">
       <c r="A356" t="inlineStr">
         <is>
-          <t>AR7420</t>
+          <t>AR9049</t>
         </is>
       </c>
       <c r="B356" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C356" s="2" t="inlineStr">
         <is>
-          <t>BOACHEM FSA DN65 PN10/16 1.4408 Feinsieb</t>
+          <t>BOA-Control IMS DN125</t>
         </is>
       </c>
       <c r="D356" t="inlineStr">
         <is>
-          <t>Schmutzfänger</t>
+          <t>Regulierventile</t>
         </is>
       </c>
       <c r="E356" t="inlineStr">
         <is>
-          <t>BOACHEM</t>
+          <t>BOA-Control</t>
         </is>
       </c>
       <c r="F356" t="inlineStr">
         <is>
-          <t>DN065</t>
+          <t>DN125</t>
         </is>
       </c>
       <c r="G356" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H356" t="inlineStr">
         <is>
-          <t>22.00</t>
+          <t>55.00</t>
         </is>
       </c>
       <c r="I356" t="inlineStr"/>
       <c r="J356" t="inlineStr">
         <is>
-          <t>623.72 €</t>
+          <t>764.88 €</t>
         </is>
       </c>
       <c r="K356" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="357" ht="15" customHeight="1">
+    <row r="357" ht="30" customHeight="1">
       <c r="A357" t="inlineStr">
         <is>
-          <t>AR9049</t>
+          <t>AR9655</t>
         </is>
       </c>
       <c r="B357" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C357" s="2" t="inlineStr">
         <is>
-          <t>BOA-Control IMS DN125</t>
+          <t>BOA-S mit Einfachsieb Gehäuse EN-GJL-250, PN 6, DN 40</t>
         </is>
       </c>
       <c r="D357" t="inlineStr">
         <is>
-          <t>Regulierventile</t>
+          <t>Schmutzfänger</t>
         </is>
       </c>
       <c r="E357" t="inlineStr">
         <is>
-          <t>BOA-Control</t>
+          <t>BOA-S</t>
         </is>
       </c>
       <c r="F357" t="inlineStr">
         <is>
-          <t>DN125</t>
+          <t>DN040</t>
         </is>
       </c>
       <c r="G357" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H357" t="inlineStr">
         <is>
-          <t>55.00</t>
+          <t>9.00</t>
         </is>
       </c>
       <c r="I357" t="inlineStr"/>
       <c r="J357" t="inlineStr">
         <is>
-          <t>764.88 €</t>
+          <t>41.76 €</t>
         </is>
       </c>
       <c r="K357" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="358" ht="30" customHeight="1">
+    <row r="358" ht="15" customHeight="1">
       <c r="A358" t="inlineStr">
         <is>
-          <t>AR9655</t>
+          <t>AR9677</t>
         </is>
       </c>
       <c r="B358" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C358" s="2" t="inlineStr">
         <is>
-          <t>BOA-S mit Einfachsieb Gehäuse EN-GJL-250, PN 6, DN 40</t>
+          <t>Disc Isoria 10 DN700 3g</t>
         </is>
       </c>
       <c r="D358" t="inlineStr">
         <is>
-          <t>Schmutzfänger</t>
+          <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
       <c r="E358" t="inlineStr">
         <is>
-          <t>BOA-S</t>
+          <t>ISORIA 10</t>
         </is>
       </c>
       <c r="F358" t="inlineStr">
         <is>
-          <t>DN040</t>
+          <t>DN700</t>
         </is>
       </c>
       <c r="G358" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H358" t="inlineStr">
         <is>
-          <t>9.00</t>
+          <t>91.00</t>
         </is>
       </c>
       <c r="I358" t="inlineStr"/>
       <c r="J358" t="inlineStr">
         <is>
-          <t>41.76 €</t>
+          <t>2651.80 €</t>
         </is>
       </c>
       <c r="K358" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="359" ht="15" customHeight="1">
       <c r="A359" t="inlineStr">
         <is>
-          <t>AR9677</t>
+          <t>AR9695</t>
         </is>
       </c>
       <c r="B359" t="inlineStr">
         <is>
           <t>KSB AMRI</t>
         </is>
       </c>
       <c r="C359" s="2" t="inlineStr">
         <is>
-          <t>Disc Isoria 10 DN700 3g</t>
+          <t>DANAIS150 PN10/16 DN65 T1 66e66A + Handhebel</t>
         </is>
       </c>
       <c r="D359" t="inlineStr">
         <is>
-          <t>Absperrklappen-Zubehör</t>
+          <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E359" t="inlineStr">
         <is>
-          <t>ISORIA 10</t>
+          <t>DANAIS150</t>
         </is>
       </c>
       <c r="F359" t="inlineStr">
         <is>
-          <t>DN700</t>
+          <t>DN065</t>
         </is>
       </c>
       <c r="G359" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H359" t="inlineStr">
         <is>
-          <t>91.00</t>
+          <t>9.00</t>
         </is>
       </c>
       <c r="I359" t="inlineStr"/>
       <c r="J359" t="inlineStr">
         <is>
-          <t>2651.80 €</t>
+          <t>498.48 €</t>
         </is>
       </c>
       <c r="K359" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="360" ht="15" customHeight="1">
+    <row r="360" ht="30" customHeight="1">
       <c r="A360" t="inlineStr">
         <is>
-          <t>AR9695</t>
+          <t>AR9702</t>
         </is>
       </c>
       <c r="B360" t="inlineStr">
         <is>
-          <t>KSB AMRI</t>
+          <t>-</t>
         </is>
       </c>
       <c r="C360" s="2" t="inlineStr">
         <is>
-          <t>DANAIS150 PN10/16 DN65 T1 66e66A + Handhebel</t>
+          <t>DANAIS 150 DN150 T4 PN16  16e6FB - DYNACAIR 25, ATEX II2GD (Zone 1 und 21)</t>
         </is>
       </c>
       <c r="D360" t="inlineStr">
         <is>
           <t>Absperrklappen</t>
         </is>
       </c>
       <c r="E360" t="inlineStr">
         <is>
           <t>DANAIS150</t>
         </is>
       </c>
       <c r="F360" t="inlineStr">
         <is>
-          <t>DN065</t>
+          <t>DN150</t>
         </is>
       </c>
       <c r="G360" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
-      <c r="H360" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H360" t="inlineStr"/>
       <c r="I360" t="inlineStr"/>
       <c r="J360" t="inlineStr">
         <is>
-          <t>498.48 €</t>
+          <t>2257.66 €</t>
         </is>
       </c>
       <c r="K360" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="361" ht="30" customHeight="1">
       <c r="A361" t="inlineStr">
         <is>
-          <t>AR9702</t>
+          <t>AR9703</t>
         </is>
       </c>
       <c r="B361" t="inlineStr">
         <is>
-          <t>Unbekannt</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C361" s="2" t="inlineStr">
         <is>
-          <t>DANAIS 150 DN150 T4 PN16  16e6FB - DYNACAIR 25, ATEX II2GD (Zone 1 und 21)</t>
+          <t>Pneumatik-Antrieb Dynactair 25  (HS-Code: 84818085)</t>
         </is>
       </c>
       <c r="D361" t="inlineStr">
         <is>
-          <t>Absperrklappen</t>
+          <t>Absperrklappen-Zubehör</t>
         </is>
       </c>
       <c r="E361" t="inlineStr">
         <is>
-          <t>DANAIS150</t>
-[...6 lines deleted...]
-      </c>
+          <t>DYNACTAIR</t>
+        </is>
+      </c>
+      <c r="F361" t="inlineStr"/>
       <c r="G361" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H361" t="inlineStr"/>
       <c r="I361" t="inlineStr"/>
       <c r="J361" t="inlineStr">
         <is>
-          <t>2257.66 €</t>
-[...8 lines deleted...]
-    <row r="362" ht="30" customHeight="1">
+          <t>836.18 €</t>
+        </is>
+      </c>
+      <c r="K361" t="inlineStr"/>
+    </row>
+    <row r="362" ht="15" customHeight="1">
       <c r="A362" t="inlineStr">
         <is>
-          <t>AR9703</t>
+          <t>AR9848</t>
         </is>
       </c>
       <c r="B362" t="inlineStr">
         <is>
           <t>KSB</t>
         </is>
       </c>
       <c r="C362" s="2" t="inlineStr">
         <is>
-          <t>Pneumatik-Antrieb Dynactair 25  (HS-Code: 84818085)</t>
+          <t>BOA-Compact Gehäuse JL1040, PN 6 DN 65</t>
         </is>
       </c>
       <c r="D362" t="inlineStr">
         <is>
-          <t>Absperrklappen-Zubehör</t>
+          <t>Absperrventile</t>
         </is>
       </c>
       <c r="E362" t="inlineStr">
         <is>
-          <t>DYNACTAIR</t>
-[...2 lines deleted...]
-      <c r="F362" t="inlineStr"/>
+          <t>BOA-Compact</t>
+        </is>
+      </c>
+      <c r="F362" t="inlineStr">
+        <is>
+          <t>DN065</t>
+        </is>
+      </c>
       <c r="G362" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
-      <c r="H362" t="inlineStr"/>
+      <c r="H362" t="inlineStr">
+        <is>
+          <t>9.00</t>
+        </is>
+      </c>
       <c r="I362" t="inlineStr"/>
       <c r="J362" t="inlineStr">
         <is>
-          <t>836.18 €</t>
-[...2 lines deleted...]
-      <c r="K362" t="inlineStr"/>
+          <t>94.14 €</t>
+        </is>
+      </c>
+      <c r="K362" t="inlineStr">
+        <is>
+          <t>ABResale</t>
+        </is>
+      </c>
     </row>
     <row r="363" ht="15" customHeight="1">
       <c r="A363" t="inlineStr">
         <is>
-          <t>AR9848</t>
+          <t>AR9877</t>
         </is>
       </c>
       <c r="B363" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>-</t>
         </is>
       </c>
       <c r="C363" s="2" t="inlineStr">
         <is>
-          <t>BOA-Compact Gehäuse JL1040, PN 6 DN 65</t>
-[...16 lines deleted...]
-      </c>
+          <t>3-wege kugelhahn messing 1,5"  innengewinde</t>
+        </is>
+      </c>
+      <c r="D363" t="inlineStr"/>
+      <c r="E363" t="inlineStr"/>
+      <c r="F363" t="inlineStr"/>
       <c r="G363" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
-      <c r="H363" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H363" t="inlineStr"/>
       <c r="I363" t="inlineStr"/>
       <c r="J363" t="inlineStr">
         <is>
-          <t>94.14 €</t>
+          <t>29.32 €</t>
         </is>
       </c>
       <c r="K363" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="364" ht="15" customHeight="1">
       <c r="A364" t="inlineStr">
         <is>
-          <t>AR9877</t>
+          <t>EB12785</t>
         </is>
       </c>
       <c r="B364" t="inlineStr">
         <is>
-          <t>Unbekannt</t>
+          <t>Stübbe</t>
         </is>
       </c>
       <c r="C364" s="2" t="inlineStr">
         <is>
-          <t>3-wege kugelhahn messing 1,5"  innengewinde</t>
-[...2 lines deleted...]
-      <c r="D364" t="inlineStr"/>
+          <t>PVC Kugelhahn DN32/d40 Stübbe</t>
+        </is>
+      </c>
+      <c r="D364" t="inlineStr">
+        <is>
+          <t>Kugelhähne</t>
+        </is>
+      </c>
       <c r="E364" t="inlineStr"/>
       <c r="F364" t="inlineStr"/>
-      <c r="G364" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H364" t="inlineStr"/>
+      <c r="G364" t="inlineStr"/>
+      <c r="H364" t="inlineStr">
+        <is>
+          <t>0.53</t>
+        </is>
+      </c>
       <c r="I364" t="inlineStr"/>
       <c r="J364" t="inlineStr">
         <is>
-          <t>29.32 €</t>
-[...6 lines deleted...]
-      </c>
+          <t>28.23 €</t>
+        </is>
+      </c>
+      <c r="K364" t="inlineStr"/>
     </row>
     <row r="365" ht="15" customHeight="1">
       <c r="A365" t="inlineStr">
         <is>
-          <t>EB12785</t>
+          <t>KSB1575</t>
         </is>
       </c>
       <c r="B365" t="inlineStr">
         <is>
-          <t>Stübbe</t>
+          <t>-</t>
         </is>
       </c>
       <c r="C365" s="2" t="inlineStr">
         <is>
-          <t>PVC Kugelhahn DN32/d40 Stübbe</t>
+          <t>Druckminderer REDAR RL DN100 PN16</t>
         </is>
       </c>
       <c r="D365" t="inlineStr">
         <is>
-          <t>Kugelhähne</t>
+          <t>Druckminderer</t>
         </is>
       </c>
       <c r="E365" t="inlineStr"/>
-      <c r="F365" t="inlineStr"/>
-      <c r="G365" t="inlineStr"/>
+      <c r="F365" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="G365" t="inlineStr">
+        <is>
+          <t>B1: ungebraucht / neuwertig</t>
+        </is>
+      </c>
       <c r="H365" t="inlineStr">
         <is>
-          <t>0.53</t>
+          <t>67.00</t>
         </is>
       </c>
       <c r="I365" t="inlineStr"/>
       <c r="J365" t="inlineStr">
         <is>
-          <t>28.23 €</t>
-[...2 lines deleted...]
-      <c r="K365" t="inlineStr"/>
+          <t>2835.00 €</t>
+        </is>
+      </c>
+      <c r="K365" t="inlineStr">
+        <is>
+          <t>ABResale</t>
+        </is>
+      </c>
     </row>
     <row r="366" ht="15" customHeight="1">
       <c r="A366" t="inlineStr">
         <is>
-          <t>KSB1575</t>
+          <t>KSB4368</t>
         </is>
       </c>
       <c r="B366" t="inlineStr">
         <is>
-          <t>Unbekannt</t>
+          <t>KSB</t>
         </is>
       </c>
       <c r="C366" s="2" t="inlineStr">
         <is>
-          <t>Druckminderer REDAR RL DN100 PN16</t>
+          <t>Ecoline GT 40 PN16 DN150 GP240GH</t>
         </is>
       </c>
       <c r="D366" t="inlineStr">
         <is>
-          <t>Druckminderer</t>
+          <t>Absperrschieber</t>
         </is>
       </c>
       <c r="E366" t="inlineStr"/>
       <c r="F366" t="inlineStr">
         <is>
-          <t>DN100</t>
+          <t>DN150</t>
         </is>
       </c>
       <c r="G366" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H366" t="inlineStr">
         <is>
-          <t>67.00</t>
+          <t>71.00</t>
         </is>
       </c>
       <c r="I366" t="inlineStr"/>
       <c r="J366" t="inlineStr">
         <is>
-          <t>2835.00 €</t>
+          <t>1044.34 €</t>
         </is>
       </c>
       <c r="K366" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="367" ht="15" customHeight="1">
       <c r="A367" t="inlineStr">
         <is>
-          <t>KSB4368</t>
+          <t>M230A203</t>
         </is>
       </c>
       <c r="B367" t="inlineStr">
         <is>
-          <t>KSB</t>
+          <t>SISTO</t>
         </is>
       </c>
       <c r="C367" s="2" t="inlineStr">
         <is>
-          <t>Ecoline GT 40 PN16 DN150 GP240GH</t>
+          <t>Sisto 16 DN25 PN16 EPDM</t>
         </is>
       </c>
       <c r="D367" t="inlineStr">
         <is>
-          <t>Absperrschieber</t>
-[...2 lines deleted...]
-      <c r="E367" t="inlineStr"/>
+          <t>Membranventile</t>
+        </is>
+      </c>
+      <c r="E367" t="inlineStr">
+        <is>
+          <t>SISTO-16/16S</t>
+        </is>
+      </c>
       <c r="F367" t="inlineStr">
         <is>
-          <t>DN150</t>
+          <t>DN025</t>
         </is>
       </c>
       <c r="G367" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H367" t="inlineStr">
         <is>
-          <t>71.00</t>
+          <t>7.00</t>
         </is>
       </c>
       <c r="I367" t="inlineStr"/>
       <c r="J367" t="inlineStr">
         <is>
-          <t>1044.34 €</t>
+          <t>62.80 €</t>
         </is>
       </c>
       <c r="K367" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="368" ht="15" customHeight="1">
       <c r="A368" t="inlineStr">
         <is>
-          <t>M230A203</t>
+          <t>M230A208</t>
         </is>
       </c>
       <c r="B368" t="inlineStr">
         <is>
           <t>SISTO</t>
         </is>
       </c>
       <c r="C368" s="2" t="inlineStr">
         <is>
-          <t>Sisto 16 DN25 PN16 EPDM</t>
+          <t>Sisto 16 DN80 PN16 EPDM</t>
         </is>
       </c>
       <c r="D368" t="inlineStr">
         <is>
           <t>Membranventile</t>
         </is>
       </c>
       <c r="E368" t="inlineStr">
         <is>
           <t>SISTO-16/16S</t>
         </is>
       </c>
       <c r="F368" t="inlineStr">
         <is>
-          <t>DN025</t>
+          <t>DN080</t>
         </is>
       </c>
       <c r="G368" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H368" t="inlineStr">
         <is>
-          <t>7.00</t>
+          <t>25.00</t>
         </is>
       </c>
       <c r="I368" t="inlineStr"/>
       <c r="J368" t="inlineStr">
         <is>
-          <t>62.80 €</t>
+          <t>209.08 €</t>
         </is>
       </c>
       <c r="K368" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="369" ht="15" customHeight="1">
       <c r="A369" t="inlineStr">
         <is>
-          <t>M230A208</t>
+          <t>M230L031</t>
         </is>
       </c>
       <c r="B369" t="inlineStr">
         <is>
           <t>SISTO</t>
         </is>
       </c>
       <c r="C369" s="2" t="inlineStr">
         <is>
-          <t>Sisto 16 DN80 PN16 EPDM</t>
+          <t>Ersatzmembrane EPDM für Sisto 16/16S/20 MD65</t>
         </is>
       </c>
       <c r="D369" t="inlineStr">
         <is>
           <t>Membranventile</t>
         </is>
       </c>
       <c r="E369" t="inlineStr">
         <is>
           <t>SISTO-16/16S</t>
         </is>
       </c>
-      <c r="F369" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F369" t="inlineStr"/>
       <c r="G369" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H369" t="inlineStr">
         <is>
-          <t>25.00</t>
+          <t>0.05</t>
         </is>
       </c>
       <c r="I369" t="inlineStr"/>
       <c r="J369" t="inlineStr">
         <is>
-          <t>209.08 €</t>
+          <t>28.90 €</t>
         </is>
       </c>
       <c r="K369" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="370" ht="15" customHeight="1">
       <c r="A370" t="inlineStr">
         <is>
-          <t>M230L031</t>
+          <t>M230L036</t>
         </is>
       </c>
       <c r="B370" t="inlineStr">
         <is>
           <t>SISTO</t>
         </is>
       </c>
       <c r="C370" s="2" t="inlineStr">
         <is>
-          <t>Ersatzmembrane EPDM für Sisto 16/16S/20 MD65</t>
+          <t>Ersatzmembrane EPDM für Sisto 16/16S/20 MD115</t>
         </is>
       </c>
       <c r="D370" t="inlineStr">
         <is>
           <t>Membranventile</t>
         </is>
       </c>
       <c r="E370" t="inlineStr">
         <is>
           <t>SISTO-16/16S</t>
         </is>
       </c>
       <c r="F370" t="inlineStr"/>
       <c r="G370" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H370" t="inlineStr">
         <is>
-          <t>0.05</t>
+          <t>0.15</t>
         </is>
       </c>
       <c r="I370" t="inlineStr"/>
       <c r="J370" t="inlineStr">
         <is>
-          <t>28.90 €</t>
+          <t>53.67 €</t>
         </is>
       </c>
       <c r="K370" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="371" ht="15" customHeight="1">
       <c r="A371" t="inlineStr">
         <is>
-          <t>M230L036</t>
+          <t>M232A036</t>
         </is>
       </c>
       <c r="B371" t="inlineStr">
         <is>
           <t>SISTO</t>
         </is>
       </c>
       <c r="C371" s="2" t="inlineStr">
         <is>
-          <t>Ersatzmembrane EPDM für Sisto 16/16S/20 MD115</t>
+          <t>Sisto 16 TWA DN50 PN16 EPDM Rilsaniert</t>
         </is>
       </c>
       <c r="D371" t="inlineStr">
         <is>
           <t>Membranventile</t>
         </is>
       </c>
       <c r="E371" t="inlineStr">
         <is>
           <t>SISTO-16/16S</t>
         </is>
       </c>
-      <c r="F371" t="inlineStr"/>
+      <c r="F371" t="inlineStr">
+        <is>
+          <t>DN050</t>
+        </is>
+      </c>
       <c r="G371" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H371" t="inlineStr">
         <is>
-          <t>0.15</t>
+          <t>15.00</t>
         </is>
       </c>
       <c r="I371" t="inlineStr"/>
       <c r="J371" t="inlineStr">
         <is>
-          <t>53.67 €</t>
+          <t>264.15 €</t>
         </is>
       </c>
       <c r="K371" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="372" ht="15" customHeight="1">
       <c r="A372" t="inlineStr">
         <is>
-          <t>M232A036</t>
+          <t>M232A037</t>
         </is>
       </c>
       <c r="B372" t="inlineStr">
         <is>
           <t>SISTO</t>
         </is>
       </c>
       <c r="C372" s="2" t="inlineStr">
         <is>
-          <t>Sisto 16 TWA DN50 PN16 EPDM Rilsaniert</t>
+          <t>Sisto 16 TWA DN65 PN16 EPDM Rilsaniert</t>
         </is>
       </c>
       <c r="D372" t="inlineStr">
         <is>
           <t>Membranventile</t>
         </is>
       </c>
       <c r="E372" t="inlineStr">
         <is>
           <t>SISTO-16/16S</t>
         </is>
       </c>
       <c r="F372" t="inlineStr">
         <is>
-          <t>DN050</t>
+          <t>DN065</t>
         </is>
       </c>
       <c r="G372" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H372" t="inlineStr">
         <is>
-          <t>15.00</t>
+          <t>25.00</t>
         </is>
       </c>
       <c r="I372" t="inlineStr"/>
       <c r="J372" t="inlineStr">
         <is>
           <t>264.15 €</t>
         </is>
       </c>
       <c r="K372" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="373" ht="15" customHeight="1">
       <c r="A373" t="inlineStr">
         <is>
-          <t>M232A037</t>
+          <t>M232A038</t>
         </is>
       </c>
       <c r="B373" t="inlineStr">
         <is>
           <t>SISTO</t>
         </is>
       </c>
       <c r="C373" s="2" t="inlineStr">
         <is>
-          <t>Sisto 16 TWA DN65 PN16 EPDM Rilsaniert</t>
+          <t>Sisto 16 TWA DN80 PN16 EPDM Rilsaniert</t>
         </is>
       </c>
       <c r="D373" t="inlineStr">
         <is>
           <t>Membranventile</t>
         </is>
       </c>
       <c r="E373" t="inlineStr">
         <is>
           <t>SISTO-16/16S</t>
         </is>
       </c>
       <c r="F373" t="inlineStr">
         <is>
-          <t>DN065</t>
+          <t>DN080</t>
         </is>
       </c>
       <c r="G373" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H373" t="inlineStr">
         <is>
           <t>25.00</t>
         </is>
       </c>
       <c r="I373" t="inlineStr"/>
       <c r="J373" t="inlineStr">
         <is>
-          <t>264.15 €</t>
+          <t>315.67 €</t>
         </is>
       </c>
       <c r="K373" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="374" ht="15" customHeight="1">
       <c r="A374" t="inlineStr">
         <is>
-          <t>M232A038</t>
+          <t>M232A041</t>
         </is>
       </c>
       <c r="B374" t="inlineStr">
         <is>
           <t>SISTO</t>
         </is>
       </c>
       <c r="C374" s="2" t="inlineStr">
         <is>
-          <t>Sisto 16 TWA DN80 PN16 EPDM Rilsaniert</t>
+          <t>SISTO-16 TWA 5.1301/RN-SISTOMaXX DN150</t>
         </is>
       </c>
       <c r="D374" t="inlineStr">
         <is>
           <t>Membranventile</t>
         </is>
       </c>
       <c r="E374" t="inlineStr">
         <is>
           <t>SISTO-16/16S</t>
         </is>
       </c>
       <c r="F374" t="inlineStr">
         <is>
-          <t>DN080</t>
+          <t>DN150</t>
         </is>
       </c>
       <c r="G374" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H374" t="inlineStr">
         <is>
-          <t>25.00</t>
+          <t>100.00</t>
         </is>
       </c>
       <c r="I374" t="inlineStr"/>
       <c r="J374" t="inlineStr">
         <is>
-          <t>315.67 €</t>
+          <t>1093.68 €</t>
         </is>
       </c>
       <c r="K374" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="375" ht="15" customHeight="1">
       <c r="A375" t="inlineStr">
         <is>
-          <t>M232A041</t>
+          <t>M232A051</t>
         </is>
       </c>
       <c r="B375" t="inlineStr">
         <is>
           <t>SISTO</t>
         </is>
       </c>
       <c r="C375" s="2" t="inlineStr">
         <is>
-          <t>SISTO-16 TWA 5.1301/RN-SISTOMaXX DN150</t>
+          <t>Sisto 16 TWA 1.4409 PN16 DN15 EPDM/W270</t>
         </is>
       </c>
       <c r="D375" t="inlineStr">
         <is>
           <t>Membranventile</t>
         </is>
       </c>
       <c r="E375" t="inlineStr">
         <is>
           <t>SISTO-16/16S</t>
         </is>
       </c>
       <c r="F375" t="inlineStr">
         <is>
-          <t>DN150</t>
+          <t>DN015</t>
         </is>
       </c>
       <c r="G375" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H375" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>5.00</t>
         </is>
       </c>
       <c r="I375" t="inlineStr"/>
       <c r="J375" t="inlineStr">
         <is>
-          <t>1093.68 €</t>
+          <t>79.92 €</t>
         </is>
       </c>
       <c r="K375" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="376" ht="15" customHeight="1">
       <c r="A376" t="inlineStr">
         <is>
-          <t>M232A051</t>
+          <t>M232A131</t>
         </is>
       </c>
       <c r="B376" t="inlineStr">
         <is>
           <t>SISTO</t>
         </is>
       </c>
       <c r="C376" s="2" t="inlineStr">
         <is>
-          <t>Sisto 16 TWA 1.4409 PN16 DN15 EPDM/W270</t>
+          <t>Sisto 16 TWA PN16 DN015 EPDM</t>
         </is>
       </c>
       <c r="D376" t="inlineStr">
         <is>
           <t>Membranventile</t>
         </is>
       </c>
       <c r="E376" t="inlineStr">
         <is>
           <t>SISTO-16/16S</t>
         </is>
       </c>
       <c r="F376" t="inlineStr">
         <is>
           <t>DN015</t>
         </is>
       </c>
       <c r="G376" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H376" t="inlineStr">
         <is>
           <t>5.00</t>
         </is>
       </c>
       <c r="I376" t="inlineStr"/>
       <c r="J376" t="inlineStr">
         <is>
-          <t>79.92 €</t>
+          <t>77.82 €</t>
         </is>
       </c>
       <c r="K376" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="377" ht="15" customHeight="1">
       <c r="A377" t="inlineStr">
         <is>
-          <t>M232A131</t>
+          <t>M232A132</t>
         </is>
       </c>
       <c r="B377" t="inlineStr">
         <is>
           <t>SISTO</t>
         </is>
       </c>
       <c r="C377" s="2" t="inlineStr">
         <is>
-          <t>Sisto 16 TWA PN16 DN015 EPDM</t>
+          <t>Sisto 16 TWA PN16 DN020 EPDM</t>
         </is>
       </c>
       <c r="D377" t="inlineStr">
         <is>
           <t>Membranventile</t>
         </is>
       </c>
       <c r="E377" t="inlineStr">
         <is>
           <t>SISTO-16/16S</t>
         </is>
       </c>
       <c r="F377" t="inlineStr">
         <is>
-          <t>DN015</t>
+          <t>DN020</t>
         </is>
       </c>
       <c r="G377" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H377" t="inlineStr">
         <is>
-          <t>5.00</t>
+          <t>5.58</t>
         </is>
       </c>
       <c r="I377" t="inlineStr"/>
       <c r="J377" t="inlineStr">
         <is>
-          <t>77.82 €</t>
+          <t>74.49 €</t>
         </is>
       </c>
       <c r="K377" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="378" ht="15" customHeight="1">
       <c r="A378" t="inlineStr">
         <is>
-          <t>M232A132</t>
+          <t>M232A133</t>
         </is>
       </c>
       <c r="B378" t="inlineStr">
         <is>
           <t>SISTO</t>
         </is>
       </c>
       <c r="C378" s="2" t="inlineStr">
         <is>
-          <t>Sisto 16 TWA PN16 DN020 EPDM</t>
+          <t>Sisto 16 TWA PN16 DN025 EPDM</t>
         </is>
       </c>
       <c r="D378" t="inlineStr">
         <is>
           <t>Membranventile</t>
         </is>
       </c>
       <c r="E378" t="inlineStr">
         <is>
           <t>SISTO-16/16S</t>
         </is>
       </c>
       <c r="F378" t="inlineStr">
         <is>
-          <t>DN020</t>
+          <t>DN025</t>
         </is>
       </c>
       <c r="G378" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H378" t="inlineStr">
         <is>
-          <t>5.58</t>
+          <t>6.00</t>
         </is>
       </c>
       <c r="I378" t="inlineStr"/>
       <c r="J378" t="inlineStr">
         <is>
-          <t>74.49 €</t>
+          <t>97.08 €</t>
         </is>
       </c>
       <c r="K378" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="379" ht="15" customHeight="1">
       <c r="A379" t="inlineStr">
         <is>
-          <t>M232A133</t>
+          <t>M232A134</t>
         </is>
       </c>
       <c r="B379" t="inlineStr">
         <is>
           <t>SISTO</t>
         </is>
       </c>
       <c r="C379" s="2" t="inlineStr">
         <is>
-          <t>Sisto 16 TWA PN16 DN025 EPDM</t>
+          <t>Sisto 16 TWA PN16 DN032 EPDM</t>
         </is>
       </c>
       <c r="D379" t="inlineStr">
         <is>
           <t>Membranventile</t>
         </is>
       </c>
       <c r="E379" t="inlineStr">
         <is>
           <t>SISTO-16/16S</t>
         </is>
       </c>
       <c r="F379" t="inlineStr">
         <is>
-          <t>DN025</t>
+          <t>DN032</t>
         </is>
       </c>
       <c r="G379" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H379" t="inlineStr">
         <is>
-          <t>6.00</t>
+          <t>8.00</t>
         </is>
       </c>
       <c r="I379" t="inlineStr"/>
       <c r="J379" t="inlineStr">
         <is>
-          <t>97.08 €</t>
+          <t>125.16 €</t>
         </is>
       </c>
       <c r="K379" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="380" ht="15" customHeight="1">
       <c r="A380" t="inlineStr">
         <is>
-          <t>M232A134</t>
+          <t>M232A135</t>
         </is>
       </c>
       <c r="B380" t="inlineStr">
         <is>
           <t>SISTO</t>
         </is>
       </c>
       <c r="C380" s="2" t="inlineStr">
         <is>
-          <t>Sisto 16 TWA PN16 DN032 EPDM</t>
+          <t>Sisto 16 TWA PN16 DN040 EPDM</t>
         </is>
       </c>
       <c r="D380" t="inlineStr">
         <is>
           <t>Membranventile</t>
         </is>
       </c>
       <c r="E380" t="inlineStr">
         <is>
           <t>SISTO-16/16S</t>
         </is>
       </c>
       <c r="F380" t="inlineStr">
         <is>
-          <t>DN032</t>
+          <t>DN040</t>
         </is>
       </c>
       <c r="G380" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H380" t="inlineStr">
         <is>
-          <t>8.00</t>
+          <t>9.50</t>
         </is>
       </c>
       <c r="I380" t="inlineStr"/>
       <c r="J380" t="inlineStr">
         <is>
-          <t>125.16 €</t>
+          <t>139.59 €</t>
         </is>
       </c>
       <c r="K380" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="381" ht="15" customHeight="1">
       <c r="A381" t="inlineStr">
         <is>
-          <t>M232A135</t>
+          <t>M232A136</t>
         </is>
       </c>
       <c r="B381" t="inlineStr">
         <is>
           <t>SISTO</t>
         </is>
       </c>
       <c r="C381" s="2" t="inlineStr">
         <is>
-          <t>Sisto 16 TWA PN16 DN040 EPDM</t>
+          <t>Sisto 16 TWA PN16 DN050 EPDM</t>
         </is>
       </c>
       <c r="D381" t="inlineStr">
         <is>
           <t>Membranventile</t>
         </is>
       </c>
       <c r="E381" t="inlineStr">
         <is>
           <t>SISTO-16/16S</t>
         </is>
       </c>
       <c r="F381" t="inlineStr">
         <is>
-          <t>DN040</t>
+          <t>DN050</t>
         </is>
       </c>
       <c r="G381" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H381" t="inlineStr">
         <is>
-          <t>9.50</t>
+          <t>13.00</t>
         </is>
       </c>
       <c r="I381" t="inlineStr"/>
       <c r="J381" t="inlineStr">
         <is>
-          <t>139.59 €</t>
+          <t>178.10 €</t>
         </is>
       </c>
       <c r="K381" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="382" ht="15" customHeight="1">
       <c r="A382" t="inlineStr">
         <is>
-          <t>M232A136</t>
+          <t>M232A137</t>
         </is>
       </c>
       <c r="B382" t="inlineStr">
         <is>
           <t>SISTO</t>
         </is>
       </c>
       <c r="C382" s="2" t="inlineStr">
         <is>
-          <t>Sisto 16 TWA PN16 DN050 EPDM</t>
+          <t>Sisto 16 TWA PN16 DN065 EPDM</t>
         </is>
       </c>
       <c r="D382" t="inlineStr">
         <is>
           <t>Membranventile</t>
         </is>
       </c>
       <c r="E382" t="inlineStr">
         <is>
           <t>SISTO-16/16S</t>
         </is>
       </c>
       <c r="F382" t="inlineStr">
         <is>
-          <t>DN050</t>
+          <t>DN065</t>
         </is>
       </c>
       <c r="G382" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H382" t="inlineStr">
         <is>
-          <t>13.00</t>
+          <t>22.50</t>
         </is>
       </c>
       <c r="I382" t="inlineStr"/>
       <c r="J382" t="inlineStr">
         <is>
-          <t>178.10 €</t>
+          <t>259.82 €</t>
         </is>
       </c>
       <c r="K382" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="383" ht="15" customHeight="1">
       <c r="A383" t="inlineStr">
         <is>
-          <t>M232A137</t>
+          <t>M232A141</t>
         </is>
       </c>
       <c r="B383" t="inlineStr">
         <is>
           <t>SISTO</t>
         </is>
       </c>
       <c r="C383" s="2" t="inlineStr">
         <is>
-          <t>Sisto 16 TWA PN16 DN065 EPDM</t>
+          <t>Sisto 16 TWA PN16 DN150 EPDM</t>
         </is>
       </c>
       <c r="D383" t="inlineStr">
         <is>
           <t>Membranventile</t>
         </is>
       </c>
       <c r="E383" t="inlineStr">
         <is>
           <t>SISTO-16/16S</t>
         </is>
       </c>
       <c r="F383" t="inlineStr">
         <is>
-          <t>DN065</t>
+          <t>DN150</t>
         </is>
       </c>
       <c r="G383" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H383" t="inlineStr">
         <is>
-          <t>22.50</t>
+          <t>102.00</t>
         </is>
       </c>
       <c r="I383" t="inlineStr"/>
       <c r="J383" t="inlineStr">
         <is>
-          <t>259.82 €</t>
+          <t>783.03 €</t>
         </is>
       </c>
       <c r="K383" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="384" ht="15" customHeight="1">
       <c r="A384" t="inlineStr">
         <is>
-          <t>M232A141</t>
+          <t>M233A093</t>
         </is>
       </c>
       <c r="B384" t="inlineStr">
         <is>
           <t>SISTO</t>
         </is>
       </c>
       <c r="C384" s="2" t="inlineStr">
         <is>
-          <t>Sisto 16 TWA PN16 DN150 EPDM</t>
+          <t>SISTO-20 5.3103/PTFE-TFM DN25 PN16</t>
         </is>
       </c>
       <c r="D384" t="inlineStr">
         <is>
           <t>Membranventile</t>
         </is>
       </c>
       <c r="E384" t="inlineStr">
         <is>
-          <t>SISTO-16/16S</t>
+          <t>SISTO-20</t>
         </is>
       </c>
       <c r="F384" t="inlineStr">
         <is>
-          <t>DN150</t>
+          <t>DN025</t>
         </is>
       </c>
       <c r="G384" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H384" t="inlineStr">
         <is>
-          <t>102.00</t>
+          <t>9.10</t>
         </is>
       </c>
       <c r="I384" t="inlineStr"/>
       <c r="J384" t="inlineStr">
         <is>
-          <t>783.03 €</t>
+          <t>321.69 €</t>
         </is>
       </c>
       <c r="K384" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="385" ht="15" customHeight="1">
       <c r="A385" t="inlineStr">
         <is>
-          <t>M233A093</t>
+          <t>M233A095</t>
         </is>
       </c>
       <c r="B385" t="inlineStr">
         <is>
           <t>SISTO</t>
         </is>
       </c>
       <c r="C385" s="2" t="inlineStr">
         <is>
-          <t>SISTO-20 5.3103/PTFE-TFM DN25 PN16</t>
+          <t>SISTO-20 5.3103/PTFE-TFM DN40 PN16</t>
         </is>
       </c>
       <c r="D385" t="inlineStr">
         <is>
           <t>Membranventile</t>
         </is>
       </c>
       <c r="E385" t="inlineStr">
         <is>
           <t>SISTO-20</t>
         </is>
       </c>
       <c r="F385" t="inlineStr">
         <is>
-          <t>DN025</t>
+          <t>DN040</t>
         </is>
       </c>
       <c r="G385" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H385" t="inlineStr">
         <is>
-          <t>9.10</t>
+          <t>9.70</t>
         </is>
       </c>
       <c r="I385" t="inlineStr"/>
       <c r="J385" t="inlineStr">
         <is>
-          <t>321.69 €</t>
+          <t>446.50 €</t>
         </is>
       </c>
       <c r="K385" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="386" ht="15" customHeight="1">
       <c r="A386" t="inlineStr">
         <is>
-          <t>M233A095</t>
+          <t>M233A096</t>
         </is>
       </c>
       <c r="B386" t="inlineStr">
         <is>
           <t>SISTO</t>
         </is>
       </c>
       <c r="C386" s="2" t="inlineStr">
         <is>
-          <t>SISTO-20 5.3103/PTFE-TFM DN40 PN16</t>
+          <t>SISTO-20 5.3103/PTFE-TFM DN50 PN16</t>
         </is>
       </c>
       <c r="D386" t="inlineStr">
         <is>
           <t>Membranventile</t>
         </is>
       </c>
       <c r="E386" t="inlineStr">
         <is>
           <t>SISTO-20</t>
         </is>
       </c>
       <c r="F386" t="inlineStr">
         <is>
-          <t>DN040</t>
+          <t>DN050</t>
         </is>
       </c>
       <c r="G386" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H386" t="inlineStr">
         <is>
-          <t>9.70</t>
+          <t>13.00</t>
         </is>
       </c>
       <c r="I386" t="inlineStr"/>
       <c r="J386" t="inlineStr">
         <is>
-          <t>446.50 €</t>
+          <t>477.50 €</t>
         </is>
       </c>
       <c r="K386" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="387" ht="15" customHeight="1">
       <c r="A387" t="inlineStr">
         <is>
-          <t>M233A096</t>
+          <t>M233A097</t>
         </is>
       </c>
       <c r="B387" t="inlineStr">
         <is>
           <t>SISTO</t>
         </is>
       </c>
       <c r="C387" s="2" t="inlineStr">
         <is>
-          <t>SISTO-20 5.3103/PTFE-TFM DN50 PN16</t>
+          <t>SISTO-20 5.3103/PTFE-TFM DN65 PN16</t>
         </is>
       </c>
       <c r="D387" t="inlineStr">
         <is>
           <t>Membranventile</t>
         </is>
       </c>
       <c r="E387" t="inlineStr">
         <is>
           <t>SISTO-20</t>
         </is>
       </c>
       <c r="F387" t="inlineStr">
         <is>
-          <t>DN050</t>
+          <t>DN065</t>
         </is>
       </c>
       <c r="G387" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H387" t="inlineStr">
         <is>
-          <t>13.00</t>
+          <t>25.00</t>
         </is>
       </c>
       <c r="I387" t="inlineStr"/>
       <c r="J387" t="inlineStr">
         <is>
-          <t>477.50 €</t>
+          <t>561.02 €</t>
         </is>
       </c>
       <c r="K387" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="388" ht="15" customHeight="1">
       <c r="A388" t="inlineStr">
         <is>
-          <t>M233A097</t>
+          <t>M233A098</t>
         </is>
       </c>
       <c r="B388" t="inlineStr">
         <is>
           <t>SISTO</t>
         </is>
       </c>
       <c r="C388" s="2" t="inlineStr">
         <is>
-          <t>SISTO-20 5.3103/PTFE-TFM DN65 PN16</t>
+          <t>SISTO-20 5.3103/PTFE-TFM DN80 PN16</t>
         </is>
       </c>
       <c r="D388" t="inlineStr">
         <is>
           <t>Membranventile</t>
         </is>
       </c>
       <c r="E388" t="inlineStr">
         <is>
           <t>SISTO-20</t>
         </is>
       </c>
       <c r="F388" t="inlineStr">
         <is>
-          <t>DN065</t>
+          <t>DN080</t>
         </is>
       </c>
       <c r="G388" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H388" t="inlineStr">
         <is>
           <t>25.00</t>
         </is>
       </c>
       <c r="I388" t="inlineStr"/>
       <c r="J388" t="inlineStr">
         <is>
-          <t>561.02 €</t>
+          <t>878.28 €</t>
         </is>
       </c>
       <c r="K388" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="389" ht="15" customHeight="1">
       <c r="A389" t="inlineStr">
         <is>
-          <t>M233A098</t>
+          <t>M241A001</t>
         </is>
       </c>
       <c r="B389" t="inlineStr">
         <is>
           <t>SISTO</t>
         </is>
       </c>
       <c r="C389" s="2" t="inlineStr">
         <is>
-          <t>SISTO-20 5.3103/PTFE-TFM DN80 PN16</t>
+          <t>SISTO-20 5.3103-EPDM DN15 PN16</t>
         </is>
       </c>
       <c r="D389" t="inlineStr">
         <is>
           <t>Membranventile</t>
         </is>
       </c>
       <c r="E389" t="inlineStr">
         <is>
           <t>SISTO-20</t>
         </is>
       </c>
       <c r="F389" t="inlineStr">
         <is>
-          <t>DN080</t>
+          <t>DN015</t>
         </is>
       </c>
       <c r="G389" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H389" t="inlineStr">
         <is>
-          <t>25.00</t>
+          <t>5.00</t>
         </is>
       </c>
       <c r="I389" t="inlineStr"/>
       <c r="J389" t="inlineStr">
         <is>
-          <t>878.28 €</t>
+          <t>71.32 €</t>
         </is>
       </c>
       <c r="K389" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="390" ht="15" customHeight="1">
       <c r="A390" t="inlineStr">
         <is>
-          <t>M241A001</t>
+          <t>M241A006</t>
         </is>
       </c>
       <c r="B390" t="inlineStr">
         <is>
           <t>SISTO</t>
         </is>
       </c>
       <c r="C390" s="2" t="inlineStr">
         <is>
-          <t>SISTO-20 5.3103-EPDM DN15 PN16</t>
+          <t>SISTO-20 5.3103-EPDM DN50 PN16</t>
         </is>
       </c>
       <c r="D390" t="inlineStr">
         <is>
           <t>Membranventile</t>
         </is>
       </c>
       <c r="E390" t="inlineStr">
         <is>
           <t>SISTO-20</t>
         </is>
       </c>
       <c r="F390" t="inlineStr">
         <is>
-          <t>DN015</t>
+          <t>DN050</t>
         </is>
       </c>
       <c r="G390" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H390" t="inlineStr">
         <is>
-          <t>5.00</t>
+          <t>13.00</t>
         </is>
       </c>
       <c r="I390" t="inlineStr"/>
       <c r="J390" t="inlineStr">
         <is>
-          <t>71.32 €</t>
+          <t>176.74 €</t>
         </is>
       </c>
       <c r="K390" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="391" ht="15" customHeight="1">
       <c r="A391" t="inlineStr">
         <is>
-          <t>M241A006</t>
+          <t>M242A005</t>
         </is>
       </c>
       <c r="B391" t="inlineStr">
         <is>
           <t>SISTO</t>
         </is>
       </c>
       <c r="C391" s="2" t="inlineStr">
         <is>
-          <t>SISTO-20 5.3103-EPDM DN50 PN16</t>
+          <t>SISTO-20 5.3103/NRH-EPDM DN40 PN16</t>
         </is>
       </c>
       <c r="D391" t="inlineStr">
         <is>
           <t>Membranventile</t>
         </is>
       </c>
       <c r="E391" t="inlineStr">
         <is>
           <t>SISTO-20</t>
         </is>
       </c>
       <c r="F391" t="inlineStr">
         <is>
-          <t>DN050</t>
+          <t>DN040</t>
         </is>
       </c>
       <c r="G391" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H391" t="inlineStr">
         <is>
-          <t>13.00</t>
+          <t>9.50</t>
         </is>
       </c>
       <c r="I391" t="inlineStr"/>
       <c r="J391" t="inlineStr">
         <is>
-          <t>176.74 €</t>
+          <t>253.47 €</t>
         </is>
       </c>
       <c r="K391" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="392" ht="15" customHeight="1">
       <c r="A392" t="inlineStr">
         <is>
-          <t>M242A005</t>
+          <t>M242A008</t>
         </is>
       </c>
       <c r="B392" t="inlineStr">
         <is>
           <t>SISTO</t>
         </is>
       </c>
       <c r="C392" s="2" t="inlineStr">
         <is>
-          <t>SISTO-20 5.3103/NRH-EPDM DN40 PN16</t>
+          <t>SISTO-20 5.3103/NRH-EPDM DN80 PN16</t>
         </is>
       </c>
       <c r="D392" t="inlineStr">
         <is>
           <t>Membranventile</t>
         </is>
       </c>
       <c r="E392" t="inlineStr">
         <is>
           <t>SISTO-20</t>
         </is>
       </c>
       <c r="F392" t="inlineStr">
         <is>
-          <t>DN040</t>
+          <t>DN080</t>
         </is>
       </c>
       <c r="G392" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H392" t="inlineStr">
         <is>
-          <t>9.50</t>
+          <t>25.00</t>
         </is>
       </c>
       <c r="I392" t="inlineStr"/>
       <c r="J392" t="inlineStr">
         <is>
-          <t>253.47 €</t>
+          <t>437.20 €</t>
         </is>
       </c>
       <c r="K392" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="393" ht="15" customHeight="1">
       <c r="A393" t="inlineStr">
         <is>
-          <t>M242A008</t>
+          <t>M251A031</t>
         </is>
       </c>
       <c r="B393" t="inlineStr">
         <is>
           <t>SISTO</t>
         </is>
       </c>
       <c r="C393" s="2" t="inlineStr">
         <is>
-          <t>SISTO-20 5.3103/NRH-EPDM DN80 PN16</t>
+          <t>Sisto 16 RGA PN16 Rp½" (DN15)</t>
         </is>
       </c>
       <c r="D393" t="inlineStr">
         <is>
           <t>Membranventile</t>
         </is>
       </c>
       <c r="E393" t="inlineStr">
         <is>
-          <t>SISTO-20</t>
+          <t>SISTO-16/16S</t>
         </is>
       </c>
       <c r="F393" t="inlineStr">
         <is>
-          <t>DN080</t>
+          <t>1/2" Zoll (DN015)</t>
         </is>
       </c>
       <c r="G393" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H393" t="inlineStr">
         <is>
-          <t>25.00</t>
+          <t>1.00</t>
         </is>
       </c>
       <c r="I393" t="inlineStr"/>
       <c r="J393" t="inlineStr">
         <is>
-          <t>437.20 €</t>
+          <t>47.30 €</t>
         </is>
       </c>
       <c r="K393" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="394" ht="15" customHeight="1">
       <c r="A394" t="inlineStr">
         <is>
-          <t>M251A031</t>
+          <t>M251A035</t>
         </is>
       </c>
       <c r="B394" t="inlineStr">
         <is>
           <t>SISTO</t>
         </is>
       </c>
       <c r="C394" s="2" t="inlineStr">
         <is>
-          <t>Sisto 16 RGA PN16 Rp½" (DN15)</t>
+          <t>Sisto 16 RGA PN16 Rp1½" (DN40)</t>
         </is>
       </c>
       <c r="D394" t="inlineStr">
         <is>
           <t>Membranventile</t>
         </is>
       </c>
       <c r="E394" t="inlineStr">
         <is>
           <t>SISTO-16/16S</t>
         </is>
       </c>
       <c r="F394" t="inlineStr">
         <is>
-          <t>1/2" Zoll (DN015)</t>
+          <t>1 1/2" Zoll (DN040)</t>
         </is>
       </c>
       <c r="G394" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H394" t="inlineStr">
         <is>
-          <t>1.00</t>
+          <t>5.60</t>
         </is>
       </c>
       <c r="I394" t="inlineStr"/>
       <c r="J394" t="inlineStr">
         <is>
-          <t>47.30 €</t>
+          <t>91.36 €</t>
         </is>
       </c>
       <c r="K394" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="395" ht="15" customHeight="1">
       <c r="A395" t="inlineStr">
         <is>
-          <t>M251A035</t>
+          <t>M253A020</t>
         </is>
       </c>
       <c r="B395" t="inlineStr">
         <is>
           <t>SISTO</t>
         </is>
       </c>
       <c r="C395" s="2" t="inlineStr">
         <is>
-          <t>Sisto 16 RGA PN16 Rp1½" (DN40)</t>
+          <t>Sisto 20M PN16 Rp3/8" EPDM</t>
         </is>
       </c>
       <c r="D395" t="inlineStr">
         <is>
           <t>Membranventile</t>
         </is>
       </c>
       <c r="E395" t="inlineStr">
         <is>
-          <t>SISTO-16/16S</t>
+          <t>SISTO-20</t>
         </is>
       </c>
       <c r="F395" t="inlineStr">
         <is>
-          <t>1 1/2" Zoll (DN040)</t>
+          <t>DN010;3/8" Zoll (DN010)</t>
         </is>
       </c>
       <c r="G395" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H395" t="inlineStr">
         <is>
-          <t>5.60</t>
+          <t>2.80</t>
         </is>
       </c>
       <c r="I395" t="inlineStr"/>
       <c r="J395" t="inlineStr">
         <is>
-          <t>91.36 €</t>
+          <t>148.13 €</t>
         </is>
       </c>
       <c r="K395" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="396" ht="15" customHeight="1">
       <c r="A396" t="inlineStr">
         <is>
-          <t>M253A020</t>
+          <t>M253A033</t>
         </is>
       </c>
       <c r="B396" t="inlineStr">
         <is>
           <t>SISTO</t>
         </is>
       </c>
       <c r="C396" s="2" t="inlineStr">
         <is>
-          <t>Sisto 20M PN16 Rp3/8" EPDM</t>
+          <t>Sisto 20M PN16 Rp1" EPDM</t>
         </is>
       </c>
       <c r="D396" t="inlineStr">
         <is>
           <t>Membranventile</t>
         </is>
       </c>
       <c r="E396" t="inlineStr">
         <is>
           <t>SISTO-20</t>
         </is>
       </c>
       <c r="F396" t="inlineStr">
         <is>
-          <t>DN010;3/8" Zoll (DN010)</t>
+          <t>1" Zoll (DN025)</t>
         </is>
       </c>
       <c r="G396" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H396" t="inlineStr">
         <is>
-          <t>2.80</t>
+          <t>4.40</t>
         </is>
       </c>
       <c r="I396" t="inlineStr"/>
       <c r="J396" t="inlineStr">
         <is>
-          <t>148.13 €</t>
+          <t>178.05 €</t>
         </is>
       </c>
       <c r="K396" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="397" ht="15" customHeight="1">
       <c r="A397" t="inlineStr">
         <is>
-          <t>M253A033</t>
+          <t>M253A034</t>
         </is>
       </c>
       <c r="B397" t="inlineStr">
         <is>
           <t>SISTO</t>
         </is>
       </c>
       <c r="C397" s="2" t="inlineStr">
         <is>
-          <t>Sisto 20M PN16 Rp1" EPDM</t>
+          <t>Sisto 20M PN16 Rp1¼" EPDM</t>
         </is>
       </c>
       <c r="D397" t="inlineStr">
         <is>
           <t>Membranventile</t>
         </is>
       </c>
       <c r="E397" t="inlineStr">
         <is>
           <t>SISTO-20</t>
         </is>
       </c>
       <c r="F397" t="inlineStr">
         <is>
-          <t>1" Zoll (DN025)</t>
+          <t>1 1/4" Zoll (DN032)</t>
         </is>
       </c>
       <c r="G397" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H397" t="inlineStr">
         <is>
-          <t>4.40</t>
+          <t>4.80</t>
         </is>
       </c>
       <c r="I397" t="inlineStr"/>
       <c r="J397" t="inlineStr">
         <is>
-          <t>178.05 €</t>
+          <t>214.02 €</t>
         </is>
       </c>
       <c r="K397" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="398" ht="15" customHeight="1">
       <c r="A398" t="inlineStr">
         <is>
-          <t>M253A034</t>
+          <t>M253A036</t>
         </is>
       </c>
       <c r="B398" t="inlineStr">
         <is>
           <t>SISTO</t>
         </is>
       </c>
       <c r="C398" s="2" t="inlineStr">
         <is>
-          <t>Sisto 20M PN16 Rp1¼" EPDM</t>
+          <t>Sisto 20M PN16 Rp2" EPDM</t>
         </is>
       </c>
       <c r="D398" t="inlineStr">
         <is>
           <t>Membranventile</t>
         </is>
       </c>
       <c r="E398" t="inlineStr">
         <is>
           <t>SISTO-20</t>
         </is>
       </c>
       <c r="F398" t="inlineStr">
         <is>
-          <t>1 1/4" Zoll (DN032)</t>
+          <t>2" Zoll (DN050)</t>
         </is>
       </c>
       <c r="G398" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H398" t="inlineStr">
         <is>
-          <t>4.80</t>
+          <t>10.00</t>
         </is>
       </c>
       <c r="I398" t="inlineStr"/>
       <c r="J398" t="inlineStr">
         <is>
-          <t>214.02 €</t>
+          <t>334.88 €</t>
         </is>
       </c>
       <c r="K398" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="399" ht="15" customHeight="1">
+    <row r="399" ht="30" customHeight="1">
       <c r="A399" t="inlineStr">
         <is>
-          <t>M253A036</t>
+          <t>M400L110</t>
         </is>
       </c>
       <c r="B399" t="inlineStr">
         <is>
           <t>SISTO</t>
         </is>
       </c>
       <c r="C399" s="2" t="inlineStr">
         <is>
-          <t>Sisto 20M PN16 Rp2" EPDM</t>
+          <t>Ersatzmembrane TFM/EPDM für SISTO10 DN80 MG157 x187mm</t>
         </is>
       </c>
       <c r="D399" t="inlineStr">
         <is>
           <t>Membranventile</t>
         </is>
       </c>
       <c r="E399" t="inlineStr">
         <is>
-          <t>SISTO-20</t>
+          <t>SISTO-10</t>
         </is>
       </c>
       <c r="F399" t="inlineStr">
         <is>
-          <t>2" Zoll (DN050)</t>
+          <t>DN080</t>
         </is>
       </c>
       <c r="G399" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H399" t="inlineStr">
         <is>
-          <t>10.00</t>
+          <t>0.15</t>
         </is>
       </c>
       <c r="I399" t="inlineStr"/>
       <c r="J399" t="inlineStr">
         <is>
-          <t>334.88 €</t>
+          <t>534.70 €</t>
         </is>
       </c>
       <c r="K399" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
-    <row r="400" ht="30" customHeight="1">
+    <row r="400" ht="15" customHeight="1">
       <c r="A400" t="inlineStr">
         <is>
-          <t>M400L110</t>
+          <t>M700L036</t>
         </is>
       </c>
       <c r="B400" t="inlineStr">
         <is>
           <t>SISTO</t>
         </is>
       </c>
       <c r="C400" s="2" t="inlineStr">
         <is>
-          <t>Ersatzmembrane TFM/EPDM für SISTO10 DN80 MG157 x187mm</t>
+          <t>Ersatzmembrane für Sisto-KB DN50 NBR  86 x 111 mm</t>
         </is>
       </c>
       <c r="D400" t="inlineStr">
         <is>
           <t>Membranventile</t>
         </is>
       </c>
       <c r="E400" t="inlineStr">
         <is>
-          <t>SISTO-10</t>
+          <t>SISTO-KB</t>
         </is>
       </c>
       <c r="F400" t="inlineStr">
         <is>
-          <t>DN080</t>
+          <t>DN050</t>
         </is>
       </c>
       <c r="G400" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H400" t="inlineStr">
         <is>
-          <t>0.15</t>
+          <t>0.50</t>
         </is>
       </c>
       <c r="I400" t="inlineStr"/>
       <c r="J400" t="inlineStr">
         <is>
-          <t>534.70 €</t>
+          <t>89.91 €</t>
         </is>
       </c>
       <c r="K400" t="inlineStr">
         <is>
           <t>ABResale</t>
         </is>
       </c>
     </row>
     <row r="401" ht="15" customHeight="1">
       <c r="A401" t="inlineStr">
         <is>
-          <t>M700L036</t>
+          <t>WPS4890-ResaleA</t>
         </is>
       </c>
       <c r="B401" t="inlineStr">
         <is>
-          <t>SISTO</t>
+          <t>HORA</t>
         </is>
       </c>
       <c r="C401" s="2" t="inlineStr">
         <is>
-          <t>Ersatzmembrane für Sisto-KB DN50 NBR  86 x 111 mm</t>
+          <t>PSG-N Type 76, 07.04R, DN50, PN63</t>
         </is>
       </c>
       <c r="D401" t="inlineStr">
         <is>
-          <t>Membranventile</t>
+          <t>Regulierventile</t>
         </is>
       </c>
       <c r="E401" t="inlineStr">
         <is>
-          <t>SISTO-KB</t>
+          <t>PSG-N</t>
         </is>
       </c>
       <c r="F401" t="inlineStr">
         <is>
           <t>DN050</t>
         </is>
       </c>
       <c r="G401" t="inlineStr">
         <is>
           <t>B1: ungebraucht / neuwertig</t>
         </is>
       </c>
       <c r="H401" t="inlineStr">
         <is>
-          <t>0.50</t>
+          <t>65.00</t>
         </is>
       </c>
       <c r="I401" t="inlineStr"/>
       <c r="J401" t="inlineStr">
         <is>
-          <t>89.91 €</t>
+          <t>1733.16 €</t>
         </is>
       </c>
       <c r="K401" t="inlineStr">
-        <is>
-[...51 lines deleted...]
-      <c r="K402" t="inlineStr">
         <is>
           <t>Dritte</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>